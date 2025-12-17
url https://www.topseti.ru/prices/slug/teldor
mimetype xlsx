--- v0 (2025-10-30)
+++ v1 (2025-12-17)
@@ -6,96 +6,96 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="-1" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
-    <sheet name="Прайс-лист за 30.10.2025" sheetId="1" r:id="rId4"/>
+    <sheet name="Прайс-лист за 17.12.2025" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист за 30.10.2025'!$A$11:$E$105</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист за 17.12.2025'!$A$11:$E$105</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="209">
   <si>
     <t>ПРАЙС-ЛИСТ</t>
   </si>
   <si>
     <t>ЕДИНЫЙ НОМЕР</t>
   </si>
   <si>
     <t>8-800-555-7057</t>
   </si>
   <si>
     <t>МОСКВА</t>
   </si>
   <si>
     <t>8-495-646-7057</t>
   </si>
   <si>
     <t>Компания "ТопСети"</t>
   </si>
   <si>
     <t>САНКТ-ПЕТЕРБУРГ</t>
   </si>
   <si>
     <t>8-812-645-7058</t>
   </si>
   <si>
     <t>www.topseti.ru</t>
   </si>
   <si>
     <t>sales@topseti.ru</t>
   </si>
   <si>
     <t>Цены действительны на:</t>
   </si>
   <si>
-    <t>30.10.2025</t>
+    <t>17.12.2025</t>
   </si>
   <si>
     <t>Производитель</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Название</t>
   </si>
   <si>
     <t>Группа</t>
   </si>
   <si>
     <t>Цена, руб.</t>
   </si>
   <si>
     <t>Teldor</t>
   </si>
   <si>
     <t>Teldor 7552010129 (75N2010129) (T50010007G W100T) Кабель витая пара (UTP), категория 3, 10 пар (24AWG), одножильный (solid), для внутренней прокладки, внешняя оболочка FR PVC</t>
   </si>
   <si>
     <t>категория 3</t>
   </si>
@@ -849,51 +849,51 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="7" numFmtId="0" fillId="2" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="49" fillId="2" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="2" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac777e63819dcb4c23ee2a3e7d4cc2532.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3357a3eb0998b23455bd98af932582942.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>600075</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>76200</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2447925" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1333,1763 +1333,1763 @@
       <c r="C11" s="15" t="s">
         <v>14</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>15</v>
       </c>
       <c r="E11" s="15" t="s">
         <v>16</v>
       </c>
       <c r="F11" s="16"/>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B12" s="17">
         <v>7552010129</v>
       </c>
       <c r="C12" s="17" t="s">
         <v>18</v>
       </c>
       <c r="D12" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E12" s="18">
-        <v>127.1544</v>
+        <v>127.08832</v>
       </c>
       <c r="F12" s="3"/>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B13" s="17">
         <v>7552025129</v>
       </c>
       <c r="C13" s="17" t="s">
         <v>20</v>
       </c>
       <c r="D13" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E13" s="18">
-        <v>248.745795</v>
+        <v>248.616526</v>
       </c>
       <c r="F13" s="3"/>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B14" s="17" t="s">
         <v>21</v>
       </c>
       <c r="C14" s="17" t="s">
         <v>22</v>
       </c>
       <c r="D14" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E14" s="18">
-        <v>861.4710600000001</v>
+        <v>861.023368</v>
       </c>
       <c r="F14" s="3"/>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B15" s="17" t="s">
         <v>23</v>
       </c>
       <c r="C15" s="17" t="s">
         <v>24</v>
       </c>
       <c r="D15" s="17" t="s">
         <v>25</v>
       </c>
       <c r="E15" s="18">
-        <v>56.424765</v>
+        <v>56.395442</v>
       </c>
       <c r="F15" s="3"/>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B16" s="17" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="17" t="s">
         <v>27</v>
       </c>
       <c r="D16" s="17" t="s">
         <v>25</v>
       </c>
       <c r="E16" s="18">
-        <v>10446.528675</v>
+        <v>10441.09979</v>
       </c>
       <c r="F16" s="3"/>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B17" s="17">
         <v>7562025129</v>
       </c>
       <c r="C17" s="17" t="s">
         <v>28</v>
       </c>
       <c r="D17" s="17" t="s">
         <v>25</v>
       </c>
       <c r="E17" s="18">
-        <v>312.322995</v>
+        <v>312.160686</v>
       </c>
       <c r="F17" s="3"/>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B18" s="17" t="s">
         <v>29</v>
       </c>
       <c r="C18" s="17" t="s">
         <v>30</v>
       </c>
       <c r="D18" s="17" t="s">
         <v>25</v>
       </c>
       <c r="E18" s="18">
-        <v>1234.192395</v>
+        <v>1233.551006</v>
       </c>
       <c r="F18" s="3"/>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B19" s="17" t="s">
         <v>31</v>
       </c>
       <c r="C19" s="17" t="s">
         <v>32</v>
       </c>
       <c r="D19" s="17" t="s">
         <v>25</v>
       </c>
       <c r="E19" s="18">
-        <v>721.60122</v>
+        <v>721.226216</v>
       </c>
       <c r="F19" s="3"/>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B20" s="17" t="s">
         <v>33</v>
       </c>
       <c r="C20" s="17" t="s">
         <v>34</v>
       </c>
       <c r="D20" s="17" t="s">
         <v>25</v>
       </c>
       <c r="E20" s="18">
-        <v>1173.794055</v>
+        <v>1173.184054</v>
       </c>
       <c r="F20" s="3"/>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B21" s="17" t="s">
         <v>35</v>
       </c>
       <c r="C21" s="17" t="s">
         <v>36</v>
       </c>
       <c r="D21" s="17" t="s">
         <v>25</v>
       </c>
       <c r="E21" s="18">
-        <v>80.266215</v>
+        <v>80.224502</v>
       </c>
       <c r="F21" s="3"/>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B22" s="17">
         <v>7599125101</v>
       </c>
       <c r="C22" s="17" t="s">
         <v>37</v>
       </c>
       <c r="D22" s="17" t="s">
         <v>25</v>
       </c>
       <c r="E22" s="18">
-        <v>305.965275</v>
+        <v>305.80627</v>
       </c>
       <c r="F22" s="3"/>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B23" s="17" t="s">
         <v>38</v>
       </c>
       <c r="C23" s="17" t="s">
         <v>39</v>
       </c>
       <c r="D23" s="17" t="s">
         <v>25</v>
       </c>
       <c r="E23" s="18">
-        <v>604.7781150000001</v>
+        <v>604.4638220000001</v>
       </c>
       <c r="F23" s="3"/>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B24" s="17" t="s">
         <v>40</v>
       </c>
       <c r="C24" s="17" t="s">
         <v>41</v>
       </c>
       <c r="D24" s="17" t="s">
         <v>25</v>
       </c>
       <c r="E24" s="18">
-        <v>18881.633685</v>
+        <v>18871.821218</v>
       </c>
       <c r="F24" s="3"/>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B25" s="17" t="s">
         <v>42</v>
       </c>
       <c r="C25" s="17" t="s">
         <v>43</v>
       </c>
       <c r="D25" s="17" t="s">
         <v>25</v>
       </c>
       <c r="E25" s="18">
-        <v>61.19305500000001</v>
+        <v>61.161254</v>
       </c>
       <c r="F25" s="3"/>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B26" s="17" t="s">
         <v>44</v>
       </c>
       <c r="C26" s="17" t="s">
         <v>45</v>
       </c>
       <c r="D26" s="17" t="s">
         <v>46</v>
       </c>
       <c r="E26" s="18">
-        <v>65.96134500000001</v>
+        <v>65.927066</v>
       </c>
       <c r="F26" s="3"/>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B27" s="17" t="s">
         <v>47</v>
       </c>
       <c r="C27" s="17" t="s">
         <v>48</v>
       </c>
       <c r="D27" s="17" t="s">
         <v>46</v>
       </c>
       <c r="E27" s="18">
-        <v>810.6093</v>
+        <v>810.1880399999999</v>
       </c>
       <c r="F27" s="3"/>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B28" s="17" t="s">
         <v>49</v>
       </c>
       <c r="C28" s="17" t="s">
         <v>50</v>
       </c>
       <c r="D28" s="17" t="s">
         <v>46</v>
       </c>
       <c r="E28" s="18">
-        <v>942.5319900000001</v>
+        <v>942.0421719999999</v>
       </c>
       <c r="F28" s="3"/>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B29" s="17" t="s">
         <v>51</v>
       </c>
       <c r="C29" s="17" t="s">
         <v>52</v>
       </c>
       <c r="D29" s="17" t="s">
         <v>46</v>
       </c>
       <c r="E29" s="18">
-        <v>80.266215</v>
+        <v>80.224502</v>
       </c>
       <c r="F29" s="3"/>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B30" s="17" t="s">
         <v>53</v>
       </c>
       <c r="C30" s="17" t="s">
         <v>54</v>
       </c>
       <c r="D30" s="17" t="s">
         <v>46</v>
       </c>
       <c r="E30" s="18">
-        <v>95.36580000000001</v>
+        <v>95.31623999999999</v>
       </c>
       <c r="F30" s="3"/>
     </row>
     <row r="31" spans="1:6">
       <c r="A31" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B31" s="17" t="s">
         <v>55</v>
       </c>
       <c r="C31" s="17" t="s">
         <v>56</v>
       </c>
       <c r="D31" s="17" t="s">
         <v>46</v>
       </c>
       <c r="E31" s="18">
-        <v>788.3572800000001</v>
+        <v>787.947584</v>
       </c>
       <c r="F31" s="3"/>
     </row>
     <row r="32" spans="1:6">
       <c r="A32" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B32" s="17" t="s">
         <v>57</v>
       </c>
       <c r="C32" s="17" t="s">
         <v>58</v>
       </c>
       <c r="D32" s="17" t="s">
         <v>46</v>
       </c>
       <c r="E32" s="18">
-        <v>88.21336500000001</v>
+        <v>88.16752200000001</v>
       </c>
       <c r="F32" s="3"/>
     </row>
     <row r="33" spans="1:6">
       <c r="A33" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B33" s="17" t="s">
         <v>59</v>
       </c>
       <c r="C33" s="17" t="s">
         <v>60</v>
       </c>
       <c r="D33" s="17" t="s">
         <v>61</v>
       </c>
       <c r="E33" s="18">
-        <v>96.95523</v>
+        <v>96.904844</v>
       </c>
       <c r="F33" s="3"/>
     </row>
     <row r="34" spans="1:6">
       <c r="A34" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B34" s="17">
         <v>9928454101</v>
       </c>
       <c r="C34" s="17" t="s">
         <v>62</v>
       </c>
       <c r="D34" s="17" t="s">
         <v>61</v>
       </c>
       <c r="E34" s="18">
-        <v>1422.53985</v>
+        <v>1421.80058</v>
       </c>
       <c r="F34" s="3"/>
     </row>
     <row r="35" spans="1:6">
       <c r="A35" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B35" s="17" t="s">
         <v>63</v>
       </c>
       <c r="C35" s="17" t="s">
         <v>64</v>
       </c>
       <c r="D35" s="17" t="s">
         <v>61</v>
       </c>
       <c r="E35" s="18">
-        <v>1940.69403</v>
+        <v>1939.685484</v>
       </c>
       <c r="F35" s="3"/>
     </row>
     <row r="36" spans="1:6">
       <c r="A36" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B36" s="17" t="s">
         <v>65</v>
       </c>
       <c r="C36" s="17" t="s">
         <v>66</v>
       </c>
       <c r="D36" s="17" t="s">
         <v>61</v>
       </c>
       <c r="E36" s="18">
-        <v>601.5992550000001</v>
+        <v>601.286614</v>
       </c>
       <c r="F36" s="3"/>
     </row>
     <row r="37" spans="1:6">
       <c r="A37" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B37" s="17" t="s">
         <v>67</v>
       </c>
       <c r="C37" s="17" t="s">
         <v>68</v>
       </c>
       <c r="D37" s="17" t="s">
         <v>61</v>
       </c>
       <c r="E37" s="18">
-        <v>1325.58462</v>
+        <v>1324.895736</v>
       </c>
       <c r="F37" s="3"/>
     </row>
     <row r="38" spans="1:6">
       <c r="A38" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B38" s="17" t="s">
         <v>69</v>
       </c>
       <c r="C38" s="17" t="s">
         <v>70</v>
       </c>
       <c r="D38" s="17" t="s">
         <v>61</v>
       </c>
       <c r="E38" s="18">
-        <v>1188.89364</v>
+        <v>1188.275792</v>
       </c>
       <c r="F38" s="3"/>
     </row>
     <row r="39" spans="1:6">
       <c r="A39" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B39" s="17" t="s">
         <v>71</v>
       </c>
       <c r="C39" s="17" t="s">
         <v>72</v>
       </c>
       <c r="D39" s="17" t="s">
         <v>61</v>
       </c>
       <c r="E39" s="18">
-        <v>2044.801695</v>
+        <v>2043.739046</v>
       </c>
       <c r="F39" s="3"/>
     </row>
     <row r="40" spans="1:6">
       <c r="A40" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B40" s="17" t="s">
         <v>73</v>
       </c>
       <c r="C40" s="17" t="s">
         <v>74</v>
       </c>
       <c r="D40" s="17" t="s">
         <v>75</v>
       </c>
       <c r="E40" s="18">
-        <v>571.4000850000001</v>
+        <v>571.1031380000001</v>
       </c>
       <c r="F40" s="3"/>
     </row>
     <row r="41" spans="1:6">
       <c r="A41" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B41" s="17" t="s">
         <v>76</v>
       </c>
       <c r="C41" s="17" t="s">
         <v>77</v>
       </c>
       <c r="D41" s="17" t="s">
         <v>75</v>
       </c>
       <c r="E41" s="18">
-        <v>267.02424</v>
+        <v>266.885472</v>
       </c>
       <c r="F41" s="3"/>
     </row>
     <row r="42" spans="1:6">
       <c r="A42" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B42" s="17" t="s">
         <v>78</v>
       </c>
       <c r="C42" s="17" t="s">
         <v>79</v>
       </c>
       <c r="D42" s="17" t="s">
         <v>75</v>
       </c>
       <c r="E42" s="18">
-        <v>193.115745</v>
+        <v>193.015386</v>
       </c>
       <c r="F42" s="3"/>
     </row>
     <row r="43" spans="1:6">
       <c r="A43" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B43" s="17" t="s">
         <v>80</v>
       </c>
       <c r="C43" s="17" t="s">
         <v>81</v>
       </c>
       <c r="D43" s="17" t="s">
         <v>75</v>
       </c>
       <c r="E43" s="18">
-        <v>104.107665</v>
+        <v>104.053562</v>
       </c>
       <c r="F43" s="3"/>
     </row>
     <row r="44" spans="1:6">
       <c r="A44" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B44" s="17" t="s">
         <v>82</v>
       </c>
       <c r="C44" s="17" t="s">
         <v>83</v>
       </c>
       <c r="D44" s="17" t="s">
         <v>75</v>
       </c>
       <c r="E44" s="18">
-        <v>168.47958</v>
+        <v>168.392024</v>
       </c>
       <c r="F44" s="3"/>
     </row>
     <row r="45" spans="1:6">
       <c r="A45" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B45" s="17" t="s">
         <v>84</v>
       </c>
       <c r="C45" s="17" t="s">
         <v>85</v>
       </c>
       <c r="D45" s="17" t="s">
         <v>75</v>
       </c>
       <c r="E45" s="18">
-        <v>197.884035</v>
+        <v>197.781198</v>
       </c>
       <c r="F45" s="3"/>
     </row>
     <row r="46" spans="1:6">
       <c r="A46" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B46" s="17" t="s">
         <v>86</v>
       </c>
       <c r="C46" s="17" t="s">
         <v>87</v>
       </c>
       <c r="D46" s="17" t="s">
         <v>75</v>
       </c>
       <c r="E46" s="18">
-        <v>131.92269</v>
+        <v>131.854132</v>
       </c>
       <c r="F46" s="3"/>
     </row>
     <row r="47" spans="1:6">
       <c r="A47" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B47" s="17" t="s">
         <v>88</v>
       </c>
       <c r="C47" s="17" t="s">
         <v>89</v>
       </c>
       <c r="D47" s="17" t="s">
         <v>75</v>
       </c>
       <c r="E47" s="18">
-        <v>143.843415</v>
+        <v>143.768662</v>
       </c>
       <c r="F47" s="3"/>
     </row>
     <row r="48" spans="1:6">
       <c r="A48" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B48" s="17" t="s">
         <v>90</v>
       </c>
       <c r="C48" s="17" t="s">
         <v>91</v>
       </c>
       <c r="D48" s="17" t="s">
         <v>75</v>
       </c>
       <c r="E48" s="18">
-        <v>225.69906</v>
+        <v>225.581768</v>
       </c>
       <c r="F48" s="3"/>
     </row>
     <row r="49" spans="1:6">
       <c r="A49" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B49" s="17" t="s">
         <v>92</v>
       </c>
       <c r="C49" s="17" t="s">
         <v>93</v>
       </c>
       <c r="D49" s="17" t="s">
         <v>75</v>
       </c>
       <c r="E49" s="18">
-        <v>193.115745</v>
+        <v>193.015386</v>
       </c>
       <c r="F49" s="3"/>
     </row>
     <row r="50" spans="1:6">
       <c r="A50" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B50" s="17" t="s">
         <v>94</v>
       </c>
       <c r="C50" s="17" t="s">
         <v>95</v>
       </c>
       <c r="D50" s="17" t="s">
         <v>75</v>
       </c>
       <c r="E50" s="18">
-        <v>246.36165</v>
+        <v>246.23362</v>
       </c>
       <c r="F50" s="3"/>
     </row>
     <row r="51" spans="1:6">
       <c r="A51" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B51" s="17" t="s">
         <v>96</v>
       </c>
       <c r="C51" s="17" t="s">
         <v>97</v>
       </c>
       <c r="D51" s="17" t="s">
         <v>75</v>
       </c>
       <c r="E51" s="18">
-        <v>188.347455</v>
+        <v>188.249574</v>
       </c>
       <c r="F51" s="3"/>
     </row>
     <row r="52" spans="1:6">
       <c r="A52" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B52" s="17" t="s">
         <v>98</v>
       </c>
       <c r="C52" s="17" t="s">
         <v>99</v>
       </c>
       <c r="D52" s="17" t="s">
         <v>75</v>
       </c>
       <c r="E52" s="18">
-        <v>325.83315</v>
+        <v>325.66382</v>
       </c>
       <c r="F52" s="3"/>
     </row>
     <row r="53" spans="1:6">
       <c r="A53" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B53" s="17" t="s">
         <v>100</v>
       </c>
       <c r="C53" s="17" t="s">
         <v>101</v>
       </c>
       <c r="D53" s="17" t="s">
         <v>75</v>
       </c>
       <c r="E53" s="18">
-        <v>82.65036000000001</v>
+        <v>82.60740800000001</v>
       </c>
       <c r="F53" s="3"/>
     </row>
     <row r="54" spans="1:6">
       <c r="A54" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B54" s="17" t="s">
         <v>102</v>
       </c>
       <c r="C54" s="17" t="s">
         <v>103</v>
       </c>
       <c r="D54" s="17" t="s">
         <v>75</v>
       </c>
       <c r="E54" s="18">
-        <v>148.611705</v>
+        <v>148.534474</v>
       </c>
       <c r="F54" s="3"/>
     </row>
     <row r="55" spans="1:6">
       <c r="A55" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B55" s="17" t="s">
         <v>104</v>
       </c>
       <c r="C55" s="17" t="s">
         <v>105</v>
       </c>
       <c r="D55" s="17" t="s">
         <v>75</v>
       </c>
       <c r="E55" s="18">
-        <v>167.684865</v>
+        <v>167.597722</v>
       </c>
       <c r="F55" s="3"/>
     </row>
     <row r="56" spans="1:6">
       <c r="A56" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B56" s="17" t="s">
         <v>106</v>
       </c>
       <c r="C56" s="17" t="s">
         <v>107</v>
       </c>
       <c r="D56" s="17" t="s">
         <v>75</v>
       </c>
       <c r="E56" s="18">
-        <v>155.76414</v>
+        <v>155.683192</v>
       </c>
       <c r="F56" s="3"/>
     </row>
     <row r="57" spans="1:6">
       <c r="A57" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B57" s="17" t="s">
         <v>108</v>
       </c>
       <c r="C57" s="17" t="s">
         <v>109</v>
       </c>
       <c r="D57" s="17" t="s">
         <v>75</v>
       </c>
       <c r="E57" s="18">
-        <v>91.392225</v>
+        <v>91.34473</v>
       </c>
       <c r="F57" s="3"/>
     </row>
     <row r="58" spans="1:6">
       <c r="A58" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B58" s="17" t="s">
         <v>110</v>
       </c>
       <c r="C58" s="17" t="s">
         <v>111</v>
       </c>
       <c r="D58" s="17" t="s">
         <v>75</v>
       </c>
       <c r="E58" s="18">
-        <v>181.19502</v>
+        <v>181.100856</v>
       </c>
       <c r="F58" s="3"/>
     </row>
     <row r="59" spans="1:6">
       <c r="A59" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B59" s="17" t="s">
         <v>112</v>
       </c>
       <c r="C59" s="17" t="s">
         <v>113</v>
       </c>
       <c r="D59" s="17" t="s">
         <v>75</v>
       </c>
       <c r="E59" s="18">
-        <v>100.13409</v>
+        <v>100.082052</v>
       </c>
       <c r="F59" s="3"/>
     </row>
     <row r="60" spans="1:6">
       <c r="A60" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B60" s="17" t="s">
         <v>114</v>
       </c>
       <c r="C60" s="17" t="s">
         <v>115</v>
       </c>
       <c r="D60" s="17" t="s">
         <v>75</v>
       </c>
       <c r="E60" s="18">
-        <v>163.71129</v>
+        <v>163.626212</v>
       </c>
       <c r="F60" s="3"/>
     </row>
     <row r="61" spans="1:6">
       <c r="A61" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B61" s="17" t="s">
         <v>116</v>
       </c>
       <c r="C61" s="17" t="s">
         <v>117</v>
       </c>
       <c r="D61" s="17" t="s">
         <v>75</v>
       </c>
       <c r="E61" s="18">
-        <v>189.14217</v>
+        <v>189.043876</v>
       </c>
       <c r="F61" s="3"/>
     </row>
     <row r="62" spans="1:6">
       <c r="A62" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B62" s="17" t="s">
         <v>118</v>
       </c>
       <c r="C62" s="17" t="s">
         <v>119</v>
       </c>
       <c r="D62" s="17" t="s">
         <v>75</v>
       </c>
       <c r="E62" s="18">
-        <v>139.075125</v>
+        <v>139.00285</v>
       </c>
       <c r="F62" s="3"/>
     </row>
     <row r="63" spans="1:6">
       <c r="A63" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B63" s="17" t="s">
         <v>120</v>
       </c>
       <c r="C63" s="17" t="s">
         <v>121</v>
       </c>
       <c r="D63" s="17" t="s">
         <v>122</v>
       </c>
       <c r="E63" s="18">
-        <v>299.607555</v>
+        <v>299.451854</v>
       </c>
       <c r="F63" s="3"/>
     </row>
     <row r="64" spans="1:6">
       <c r="A64" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B64" s="17" t="s">
         <v>123</v>
       </c>
       <c r="C64" s="17" t="s">
         <v>124</v>
       </c>
       <c r="D64" s="17" t="s">
         <v>122</v>
       </c>
       <c r="E64" s="18">
-        <v>272.5872450000001</v>
+        <v>272.445586</v>
       </c>
       <c r="F64" s="3"/>
     </row>
     <row r="65" spans="1:6">
       <c r="A65" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B65" s="17" t="s">
         <v>125</v>
       </c>
       <c r="C65" s="17" t="s">
         <v>126</v>
       </c>
       <c r="D65" s="17" t="s">
         <v>122</v>
       </c>
       <c r="E65" s="18">
-        <v>212.98362</v>
+        <v>212.872936</v>
       </c>
       <c r="F65" s="3"/>
     </row>
     <row r="66" spans="1:6">
       <c r="A66" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B66" s="17" t="s">
         <v>127</v>
       </c>
       <c r="C66" s="17" t="s">
         <v>128</v>
       </c>
       <c r="D66" s="17" t="s">
         <v>122</v>
       </c>
       <c r="E66" s="18">
-        <v>383.0526300000001</v>
+        <v>382.853564</v>
       </c>
       <c r="F66" s="3"/>
     </row>
     <row r="67" spans="1:6">
       <c r="A67" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B67" s="17" t="s">
         <v>129</v>
       </c>
       <c r="C67" s="17" t="s">
         <v>130</v>
       </c>
       <c r="D67" s="17" t="s">
         <v>122</v>
       </c>
       <c r="E67" s="18">
-        <v>73.11378000000001</v>
+        <v>73.075784</v>
       </c>
       <c r="F67" s="3"/>
     </row>
     <row r="68" spans="1:6">
       <c r="A68" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B68" s="17" t="s">
         <v>131</v>
       </c>
       <c r="C68" s="17" t="s">
         <v>132</v>
       </c>
       <c r="D68" s="17" t="s">
         <v>122</v>
       </c>
       <c r="E68" s="18">
-        <v>139.075125</v>
+        <v>139.00285</v>
       </c>
       <c r="F68" s="3"/>
     </row>
     <row r="69" spans="1:6">
       <c r="A69" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B69" s="17" t="s">
         <v>133</v>
       </c>
       <c r="C69" s="17" t="s">
         <v>134</v>
       </c>
       <c r="D69" s="17" t="s">
         <v>122</v>
       </c>
       <c r="E69" s="18">
-        <v>235.23564</v>
+        <v>235.113392</v>
       </c>
       <c r="F69" s="3"/>
     </row>
     <row r="70" spans="1:6">
       <c r="A70" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B70" s="17" t="s">
         <v>135</v>
       </c>
       <c r="C70" s="17" t="s">
         <v>136</v>
       </c>
       <c r="D70" s="17" t="s">
         <v>122</v>
       </c>
       <c r="E70" s="18">
-        <v>410.867655</v>
+        <v>410.654134</v>
       </c>
       <c r="F70" s="3"/>
     </row>
     <row r="71" spans="1:6">
       <c r="A71" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B71" s="17" t="s">
         <v>137</v>
       </c>
       <c r="C71" s="17" t="s">
         <v>138</v>
       </c>
       <c r="D71" s="17" t="s">
         <v>122</v>
       </c>
       <c r="E71" s="18">
-        <v>512.591175</v>
+        <v>512.32479</v>
       </c>
       <c r="F71" s="3"/>
     </row>
     <row r="72" spans="1:6">
       <c r="A72" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B72" s="17" t="s">
         <v>139</v>
       </c>
       <c r="C72" s="17" t="s">
         <v>140</v>
       </c>
       <c r="D72" s="17" t="s">
         <v>122</v>
       </c>
       <c r="E72" s="18">
-        <v>63.5772</v>
+        <v>63.54416000000001</v>
       </c>
       <c r="F72" s="3"/>
     </row>
     <row r="73" spans="1:6">
       <c r="A73" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B73" s="17" t="s">
         <v>141</v>
       </c>
       <c r="C73" s="17" t="s">
         <v>142</v>
       </c>
       <c r="D73" s="17" t="s">
         <v>122</v>
       </c>
       <c r="E73" s="18">
-        <v>109.67067</v>
+        <v>109.613676</v>
       </c>
       <c r="F73" s="3"/>
     </row>
     <row r="74" spans="1:6">
       <c r="A74" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B74" s="17" t="s">
         <v>143</v>
       </c>
       <c r="C74" s="17" t="s">
         <v>144</v>
       </c>
       <c r="D74" s="17" t="s">
         <v>122</v>
       </c>
       <c r="E74" s="18">
-        <v>109.67067</v>
+        <v>109.613676</v>
       </c>
       <c r="F74" s="3"/>
     </row>
     <row r="75" spans="1:6">
       <c r="A75" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B75" s="17" t="s">
         <v>145</v>
       </c>
       <c r="C75" s="17" t="s">
         <v>146</v>
       </c>
       <c r="D75" s="17" t="s">
         <v>122</v>
       </c>
       <c r="E75" s="18">
-        <v>182.78445</v>
+        <v>182.68946</v>
       </c>
       <c r="F75" s="3"/>
     </row>
     <row r="76" spans="1:6">
       <c r="A76" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B76" s="17" t="s">
         <v>147</v>
       </c>
       <c r="C76" s="17" t="s">
         <v>148</v>
       </c>
       <c r="D76" s="17" t="s">
         <v>122</v>
       </c>
       <c r="E76" s="18">
-        <v>386.2314900000001</v>
+        <v>386.030772</v>
       </c>
       <c r="F76" s="3"/>
     </row>
     <row r="77" spans="1:6">
       <c r="A77" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B77" s="17" t="s">
         <v>149</v>
       </c>
       <c r="C77" s="17" t="s">
         <v>150</v>
       </c>
       <c r="D77" s="17" t="s">
         <v>122</v>
       </c>
       <c r="E77" s="18">
-        <v>61.19305500000001</v>
+        <v>61.161254</v>
       </c>
       <c r="F77" s="3"/>
     </row>
     <row r="78" spans="1:6">
       <c r="A78" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B78" s="17" t="s">
         <v>151</v>
       </c>
       <c r="C78" s="17" t="s">
         <v>152</v>
       </c>
       <c r="D78" s="17" t="s">
         <v>122</v>
       </c>
       <c r="E78" s="18">
-        <v>117.61782</v>
+        <v>117.556696</v>
       </c>
       <c r="F78" s="3"/>
     </row>
     <row r="79" spans="1:6">
       <c r="A79" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B79" s="17" t="s">
         <v>153</v>
       </c>
       <c r="C79" s="17" t="s">
         <v>154</v>
       </c>
       <c r="D79" s="17" t="s">
         <v>122</v>
       </c>
       <c r="E79" s="18">
-        <v>216.16248</v>
+        <v>216.050144</v>
       </c>
       <c r="F79" s="3"/>
     </row>
     <row r="80" spans="1:6">
       <c r="A80" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B80" s="17" t="s">
         <v>155</v>
       </c>
       <c r="C80" s="17" t="s">
         <v>156</v>
       </c>
       <c r="D80" s="17" t="s">
         <v>122</v>
       </c>
       <c r="E80" s="18">
-        <v>266.229525</v>
+        <v>266.09117</v>
       </c>
       <c r="F80" s="3"/>
     </row>
     <row r="81" spans="1:6">
       <c r="A81" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B81" s="17" t="s">
         <v>157</v>
       </c>
       <c r="C81" s="17" t="s">
         <v>158</v>
       </c>
       <c r="D81" s="17" t="s">
         <v>122</v>
       </c>
       <c r="E81" s="18">
-        <v>34.172745</v>
+        <v>34.154986</v>
       </c>
       <c r="F81" s="3"/>
     </row>
     <row r="82" spans="1:6">
       <c r="A82" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B82" s="17" t="s">
         <v>159</v>
       </c>
       <c r="C82" s="17" t="s">
         <v>160</v>
       </c>
       <c r="D82" s="17" t="s">
         <v>122</v>
       </c>
       <c r="E82" s="18">
-        <v>156.558855</v>
+        <v>156.477494</v>
       </c>
       <c r="F82" s="3"/>
     </row>
     <row r="83" spans="1:6">
       <c r="A83" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B83" s="17" t="s">
         <v>161</v>
       </c>
       <c r="C83" s="17" t="s">
         <v>162</v>
       </c>
       <c r="D83" s="17" t="s">
         <v>122</v>
       </c>
       <c r="E83" s="18">
-        <v>276.56082</v>
+        <v>276.417096</v>
       </c>
       <c r="F83" s="3"/>
     </row>
     <row r="84" spans="1:6">
       <c r="A84" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B84" s="17" t="s">
         <v>163</v>
       </c>
       <c r="C84" s="17" t="s">
         <v>164</v>
       </c>
       <c r="D84" s="17" t="s">
         <v>122</v>
       </c>
       <c r="E84" s="18">
-        <v>348.879885</v>
+        <v>348.698578</v>
       </c>
       <c r="F84" s="3"/>
     </row>
     <row r="85" spans="1:6">
       <c r="A85" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B85" s="17" t="s">
         <v>165</v>
       </c>
       <c r="C85" s="17" t="s">
         <v>166</v>
       </c>
       <c r="D85" s="17" t="s">
         <v>122</v>
       </c>
       <c r="E85" s="18">
-        <v>644.513865</v>
+        <v>644.1789219999999</v>
       </c>
       <c r="F85" s="3"/>
     </row>
     <row r="86" spans="1:6">
       <c r="A86" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B86" s="17" t="s">
         <v>167</v>
       </c>
       <c r="C86" s="17" t="s">
         <v>168</v>
       </c>
       <c r="D86" s="17" t="s">
         <v>122</v>
       </c>
       <c r="E86" s="18">
-        <v>44.50404000000001</v>
+        <v>44.480912</v>
       </c>
       <c r="F86" s="3"/>
     </row>
     <row r="87" spans="1:6">
       <c r="A87" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B87" s="17" t="s">
         <v>169</v>
       </c>
       <c r="C87" s="17" t="s">
         <v>170</v>
       </c>
       <c r="D87" s="17" t="s">
         <v>122</v>
       </c>
       <c r="E87" s="18">
-        <v>79.47150000000001</v>
+        <v>79.4302</v>
       </c>
       <c r="F87" s="3"/>
     </row>
     <row r="88" spans="1:6">
       <c r="A88" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B88" s="17" t="s">
         <v>171</v>
       </c>
       <c r="C88" s="17" t="s">
         <v>172</v>
       </c>
       <c r="D88" s="17" t="s">
         <v>122</v>
       </c>
       <c r="E88" s="18">
-        <v>131.92269</v>
+        <v>131.854132</v>
       </c>
       <c r="F88" s="3"/>
     </row>
     <row r="89" spans="1:6">
       <c r="A89" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B89" s="17" t="s">
         <v>173</v>
       </c>
       <c r="C89" s="17" t="s">
         <v>174</v>
       </c>
       <c r="D89" s="17" t="s">
         <v>122</v>
       </c>
       <c r="E89" s="18">
-        <v>163.71129</v>
+        <v>163.626212</v>
       </c>
       <c r="F89" s="3"/>
     </row>
     <row r="90" spans="1:6">
       <c r="A90" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B90" s="17" t="s">
         <v>175</v>
       </c>
       <c r="C90" s="17" t="s">
         <v>176</v>
       </c>
       <c r="D90" s="17" t="s">
         <v>122</v>
       </c>
       <c r="E90" s="18">
-        <v>207.420615</v>
+        <v>207.312822</v>
       </c>
       <c r="F90" s="3"/>
     </row>
     <row r="91" spans="1:6">
       <c r="A91" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B91" s="17" t="s">
         <v>177</v>
       </c>
       <c r="C91" s="17" t="s">
         <v>178</v>
       </c>
       <c r="D91" s="17" t="s">
         <v>122</v>
       </c>
       <c r="E91" s="18">
-        <v>299.607555</v>
+        <v>299.451854</v>
       </c>
       <c r="F91" s="3"/>
     </row>
     <row r="92" spans="1:6">
       <c r="A92" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B92" s="17" t="s">
         <v>179</v>
       </c>
       <c r="C92" s="17" t="s">
         <v>180</v>
       </c>
       <c r="D92" s="17" t="s">
         <v>181</v>
       </c>
       <c r="E92" s="18">
-        <v>471.265995</v>
+        <v>471.021086</v>
       </c>
       <c r="F92" s="3"/>
     </row>
     <row r="93" spans="1:6">
       <c r="A93" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B93" s="17" t="s">
         <v>182</v>
       </c>
       <c r="C93" s="17" t="s">
         <v>183</v>
       </c>
       <c r="D93" s="17" t="s">
         <v>181</v>
       </c>
       <c r="E93" s="18">
-        <v>681.0707550000001</v>
+        <v>680.716814</v>
       </c>
       <c r="F93" s="3"/>
     </row>
     <row r="94" spans="1:6">
       <c r="A94" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B94" s="17" t="s">
         <v>184</v>
       </c>
       <c r="C94" s="17" t="s">
         <v>185</v>
       </c>
       <c r="D94" s="17" t="s">
         <v>181</v>
       </c>
       <c r="E94" s="18">
-        <v>123.97554</v>
+        <v>123.911112</v>
       </c>
       <c r="F94" s="3"/>
     </row>
     <row r="95" spans="1:6">
       <c r="A95" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B95" s="17" t="s">
         <v>186</v>
       </c>
       <c r="C95" s="17" t="s">
         <v>187</v>
       </c>
       <c r="D95" s="17" t="s">
         <v>181</v>
       </c>
       <c r="E95" s="18">
-        <v>197.884035</v>
+        <v>197.781198</v>
       </c>
       <c r="F95" s="3"/>
     </row>
     <row r="96" spans="1:6">
       <c r="A96" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B96" s="17" t="s">
         <v>188</v>
       </c>
       <c r="C96" s="17" t="s">
         <v>189</v>
       </c>
       <c r="D96" s="17" t="s">
         <v>181</v>
       </c>
       <c r="E96" s="18">
-        <v>289.27626</v>
+        <v>289.125928</v>
       </c>
       <c r="F96" s="3"/>
     </row>
     <row r="97" spans="1:6">
       <c r="A97" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B97" s="17" t="s">
         <v>190</v>
       </c>
       <c r="C97" s="17" t="s">
         <v>191</v>
       </c>
       <c r="D97" s="17" t="s">
         <v>181</v>
       </c>
       <c r="E97" s="18">
-        <v>127.949115</v>
+        <v>127.882622</v>
       </c>
       <c r="F97" s="3"/>
     </row>
     <row r="98" spans="1:6">
       <c r="A98" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B98" s="17" t="s">
         <v>192</v>
       </c>
       <c r="C98" s="17" t="s">
         <v>193</v>
       </c>
       <c r="D98" s="17" t="s">
         <v>181</v>
       </c>
       <c r="E98" s="18">
-        <v>241.59336</v>
+        <v>241.467808</v>
       </c>
       <c r="F98" s="3"/>
     </row>
     <row r="99" spans="1:6">
       <c r="A99" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B99" s="17" t="s">
         <v>194</v>
       </c>
       <c r="C99" s="17" t="s">
         <v>195</v>
       </c>
       <c r="D99" s="17" t="s">
         <v>181</v>
       </c>
       <c r="E99" s="18">
-        <v>290.070975</v>
+        <v>289.92023</v>
       </c>
       <c r="F99" s="3"/>
     </row>
     <row r="100" spans="1:6">
       <c r="A100" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B100" s="17" t="s">
         <v>196</v>
       </c>
       <c r="C100" s="17" t="s">
         <v>197</v>
       </c>
       <c r="D100" s="17" t="s">
         <v>181</v>
       </c>
       <c r="E100" s="18">
-        <v>77.087355</v>
+        <v>77.04729399999999</v>
       </c>
       <c r="F100" s="3"/>
     </row>
     <row r="101" spans="1:6">
       <c r="A101" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B101" s="17" t="s">
         <v>198</v>
       </c>
       <c r="C101" s="17" t="s">
         <v>199</v>
       </c>
       <c r="D101" s="17" t="s">
         <v>181</v>
       </c>
       <c r="E101" s="18">
-        <v>81.06093000000001</v>
+        <v>81.018804</v>
       </c>
       <c r="F101" s="3"/>
     </row>
     <row r="102" spans="1:6">
       <c r="A102" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B102" s="17" t="s">
         <v>200</v>
       </c>
       <c r="C102" s="17" t="s">
         <v>201</v>
       </c>
       <c r="D102" s="17" t="s">
         <v>181</v>
       </c>
       <c r="E102" s="18">
-        <v>151.790565</v>
+        <v>151.711682</v>
       </c>
       <c r="F102" s="3"/>
     </row>
     <row r="103" spans="1:6">
       <c r="A103" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B103" s="17" t="s">
         <v>202</v>
       </c>
       <c r="C103" s="17" t="s">
         <v>203</v>
       </c>
       <c r="D103" s="17" t="s">
         <v>181</v>
       </c>
       <c r="E103" s="18">
-        <v>244.77222</v>
+        <v>244.645016</v>
       </c>
       <c r="F103" s="3"/>
     </row>
     <row r="104" spans="1:6">
       <c r="A104" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B104" s="17" t="s">
         <v>204</v>
       </c>
       <c r="C104" s="17" t="s">
         <v>205</v>
       </c>
       <c r="D104" s="17" t="s">
         <v>181</v>
       </c>
       <c r="E104" s="18">
-        <v>375.10548</v>
+        <v>374.910544</v>
       </c>
       <c r="F104" s="3"/>
     </row>
     <row r="105" spans="1:6">
       <c r="A105" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B105" s="17" t="s">
         <v>206</v>
       </c>
       <c r="C105" s="17" t="s">
         <v>207</v>
       </c>
       <c r="D105" s="17" t="s">
         <v>208</v>
       </c>
       <c r="E105" s="18">
-        <v>85018.6107</v>
+        <v>84974.42796</v>
       </c>
       <c r="F105" s="3"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <autoFilter ref="A11:E105"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Прайс-лист за 30.10.2025</vt:lpstr>
+      <vt:lpstr>Прайс-лист за 17.12.2025</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft Corporation</Company>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Unknown Creator</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Untitled Spreadsheet</dc:title>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>