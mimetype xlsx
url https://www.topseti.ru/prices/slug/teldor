--- v1 (2025-12-17)
+++ v2 (2026-02-04)
@@ -6,96 +6,96 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="-1" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
-    <sheet name="Прайс-лист за 17.12.2025" sheetId="1" r:id="rId4"/>
+    <sheet name="Прайс-лист за 04.02.2026" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист за 17.12.2025'!$A$11:$E$105</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист за 04.02.2026'!$A$11:$E$105</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="209">
   <si>
     <t>ПРАЙС-ЛИСТ</t>
   </si>
   <si>
     <t>ЕДИНЫЙ НОМЕР</t>
   </si>
   <si>
     <t>8-800-555-7057</t>
   </si>
   <si>
     <t>МОСКВА</t>
   </si>
   <si>
     <t>8-495-646-7057</t>
   </si>
   <si>
     <t>Компания "ТопСети"</t>
   </si>
   <si>
     <t>САНКТ-ПЕТЕРБУРГ</t>
   </si>
   <si>
     <t>8-812-645-7058</t>
   </si>
   <si>
     <t>www.topseti.ru</t>
   </si>
   <si>
     <t>sales@topseti.ru</t>
   </si>
   <si>
     <t>Цены действительны на:</t>
   </si>
   <si>
-    <t>17.12.2025</t>
+    <t>04.02.2026</t>
   </si>
   <si>
     <t>Производитель</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Название</t>
   </si>
   <si>
     <t>Группа</t>
   </si>
   <si>
     <t>Цена, руб.</t>
   </si>
   <si>
     <t>Teldor</t>
   </si>
   <si>
     <t>Teldor 7552010129 (75N2010129) (T50010007G W100T) Кабель витая пара (UTP), категория 3, 10 пар (24AWG), одножильный (solid), для внутренней прокладки, внешняя оболочка FR PVC</t>
   </si>
   <si>
     <t>категория 3</t>
   </si>
@@ -849,51 +849,51 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="7" numFmtId="0" fillId="2" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="49" fillId="2" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="2" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3357a3eb0998b23455bd98af932582942.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8081c2af73f9cf504f7551a7f4df835a2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>600075</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>76200</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2447925" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1333,1763 +1333,1763 @@
       <c r="C11" s="15" t="s">
         <v>14</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>15</v>
       </c>
       <c r="E11" s="15" t="s">
         <v>16</v>
       </c>
       <c r="F11" s="16"/>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B12" s="17">
         <v>7552010129</v>
       </c>
       <c r="C12" s="17" t="s">
         <v>18</v>
       </c>
       <c r="D12" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E12" s="18">
-        <v>127.08832</v>
+        <v>123.17072</v>
       </c>
       <c r="F12" s="3"/>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B13" s="17">
         <v>7552025129</v>
       </c>
       <c r="C13" s="17" t="s">
         <v>20</v>
       </c>
       <c r="D13" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E13" s="18">
-        <v>248.616526</v>
+        <v>240.952721</v>
       </c>
       <c r="F13" s="3"/>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B14" s="17" t="s">
         <v>21</v>
       </c>
       <c r="C14" s="17" t="s">
         <v>22</v>
       </c>
       <c r="D14" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E14" s="18">
-        <v>861.023368</v>
+        <v>834.481628</v>
       </c>
       <c r="F14" s="3"/>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B15" s="17" t="s">
         <v>23</v>
       </c>
       <c r="C15" s="17" t="s">
         <v>24</v>
       </c>
       <c r="D15" s="17" t="s">
         <v>25</v>
       </c>
       <c r="E15" s="18">
-        <v>56.395442</v>
+        <v>54.657007</v>
       </c>
       <c r="F15" s="3"/>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B16" s="17" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="17" t="s">
         <v>27</v>
       </c>
       <c r="D16" s="17" t="s">
         <v>25</v>
       </c>
       <c r="E16" s="18">
-        <v>10441.09979</v>
+        <v>10119.244465</v>
       </c>
       <c r="F16" s="3"/>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B17" s="17">
         <v>7562025129</v>
       </c>
       <c r="C17" s="17" t="s">
         <v>28</v>
       </c>
       <c r="D17" s="17" t="s">
         <v>25</v>
       </c>
       <c r="E17" s="18">
-        <v>312.160686</v>
+        <v>302.538081</v>
       </c>
       <c r="F17" s="3"/>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B18" s="17" t="s">
         <v>29</v>
       </c>
       <c r="C18" s="17" t="s">
         <v>30</v>
       </c>
       <c r="D18" s="17" t="s">
         <v>25</v>
       </c>
       <c r="E18" s="18">
-        <v>1233.551006</v>
+        <v>1195.525801</v>
       </c>
       <c r="F18" s="3"/>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B19" s="17" t="s">
         <v>31</v>
       </c>
       <c r="C19" s="17" t="s">
         <v>32</v>
       </c>
       <c r="D19" s="17" t="s">
         <v>25</v>
       </c>
       <c r="E19" s="18">
-        <v>721.226216</v>
+        <v>698.993836</v>
       </c>
       <c r="F19" s="3"/>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B20" s="17" t="s">
         <v>33</v>
       </c>
       <c r="C20" s="17" t="s">
         <v>34</v>
       </c>
       <c r="D20" s="17" t="s">
         <v>25</v>
       </c>
       <c r="E20" s="18">
-        <v>1173.184054</v>
+        <v>1137.019709</v>
       </c>
       <c r="F20" s="3"/>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B21" s="17" t="s">
         <v>35</v>
       </c>
       <c r="C21" s="17" t="s">
         <v>36</v>
       </c>
       <c r="D21" s="17" t="s">
         <v>25</v>
       </c>
       <c r="E21" s="18">
-        <v>80.224502</v>
+        <v>77.75151700000001</v>
       </c>
       <c r="F21" s="3"/>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B22" s="17">
         <v>7599125101</v>
       </c>
       <c r="C22" s="17" t="s">
         <v>37</v>
       </c>
       <c r="D22" s="17" t="s">
         <v>25</v>
       </c>
       <c r="E22" s="18">
-        <v>305.80627</v>
+        <v>296.379545</v>
       </c>
       <c r="F22" s="3"/>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B23" s="17" t="s">
         <v>38</v>
       </c>
       <c r="C23" s="17" t="s">
         <v>39</v>
       </c>
       <c r="D23" s="17" t="s">
         <v>25</v>
       </c>
       <c r="E23" s="18">
-        <v>604.4638220000001</v>
+        <v>585.830737</v>
       </c>
       <c r="F23" s="3"/>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B24" s="17" t="s">
         <v>40</v>
       </c>
       <c r="C24" s="17" t="s">
         <v>41</v>
       </c>
       <c r="D24" s="17" t="s">
         <v>25</v>
       </c>
       <c r="E24" s="18">
-        <v>18871.821218</v>
+        <v>18290.082103</v>
       </c>
       <c r="F24" s="3"/>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B25" s="17" t="s">
         <v>42</v>
       </c>
       <c r="C25" s="17" t="s">
         <v>43</v>
       </c>
       <c r="D25" s="17" t="s">
         <v>25</v>
       </c>
       <c r="E25" s="18">
-        <v>61.161254</v>
+        <v>59.27590900000001</v>
       </c>
       <c r="F25" s="3"/>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B26" s="17" t="s">
         <v>44</v>
       </c>
       <c r="C26" s="17" t="s">
         <v>45</v>
       </c>
       <c r="D26" s="17" t="s">
         <v>46</v>
       </c>
       <c r="E26" s="18">
-        <v>65.927066</v>
+        <v>63.894811</v>
       </c>
       <c r="F26" s="3"/>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B27" s="17" t="s">
         <v>47</v>
       </c>
       <c r="C27" s="17" t="s">
         <v>48</v>
       </c>
       <c r="D27" s="17" t="s">
         <v>46</v>
       </c>
       <c r="E27" s="18">
-        <v>810.1880399999999</v>
+        <v>785.21334</v>
       </c>
       <c r="F27" s="3"/>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B28" s="17" t="s">
         <v>49</v>
       </c>
       <c r="C28" s="17" t="s">
         <v>50</v>
       </c>
       <c r="D28" s="17" t="s">
         <v>46</v>
       </c>
       <c r="E28" s="18">
-        <v>942.0421719999999</v>
+        <v>913.002962</v>
       </c>
       <c r="F28" s="3"/>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B29" s="17" t="s">
         <v>51</v>
       </c>
       <c r="C29" s="17" t="s">
         <v>52</v>
       </c>
       <c r="D29" s="17" t="s">
         <v>46</v>
       </c>
       <c r="E29" s="18">
-        <v>80.224502</v>
+        <v>77.75151700000001</v>
       </c>
       <c r="F29" s="3"/>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B30" s="17" t="s">
         <v>53</v>
       </c>
       <c r="C30" s="17" t="s">
         <v>54</v>
       </c>
       <c r="D30" s="17" t="s">
         <v>46</v>
       </c>
       <c r="E30" s="18">
-        <v>95.31623999999999</v>
+        <v>92.37804</v>
       </c>
       <c r="F30" s="3"/>
     </row>
     <row r="31" spans="1:6">
       <c r="A31" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B31" s="17" t="s">
         <v>55</v>
       </c>
       <c r="C31" s="17" t="s">
         <v>56</v>
       </c>
       <c r="D31" s="17" t="s">
         <v>46</v>
       </c>
       <c r="E31" s="18">
-        <v>787.947584</v>
+        <v>763.658464</v>
       </c>
       <c r="F31" s="3"/>
     </row>
     <row r="32" spans="1:6">
       <c r="A32" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B32" s="17" t="s">
         <v>57</v>
       </c>
       <c r="C32" s="17" t="s">
         <v>58</v>
       </c>
       <c r="D32" s="17" t="s">
         <v>46</v>
       </c>
       <c r="E32" s="18">
-        <v>88.16752200000001</v>
+        <v>85.44968700000001</v>
       </c>
       <c r="F32" s="3"/>
     </row>
     <row r="33" spans="1:6">
       <c r="A33" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B33" s="17" t="s">
         <v>59</v>
       </c>
       <c r="C33" s="17" t="s">
         <v>60</v>
       </c>
       <c r="D33" s="17" t="s">
         <v>61</v>
       </c>
       <c r="E33" s="18">
-        <v>96.904844</v>
+        <v>93.91767400000001</v>
       </c>
       <c r="F33" s="3"/>
     </row>
     <row r="34" spans="1:6">
       <c r="A34" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B34" s="17">
         <v>9928454101</v>
       </c>
       <c r="C34" s="17" t="s">
         <v>62</v>
       </c>
       <c r="D34" s="17" t="s">
         <v>61</v>
       </c>
       <c r="E34" s="18">
-        <v>1421.80058</v>
+        <v>1377.97243</v>
       </c>
       <c r="F34" s="3"/>
     </row>
     <row r="35" spans="1:6">
       <c r="A35" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B35" s="17" t="s">
         <v>63</v>
       </c>
       <c r="C35" s="17" t="s">
         <v>64</v>
       </c>
       <c r="D35" s="17" t="s">
         <v>61</v>
       </c>
       <c r="E35" s="18">
-        <v>1939.685484</v>
+        <v>1879.893114</v>
       </c>
       <c r="F35" s="3"/>
     </row>
     <row r="36" spans="1:6">
       <c r="A36" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B36" s="17" t="s">
         <v>65</v>
       </c>
       <c r="C36" s="17" t="s">
         <v>66</v>
       </c>
       <c r="D36" s="17" t="s">
         <v>61</v>
       </c>
       <c r="E36" s="18">
-        <v>601.286614</v>
+        <v>582.751469</v>
       </c>
       <c r="F36" s="3"/>
     </row>
     <row r="37" spans="1:6">
       <c r="A37" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B37" s="17" t="s">
         <v>67</v>
       </c>
       <c r="C37" s="17" t="s">
         <v>68</v>
       </c>
       <c r="D37" s="17" t="s">
         <v>61</v>
       </c>
       <c r="E37" s="18">
-        <v>1324.895736</v>
+        <v>1284.054756</v>
       </c>
       <c r="F37" s="3"/>
     </row>
     <row r="38" spans="1:6">
       <c r="A38" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B38" s="17" t="s">
         <v>69</v>
       </c>
       <c r="C38" s="17" t="s">
         <v>70</v>
       </c>
       <c r="D38" s="17" t="s">
         <v>61</v>
       </c>
       <c r="E38" s="18">
-        <v>1188.275792</v>
+        <v>1151.646232</v>
       </c>
       <c r="F38" s="3"/>
     </row>
     <row r="39" spans="1:6">
       <c r="A39" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B39" s="17" t="s">
         <v>71</v>
       </c>
       <c r="C39" s="17" t="s">
         <v>72</v>
       </c>
       <c r="D39" s="17" t="s">
         <v>61</v>
       </c>
       <c r="E39" s="18">
-        <v>2043.739046</v>
+        <v>1980.739141</v>
       </c>
       <c r="F39" s="3"/>
     </row>
     <row r="40" spans="1:6">
       <c r="A40" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B40" s="17" t="s">
         <v>73</v>
       </c>
       <c r="C40" s="17" t="s">
         <v>74</v>
       </c>
       <c r="D40" s="17" t="s">
         <v>75</v>
       </c>
       <c r="E40" s="18">
-        <v>571.1031380000001</v>
+        <v>553.498423</v>
       </c>
       <c r="F40" s="3"/>
     </row>
     <row r="41" spans="1:6">
       <c r="A41" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B41" s="17" t="s">
         <v>76</v>
       </c>
       <c r="C41" s="17" t="s">
         <v>77</v>
       </c>
       <c r="D41" s="17" t="s">
         <v>75</v>
       </c>
       <c r="E41" s="18">
-        <v>266.885472</v>
+        <v>258.658512</v>
       </c>
       <c r="F41" s="3"/>
     </row>
     <row r="42" spans="1:6">
       <c r="A42" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B42" s="17" t="s">
         <v>78</v>
       </c>
       <c r="C42" s="17" t="s">
         <v>79</v>
       </c>
       <c r="D42" s="17" t="s">
         <v>75</v>
       </c>
       <c r="E42" s="18">
-        <v>193.015386</v>
+        <v>187.065531</v>
       </c>
       <c r="F42" s="3"/>
     </row>
     <row r="43" spans="1:6">
       <c r="A43" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B43" s="17" t="s">
         <v>80</v>
       </c>
       <c r="C43" s="17" t="s">
         <v>81</v>
       </c>
       <c r="D43" s="17" t="s">
         <v>75</v>
       </c>
       <c r="E43" s="18">
-        <v>104.053562</v>
+        <v>100.846027</v>
       </c>
       <c r="F43" s="3"/>
     </row>
     <row r="44" spans="1:6">
       <c r="A44" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B44" s="17" t="s">
         <v>82</v>
       </c>
       <c r="C44" s="17" t="s">
         <v>83</v>
       </c>
       <c r="D44" s="17" t="s">
         <v>75</v>
       </c>
       <c r="E44" s="18">
-        <v>168.392024</v>
+        <v>163.201204</v>
       </c>
       <c r="F44" s="3"/>
     </row>
     <row r="45" spans="1:6">
       <c r="A45" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B45" s="17" t="s">
         <v>84</v>
       </c>
       <c r="C45" s="17" t="s">
         <v>85</v>
       </c>
       <c r="D45" s="17" t="s">
         <v>75</v>
       </c>
       <c r="E45" s="18">
-        <v>197.781198</v>
+        <v>191.684433</v>
       </c>
       <c r="F45" s="3"/>
     </row>
     <row r="46" spans="1:6">
       <c r="A46" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B46" s="17" t="s">
         <v>86</v>
       </c>
       <c r="C46" s="17" t="s">
         <v>87</v>
       </c>
       <c r="D46" s="17" t="s">
         <v>75</v>
       </c>
       <c r="E46" s="18">
-        <v>131.854132</v>
+        <v>127.789622</v>
       </c>
       <c r="F46" s="3"/>
     </row>
     <row r="47" spans="1:6">
       <c r="A47" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B47" s="17" t="s">
         <v>88</v>
       </c>
       <c r="C47" s="17" t="s">
         <v>89</v>
       </c>
       <c r="D47" s="17" t="s">
         <v>75</v>
       </c>
       <c r="E47" s="18">
-        <v>143.768662</v>
+        <v>139.336877</v>
       </c>
       <c r="F47" s="3"/>
     </row>
     <row r="48" spans="1:6">
       <c r="A48" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B48" s="17" t="s">
         <v>90</v>
       </c>
       <c r="C48" s="17" t="s">
         <v>91</v>
       </c>
       <c r="D48" s="17" t="s">
         <v>75</v>
       </c>
       <c r="E48" s="18">
-        <v>225.581768</v>
+        <v>218.628028</v>
       </c>
       <c r="F48" s="3"/>
     </row>
     <row r="49" spans="1:6">
       <c r="A49" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B49" s="17" t="s">
         <v>92</v>
       </c>
       <c r="C49" s="17" t="s">
         <v>93</v>
       </c>
       <c r="D49" s="17" t="s">
         <v>75</v>
       </c>
       <c r="E49" s="18">
-        <v>193.015386</v>
+        <v>187.065531</v>
       </c>
       <c r="F49" s="3"/>
     </row>
     <row r="50" spans="1:6">
       <c r="A50" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B50" s="17" t="s">
         <v>94</v>
       </c>
       <c r="C50" s="17" t="s">
         <v>95</v>
       </c>
       <c r="D50" s="17" t="s">
         <v>75</v>
       </c>
       <c r="E50" s="18">
-        <v>246.23362</v>
+        <v>238.64327</v>
       </c>
       <c r="F50" s="3"/>
     </row>
     <row r="51" spans="1:6">
       <c r="A51" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B51" s="17" t="s">
         <v>96</v>
       </c>
       <c r="C51" s="17" t="s">
         <v>97</v>
       </c>
       <c r="D51" s="17" t="s">
         <v>75</v>
       </c>
       <c r="E51" s="18">
-        <v>188.249574</v>
+        <v>182.446629</v>
       </c>
       <c r="F51" s="3"/>
     </row>
     <row r="52" spans="1:6">
       <c r="A52" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B52" s="17" t="s">
         <v>98</v>
       </c>
       <c r="C52" s="17" t="s">
         <v>99</v>
       </c>
       <c r="D52" s="17" t="s">
         <v>75</v>
       </c>
       <c r="E52" s="18">
-        <v>325.66382</v>
+        <v>315.62497</v>
       </c>
       <c r="F52" s="3"/>
     </row>
     <row r="53" spans="1:6">
       <c r="A53" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B53" s="17" t="s">
         <v>100</v>
       </c>
       <c r="C53" s="17" t="s">
         <v>101</v>
       </c>
       <c r="D53" s="17" t="s">
         <v>75</v>
       </c>
       <c r="E53" s="18">
-        <v>82.60740800000001</v>
+        <v>80.060968</v>
       </c>
       <c r="F53" s="3"/>
     </row>
     <row r="54" spans="1:6">
       <c r="A54" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B54" s="17" t="s">
         <v>102</v>
       </c>
       <c r="C54" s="17" t="s">
         <v>103</v>
       </c>
       <c r="D54" s="17" t="s">
         <v>75</v>
       </c>
       <c r="E54" s="18">
-        <v>148.534474</v>
+        <v>143.955779</v>
       </c>
       <c r="F54" s="3"/>
     </row>
     <row r="55" spans="1:6">
       <c r="A55" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B55" s="17" t="s">
         <v>104</v>
       </c>
       <c r="C55" s="17" t="s">
         <v>105</v>
       </c>
       <c r="D55" s="17" t="s">
         <v>75</v>
       </c>
       <c r="E55" s="18">
-        <v>167.597722</v>
+        <v>162.431387</v>
       </c>
       <c r="F55" s="3"/>
     </row>
     <row r="56" spans="1:6">
       <c r="A56" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B56" s="17" t="s">
         <v>106</v>
       </c>
       <c r="C56" s="17" t="s">
         <v>107</v>
       </c>
       <c r="D56" s="17" t="s">
         <v>75</v>
       </c>
       <c r="E56" s="18">
-        <v>155.683192</v>
+        <v>150.884132</v>
       </c>
       <c r="F56" s="3"/>
     </row>
     <row r="57" spans="1:6">
       <c r="A57" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B57" s="17" t="s">
         <v>108</v>
       </c>
       <c r="C57" s="17" t="s">
         <v>109</v>
       </c>
       <c r="D57" s="17" t="s">
         <v>75</v>
       </c>
       <c r="E57" s="18">
-        <v>91.34473</v>
+        <v>88.528955</v>
       </c>
       <c r="F57" s="3"/>
     </row>
     <row r="58" spans="1:6">
       <c r="A58" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B58" s="17" t="s">
         <v>110</v>
       </c>
       <c r="C58" s="17" t="s">
         <v>111</v>
       </c>
       <c r="D58" s="17" t="s">
         <v>75</v>
       </c>
       <c r="E58" s="18">
-        <v>181.100856</v>
+        <v>175.518276</v>
       </c>
       <c r="F58" s="3"/>
     </row>
     <row r="59" spans="1:6">
       <c r="A59" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B59" s="17" t="s">
         <v>112</v>
       </c>
       <c r="C59" s="17" t="s">
         <v>113</v>
       </c>
       <c r="D59" s="17" t="s">
         <v>75</v>
       </c>
       <c r="E59" s="18">
-        <v>100.082052</v>
+        <v>96.996942</v>
       </c>
       <c r="F59" s="3"/>
     </row>
     <row r="60" spans="1:6">
       <c r="A60" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B60" s="17" t="s">
         <v>114</v>
       </c>
       <c r="C60" s="17" t="s">
         <v>115</v>
       </c>
       <c r="D60" s="17" t="s">
         <v>75</v>
       </c>
       <c r="E60" s="18">
-        <v>163.626212</v>
+        <v>158.582302</v>
       </c>
       <c r="F60" s="3"/>
     </row>
     <row r="61" spans="1:6">
       <c r="A61" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B61" s="17" t="s">
         <v>116</v>
       </c>
       <c r="C61" s="17" t="s">
         <v>117</v>
       </c>
       <c r="D61" s="17" t="s">
         <v>75</v>
       </c>
       <c r="E61" s="18">
-        <v>189.043876</v>
+        <v>183.216446</v>
       </c>
       <c r="F61" s="3"/>
     </row>
     <row r="62" spans="1:6">
       <c r="A62" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B62" s="17" t="s">
         <v>118</v>
       </c>
       <c r="C62" s="17" t="s">
         <v>119</v>
       </c>
       <c r="D62" s="17" t="s">
         <v>75</v>
       </c>
       <c r="E62" s="18">
-        <v>139.00285</v>
+        <v>134.717975</v>
       </c>
       <c r="F62" s="3"/>
     </row>
     <row r="63" spans="1:6">
       <c r="A63" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B63" s="17" t="s">
         <v>120</v>
       </c>
       <c r="C63" s="17" t="s">
         <v>121</v>
       </c>
       <c r="D63" s="17" t="s">
         <v>122</v>
       </c>
       <c r="E63" s="18">
-        <v>299.451854</v>
+        <v>290.221009</v>
       </c>
       <c r="F63" s="3"/>
     </row>
     <row r="64" spans="1:6">
       <c r="A64" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B64" s="17" t="s">
         <v>123</v>
       </c>
       <c r="C64" s="17" t="s">
         <v>124</v>
       </c>
       <c r="D64" s="17" t="s">
         <v>122</v>
       </c>
       <c r="E64" s="18">
-        <v>272.445586</v>
+        <v>264.047231</v>
       </c>
       <c r="F64" s="3"/>
     </row>
     <row r="65" spans="1:6">
       <c r="A65" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B65" s="17" t="s">
         <v>125</v>
       </c>
       <c r="C65" s="17" t="s">
         <v>126</v>
       </c>
       <c r="D65" s="17" t="s">
         <v>122</v>
       </c>
       <c r="E65" s="18">
-        <v>212.872936</v>
+        <v>206.310956</v>
       </c>
       <c r="F65" s="3"/>
     </row>
     <row r="66" spans="1:6">
       <c r="A66" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B66" s="17" t="s">
         <v>127</v>
       </c>
       <c r="C66" s="17" t="s">
         <v>128</v>
       </c>
       <c r="D66" s="17" t="s">
         <v>122</v>
       </c>
       <c r="E66" s="18">
-        <v>382.853564</v>
+        <v>371.051794</v>
       </c>
       <c r="F66" s="3"/>
     </row>
     <row r="67" spans="1:6">
       <c r="A67" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B67" s="17" t="s">
         <v>129</v>
       </c>
       <c r="C67" s="17" t="s">
         <v>130</v>
       </c>
       <c r="D67" s="17" t="s">
         <v>122</v>
       </c>
       <c r="E67" s="18">
-        <v>73.075784</v>
+        <v>70.82316400000001</v>
       </c>
       <c r="F67" s="3"/>
     </row>
     <row r="68" spans="1:6">
       <c r="A68" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B68" s="17" t="s">
         <v>131</v>
       </c>
       <c r="C68" s="17" t="s">
         <v>132</v>
       </c>
       <c r="D68" s="17" t="s">
         <v>122</v>
       </c>
       <c r="E68" s="18">
-        <v>139.00285</v>
+        <v>134.717975</v>
       </c>
       <c r="F68" s="3"/>
     </row>
     <row r="69" spans="1:6">
       <c r="A69" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B69" s="17" t="s">
         <v>133</v>
       </c>
       <c r="C69" s="17" t="s">
         <v>134</v>
       </c>
       <c r="D69" s="17" t="s">
         <v>122</v>
       </c>
       <c r="E69" s="18">
-        <v>235.113392</v>
+        <v>227.865832</v>
       </c>
       <c r="F69" s="3"/>
     </row>
     <row r="70" spans="1:6">
       <c r="A70" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B70" s="17" t="s">
         <v>135</v>
       </c>
       <c r="C70" s="17" t="s">
         <v>136</v>
       </c>
       <c r="D70" s="17" t="s">
         <v>122</v>
       </c>
       <c r="E70" s="18">
-        <v>410.654134</v>
+        <v>397.995389</v>
       </c>
       <c r="F70" s="3"/>
     </row>
     <row r="71" spans="1:6">
       <c r="A71" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B71" s="17" t="s">
         <v>137</v>
       </c>
       <c r="C71" s="17" t="s">
         <v>138</v>
       </c>
       <c r="D71" s="17" t="s">
         <v>122</v>
       </c>
       <c r="E71" s="18">
-        <v>512.32479</v>
+        <v>496.531965</v>
       </c>
       <c r="F71" s="3"/>
     </row>
     <row r="72" spans="1:6">
       <c r="A72" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B72" s="17" t="s">
         <v>139</v>
       </c>
       <c r="C72" s="17" t="s">
         <v>140</v>
       </c>
       <c r="D72" s="17" t="s">
         <v>122</v>
       </c>
       <c r="E72" s="18">
-        <v>63.54416000000001</v>
+        <v>61.58536000000001</v>
       </c>
       <c r="F72" s="3"/>
     </row>
     <row r="73" spans="1:6">
       <c r="A73" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B73" s="17" t="s">
         <v>141</v>
       </c>
       <c r="C73" s="17" t="s">
         <v>142</v>
       </c>
       <c r="D73" s="17" t="s">
         <v>122</v>
       </c>
       <c r="E73" s="18">
-        <v>109.613676</v>
+        <v>106.234746</v>
       </c>
       <c r="F73" s="3"/>
     </row>
     <row r="74" spans="1:6">
       <c r="A74" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B74" s="17" t="s">
         <v>143</v>
       </c>
       <c r="C74" s="17" t="s">
         <v>144</v>
       </c>
       <c r="D74" s="17" t="s">
         <v>122</v>
       </c>
       <c r="E74" s="18">
-        <v>109.613676</v>
+        <v>106.234746</v>
       </c>
       <c r="F74" s="3"/>
     </row>
     <row r="75" spans="1:6">
       <c r="A75" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B75" s="17" t="s">
         <v>145</v>
       </c>
       <c r="C75" s="17" t="s">
         <v>146</v>
       </c>
       <c r="D75" s="17" t="s">
         <v>122</v>
       </c>
       <c r="E75" s="18">
-        <v>182.68946</v>
+        <v>177.05791</v>
       </c>
       <c r="F75" s="3"/>
     </row>
     <row r="76" spans="1:6">
       <c r="A76" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B76" s="17" t="s">
         <v>147</v>
       </c>
       <c r="C76" s="17" t="s">
         <v>148</v>
       </c>
       <c r="D76" s="17" t="s">
         <v>122</v>
       </c>
       <c r="E76" s="18">
-        <v>386.030772</v>
+        <v>374.131062</v>
       </c>
       <c r="F76" s="3"/>
     </row>
     <row r="77" spans="1:6">
       <c r="A77" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B77" s="17" t="s">
         <v>149</v>
       </c>
       <c r="C77" s="17" t="s">
         <v>150</v>
       </c>
       <c r="D77" s="17" t="s">
         <v>122</v>
       </c>
       <c r="E77" s="18">
-        <v>61.161254</v>
+        <v>59.27590900000001</v>
       </c>
       <c r="F77" s="3"/>
     </row>
     <row r="78" spans="1:6">
       <c r="A78" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B78" s="17" t="s">
         <v>151</v>
       </c>
       <c r="C78" s="17" t="s">
         <v>152</v>
       </c>
       <c r="D78" s="17" t="s">
         <v>122</v>
       </c>
       <c r="E78" s="18">
-        <v>117.556696</v>
+        <v>113.932916</v>
       </c>
       <c r="F78" s="3"/>
     </row>
     <row r="79" spans="1:6">
       <c r="A79" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B79" s="17" t="s">
         <v>153</v>
       </c>
       <c r="C79" s="17" t="s">
         <v>154</v>
       </c>
       <c r="D79" s="17" t="s">
         <v>122</v>
       </c>
       <c r="E79" s="18">
-        <v>216.050144</v>
+        <v>209.390224</v>
       </c>
       <c r="F79" s="3"/>
     </row>
     <row r="80" spans="1:6">
       <c r="A80" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B80" s="17" t="s">
         <v>155</v>
       </c>
       <c r="C80" s="17" t="s">
         <v>156</v>
       </c>
       <c r="D80" s="17" t="s">
         <v>122</v>
       </c>
       <c r="E80" s="18">
-        <v>266.09117</v>
+        <v>257.888695</v>
       </c>
       <c r="F80" s="3"/>
     </row>
     <row r="81" spans="1:6">
       <c r="A81" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B81" s="17" t="s">
         <v>157</v>
       </c>
       <c r="C81" s="17" t="s">
         <v>158</v>
       </c>
       <c r="D81" s="17" t="s">
         <v>122</v>
       </c>
       <c r="E81" s="18">
-        <v>34.154986</v>
+        <v>33.102131</v>
       </c>
       <c r="F81" s="3"/>
     </row>
     <row r="82" spans="1:6">
       <c r="A82" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B82" s="17" t="s">
         <v>159</v>
       </c>
       <c r="C82" s="17" t="s">
         <v>160</v>
       </c>
       <c r="D82" s="17" t="s">
         <v>122</v>
       </c>
       <c r="E82" s="18">
-        <v>156.477494</v>
+        <v>151.653949</v>
       </c>
       <c r="F82" s="3"/>
     </row>
     <row r="83" spans="1:6">
       <c r="A83" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B83" s="17" t="s">
         <v>161</v>
       </c>
       <c r="C83" s="17" t="s">
         <v>162</v>
       </c>
       <c r="D83" s="17" t="s">
         <v>122</v>
       </c>
       <c r="E83" s="18">
-        <v>276.417096</v>
+        <v>267.896316</v>
       </c>
       <c r="F83" s="3"/>
     </row>
     <row r="84" spans="1:6">
       <c r="A84" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B84" s="17" t="s">
         <v>163</v>
       </c>
       <c r="C84" s="17" t="s">
         <v>164</v>
       </c>
       <c r="D84" s="17" t="s">
         <v>122</v>
       </c>
       <c r="E84" s="18">
-        <v>348.698578</v>
+        <v>337.949663</v>
       </c>
       <c r="F84" s="3"/>
     </row>
     <row r="85" spans="1:6">
       <c r="A85" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B85" s="17" t="s">
         <v>165</v>
       </c>
       <c r="C85" s="17" t="s">
         <v>166</v>
       </c>
       <c r="D85" s="17" t="s">
         <v>122</v>
       </c>
       <c r="E85" s="18">
-        <v>644.1789219999999</v>
+        <v>624.321587</v>
       </c>
       <c r="F85" s="3"/>
     </row>
     <row r="86" spans="1:6">
       <c r="A86" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B86" s="17" t="s">
         <v>167</v>
       </c>
       <c r="C86" s="17" t="s">
         <v>168</v>
       </c>
       <c r="D86" s="17" t="s">
         <v>122</v>
       </c>
       <c r="E86" s="18">
-        <v>44.480912</v>
+        <v>43.10975200000001</v>
       </c>
       <c r="F86" s="3"/>
     </row>
     <row r="87" spans="1:6">
       <c r="A87" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B87" s="17" t="s">
         <v>169</v>
       </c>
       <c r="C87" s="17" t="s">
         <v>170</v>
       </c>
       <c r="D87" s="17" t="s">
         <v>122</v>
       </c>
       <c r="E87" s="18">
-        <v>79.4302</v>
+        <v>76.9817</v>
       </c>
       <c r="F87" s="3"/>
     </row>
     <row r="88" spans="1:6">
       <c r="A88" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B88" s="17" t="s">
         <v>171</v>
       </c>
       <c r="C88" s="17" t="s">
         <v>172</v>
       </c>
       <c r="D88" s="17" t="s">
         <v>122</v>
       </c>
       <c r="E88" s="18">
-        <v>131.854132</v>
+        <v>127.789622</v>
       </c>
       <c r="F88" s="3"/>
     </row>
     <row r="89" spans="1:6">
       <c r="A89" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B89" s="17" t="s">
         <v>173</v>
       </c>
       <c r="C89" s="17" t="s">
         <v>174</v>
       </c>
       <c r="D89" s="17" t="s">
         <v>122</v>
       </c>
       <c r="E89" s="18">
-        <v>163.626212</v>
+        <v>158.582302</v>
       </c>
       <c r="F89" s="3"/>
     </row>
     <row r="90" spans="1:6">
       <c r="A90" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B90" s="17" t="s">
         <v>175</v>
       </c>
       <c r="C90" s="17" t="s">
         <v>176</v>
       </c>
       <c r="D90" s="17" t="s">
         <v>122</v>
       </c>
       <c r="E90" s="18">
-        <v>207.312822</v>
+        <v>200.922237</v>
       </c>
       <c r="F90" s="3"/>
     </row>
     <row r="91" spans="1:6">
       <c r="A91" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B91" s="17" t="s">
         <v>177</v>
       </c>
       <c r="C91" s="17" t="s">
         <v>178</v>
       </c>
       <c r="D91" s="17" t="s">
         <v>122</v>
       </c>
       <c r="E91" s="18">
-        <v>299.451854</v>
+        <v>290.221009</v>
       </c>
       <c r="F91" s="3"/>
     </row>
     <row r="92" spans="1:6">
       <c r="A92" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B92" s="17" t="s">
         <v>179</v>
       </c>
       <c r="C92" s="17" t="s">
         <v>180</v>
       </c>
       <c r="D92" s="17" t="s">
         <v>181</v>
       </c>
       <c r="E92" s="18">
-        <v>471.021086</v>
+        <v>456.501481</v>
       </c>
       <c r="F92" s="3"/>
     </row>
     <row r="93" spans="1:6">
       <c r="A93" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B93" s="17" t="s">
         <v>182</v>
       </c>
       <c r="C93" s="17" t="s">
         <v>183</v>
       </c>
       <c r="D93" s="17" t="s">
         <v>181</v>
       </c>
       <c r="E93" s="18">
-        <v>680.716814</v>
+        <v>659.7331690000001</v>
       </c>
       <c r="F93" s="3"/>
     </row>
     <row r="94" spans="1:6">
       <c r="A94" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B94" s="17" t="s">
         <v>184</v>
       </c>
       <c r="C94" s="17" t="s">
         <v>185</v>
       </c>
       <c r="D94" s="17" t="s">
         <v>181</v>
       </c>
       <c r="E94" s="18">
-        <v>123.911112</v>
+        <v>120.091452</v>
       </c>
       <c r="F94" s="3"/>
     </row>
     <row r="95" spans="1:6">
       <c r="A95" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B95" s="17" t="s">
         <v>186</v>
       </c>
       <c r="C95" s="17" t="s">
         <v>187</v>
       </c>
       <c r="D95" s="17" t="s">
         <v>181</v>
       </c>
       <c r="E95" s="18">
-        <v>197.781198</v>
+        <v>191.684433</v>
       </c>
       <c r="F95" s="3"/>
     </row>
     <row r="96" spans="1:6">
       <c r="A96" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B96" s="17" t="s">
         <v>188</v>
       </c>
       <c r="C96" s="17" t="s">
         <v>189</v>
       </c>
       <c r="D96" s="17" t="s">
         <v>181</v>
       </c>
       <c r="E96" s="18">
-        <v>289.125928</v>
+        <v>280.213388</v>
       </c>
       <c r="F96" s="3"/>
     </row>
     <row r="97" spans="1:6">
       <c r="A97" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B97" s="17" t="s">
         <v>190</v>
       </c>
       <c r="C97" s="17" t="s">
         <v>191</v>
       </c>
       <c r="D97" s="17" t="s">
         <v>181</v>
       </c>
       <c r="E97" s="18">
-        <v>127.882622</v>
+        <v>123.940537</v>
       </c>
       <c r="F97" s="3"/>
     </row>
     <row r="98" spans="1:6">
       <c r="A98" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B98" s="17" t="s">
         <v>192</v>
       </c>
       <c r="C98" s="17" t="s">
         <v>193</v>
       </c>
       <c r="D98" s="17" t="s">
         <v>181</v>
       </c>
       <c r="E98" s="18">
-        <v>241.467808</v>
+        <v>234.024368</v>
       </c>
       <c r="F98" s="3"/>
     </row>
     <row r="99" spans="1:6">
       <c r="A99" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B99" s="17" t="s">
         <v>194</v>
       </c>
       <c r="C99" s="17" t="s">
         <v>195</v>
       </c>
       <c r="D99" s="17" t="s">
         <v>181</v>
       </c>
       <c r="E99" s="18">
-        <v>289.92023</v>
+        <v>280.983205</v>
       </c>
       <c r="F99" s="3"/>
     </row>
     <row r="100" spans="1:6">
       <c r="A100" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B100" s="17" t="s">
         <v>196</v>
       </c>
       <c r="C100" s="17" t="s">
         <v>197</v>
       </c>
       <c r="D100" s="17" t="s">
         <v>181</v>
       </c>
       <c r="E100" s="18">
-        <v>77.04729399999999</v>
+        <v>74.67224900000001</v>
       </c>
       <c r="F100" s="3"/>
     </row>
     <row r="101" spans="1:6">
       <c r="A101" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B101" s="17" t="s">
         <v>198</v>
       </c>
       <c r="C101" s="17" t="s">
         <v>199</v>
       </c>
       <c r="D101" s="17" t="s">
         <v>181</v>
       </c>
       <c r="E101" s="18">
-        <v>81.018804</v>
+        <v>78.52133400000001</v>
       </c>
       <c r="F101" s="3"/>
     </row>
     <row r="102" spans="1:6">
       <c r="A102" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B102" s="17" t="s">
         <v>200</v>
       </c>
       <c r="C102" s="17" t="s">
         <v>201</v>
       </c>
       <c r="D102" s="17" t="s">
         <v>181</v>
       </c>
       <c r="E102" s="18">
-        <v>151.711682</v>
+        <v>147.035047</v>
       </c>
       <c r="F102" s="3"/>
     </row>
     <row r="103" spans="1:6">
       <c r="A103" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B103" s="17" t="s">
         <v>202</v>
       </c>
       <c r="C103" s="17" t="s">
         <v>203</v>
       </c>
       <c r="D103" s="17" t="s">
         <v>181</v>
       </c>
       <c r="E103" s="18">
-        <v>244.645016</v>
+        <v>237.103636</v>
       </c>
       <c r="F103" s="3"/>
     </row>
     <row r="104" spans="1:6">
       <c r="A104" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B104" s="17" t="s">
         <v>204</v>
       </c>
       <c r="C104" s="17" t="s">
         <v>205</v>
       </c>
       <c r="D104" s="17" t="s">
         <v>181</v>
       </c>
       <c r="E104" s="18">
-        <v>374.910544</v>
+        <v>363.353624</v>
       </c>
       <c r="F104" s="3"/>
     </row>
     <row r="105" spans="1:6">
       <c r="A105" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B105" s="17" t="s">
         <v>206</v>
       </c>
       <c r="C105" s="17" t="s">
         <v>207</v>
       </c>
       <c r="D105" s="17" t="s">
         <v>208</v>
       </c>
       <c r="E105" s="18">
-        <v>84974.42796</v>
+        <v>82355.02266</v>
       </c>
       <c r="F105" s="3"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <autoFilter ref="A11:E105"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Прайс-лист за 17.12.2025</vt:lpstr>
+      <vt:lpstr>Прайс-лист за 04.02.2026</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft Corporation</Company>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Unknown Creator</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Untitled Spreadsheet</dc:title>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>