--- v2 (2026-02-04)
+++ v3 (2026-03-21)
@@ -6,678 +6,114 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="-1" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
-    <sheet name="Прайс-лист за 04.02.2026" sheetId="1" r:id="rId4"/>
+    <sheet name="Прайс-лист за 21.03.2026" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист за 04.02.2026'!$A$11:$E$105</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист за 21.03.2026'!$A$11:$E$12</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="209">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="21">
   <si>
     <t>ПРАЙС-ЛИСТ</t>
   </si>
   <si>
     <t>ЕДИНЫЙ НОМЕР</t>
   </si>
   <si>
     <t>8-800-555-7057</t>
   </si>
   <si>
     <t>МОСКВА</t>
   </si>
   <si>
     <t>8-495-646-7057</t>
   </si>
   <si>
     <t>Компания "ТопСети"</t>
   </si>
   <si>
     <t>САНКТ-ПЕТЕРБУРГ</t>
   </si>
   <si>
     <t>8-812-645-7058</t>
   </si>
   <si>
     <t>www.topseti.ru</t>
   </si>
   <si>
     <t>sales@topseti.ru</t>
   </si>
   <si>
     <t>Цены действительны на:</t>
   </si>
   <si>
-    <t>04.02.2026</t>
+    <t>21.03.2026</t>
   </si>
   <si>
     <t>Производитель</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Название</t>
   </si>
   <si>
     <t>Группа</t>
   </si>
   <si>
     <t>Цена, руб.</t>
   </si>
   <si>
     <t>Teldor</t>
-  </si>
-[...562 lines deleted...]
-    <t>Teldor F90242411B (MTA-9-24HT-D-KH-D) Кабель волоконно-оптический 9/125 одномодовый, 24 волокна, плотное буферное покрытие (tight buffer), внутренний/внешний (-40C ~ +75), HFFR, черный</t>
   </si>
   <si>
     <t>94ECS08044</t>
   </si>
   <si>
     <t>Teldor 94ECS08044 (95A579M04B) (F90040403B+8 ST connectors+cable termination кабельная сборка, 300м)</t>
   </si>
   <si>
     <t>Волоконно-оптические кабельные системы</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00&quot;р.&quot;"/>
   </numFmts>
   <fonts count="8">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -849,51 +285,51 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="7" numFmtId="0" fillId="2" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="49" fillId="2" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="2" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8081c2af73f9cf504f7551a7f4df835a2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de6ff922769dacb66e6cda8c1e4d93f12.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>600075</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>76200</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2447925" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1181,51 +617,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F105"/>
+  <dimension ref="A1:F12"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="24.1640625" customWidth="true" style="0"/>
     <col min="2" max="2" width="23.6640625" customWidth="true" style="0"/>
     <col min="3" max="3" width="53.83203125" customWidth="true" style="0"/>
     <col min="4" max="4" width="28.33203125" customWidth="true" style="0"/>
     <col min="5" max="5" width="20.5" customWidth="true" style="0"/>
     <col min="6" max="6" width="9.10" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1"/>
       <c r="B1" s="2"/>
       <c r="C1" s="3"/>
       <c r="D1" s="3"/>
       <c r="E1" s="3"/>
       <c r="F1" s="3"/>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" s="4"/>
@@ -1323,1773 +759,99 @@
       <c r="E10" s="3"/>
       <c r="F10" s="3"/>
     </row>
     <row r="11" spans="1:6" customHeight="1" ht="30">
       <c r="A11" s="15" t="s">
         <v>12</v>
       </c>
       <c r="B11" s="15" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>14</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>15</v>
       </c>
       <c r="E11" s="15" t="s">
         <v>16</v>
       </c>
       <c r="F11" s="16"/>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" s="17" t="s">
         <v>17</v>
       </c>
-      <c r="B12" s="17">
-        <v>7552010129</v>
+      <c r="B12" s="17" t="s">
+        <v>18</v>
       </c>
       <c r="C12" s="17" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="D12" s="17" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="E12" s="18">
-        <v>123.17072</v>
+        <v>89861.27436</v>
       </c>
       <c r="F12" s="3"/>
-    </row>
-[...1672 lines deleted...]
-      <c r="F105" s="3"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
-  <autoFilter ref="A11:E105"/>
+  <autoFilter ref="A11:E12"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Прайс-лист за 04.02.2026</vt:lpstr>
+      <vt:lpstr>Прайс-лист за 21.03.2026</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft Corporation</Company>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Unknown Creator</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Untitled Spreadsheet</dc:title>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>