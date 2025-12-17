--- v0 (2025-10-30)
+++ v1 (2025-12-17)
@@ -6,96 +6,96 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="-1" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
-    <sheet name="Прайс-лист за 30.10.2025" sheetId="1" r:id="rId4"/>
+    <sheet name="Прайс-лист за 17.12.2025" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист за 30.10.2025'!$A$11:$E$71</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист за 17.12.2025'!$A$11:$E$71</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="141">
   <si>
     <t>ПРАЙС-ЛИСТ</t>
   </si>
   <si>
     <t>ЕДИНЫЙ НОМЕР</t>
   </si>
   <si>
     <t>8-800-555-7057</t>
   </si>
   <si>
     <t>МОСКВА</t>
   </si>
   <si>
     <t>8-495-646-7057</t>
   </si>
   <si>
     <t>Компания "ТопСети"</t>
   </si>
   <si>
     <t>САНКТ-ПЕТЕРБУРГ</t>
   </si>
   <si>
     <t>8-812-645-7058</t>
   </si>
   <si>
     <t>www.topseti.ru</t>
   </si>
   <si>
     <t>sales@topseti.ru</t>
   </si>
   <si>
     <t>Цены действительны на:</t>
   </si>
   <si>
-    <t>30.10.2025</t>
+    <t>17.12.2025</t>
   </si>
   <si>
     <t>Производитель</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Название</t>
   </si>
   <si>
     <t>Группа</t>
   </si>
   <si>
     <t>Цена, руб.</t>
   </si>
   <si>
     <t>Sony</t>
   </si>
   <si>
     <t>VPC-L21M1R-B</t>
   </si>
   <si>
     <t>Моноблок Sony VAIO monoblock (AIO) VPC-L21M1R/B Core i5-2410M (2.3), 24" Full HD (1920*1080), 4Gb(2), 1000Gb, BlueRay, GT 540M 1Gb, camera, HDMI, WiFi, BT, W7HP 64, MultiToch Screen, Wireless KB&amp;Mouse, Black VPC-L21M1R/B</t>
   </si>
@@ -645,51 +645,51 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="7" numFmtId="0" fillId="2" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="49" fillId="2" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="2" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/845c6629bc09161953fd771721d071b12.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57ce814ebd1fc2ac16b203dfc83eca802.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>600075</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>76200</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2447925" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -2230,50 +2230,50 @@
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Прайс-лист за 30.10.2025</vt:lpstr>
+      <vt:lpstr>Прайс-лист за 17.12.2025</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft Corporation</Company>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Unknown Creator</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Untitled Spreadsheet</dc:title>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>