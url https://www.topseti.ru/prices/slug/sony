--- v1 (2025-12-17)
+++ v2 (2026-02-04)
@@ -6,96 +6,96 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="-1" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
-    <sheet name="Прайс-лист за 17.12.2025" sheetId="1" r:id="rId4"/>
+    <sheet name="Прайс-лист за 04.02.2026" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист за 17.12.2025'!$A$11:$E$71</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист за 04.02.2026'!$A$11:$E$71</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="141">
   <si>
     <t>ПРАЙС-ЛИСТ</t>
   </si>
   <si>
     <t>ЕДИНЫЙ НОМЕР</t>
   </si>
   <si>
     <t>8-800-555-7057</t>
   </si>
   <si>
     <t>МОСКВА</t>
   </si>
   <si>
     <t>8-495-646-7057</t>
   </si>
   <si>
     <t>Компания "ТопСети"</t>
   </si>
   <si>
     <t>САНКТ-ПЕТЕРБУРГ</t>
   </si>
   <si>
     <t>8-812-645-7058</t>
   </si>
   <si>
     <t>www.topseti.ru</t>
   </si>
   <si>
     <t>sales@topseti.ru</t>
   </si>
   <si>
     <t>Цены действительны на:</t>
   </si>
   <si>
-    <t>17.12.2025</t>
+    <t>04.02.2026</t>
   </si>
   <si>
     <t>Производитель</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Название</t>
   </si>
   <si>
     <t>Группа</t>
   </si>
   <si>
     <t>Цена, руб.</t>
   </si>
   <si>
     <t>Sony</t>
   </si>
   <si>
     <t>VPC-L21M1R-B</t>
   </si>
   <si>
     <t>Моноблок Sony VAIO monoblock (AIO) VPC-L21M1R/B Core i5-2410M (2.3), 24" Full HD (1920*1080), 4Gb(2), 1000Gb, BlueRay, GT 540M 1Gb, camera, HDMI, WiFi, BT, W7HP 64, MultiToch Screen, Wireless KB&amp;Mouse, Black VPC-L21M1R/B</t>
   </si>
@@ -645,51 +645,51 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="7" numFmtId="0" fillId="2" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="49" fillId="2" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="2" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57ce814ebd1fc2ac16b203dfc83eca802.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88198502cb9b16fa20c16e39114e171e2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>600075</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>76200</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2447925" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -2230,50 +2230,50 @@
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Прайс-лист за 17.12.2025</vt:lpstr>
+      <vt:lpstr>Прайс-лист за 04.02.2026</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft Corporation</Company>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Unknown Creator</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Untitled Spreadsheet</dc:title>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>