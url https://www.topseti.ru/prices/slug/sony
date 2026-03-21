--- v2 (2026-02-04)
+++ v3 (2026-03-21)
@@ -6,483 +6,483 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="-1" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
-    <sheet name="Прайс-лист за 04.02.2026" sheetId="1" r:id="rId4"/>
+    <sheet name="Прайс-лист за 21.03.2026" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист за 04.02.2026'!$A$11:$E$71</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист за 21.03.2026'!$A$11:$E$71</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="141">
   <si>
     <t>ПРАЙС-ЛИСТ</t>
   </si>
   <si>
     <t>ЕДИНЫЙ НОМЕР</t>
   </si>
   <si>
     <t>8-800-555-7057</t>
   </si>
   <si>
     <t>МОСКВА</t>
   </si>
   <si>
     <t>8-495-646-7057</t>
   </si>
   <si>
     <t>Компания "ТопСети"</t>
   </si>
   <si>
     <t>САНКТ-ПЕТЕРБУРГ</t>
   </si>
   <si>
     <t>8-812-645-7058</t>
   </si>
   <si>
     <t>www.topseti.ru</t>
   </si>
   <si>
     <t>sales@topseti.ru</t>
   </si>
   <si>
     <t>Цены действительны на:</t>
   </si>
   <si>
-    <t>04.02.2026</t>
+    <t>21.03.2026</t>
   </si>
   <si>
     <t>Производитель</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Название</t>
   </si>
   <si>
     <t>Группа</t>
   </si>
   <si>
     <t>Цена, руб.</t>
   </si>
   <si>
     <t>Sony</t>
   </si>
   <si>
+    <t>VPC-CA1S1R-B</t>
+  </si>
+  <si>
+    <t>Ноутбук Sony VAIO CA1S1R/B Core i5-2410M SNB (2.3), 14.0" WXGA (1366*768), 4GB(2), 320GB, DVDRW, HD 6470M 512MB, WiFi, BT, camera, HDMI&amp;VGA, 2.45kg, W7HP 64, Black VPC-CA1S1R/B</t>
+  </si>
+  <si>
+    <t>Мобильные рабочие станции</t>
+  </si>
+  <si>
+    <t>Звоните</t>
+  </si>
+  <si>
+    <t>VPC-CA1S1R-D</t>
+  </si>
+  <si>
+    <t>Ноутбук Sony VAIO CA1S1R/D Core i5-2410M SNB (2.3), 14.0" WXGA (1366*768), 4GB(2), 320GB, DVDRW, HD 6470M 512MB, WiFi, BT, camera, HDMI&amp;VGA, 2.45kg, W7HP 64, Orange VPC-CA1S1R/D</t>
+  </si>
+  <si>
+    <t>VPC-CA1S1R-G</t>
+  </si>
+  <si>
+    <t>Ноутбук Sony VAIO CA1S1R/G Core i5-2410M SNB (2.3), 14.0" WXGA (1366*768), 4GB(2), 320GB, DVDRW, HD 6470M 512MB, WiFi, BT, camera, HDMI&amp;VGA, 2.45kg, W7HP 64, Green VPC-CA1S1R/G</t>
+  </si>
+  <si>
+    <t>VPC-CA1S1R-P</t>
+  </si>
+  <si>
+    <t>Ноутбук Sony VAIO CA1S1R/P Core i5-2410M SNB (2.3), 14.0" WXGA (1366*768), 4GB(2), 320GB, DVDRW, HD 6470M 512MB, WiFi, BT, camera, HDMI&amp;VGA, 2.45kg, W7HP 64, Pink VPC-CA1S1R/P</t>
+  </si>
+  <si>
+    <t>VPC-CA1S1R-W</t>
+  </si>
+  <si>
+    <t>Ноутбук Sony VAIO CA1S1R/W Core i5-2410M SNB (2.3), 14.0" WXGA (1366*768), 4GB(2), 320GB, DVDRW, HD 6470M 512MB, WiFi, BT, camera, HDMI&amp;VGA, 2.45kg, W7HP 64, White VPC-CA1S1R/W</t>
+  </si>
+  <si>
+    <t>VPC-EA3M1R-BJ</t>
+  </si>
+  <si>
+    <t>Ноутбук Sony VAIO EA3M1R/BJ P6100, 14.1" (1366*768), 4Gb(2), 320GB, DVDRW, ATI 5470 512Mb, camera,HDMI&amp;VGA,WiFi, BT, W7HP 64, Matte Black (New replace VPC-EA2M1R/BJ) VPC-EA3M1R/BJ</t>
+  </si>
+  <si>
+    <t>VPC-EA3M1R-PI</t>
+  </si>
+  <si>
+    <t>Ноутбук Sony VAIO EA3M1R/PI P6100, 14.1" (1366*768), 4Gb(2), 320GB, DVDRW, ATI 5470 512Mb, camera,HDMI&amp;VGA, WiFi, BT, W7HP 64, матовый розовый VPC-EA3M1R/PI</t>
+  </si>
+  <si>
+    <t>VPC-EA3M1R-Wi</t>
+  </si>
+  <si>
+    <t>Ноутбук Sony VAIO EA3M1R/Wi P6100, 14.1" (1366*768), 4Gb(2), 320GB, DVDRW, ATI 5470 512Mb, camera,HDMI&amp;VGA, WiFi, BT, W7HP 64,Matte White VPC-EA3M1R/Wi</t>
+  </si>
+  <si>
+    <t>VPC-EA3S1R-B</t>
+  </si>
+  <si>
+    <t>Ноутбук Sony VAIO EA3S1R/B Core i3 370M, 14.1" (1600*900), 4Gb, 500GB, DVDRW, ATI 5650 1Gb, camera,HDMI&amp;VGA,WiFi, BT, W7HP 64, Black(New replace VPC-EA2S1R/B) VPC-EA3S1R/B</t>
+  </si>
+  <si>
+    <t>VPC-EA3S1R-G</t>
+  </si>
+  <si>
+    <t>Ноутбук Sony VAIO EA3S1R/G Core i3 370M, 14.1" (1600*900), 4Gb, 500GB, DVDRW, ATI 5650 1Gb, camera,HDMI&amp;VGA,WiFi, BT, W7HP 64, зеленый VPC-EA3S1R/G</t>
+  </si>
+  <si>
+    <t>VPC-EA3Z1R-BQ</t>
+  </si>
+  <si>
+    <t>Ноутбук Sony VAIO EA3Z1R/BQ (Core i5 460M-2.53ГГц, 4096МБ, 500ГБ, HD5650, DVD±RW, 1Гбит LAN, WiFi, BT, WebCam, 14.0" HD+, W'7 HP 64bit), черный, с рисунком VPC-EA3Z1R/BQ</t>
+  </si>
+  <si>
+    <t>VPC-EA4M1R-BJ</t>
+  </si>
+  <si>
+    <t>Ноутбук Sony VAIO EA4M1R/BJ P6200 (2.13), 14.1" (1366*768), 4Gb(2), 320GB, DVDRW, ATI 5470 512Mb, camera, HDMI&amp;VGA, WiFi, BT, W7HP 64, Matte Black VPC-EA4M1R/BJ</t>
+  </si>
+  <si>
+    <t>VPC-EA4M1R-PI</t>
+  </si>
+  <si>
+    <t>Ноутбук Sony VAIO EA4M1R/PI (Pentium DC P6200-2.13ГГц, 4096МБ, 320ГБ, HD5470, DVD±RW, 1Гбит LAN, WiFi, BT, WebCam, 14.0" WXGA, W'7 HP 64bit), матовый розовый VPC-EA4M1R/PI</t>
+  </si>
+  <si>
+    <t>VPC-EA4M1R-WI</t>
+  </si>
+  <si>
+    <t>Ноутбук Sony VAIO EA4M1R/WI P6200 (2.13), 14.1" (1366*768), 4Gb(2), 320GB, DVDRW, ATI 5470 512Mb, camera, HDMI&amp;VGA, WiFi, BT, W7HP 64, Matte White (Silver cover A) VPC-EA4M1R/WI</t>
+  </si>
+  <si>
+    <t>VPC-EB4E1R-BQ</t>
+  </si>
+  <si>
+    <t>Ноутбук Sony VAIO EB4E1R/BQ P6200 (2.13), 15.5 WXGA(1366*768), 3GB(2), 500GB, DVDRW, HD5470 512Mb, WiFi, BT, camera, HDMI&amp;VGA, W7HB 64,Matte Black VPC-EB4E1R/BQ</t>
+  </si>
+  <si>
+    <t>VPC-EB4E1R-WI</t>
+  </si>
+  <si>
+    <t>Ноутбук Sony VAIO EB4E1R/WI (Pentium DC P6200-2.13ГГц, 3072МБ, 500ГБ, HD5470, DVD±RW, 1Гбит LAN, WiFi, BT, WebCam, 15.5" WXGA, W'7 HB 64bit), серебр.-белый VPC-EB4E1R/WI</t>
+  </si>
+  <si>
+    <t>VPC-EB4E9R-BQ</t>
+  </si>
+  <si>
+    <t>Ноутбук Sony VAIO EB4E9R/BQ Core i3-380M (2.53), 15.5 WXGA(1366*768), 3GB(2), 320GB, DVDRW, WiFi, BT, camera, HDMI&amp;VGA, W7PRO 64, Matte Black VPC-EB4E9R/BQ</t>
+  </si>
+  <si>
+    <t>VPC-EB4J1R-BQ</t>
+  </si>
+  <si>
+    <t>Ноутбук Sony VAIO EB4J1R/BQ (Core i3 380M-2.53ГГц, 3072МБ, 320ГБ, HD5470, DVD±RW, 1Гбит LAN, WiFi, BT, WebCam, 15.5" WXGA, W'7 HB 64bit), черный VPC-EB4J1R/BQ</t>
+  </si>
+  <si>
+    <t>VPC-EB4J1R-WI</t>
+  </si>
+  <si>
+    <t>Ноутбук Sony VAIO EB4J1R/WI (Core i3 380M-2.53ГГц, 3072МБ, 320ГБ, HD5470, DVD±RW, 1Гбит LAN, WiFi, BT, WebCam, 15.5" WXGA, W'7 HB 64bit), серебр.-белый VPC-EB4J1R/WI</t>
+  </si>
+  <si>
+    <t>VPC-EB4L1R-BQ</t>
+  </si>
+  <si>
+    <t>Ноутбук Sony VAIO EB4L1R/BQ Core i3-380M (2.53), 15.5 WXGA(1366*768), 4GB(2), 320GB, DVDRW, HD5650 1Gb, WiFi, BT, camera ,HDMI&amp;VGA, W7HP 64, Matte Black VPC-EB4L1R/BQ</t>
+  </si>
+  <si>
+    <t>VPC-EB4L1R-T</t>
+  </si>
+  <si>
+    <t>Ноутбук Sony VAIO EB4L1R/T (Core i3 380M-2.53ГГц, 4096МБ, 320ГБ, HD5650, DVD±RW, 1Гбит LAN, WiFi, BT, WebCam, 15.5" WXGA, W'7 HP 64bit), матовый коричневый VPC-EB4L1R/T</t>
+  </si>
+  <si>
+    <t>VPC-EB4L1R-WI</t>
+  </si>
+  <si>
+    <t>Ноутбук Sony VAIO EB4L1R/WI (Core i3 380M-2.53ГГц, 4096МБ, 320ГБ, HD5650, DVD±RW, 1Гбит LAN, WiFi, BT, WebCam, 15.5" WXGA, W'7 HP 64bit), серебр.-белый VPC-EB4L1R/WI</t>
+  </si>
+  <si>
+    <t>VPC-EB4M1R-BQ</t>
+  </si>
+  <si>
+    <t>Ноутбук Sony VAIO EB4M1R/BQ (Core i5 480M-2.66ГГц, 4096МБ, 320ГБ, HD5650, DVD±RW, 1Гбит LAN, WiFi, BT, WebCam, 15.5" WXGA, W'7 HP 64bit), матовый черный VPC-EB4M1R/BQ</t>
+  </si>
+  <si>
+    <t>VPC-EB4S1R-BQ</t>
+  </si>
+  <si>
+    <t>Ноутбук Sony VAIO EB4S1R/BQ Core i5-480M (2.66), 15.5 WXGA(1366*768), 4GB(2), 500GB, DVDRW, HD5650 1Gb, WiFi, BT, camera, HDMI&amp;VGA, W7HP 64, Matte Black VPC-EB4S1R/BQ</t>
+  </si>
+  <si>
+    <t>VPC-EB4S1R-WI</t>
+  </si>
+  <si>
+    <t>Ноутбук Sony VAIO EB4S1R/WI Core i5-480M (2.66), 15.5 WXGA(1366*768), 4GB(2), 500GB, DVDRW, HD5650 1Gb, WiFi, BT, camera, HDMI&amp;VGA, W7HP 64, Mate White (Silver cover A) VPC-EB4S1R/WI</t>
+  </si>
+  <si>
+    <t>VPC-EB4Z1R-B</t>
+  </si>
+  <si>
+    <t>Ноутбук Sony VAIO EB4Z1R/B Core i5-480M (2.66), 15.5 FHD(1920x1080), 4GB(2), 500GB, BluRay combo, HD5650 1Gb, WiFi, BT, camera, HDMI&amp;VGA, W7HP 64, Black VPC-EB4Z1R/B</t>
+  </si>
+  <si>
+    <t>VPC-EC4M1R-WI</t>
+  </si>
+  <si>
+    <t>Ноутбук Sony VAIO EC4M1R/WI (Core i3 380M-2.53ГГц, 4096МБ, 500ГБ, HD5650, DVD±RW, 1Гбит LAN, WiFi, BT, WebCam, 17.3" HD+, W'7 HP 64bit), серебр.-белый VPC-EC4M1R/WI</t>
+  </si>
+  <si>
+    <t>VPC-EC4S1R-BJ</t>
+  </si>
+  <si>
+    <t>Ноутбук Sony VAIO EC4S1R/BJ (Core i5 480M-2.66ГГц, 4096МБ, 2x320ГБ, HD5650, BD-ROM/DVD±RW, 1Гбит LAN, WiFi, BT, WebCam, 17.3" Full HD, W'7 HP 64bit), матовый черный VPC-EC4S1R/BJ</t>
+  </si>
+  <si>
+    <t>VPC-EE3E1R-WI</t>
+  </si>
+  <si>
+    <t>Ноутбук Sony VAIO EE3E1R/WI P340-2.2GHz, 15.5 HD, 320GB SATA, 4GB, DVDRW,WiFi,Camera, HDMI,Win7HP64, Matte White(New replace VPC-EE2E1R/WI ) VPC-EE3E1R/WI</t>
+  </si>
+  <si>
+    <t>VPC-EE4E1R-BQ</t>
+  </si>
+  <si>
+    <t>Ноутбук Sony VAIO EE4E1R/BQ (Athlon II X2 P360-2.30ГГц, 3072МБ, 320ГБ, HD4250, DVD±RW, 1Гбит LAN, WiFi, WebCam, 15.5" WXGA, W'7 HP 64bit), матовый черный VPC-EE4E1R/BQ</t>
+  </si>
+  <si>
+    <t>VPC-EE4E1R-WI</t>
+  </si>
+  <si>
+    <t>Ноутбук Sony VAIO EE4E1R/WI (Athlon II X2 P360-2.30ГГц, 3072МБ, 320ГБ, HD4250, DVD±RW, 1Гбит LAN, WiFi, WebCam, 15.5" WXGA, W'7 HP 64bit), серебр.-белый VPC-EE4E1R/WI</t>
+  </si>
+  <si>
+    <t>VPC-EE4M1R-BQ</t>
+  </si>
+  <si>
+    <t>Ноутбук Sony VAIO EE4M1R/BQ Phen2 P860 (2.0), 15.5" WXGA(1366*768), 320GB SATA, 4GB(2), DVDRW, ATI HD5145 512Mb, WiFi, BT, camera, HDMI, Win7HP64, Matte Black VPC-EE4M1R/BQ</t>
+  </si>
+  <si>
+    <t>VPC-EF3S1R-BI</t>
+  </si>
+  <si>
+    <t>Ноутбук Sony VAIO EF3S1R/BI Phen2 P840 (1.9), 17.3" HD+, 500GB, 4GB(2), DVDRW, HD5650 1Gb, WiFi, BT, camera, HDMI&amp;VGA, W7HP64, Black VPC-EF3S1R/BI</t>
+  </si>
+  <si>
+    <t>VPC-EF4E1R-WI</t>
+  </si>
+  <si>
+    <t>Ноутбук Sony VAIO EF4E1R/WI (Athlon II X2 P360-2.30ГГц, 3072МБ, 320ГБ, HD4250, DVD±RW, 1Гбит LAN, WiFi, WebCam, 17.3" HD+, W'7 HP 64bit), серебр.-белый VPC-EF4E1R/WI</t>
+  </si>
+  <si>
+    <t>VPC-F13E8R-H</t>
+  </si>
+  <si>
+    <t>Ноутбук Sony VAIO F13E8R/H (Core i3 380M-2.53ГГц, 4096МБ, 500ГБ, GFGT425M, DVD±RW, 1Гбит LAN, WiFi, BT, WebCam, 16.4" HD+, W'7 HP 64bit), серый VPC-F13E8R/H</t>
+  </si>
+  <si>
+    <t>VPC-F13S1R-B</t>
+  </si>
+  <si>
+    <t>Ноутбук Sony VAIO F13S1R/B Core i5-560M, 16.4" (1920*1080)FHD, 4GB(2), 500GB, Blueray, NV 425M 1Gb, WiFi, BT, camera,HDMI&amp;VGA, W7HP 64,Black VPC-F13S1R/B</t>
+  </si>
+  <si>
+    <t>VPC-F13S8R-B</t>
+  </si>
+  <si>
+    <t>Ноутбук Sony VAIO F13S8R/B (Core i5 560M-2.66ГГц, 4096МБ, 640ГБ, GFGT425M, BD-ROM/DVD±RW, 1Гбит LAN, WiFi, BT, WebCam, 16.4" Full HD, W'7 HP 64bit), черный VPC-F13S8R/B</t>
+  </si>
+  <si>
+    <t>VPC-F13Z1R-BI</t>
+  </si>
+  <si>
+    <t>Ноутбук Sony VAIO F13Z1R/BI Core i7-740QM, 16.4" (1920*1080)FHD, 4GB(2), 500GB, Blueray, NV 425M 1Gb, WiFi, BT, camera,HDMI&amp;VGA,W7HP 64,Premium Black VPC-F13Z1R/BI</t>
+  </si>
+  <si>
+    <t>VPC-F13Z8R-BI</t>
+  </si>
+  <si>
+    <t>Ноутбук Sony VAIO F13Z8R/BI Core i7-740QM (1.73), 16.4" FHD(1920*1080), 4GB(2), 640GB, Blueray, NV 425M 1Gb, WiFi, BT, camera, HDMI&amp;VGA, W7HP 64, Premium Black VPC-F13Z8R/BI</t>
+  </si>
+  <si>
+    <t>VPC-F21Z1R-BI</t>
+  </si>
+  <si>
+    <t>Ноутбук Sony VAIO F21Z1R/BI (Core i7 2630QM-2.00ГГц, 8192МБ, 640ГБ, GFGT540M, BD-RE, 1Гбит LAN, WiFi, BT, WebCam, 16.0" Full HD, W'7 HP 64bit), черный VPC-F21Z1R/BI</t>
+  </si>
+  <si>
+    <t>VPC-M13M1R-L</t>
+  </si>
+  <si>
+    <t>Ноутбук Sony VAIO M13M1R/L (Atom N470-1.83ГГц, 1024МБ, 250ГБ, GMA3150, LAN, WiFi, BT, WebCam, 10.1" WSVGA, W'7 S), синий VPC-M13M1R/L</t>
+  </si>
+  <si>
+    <t>VPC-M13M1R-P</t>
+  </si>
+  <si>
+    <t>Ноутбук Sony VAIO M13M1R/P (Atom N470-1.83ГГц, 1024МБ, 250ГБ, GMA3150, LAN, WiFi, BT, WebCam, 10.1" WSVGA, W'7 S), розовый VPC-M13M1R/P</t>
+  </si>
+  <si>
+    <t>VPC-M13M1R-W</t>
+  </si>
+  <si>
+    <t>Ноутбук Sony VAIO M13M1R/W Atom N470 (1,83), 10.1" WSVGA(1024х600), 1GB, 250GB, WiFi, BT, camera, W7st, White VPC-M13M1R/W</t>
+  </si>
+  <si>
+    <t>VPC-P11S1R-P</t>
+  </si>
+  <si>
+    <t>Ноутбук Sony VAIO P11S1R/P Atom Z540, 8.0" UWXGA(1600*768), 2GB, 64GB SSD, WiFi, BT, camera, W7HP, Pink VPC-P11S1R/P</t>
+  </si>
+  <si>
+    <t>VPC-S13S8R-S</t>
+  </si>
+  <si>
+    <t>Ноутбук Sony VAIO S13S8R/S (Core i3 380M-2.53ГГц, 4096МБ, 500ГБ, GF310M, DVD±RW, 1Гбит LAN, WiFi, WiMAX, BT, WebCam, 13.3" WXGA, W'7 Pro 64bit), серебр. VPC-S13S8R/S</t>
+  </si>
+  <si>
+    <t>VPC-S13Z9R-B</t>
+  </si>
+  <si>
+    <t>Ноутбук Sony VAIO S13Z9R/B (Core i7 640M-2.80ГГц, 4096МБ, 500ГБ, GF310M, BD-ROM/DVD±RW, 1Гбит LAN, WiFi, WiMAX, BT, WebCam, 13.3" WXGA, W'7 Pro 64bit), черный VPC-S13Z9R/B</t>
+  </si>
+  <si>
+    <t>VPC-SB1A9R-B</t>
+  </si>
+  <si>
+    <t>Ноутбук Sony VAIO SB1A9R/B Core i7-2620M SNB (2.7), 13.3" WXGA (1366*768), 4GB(1), 500GB, BlueRay, HD 6470M 512MB, WiFi, WiMax, BT, camera, HDMI&amp;VGA, 1.75kg, W7PRO, Black VPC-SB1A9R/B</t>
+  </si>
+  <si>
+    <t>VPC-SB1V9R-B</t>
+  </si>
+  <si>
+    <t>Ноутбук Sony VAIO SB1V9R/B (Core i5 2410M-2.30ГГц, 4096МБ, 500ГБ, HD6470M, DVD±RW, 1Гбит LAN, WiFi, WiMAX, BT, WebCam, 13.3" WXGA, W'7 Pro 64bit), черный VPC-SB1V9R/B</t>
+  </si>
+  <si>
+    <t>VPC-SB1V9R-S</t>
+  </si>
+  <si>
+    <t>Ноутбук Sony VAIO SB1V9R/S (Core i5 2410M-2.30ГГц, 4096МБ, 500ГБ, HD6470M, DVD±RW, 1Гбит LAN, WiFi, WiMAX, BT, WebCam, 13.3" WXGA, W'7 Pro 64bit), серебр. VPC-SB1V9R/S</t>
+  </si>
+  <si>
+    <t>VPC-SB1Z9R-B</t>
+  </si>
+  <si>
+    <t>Ноутбук Sony VAIO SB1Z9R/B Core i5-2410M SNB (2.3), 13.3" WXGA (1366*768), 4GB(1), 500GB, BluRay, HD 6470M 512MB, WiFi, WiMax, BT, camera, HDMI&amp;VGA, 1.75kg, W7PRO 64, Black VPC-SB1Z9R/B</t>
+  </si>
+  <si>
+    <t>VPC-Y21M1R-G</t>
+  </si>
+  <si>
+    <t>Ноутбук Sony VAIO Y21M1R/G U3400, 13.3" HD LED, ATI HD 540v 512MB,4GB(2), 320GB, ext. DVDRW, WiFi, BT, camera,HDMI&amp;VGA,1.78kg, W7HP 64, Green VPC-Y21M1R/G</t>
+  </si>
+  <si>
+    <t>VPC-Y21M1R-P</t>
+  </si>
+  <si>
+    <t>Ноутбук Sony VAIO Y21M1R/P U3400, 13.3" HD LED,ATI HD 540v 512MB, 4GB(2), 320GB, ext. DVDRW, WiFi, BT, camera,HDMI&amp;VGA,1.78kg, W7HP 64, Pink VPC-Y21M1R/P</t>
+  </si>
+  <si>
+    <t>VPC-YA1V9R-B</t>
+  </si>
+  <si>
+    <t>Ноутбук Sony VAIO YA1V9R/B (Core i3 380UM-1.33ГГц, 4096МБ, 500ГБ, GMAHD, 1Гбит LAN, WiFi, BT, WebCam, 11.6" WXGA, W'7 Pro 64bit), черный VPC-YA1V9R/B</t>
+  </si>
+  <si>
+    <t>VPC-YB1S1R-S</t>
+  </si>
+  <si>
+    <t>Ноутбук Sony VAIO YB1S1R/S (Fusion E-350-1.60ГГц, 2048МБ, 320ГБ, HD6310, 1Гбит LAN, WiFi, BT, WebCam, 11.6" WXGA, W'7 HB), серебр. VPC-YB1S1R/S</t>
+  </si>
+  <si>
+    <t>VPC-Z12V9R-X</t>
+  </si>
+  <si>
+    <t>Ноутбук Sony VAIO Z12V9R/X (Core i7 620M-2.66ГГц, 8192МБ, 4x64ГБ, GFGT330M, DVD±RW, 1Гбит LAN, WiFi, WiMAX, WWAN, BT, WebCam, 13.1" Full HD, W'7 Pro 64bit), черный VPC-Z12V9R/X</t>
+  </si>
+  <si>
+    <t>VPC-Z13S9R-B</t>
+  </si>
+  <si>
+    <t>Ноутбук Sony VAIO Z13S9R/B Ci5 560M, 13.1" WXGA++(1600*900), 4GB(1), 128GB SSD, DVDRW, NV GT330M 1Gb, WiFi, WiMax, BT, 3G,camera, HDMI&amp;VGA,W7PRO 64, 1.42kg, Black (New replace VPC-Z12S9R/B) VPC-Z13S9R/B</t>
+  </si>
+  <si>
+    <t>VPC-Z13V9R-X</t>
+  </si>
+  <si>
+    <t>Ноутбук Sony VAIO Z13V9R/X (Core i7 640M-2.80ГГц, 6144МБ, 4x64ГБ, GFGT330M, DVD±RW, 1Гбит LAN, WiFi, WiMAX, WWAN, BT, WebCam, 13.1 Full HD, W'7 Pro 64bit), черный VPC-Z13V9R/X</t>
+  </si>
+  <si>
+    <t>VPC-Z13Z9R-XQ</t>
+  </si>
+  <si>
+    <t>Ноутбук Sony VAIO Z13Z9R/XQ Ci7 640M,13.1"FHD(1920*1080),6GB(2),256GB SSD,BlueRay,NV GT330M 1Gb,WiFi,WiMax,BT,3G,cam.,HDMI&amp;VGA,W7PRO 64,1.47kg,Gl.Carb+BPL20+CVZ2(Long Batt+Leath.Cover)(replace VPC-Z12Z9R/XQ) VPC-Z13Z9R/XQ</t>
+  </si>
+  <si>
     <t>VPC-L21M1R-B</t>
   </si>
   <si>
     <t>Моноблок Sony VAIO monoblock (AIO) VPC-L21M1R/B Core i5-2410M (2.3), 24" Full HD (1920*1080), 4Gb(2), 1000Gb, BlueRay, GT 540M 1Gb, camera, HDMI, WiFi, BT, W7HP 64, MultiToch Screen, Wireless KB&amp;Mouse, Black VPC-L21M1R/B</t>
   </si>
   <si>
-    <t>Компьютеры, моноблоки, тонкие клиенты</t>
-[...2 lines deleted...]
-    <t>Звоните</t>
+    <t>Рабочие станции и тонкие клиенты</t>
   </si>
   <si>
     <t>VPC-L21S1R-B</t>
   </si>
   <si>
     <t>Моноблок Sony VAIO monoblock (AIO) VPC-L21S1R/B Core i7-2630QM (2), 24" Full HD (1920*1080), 8Gb(2), 2000Gb, BlueRay, GT 540M 1Gb, camera, HDMI, WiFi, BT, W7HP 64, MultiToch Screen, Wireless KB&amp;Mouse, Black VPC-L21S1R/B</t>
-  </si>
-[...349 lines deleted...]
-    <t>Ноутбук Sony VAIO Z13Z9R/XQ Ci7 640M,13.1"FHD(1920*1080),6GB(2),256GB SSD,BlueRay,NV GT330M 1Gb,WiFi,WiMax,BT,3G,cam.,HDMI&amp;VGA,W7PRO 64,1.47kg,Gl.Carb+BPL20+CVZ2(Long Batt+Leath.Cover)(replace VPC-Z12Z9R/XQ) VPC-Z13Z9R/XQ</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00&quot;р.&quot;"/>
   </numFmts>
   <fonts count="8">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -645,51 +645,51 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="7" numFmtId="0" fillId="2" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="49" fillId="2" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="2" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88198502cb9b16fa20c16e39114e171e2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aad24b6fc305ea3b0a81ebc1376f9c802.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>600075</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>76200</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2447925" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1162,1118 +1162,1118 @@
       <c r="B13" s="17" t="s">
         <v>22</v>
       </c>
       <c r="C13" s="17" t="s">
         <v>23</v>
       </c>
       <c r="D13" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E13" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F13" s="3"/>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B14" s="17" t="s">
         <v>24</v>
       </c>
       <c r="C14" s="17" t="s">
         <v>25</v>
       </c>
       <c r="D14" s="17" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="E14" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F14" s="3"/>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B15" s="17" t="s">
+        <v>26</v>
+      </c>
+      <c r="C15" s="17" t="s">
         <v>27</v>
       </c>
-      <c r="C15" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D15" s="17" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="E15" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F15" s="3"/>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B16" s="17" t="s">
+        <v>28</v>
+      </c>
+      <c r="C16" s="17" t="s">
         <v>29</v>
       </c>
-      <c r="C16" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D16" s="17" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="E16" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F16" s="3"/>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B17" s="17" t="s">
+        <v>30</v>
+      </c>
+      <c r="C17" s="17" t="s">
         <v>31</v>
       </c>
-      <c r="C17" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D17" s="17" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="E17" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F17" s="3"/>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B18" s="17" t="s">
+        <v>32</v>
+      </c>
+      <c r="C18" s="17" t="s">
         <v>33</v>
       </c>
-      <c r="C18" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D18" s="17" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="E18" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F18" s="3"/>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B19" s="17" t="s">
+        <v>34</v>
+      </c>
+      <c r="C19" s="17" t="s">
         <v>35</v>
       </c>
-      <c r="C19" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D19" s="17" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="E19" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F19" s="3"/>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B20" s="17" t="s">
+        <v>36</v>
+      </c>
+      <c r="C20" s="17" t="s">
         <v>37</v>
       </c>
-      <c r="C20" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D20" s="17" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="E20" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F20" s="3"/>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B21" s="17" t="s">
+        <v>38</v>
+      </c>
+      <c r="C21" s="17" t="s">
         <v>39</v>
       </c>
-      <c r="C21" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D21" s="17" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="E21" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F21" s="3"/>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B22" s="17" t="s">
+        <v>40</v>
+      </c>
+      <c r="C22" s="17" t="s">
         <v>41</v>
       </c>
-      <c r="C22" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D22" s="17" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="E22" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F22" s="3"/>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B23" s="17" t="s">
+        <v>42</v>
+      </c>
+      <c r="C23" s="17" t="s">
         <v>43</v>
       </c>
-      <c r="C23" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D23" s="17" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="E23" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F23" s="3"/>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B24" s="17" t="s">
+        <v>44</v>
+      </c>
+      <c r="C24" s="17" t="s">
         <v>45</v>
       </c>
-      <c r="C24" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D24" s="17" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="E24" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F24" s="3"/>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B25" s="17" t="s">
+        <v>46</v>
+      </c>
+      <c r="C25" s="17" t="s">
         <v>47</v>
       </c>
-      <c r="C25" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D25" s="17" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="E25" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F25" s="3"/>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B26" s="17" t="s">
+        <v>48</v>
+      </c>
+      <c r="C26" s="17" t="s">
         <v>49</v>
       </c>
-      <c r="C26" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D26" s="17" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="E26" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F26" s="3"/>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B27" s="17" t="s">
+        <v>50</v>
+      </c>
+      <c r="C27" s="17" t="s">
         <v>51</v>
       </c>
-      <c r="C27" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D27" s="17" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="E27" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F27" s="3"/>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B28" s="17" t="s">
+        <v>52</v>
+      </c>
+      <c r="C28" s="17" t="s">
         <v>53</v>
       </c>
-      <c r="C28" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D28" s="17" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="E28" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F28" s="3"/>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B29" s="17" t="s">
+        <v>54</v>
+      </c>
+      <c r="C29" s="17" t="s">
         <v>55</v>
       </c>
-      <c r="C29" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D29" s="17" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="E29" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F29" s="3"/>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B30" s="17" t="s">
+        <v>56</v>
+      </c>
+      <c r="C30" s="17" t="s">
         <v>57</v>
       </c>
-      <c r="C30" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D30" s="17" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="E30" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F30" s="3"/>
     </row>
     <row r="31" spans="1:6">
       <c r="A31" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B31" s="17" t="s">
+        <v>58</v>
+      </c>
+      <c r="C31" s="17" t="s">
         <v>59</v>
       </c>
-      <c r="C31" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D31" s="17" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="E31" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F31" s="3"/>
     </row>
     <row r="32" spans="1:6">
       <c r="A32" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B32" s="17" t="s">
+        <v>60</v>
+      </c>
+      <c r="C32" s="17" t="s">
         <v>61</v>
       </c>
-      <c r="C32" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D32" s="17" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="E32" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F32" s="3"/>
     </row>
     <row r="33" spans="1:6">
       <c r="A33" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B33" s="17" t="s">
+        <v>62</v>
+      </c>
+      <c r="C33" s="17" t="s">
         <v>63</v>
       </c>
-      <c r="C33" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D33" s="17" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="E33" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F33" s="3"/>
     </row>
     <row r="34" spans="1:6">
       <c r="A34" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B34" s="17" t="s">
+        <v>64</v>
+      </c>
+      <c r="C34" s="17" t="s">
         <v>65</v>
       </c>
-      <c r="C34" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D34" s="17" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="E34" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F34" s="3"/>
     </row>
     <row r="35" spans="1:6">
       <c r="A35" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B35" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C35" s="17" t="s">
         <v>67</v>
       </c>
-      <c r="C35" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D35" s="17" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="E35" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F35" s="3"/>
     </row>
     <row r="36" spans="1:6">
       <c r="A36" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B36" s="17" t="s">
+        <v>68</v>
+      </c>
+      <c r="C36" s="17" t="s">
         <v>69</v>
       </c>
-      <c r="C36" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D36" s="17" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="E36" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F36" s="3"/>
     </row>
     <row r="37" spans="1:6">
       <c r="A37" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B37" s="17" t="s">
+        <v>70</v>
+      </c>
+      <c r="C37" s="17" t="s">
         <v>71</v>
       </c>
-      <c r="C37" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D37" s="17" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="E37" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F37" s="3"/>
     </row>
     <row r="38" spans="1:6">
       <c r="A38" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B38" s="17" t="s">
+        <v>72</v>
+      </c>
+      <c r="C38" s="17" t="s">
         <v>73</v>
       </c>
-      <c r="C38" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D38" s="17" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="E38" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F38" s="3"/>
     </row>
     <row r="39" spans="1:6">
       <c r="A39" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B39" s="17" t="s">
+        <v>74</v>
+      </c>
+      <c r="C39" s="17" t="s">
         <v>75</v>
       </c>
-      <c r="C39" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D39" s="17" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="E39" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F39" s="3"/>
     </row>
     <row r="40" spans="1:6">
       <c r="A40" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B40" s="17" t="s">
+        <v>76</v>
+      </c>
+      <c r="C40" s="17" t="s">
         <v>77</v>
       </c>
-      <c r="C40" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D40" s="17" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="E40" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F40" s="3"/>
     </row>
     <row r="41" spans="1:6">
       <c r="A41" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B41" s="17" t="s">
+        <v>78</v>
+      </c>
+      <c r="C41" s="17" t="s">
         <v>79</v>
       </c>
-      <c r="C41" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D41" s="17" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="E41" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F41" s="3"/>
     </row>
     <row r="42" spans="1:6">
       <c r="A42" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B42" s="17" t="s">
+        <v>80</v>
+      </c>
+      <c r="C42" s="17" t="s">
         <v>81</v>
       </c>
-      <c r="C42" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D42" s="17" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="E42" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F42" s="3"/>
     </row>
     <row r="43" spans="1:6">
       <c r="A43" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B43" s="17" t="s">
+        <v>82</v>
+      </c>
+      <c r="C43" s="17" t="s">
         <v>83</v>
       </c>
-      <c r="C43" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D43" s="17" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="E43" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F43" s="3"/>
     </row>
     <row r="44" spans="1:6">
       <c r="A44" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B44" s="17" t="s">
+        <v>84</v>
+      </c>
+      <c r="C44" s="17" t="s">
         <v>85</v>
       </c>
-      <c r="C44" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D44" s="17" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="E44" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F44" s="3"/>
     </row>
     <row r="45" spans="1:6">
       <c r="A45" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B45" s="17" t="s">
+        <v>86</v>
+      </c>
+      <c r="C45" s="17" t="s">
         <v>87</v>
       </c>
-      <c r="C45" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D45" s="17" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="E45" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F45" s="3"/>
     </row>
     <row r="46" spans="1:6">
       <c r="A46" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B46" s="17" t="s">
+        <v>88</v>
+      </c>
+      <c r="C46" s="17" t="s">
         <v>89</v>
       </c>
-      <c r="C46" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D46" s="17" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="E46" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F46" s="3"/>
     </row>
     <row r="47" spans="1:6">
       <c r="A47" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B47" s="17" t="s">
+        <v>90</v>
+      </c>
+      <c r="C47" s="17" t="s">
         <v>91</v>
       </c>
-      <c r="C47" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D47" s="17" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="E47" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F47" s="3"/>
     </row>
     <row r="48" spans="1:6">
       <c r="A48" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B48" s="17" t="s">
+        <v>92</v>
+      </c>
+      <c r="C48" s="17" t="s">
         <v>93</v>
       </c>
-      <c r="C48" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D48" s="17" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="E48" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F48" s="3"/>
     </row>
     <row r="49" spans="1:6">
       <c r="A49" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B49" s="17" t="s">
+        <v>94</v>
+      </c>
+      <c r="C49" s="17" t="s">
         <v>95</v>
       </c>
-      <c r="C49" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D49" s="17" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="E49" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F49" s="3"/>
     </row>
     <row r="50" spans="1:6">
       <c r="A50" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B50" s="17" t="s">
+        <v>96</v>
+      </c>
+      <c r="C50" s="17" t="s">
         <v>97</v>
       </c>
-      <c r="C50" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D50" s="17" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="E50" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F50" s="3"/>
     </row>
     <row r="51" spans="1:6">
       <c r="A51" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B51" s="17" t="s">
+        <v>98</v>
+      </c>
+      <c r="C51" s="17" t="s">
         <v>99</v>
       </c>
-      <c r="C51" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D51" s="17" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="E51" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F51" s="3"/>
     </row>
     <row r="52" spans="1:6">
       <c r="A52" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B52" s="17" t="s">
+        <v>100</v>
+      </c>
+      <c r="C52" s="17" t="s">
         <v>101</v>
       </c>
-      <c r="C52" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D52" s="17" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="E52" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F52" s="3"/>
     </row>
     <row r="53" spans="1:6">
       <c r="A53" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B53" s="17" t="s">
+        <v>102</v>
+      </c>
+      <c r="C53" s="17" t="s">
         <v>103</v>
       </c>
-      <c r="C53" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D53" s="17" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="E53" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F53" s="3"/>
     </row>
     <row r="54" spans="1:6">
       <c r="A54" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B54" s="17" t="s">
+        <v>104</v>
+      </c>
+      <c r="C54" s="17" t="s">
         <v>105</v>
       </c>
-      <c r="C54" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D54" s="17" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="E54" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F54" s="3"/>
     </row>
     <row r="55" spans="1:6">
       <c r="A55" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B55" s="17" t="s">
+        <v>106</v>
+      </c>
+      <c r="C55" s="17" t="s">
         <v>107</v>
       </c>
-      <c r="C55" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D55" s="17" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="E55" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F55" s="3"/>
     </row>
     <row r="56" spans="1:6">
       <c r="A56" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B56" s="17" t="s">
+        <v>108</v>
+      </c>
+      <c r="C56" s="17" t="s">
         <v>109</v>
       </c>
-      <c r="C56" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D56" s="17" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="E56" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F56" s="3"/>
     </row>
     <row r="57" spans="1:6">
       <c r="A57" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B57" s="17" t="s">
+        <v>110</v>
+      </c>
+      <c r="C57" s="17" t="s">
         <v>111</v>
       </c>
-      <c r="C57" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D57" s="17" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="E57" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F57" s="3"/>
     </row>
     <row r="58" spans="1:6">
       <c r="A58" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B58" s="17" t="s">
+        <v>112</v>
+      </c>
+      <c r="C58" s="17" t="s">
         <v>113</v>
       </c>
-      <c r="C58" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D58" s="17" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="E58" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F58" s="3"/>
     </row>
     <row r="59" spans="1:6">
       <c r="A59" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B59" s="17" t="s">
+        <v>114</v>
+      </c>
+      <c r="C59" s="17" t="s">
         <v>115</v>
       </c>
-      <c r="C59" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D59" s="17" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="E59" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F59" s="3"/>
     </row>
     <row r="60" spans="1:6">
       <c r="A60" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B60" s="17" t="s">
+        <v>116</v>
+      </c>
+      <c r="C60" s="17" t="s">
         <v>117</v>
       </c>
-      <c r="C60" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D60" s="17" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="E60" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F60" s="3"/>
     </row>
     <row r="61" spans="1:6">
       <c r="A61" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B61" s="17" t="s">
+        <v>118</v>
+      </c>
+      <c r="C61" s="17" t="s">
         <v>119</v>
       </c>
-      <c r="C61" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D61" s="17" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="E61" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F61" s="3"/>
     </row>
     <row r="62" spans="1:6">
       <c r="A62" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B62" s="17" t="s">
+        <v>120</v>
+      </c>
+      <c r="C62" s="17" t="s">
         <v>121</v>
       </c>
-      <c r="C62" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D62" s="17" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="E62" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F62" s="3"/>
     </row>
     <row r="63" spans="1:6">
       <c r="A63" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B63" s="17" t="s">
+        <v>122</v>
+      </c>
+      <c r="C63" s="17" t="s">
         <v>123</v>
       </c>
-      <c r="C63" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D63" s="17" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="E63" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F63" s="3"/>
     </row>
     <row r="64" spans="1:6">
       <c r="A64" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B64" s="17" t="s">
+        <v>124</v>
+      </c>
+      <c r="C64" s="17" t="s">
         <v>125</v>
       </c>
-      <c r="C64" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D64" s="17" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="E64" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F64" s="3"/>
     </row>
     <row r="65" spans="1:6">
       <c r="A65" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B65" s="17" t="s">
+        <v>126</v>
+      </c>
+      <c r="C65" s="17" t="s">
         <v>127</v>
       </c>
-      <c r="C65" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D65" s="17" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="E65" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F65" s="3"/>
     </row>
     <row r="66" spans="1:6">
       <c r="A66" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B66" s="17" t="s">
+        <v>128</v>
+      </c>
+      <c r="C66" s="17" t="s">
         <v>129</v>
       </c>
-      <c r="C66" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D66" s="17" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="E66" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F66" s="3"/>
     </row>
     <row r="67" spans="1:6">
       <c r="A67" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B67" s="17" t="s">
+        <v>130</v>
+      </c>
+      <c r="C67" s="17" t="s">
         <v>131</v>
       </c>
-      <c r="C67" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D67" s="17" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="E67" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F67" s="3"/>
     </row>
     <row r="68" spans="1:6">
       <c r="A68" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B68" s="17" t="s">
+        <v>132</v>
+      </c>
+      <c r="C68" s="17" t="s">
         <v>133</v>
       </c>
-      <c r="C68" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D68" s="17" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="E68" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F68" s="3"/>
     </row>
     <row r="69" spans="1:6">
       <c r="A69" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B69" s="17" t="s">
+        <v>134</v>
+      </c>
+      <c r="C69" s="17" t="s">
         <v>135</v>
       </c>
-      <c r="C69" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D69" s="17" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="E69" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F69" s="3"/>
     </row>
     <row r="70" spans="1:6">
       <c r="A70" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B70" s="17" t="s">
+        <v>136</v>
+      </c>
+      <c r="C70" s="17" t="s">
         <v>137</v>
       </c>
-      <c r="C70" s="17" t="s">
+      <c r="D70" s="17" t="s">
         <v>138</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
       <c r="E70" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F70" s="3"/>
     </row>
     <row r="71" spans="1:6">
       <c r="A71" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B71" s="17" t="s">
         <v>139</v>
       </c>
       <c r="C71" s="17" t="s">
         <v>140</v>
       </c>
       <c r="D71" s="17" t="s">
-        <v>26</v>
+        <v>138</v>
       </c>
       <c r="E71" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F71" s="3"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <autoFilter ref="A11:E71"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Прайс-лист за 04.02.2026</vt:lpstr>
+      <vt:lpstr>Прайс-лист за 21.03.2026</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft Corporation</Company>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Unknown Creator</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Untitled Spreadsheet</dc:title>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>