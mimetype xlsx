--- v0 (2025-10-30)
+++ v1 (2026-02-04)
@@ -6,96 +6,96 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="-1" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
-    <sheet name="Прайс-лист за 30.10.2025" sheetId="1" r:id="rId4"/>
+    <sheet name="Прайс-лист за 04.02.2026" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист за 30.10.2025'!$A$11:$E$140</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист за 04.02.2026'!$A$11:$E$140</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="280">
   <si>
     <t>ПРАЙС-ЛИСТ</t>
   </si>
   <si>
     <t>ЕДИНЫЙ НОМЕР</t>
   </si>
   <si>
     <t>8-800-555-7057</t>
   </si>
   <si>
     <t>МОСКВА</t>
   </si>
   <si>
     <t>8-495-646-7057</t>
   </si>
   <si>
     <t>Компания "ТопСети"</t>
   </si>
   <si>
     <t>САНКТ-ПЕТЕРБУРГ</t>
   </si>
   <si>
     <t>8-812-645-7058</t>
   </si>
   <si>
     <t>www.topseti.ru</t>
   </si>
   <si>
     <t>sales@topseti.ru</t>
   </si>
   <si>
     <t>Цены действительны на:</t>
   </si>
   <si>
-    <t>30.10.2025</t>
+    <t>04.02.2026</t>
   </si>
   <si>
     <t>Производитель</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Название</t>
   </si>
   <si>
     <t>Группа</t>
   </si>
   <si>
     <t>Цена, руб.</t>
   </si>
   <si>
     <t>IBM</t>
   </si>
   <si>
     <t>41Y8226</t>
   </si>
   <si>
     <t>Жесткий диск IBM ExpSell HDD 500GB 7.2K, 3.5" Hot-swap SATA II 3GB/S (x3200/x3200M2 M3/x3400/3400M2 M3/x3500/x3250M2 M3/x3500/x3500 M3/x3350/x3550/x3620 M3/x3650/x6550) (39M4530) 41Y8226</t>
   </si>
@@ -1062,51 +1062,51 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="7" numFmtId="0" fillId="2" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="49" fillId="2" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="2" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/304ed3a580c0e627ac7328b02951bce12.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53afe35ec9a7d1abc9d37e392c496bb92.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>600075</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>76200</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2447925" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -3889,50 +3889,50 @@
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Прайс-лист за 30.10.2025</vt:lpstr>
+      <vt:lpstr>Прайс-лист за 04.02.2026</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft Corporation</Company>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Unknown Creator</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Untitled Spreadsheet</dc:title>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>