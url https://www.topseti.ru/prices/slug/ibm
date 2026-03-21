--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -6,96 +6,96 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="-1" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
-    <sheet name="Прайс-лист за 04.02.2026" sheetId="1" r:id="rId4"/>
+    <sheet name="Прайс-лист за 21.03.2026" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист за 04.02.2026'!$A$11:$E$140</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист за 21.03.2026'!$A$11:$E$140</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="280">
   <si>
     <t>ПРАЙС-ЛИСТ</t>
   </si>
   <si>
     <t>ЕДИНЫЙ НОМЕР</t>
   </si>
   <si>
     <t>8-800-555-7057</t>
   </si>
   <si>
     <t>МОСКВА</t>
   </si>
   <si>
     <t>8-495-646-7057</t>
   </si>
   <si>
     <t>Компания "ТопСети"</t>
   </si>
   <si>
     <t>САНКТ-ПЕТЕРБУРГ</t>
   </si>
   <si>
     <t>8-812-645-7058</t>
   </si>
   <si>
     <t>www.topseti.ru</t>
   </si>
   <si>
     <t>sales@topseti.ru</t>
   </si>
   <si>
     <t>Цены действительны на:</t>
   </si>
   <si>
-    <t>04.02.2026</t>
+    <t>21.03.2026</t>
   </si>
   <si>
     <t>Производитель</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Название</t>
   </si>
   <si>
     <t>Группа</t>
   </si>
   <si>
     <t>Цена, руб.</t>
   </si>
   <si>
     <t>IBM</t>
   </si>
   <si>
     <t>41Y8226</t>
   </si>
   <si>
     <t>Жесткий диск IBM ExpSell HDD 500GB 7.2K, 3.5" Hot-swap SATA II 3GB/S (x3200/x3200M2 M3/x3400/3400M2 M3/x3500/x3250M2 M3/x3500/x3500 M3/x3350/x3550/x3620 M3/x3650/x6550) (39M4530) 41Y8226</t>
   </si>
@@ -1062,51 +1062,51 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="7" numFmtId="0" fillId="2" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="49" fillId="2" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="2" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53afe35ec9a7d1abc9d37e392c496bb92.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0425007e0abaa3c94ff9a44e9934f3fa2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>600075</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>76200</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2447925" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -3889,50 +3889,50 @@
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Прайс-лист за 04.02.2026</vt:lpstr>
+      <vt:lpstr>Прайс-лист за 21.03.2026</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft Corporation</Company>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Unknown Creator</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Untitled Spreadsheet</dc:title>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>