--- v0 (2025-10-30)
+++ v1 (2025-12-17)
@@ -6,96 +6,96 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="-1" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
-    <sheet name="Прайс-лист за 30.10.2025" sheetId="1" r:id="rId4"/>
+    <sheet name="Прайс-лист за 17.12.2025" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист за 30.10.2025'!$A$11:$E$541</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист за 17.12.2025'!$A$11:$E$541</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1088">
   <si>
     <t>ПРАЙС-ЛИСТ</t>
   </si>
   <si>
     <t>ЕДИНЫЙ НОМЕР</t>
   </si>
   <si>
     <t>8-800-555-7057</t>
   </si>
   <si>
     <t>МОСКВА</t>
   </si>
   <si>
     <t>8-495-646-7057</t>
   </si>
   <si>
     <t>Компания "ТопСети"</t>
   </si>
   <si>
     <t>САНКТ-ПЕТЕРБУРГ</t>
   </si>
   <si>
     <t>8-812-645-7058</t>
   </si>
   <si>
     <t>www.topseti.ru</t>
   </si>
   <si>
     <t>sales@topseti.ru</t>
   </si>
   <si>
     <t>Цены действительны на:</t>
   </si>
   <si>
-    <t>30.10.2025</t>
+    <t>17.12.2025</t>
   </si>
   <si>
     <t>Производитель</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Название</t>
   </si>
   <si>
     <t>Группа</t>
   </si>
   <si>
     <t>Цена, руб.</t>
   </si>
   <si>
     <t>HP</t>
   </si>
   <si>
     <t>J9379B</t>
   </si>
   <si>
     <t>Точка доступа Wi-Fi HP J9379B E-MSM310 Access Point (WW)</t>
   </si>
@@ -3486,51 +3486,51 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="7" numFmtId="0" fillId="2" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="49" fillId="2" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="2" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d049f498a19502f4c7ca8916eecb84eb2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34883d6af44124830efed3fc6b469e942.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>600075</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>76200</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2447925" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -10792,2625 +10792,2625 @@
       <c r="C390" s="17" t="s">
         <v>784</v>
       </c>
       <c r="D390" s="17" t="s">
         <v>676</v>
       </c>
       <c r="E390" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F390" s="3"/>
     </row>
     <row r="391" spans="1:6">
       <c r="A391" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B391" s="17" t="s">
         <v>785</v>
       </c>
       <c r="C391" s="17" t="s">
         <v>786</v>
       </c>
       <c r="D391" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E391" s="18">
-        <v>88097.33661</v>
+        <v>88051.553908</v>
       </c>
       <c r="F391" s="3"/>
     </row>
     <row r="392" spans="1:6">
       <c r="A392" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B392" s="17" t="s">
         <v>788</v>
       </c>
       <c r="C392" s="17" t="s">
         <v>789</v>
       </c>
       <c r="D392" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E392" s="18">
-        <v>99647.72442000001</v>
+        <v>99595.93917600001</v>
       </c>
       <c r="F392" s="3"/>
     </row>
     <row r="393" spans="1:6">
       <c r="A393" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B393" s="17" t="s">
         <v>790</v>
       </c>
       <c r="C393" s="17" t="s">
         <v>791</v>
       </c>
       <c r="D393" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E393" s="18">
-        <v>138467.96274</v>
+        <v>138396.003272</v>
       </c>
       <c r="F393" s="3"/>
     </row>
     <row r="394" spans="1:6">
       <c r="A394" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B394" s="17" t="s">
         <v>792</v>
       </c>
       <c r="C394" s="17" t="s">
         <v>793</v>
       </c>
       <c r="D394" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E394" s="18">
-        <v>194306.22807</v>
+        <v>194205.250396</v>
       </c>
       <c r="F394" s="3"/>
     </row>
     <row r="395" spans="1:6">
       <c r="A395" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B395" s="17" t="s">
         <v>794</v>
       </c>
       <c r="C395" s="17" t="s">
         <v>795</v>
       </c>
       <c r="D395" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E395" s="18">
-        <v>82082.93349</v>
+        <v>82040.27637199999</v>
       </c>
       <c r="F395" s="3"/>
     </row>
     <row r="396" spans="1:6">
       <c r="A396" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B396" s="17" t="s">
         <v>796</v>
       </c>
       <c r="C396" s="17" t="s">
         <v>797</v>
       </c>
       <c r="D396" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E396" s="18">
-        <v>155896.06269</v>
+        <v>155815.046132</v>
       </c>
       <c r="F396" s="3"/>
     </row>
     <row r="397" spans="1:6">
       <c r="A397" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B397" s="17" t="s">
         <v>798</v>
       </c>
       <c r="C397" s="17" t="s">
         <v>799</v>
       </c>
       <c r="D397" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E397" s="18">
-        <v>82629.69741000001</v>
+        <v>82586.756148</v>
       </c>
       <c r="F397" s="3"/>
     </row>
     <row r="398" spans="1:6">
       <c r="A398" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B398" s="17" t="s">
         <v>800</v>
       </c>
       <c r="C398" s="17" t="s">
         <v>801</v>
       </c>
       <c r="D398" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E398" s="18">
-        <v>108942.71106</v>
+        <v>108886.095368</v>
       </c>
       <c r="F398" s="3"/>
     </row>
     <row r="399" spans="1:6">
       <c r="A399" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B399" s="17" t="s">
         <v>802</v>
       </c>
       <c r="C399" s="17" t="s">
         <v>803</v>
       </c>
       <c r="D399" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E399" s="18">
-        <v>103748.45382</v>
+        <v>103694.537496</v>
       </c>
       <c r="F399" s="3"/>
     </row>
     <row r="400" spans="1:6">
       <c r="A400" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B400" s="17" t="s">
         <v>804</v>
       </c>
       <c r="C400" s="17" t="s">
         <v>805</v>
       </c>
       <c r="D400" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E400" s="18">
-        <v>72992.98332000001</v>
+        <v>72955.05009600001</v>
       </c>
       <c r="F400" s="3"/>
     </row>
     <row r="401" spans="1:6">
       <c r="A401" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B401" s="17" t="s">
         <v>806</v>
       </c>
       <c r="C401" s="17" t="s">
         <v>807</v>
       </c>
       <c r="D401" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E401" s="18">
-        <v>160201.82856</v>
+        <v>160118.574368</v>
       </c>
       <c r="F401" s="3"/>
     </row>
     <row r="402" spans="1:6">
       <c r="A402" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B402" s="17" t="s">
         <v>808</v>
       </c>
       <c r="C402" s="17" t="s">
         <v>809</v>
       </c>
       <c r="D402" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E402" s="18">
-        <v>72036.14646</v>
+        <v>71998.710488</v>
       </c>
       <c r="F402" s="3"/>
     </row>
     <row r="403" spans="1:6">
       <c r="A403" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B403" s="17" t="s">
         <v>810</v>
       </c>
       <c r="C403" s="17" t="s">
         <v>811</v>
       </c>
       <c r="D403" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E403" s="18">
-        <v>82903.07937000001</v>
+        <v>82859.99603600001</v>
       </c>
       <c r="F403" s="3"/>
     </row>
     <row r="404" spans="1:6">
       <c r="A404" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B404" s="17" t="s">
         <v>812</v>
       </c>
       <c r="C404" s="17" t="s">
         <v>813</v>
       </c>
       <c r="D404" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E404" s="18">
-        <v>46885.00614</v>
+        <v>46860.64079200001</v>
       </c>
       <c r="F404" s="3"/>
     </row>
     <row r="405" spans="1:6">
       <c r="A405" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B405" s="17" t="s">
         <v>814</v>
       </c>
       <c r="C405" s="17" t="s">
         <v>815</v>
       </c>
       <c r="D405" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E405" s="18">
-        <v>70327.50921</v>
+        <v>70290.961188</v>
       </c>
       <c r="F405" s="3"/>
     </row>
     <row r="406" spans="1:6">
       <c r="A406" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B406" s="17" t="s">
         <v>816</v>
       </c>
       <c r="C406" s="17" t="s">
         <v>817</v>
       </c>
       <c r="D406" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E406" s="18">
-        <v>96845.55933</v>
+        <v>96795.23032399999</v>
       </c>
       <c r="F406" s="3"/>
     </row>
     <row r="407" spans="1:6">
       <c r="A407" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B407" s="17" t="s">
         <v>818</v>
       </c>
       <c r="C407" s="17" t="s">
         <v>819</v>
       </c>
       <c r="D407" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E407" s="18">
-        <v>221029.31466</v>
+        <v>220914.449448</v>
       </c>
       <c r="F407" s="3"/>
     </row>
     <row r="408" spans="1:6">
       <c r="A408" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B408" s="17" t="s">
         <v>820</v>
       </c>
       <c r="C408" s="17" t="s">
         <v>821</v>
       </c>
       <c r="D408" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E408" s="18">
-        <v>248640.89262</v>
+        <v>248511.678136</v>
       </c>
       <c r="F408" s="3"/>
     </row>
     <row r="409" spans="1:6">
       <c r="A409" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B409" s="17" t="s">
         <v>822</v>
       </c>
       <c r="C409" s="17" t="s">
         <v>823</v>
       </c>
       <c r="D409" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E409" s="18">
-        <v>244813.54518</v>
+        <v>244686.319704</v>
       </c>
       <c r="F409" s="3"/>
     </row>
     <row r="410" spans="1:6">
       <c r="A410" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B410" s="17" t="s">
         <v>824</v>
       </c>
       <c r="C410" s="17" t="s">
         <v>825</v>
       </c>
       <c r="D410" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E410" s="18">
-        <v>356421.73035</v>
+        <v>356236.50398</v>
       </c>
       <c r="F410" s="3"/>
     </row>
     <row r="411" spans="1:6">
       <c r="A411" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B411" s="17" t="s">
         <v>826</v>
       </c>
       <c r="C411" s="17" t="s">
         <v>827</v>
       </c>
       <c r="D411" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E411" s="18">
-        <v>244813.54518</v>
+        <v>244686.319704</v>
       </c>
       <c r="F411" s="3"/>
     </row>
     <row r="412" spans="1:6">
       <c r="A412" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B412" s="17" t="s">
         <v>828</v>
       </c>
       <c r="C412" s="17" t="s">
         <v>829</v>
       </c>
       <c r="D412" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E412" s="18">
-        <v>262241.64513</v>
+        <v>262105.362564</v>
       </c>
       <c r="F412" s="3"/>
     </row>
     <row r="413" spans="1:6">
       <c r="A413" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B413" s="17" t="s">
         <v>830</v>
       </c>
       <c r="C413" s="17" t="s">
         <v>831</v>
       </c>
       <c r="D413" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E413" s="18">
-        <v>110719.6938</v>
+        <v>110662.15464</v>
       </c>
       <c r="F413" s="3"/>
     </row>
     <row r="414" spans="1:6">
       <c r="A414" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B414" s="17" t="s">
         <v>832</v>
       </c>
       <c r="C414" s="17" t="s">
         <v>833</v>
       </c>
       <c r="D414" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E414" s="18">
-        <v>111608.18517</v>
+        <v>111550.184276</v>
       </c>
       <c r="F414" s="3"/>
     </row>
     <row r="415" spans="1:6">
       <c r="A415" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B415" s="17" t="s">
         <v>834</v>
       </c>
       <c r="C415" s="17" t="s">
         <v>835</v>
       </c>
       <c r="D415" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E415" s="18">
-        <v>156374.48112</v>
+        <v>156293.215936</v>
       </c>
       <c r="F415" s="3"/>
     </row>
     <row r="416" spans="1:6">
       <c r="A416" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B416" s="17" t="s">
         <v>836</v>
       </c>
       <c r="C416" s="17" t="s">
         <v>837</v>
       </c>
       <c r="D416" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E416" s="18">
-        <v>101629.74363</v>
+        <v>101576.928364</v>
       </c>
       <c r="F416" s="3"/>
     </row>
     <row r="417" spans="1:6">
       <c r="A417" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B417" s="17" t="s">
         <v>838</v>
       </c>
       <c r="C417" s="17" t="s">
         <v>839</v>
       </c>
       <c r="D417" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E417" s="18">
-        <v>183712.67712</v>
+        <v>183617.204736</v>
       </c>
       <c r="F417" s="3"/>
     </row>
     <row r="418" spans="1:6">
       <c r="A418" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B418" s="17" t="s">
         <v>840</v>
       </c>
       <c r="C418" s="17" t="s">
         <v>841</v>
       </c>
       <c r="D418" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E418" s="18">
-        <v>62536.12335</v>
+        <v>62503.62438</v>
       </c>
       <c r="F418" s="3"/>
     </row>
     <row r="419" spans="1:6">
       <c r="A419" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B419" s="17" t="s">
         <v>842</v>
       </c>
       <c r="C419" s="17" t="s">
         <v>843</v>
       </c>
       <c r="D419" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E419" s="18">
-        <v>107234.07381</v>
+        <v>107178.346068</v>
       </c>
       <c r="F419" s="3"/>
     </row>
     <row r="420" spans="1:6">
       <c r="A420" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B420" s="17" t="s">
         <v>844</v>
       </c>
       <c r="C420" s="17" t="s">
         <v>845</v>
       </c>
       <c r="D420" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E420" s="18">
-        <v>243788.36283</v>
+        <v>243661.670124</v>
       </c>
       <c r="F420" s="3"/>
     </row>
     <row r="421" spans="1:6">
       <c r="A421" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B421" s="17" t="s">
         <v>846</v>
       </c>
       <c r="C421" s="17" t="s">
         <v>847</v>
       </c>
       <c r="D421" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E421" s="18">
-        <v>200662.35864</v>
+        <v>200558.077792</v>
       </c>
       <c r="F421" s="3"/>
     </row>
     <row r="422" spans="1:6">
       <c r="A422" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B422" s="17" t="s">
         <v>848</v>
       </c>
       <c r="C422" s="17" t="s">
         <v>849</v>
       </c>
       <c r="D422" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E422" s="18">
-        <v>1025047.24845</v>
+        <v>1024514.54866</v>
       </c>
       <c r="F422" s="3"/>
     </row>
     <row r="423" spans="1:6">
       <c r="A423" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B423" s="17" t="s">
         <v>850</v>
       </c>
       <c r="C423" s="17" t="s">
         <v>851</v>
       </c>
       <c r="D423" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E423" s="18">
-        <v>575537.37129</v>
+        <v>575238.2742120001</v>
       </c>
       <c r="F423" s="3"/>
     </row>
     <row r="424" spans="1:6">
       <c r="A424" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B424" s="17" t="s">
         <v>852</v>
       </c>
       <c r="C424" s="17" t="s">
         <v>853</v>
       </c>
       <c r="D424" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E424" s="18">
-        <v>385605.25458</v>
+        <v>385404.862024</v>
       </c>
       <c r="F424" s="3"/>
     </row>
     <row r="425" spans="1:6">
       <c r="A425" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B425" s="17" t="s">
         <v>854</v>
       </c>
       <c r="C425" s="17" t="s">
         <v>855</v>
       </c>
       <c r="D425" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E425" s="18">
-        <v>211392.60057</v>
+        <v>211282.743396</v>
       </c>
       <c r="F425" s="3"/>
     </row>
     <row r="426" spans="1:6">
       <c r="A426" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B426" s="17" t="s">
         <v>856</v>
       </c>
       <c r="C426" s="17" t="s">
         <v>857</v>
       </c>
       <c r="D426" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E426" s="18">
-        <v>234561.72168</v>
+        <v>234439.823904</v>
       </c>
       <c r="F426" s="3"/>
     </row>
     <row r="427" spans="1:6">
       <c r="A427" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B427" s="17" t="s">
         <v>858</v>
       </c>
       <c r="C427" s="17" t="s">
         <v>859</v>
       </c>
       <c r="D427" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E427" s="18">
-        <v>155827.7172</v>
+        <v>155746.73616</v>
       </c>
       <c r="F427" s="3"/>
     </row>
     <row r="428" spans="1:6">
       <c r="A428" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B428" s="17" t="s">
         <v>860</v>
       </c>
       <c r="C428" s="17" t="s">
         <v>861</v>
       </c>
       <c r="D428" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E428" s="18">
-        <v>67183.61667</v>
+        <v>67148.70247600001</v>
       </c>
       <c r="F428" s="3"/>
     </row>
     <row r="429" spans="1:6">
       <c r="A429" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B429" s="17" t="s">
         <v>862</v>
       </c>
       <c r="C429" s="17" t="s">
         <v>863</v>
       </c>
       <c r="D429" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E429" s="18">
-        <v>78870.69546000002</v>
+        <v>78829.70768800001</v>
       </c>
       <c r="F429" s="3"/>
     </row>
     <row r="430" spans="1:6">
       <c r="A430" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B430" s="17" t="s">
         <v>864</v>
       </c>
       <c r="C430" s="17" t="s">
         <v>865</v>
       </c>
       <c r="D430" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E430" s="18">
-        <v>101629.74363</v>
+        <v>101576.928364</v>
       </c>
       <c r="F430" s="3"/>
     </row>
     <row r="431" spans="1:6">
       <c r="A431" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B431" s="17" t="s">
         <v>866</v>
       </c>
       <c r="C431" s="17" t="s">
         <v>867</v>
       </c>
       <c r="D431" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E431" s="18">
-        <v>48320.26143</v>
+        <v>48295.150204</v>
       </c>
       <c r="F431" s="3"/>
     </row>
     <row r="432" spans="1:6">
       <c r="A432" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B432" s="17" t="s">
         <v>868</v>
       </c>
       <c r="C432" s="17" t="s">
         <v>869</v>
       </c>
       <c r="D432" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E432" s="18">
-        <v>65133.25197</v>
+        <v>65099.403316</v>
       </c>
       <c r="F432" s="3"/>
     </row>
     <row r="433" spans="1:6">
       <c r="A433" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B433" s="17" t="s">
         <v>870</v>
       </c>
       <c r="C433" s="17" t="s">
         <v>871</v>
       </c>
       <c r="D433" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E433" s="18">
-        <v>80921.06016000001</v>
+        <v>80879.006848</v>
       </c>
       <c r="F433" s="3"/>
     </row>
     <row r="434" spans="1:6">
       <c r="A434" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B434" s="17" t="s">
         <v>872</v>
       </c>
       <c r="C434" s="17" t="s">
         <v>873</v>
       </c>
       <c r="D434" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E434" s="18">
-        <v>171478.83441</v>
+        <v>171389.719748</v>
       </c>
       <c r="F434" s="3"/>
     </row>
     <row r="435" spans="1:6">
       <c r="A435" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B435" s="17" t="s">
         <v>874</v>
       </c>
       <c r="C435" s="17" t="s">
         <v>875</v>
       </c>
       <c r="D435" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E435" s="18">
-        <v>108874.36557</v>
+        <v>108817.785396</v>
       </c>
       <c r="F435" s="3"/>
     </row>
     <row r="436" spans="1:6">
       <c r="A436" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B436" s="17" t="s">
         <v>876</v>
       </c>
       <c r="C436" s="17" t="s">
         <v>877</v>
       </c>
       <c r="D436" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E436" s="18">
-        <v>618253.3025400001</v>
+        <v>617932.006712</v>
       </c>
       <c r="F436" s="3"/>
     </row>
     <row r="437" spans="1:6">
       <c r="A437" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B437" s="17" t="s">
         <v>878</v>
       </c>
       <c r="C437" s="17" t="s">
         <v>879</v>
       </c>
       <c r="D437" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E437" s="18">
-        <v>326691.4422</v>
+        <v>326521.66616</v>
       </c>
       <c r="F437" s="3"/>
     </row>
     <row r="438" spans="1:6">
       <c r="A438" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B438" s="17" t="s">
         <v>880</v>
       </c>
       <c r="C438" s="17" t="s">
         <v>881</v>
       </c>
       <c r="D438" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E438" s="18">
-        <v>209205.54489</v>
+        <v>209096.824292</v>
       </c>
       <c r="F438" s="3"/>
     </row>
     <row r="439" spans="1:6">
       <c r="A439" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B439" s="17" t="s">
         <v>882</v>
       </c>
       <c r="C439" s="17" t="s">
         <v>883</v>
       </c>
       <c r="D439" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E439" s="18">
-        <v>594469.0720200001</v>
+        <v>594160.1364559999</v>
       </c>
       <c r="F439" s="3"/>
     </row>
     <row r="440" spans="1:6">
       <c r="A440" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B440" s="17" t="s">
         <v>884</v>
       </c>
       <c r="C440" s="17" t="s">
         <v>885</v>
       </c>
       <c r="D440" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E440" s="18">
-        <v>327169.86063</v>
+        <v>326999.835964</v>
       </c>
       <c r="F440" s="3"/>
     </row>
     <row r="441" spans="1:6">
       <c r="A441" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B441" s="17" t="s">
         <v>886</v>
       </c>
       <c r="C441" s="17" t="s">
         <v>887</v>
       </c>
       <c r="D441" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E441" s="18">
-        <v>301266.91992</v>
+        <v>301110.356576</v>
       </c>
       <c r="F441" s="3"/>
     </row>
     <row r="442" spans="1:6">
       <c r="A442" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B442" s="17" t="s">
         <v>888</v>
       </c>
       <c r="C442" s="17" t="s">
         <v>889</v>
       </c>
       <c r="D442" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E442" s="18">
-        <v>276662.5435200001</v>
+        <v>276518.766656</v>
       </c>
       <c r="F442" s="3"/>
     </row>
     <row r="443" spans="1:6">
       <c r="A443" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B443" s="17" t="s">
         <v>890</v>
       </c>
       <c r="C443" s="17" t="s">
         <v>891</v>
       </c>
       <c r="D443" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E443" s="18">
-        <v>227863.86366</v>
+        <v>227745.446648</v>
       </c>
       <c r="F443" s="3"/>
     </row>
     <row r="444" spans="1:6">
       <c r="A444" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B444" s="17" t="s">
         <v>892</v>
       </c>
       <c r="C444" s="17" t="s">
         <v>893</v>
       </c>
       <c r="D444" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E444" s="18">
-        <v>715030.51638</v>
+        <v>714658.9270639999</v>
       </c>
       <c r="F444" s="3"/>
     </row>
     <row r="445" spans="1:6">
       <c r="A445" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B445" s="17" t="s">
         <v>894</v>
       </c>
       <c r="C445" s="17" t="s">
         <v>895</v>
       </c>
       <c r="D445" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E445" s="18">
-        <v>1183060.4319</v>
+        <v>1182445.61532</v>
       </c>
       <c r="F445" s="3"/>
     </row>
     <row r="446" spans="1:6">
       <c r="A446" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B446" s="17" t="s">
         <v>896</v>
       </c>
       <c r="C446" s="17" t="s">
         <v>897</v>
       </c>
       <c r="D446" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E446" s="18">
-        <v>636911.6213100001</v>
+        <v>636580.629068</v>
       </c>
       <c r="F446" s="3"/>
     </row>
     <row r="447" spans="1:6">
       <c r="A447" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B447" s="17" t="s">
         <v>898</v>
       </c>
       <c r="C447" s="17" t="s">
         <v>899</v>
       </c>
       <c r="D447" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E447" s="18">
-        <v>355601.58447</v>
+        <v>355416.784316</v>
       </c>
       <c r="F447" s="3"/>
     </row>
     <row r="448" spans="1:6">
       <c r="A448" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B448" s="17" t="s">
         <v>900</v>
       </c>
       <c r="C448" s="17" t="s">
         <v>901</v>
       </c>
       <c r="D448" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E448" s="18">
-        <v>249939.45693</v>
+        <v>249809.567604</v>
       </c>
       <c r="F448" s="3"/>
     </row>
     <row r="449" spans="1:6">
       <c r="A449" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B449" s="17" t="s">
         <v>902</v>
       </c>
       <c r="C449" s="17" t="s">
         <v>903</v>
       </c>
       <c r="D449" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E449" s="18">
-        <v>305094.26736</v>
+        <v>304935.715008</v>
       </c>
       <c r="F449" s="3"/>
     </row>
     <row r="450" spans="1:6">
       <c r="A450" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B450" s="17" t="s">
         <v>904</v>
       </c>
       <c r="C450" s="17" t="s">
         <v>905</v>
       </c>
       <c r="D450" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E450" s="18">
-        <v>691656.3588000002</v>
+        <v>691296.9166400001</v>
       </c>
       <c r="F450" s="3"/>
     </row>
     <row r="451" spans="1:6">
       <c r="A451" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B451" s="17" t="s">
         <v>906</v>
       </c>
       <c r="C451" s="17" t="s">
         <v>907</v>
       </c>
       <c r="D451" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E451" s="18">
-        <v>2841805.474200001</v>
+        <v>2840328.63576</v>
       </c>
       <c r="F451" s="3"/>
     </row>
     <row r="452" spans="1:6">
       <c r="A452" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B452" s="17" t="s">
         <v>908</v>
       </c>
       <c r="C452" s="17" t="s">
         <v>909</v>
       </c>
       <c r="D452" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E452" s="18">
-        <v>2322379.7502</v>
+        <v>2321172.84856</v>
       </c>
       <c r="F452" s="3"/>
     </row>
     <row r="453" spans="1:6">
       <c r="A453" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B453" s="17" t="s">
         <v>910</v>
       </c>
       <c r="C453" s="17" t="s">
         <v>911</v>
       </c>
       <c r="D453" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E453" s="18">
-        <v>1689707.1387</v>
+        <v>1688829.02636</v>
       </c>
       <c r="F453" s="3"/>
     </row>
     <row r="454" spans="1:6">
       <c r="A454" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B454" s="17" t="s">
         <v>912</v>
       </c>
       <c r="C454" s="17" t="s">
         <v>913</v>
       </c>
       <c r="D454" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E454" s="18">
-        <v>892798.7253000002</v>
+        <v>892334.7528400001</v>
       </c>
       <c r="F454" s="3"/>
     </row>
     <row r="455" spans="1:6">
       <c r="A455" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B455" s="17" t="s">
         <v>914</v>
       </c>
       <c r="C455" s="17" t="s">
         <v>915</v>
       </c>
       <c r="D455" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E455" s="18">
-        <v>296141.00817</v>
+        <v>295987.108676</v>
       </c>
       <c r="F455" s="3"/>
     </row>
     <row r="456" spans="1:6">
       <c r="A456" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B456" s="17" t="s">
         <v>916</v>
       </c>
       <c r="C456" s="17" t="s">
         <v>917</v>
       </c>
       <c r="D456" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E456" s="18">
-        <v>1586982.2778</v>
+        <v>1586157.54984</v>
       </c>
       <c r="F456" s="3"/>
     </row>
     <row r="457" spans="1:6">
       <c r="A457" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B457" s="17" t="s">
         <v>918</v>
       </c>
       <c r="C457" s="17" t="s">
         <v>919</v>
       </c>
       <c r="D457" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E457" s="18">
-        <v>1369301.89215</v>
+        <v>1368590.28902</v>
       </c>
       <c r="F457" s="3"/>
     </row>
     <row r="458" spans="1:6">
       <c r="A458" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B458" s="17" t="s">
         <v>920</v>
       </c>
       <c r="C458" s="17" t="s">
         <v>921</v>
       </c>
       <c r="D458" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E458" s="18">
-        <v>1227620.10195</v>
+        <v>1226982.12846</v>
       </c>
       <c r="F458" s="3"/>
     </row>
     <row r="459" spans="1:6">
       <c r="A459" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B459" s="17" t="s">
         <v>922</v>
       </c>
       <c r="C459" s="17" t="s">
         <v>923</v>
       </c>
       <c r="D459" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E459" s="18">
-        <v>327169.86063</v>
+        <v>326999.835964</v>
       </c>
       <c r="F459" s="3"/>
     </row>
     <row r="460" spans="1:6">
       <c r="A460" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B460" s="17" t="s">
         <v>924</v>
       </c>
       <c r="C460" s="17" t="s">
         <v>925</v>
       </c>
       <c r="D460" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E460" s="18">
-        <v>308443.19637</v>
+        <v>308282.903636</v>
       </c>
       <c r="F460" s="3"/>
     </row>
     <row r="461" spans="1:6">
       <c r="A461" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B461" s="17" t="s">
         <v>926</v>
       </c>
       <c r="C461" s="17" t="s">
         <v>927</v>
       </c>
       <c r="D461" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E461" s="18">
-        <v>147079.49448</v>
+        <v>147003.059744</v>
       </c>
       <c r="F461" s="3"/>
     </row>
     <row r="462" spans="1:6">
       <c r="A462" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B462" s="17" t="s">
         <v>928</v>
       </c>
       <c r="C462" s="17" t="s">
         <v>929</v>
       </c>
       <c r="D462" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E462" s="18">
-        <v>111061.42125</v>
+        <v>111003.7045</v>
       </c>
       <c r="F462" s="3"/>
     </row>
     <row r="463" spans="1:6">
       <c r="A463" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B463" s="17" t="s">
         <v>930</v>
       </c>
       <c r="C463" s="17" t="s">
         <v>931</v>
       </c>
       <c r="D463" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E463" s="18">
-        <v>153982.38897</v>
+        <v>153902.366916</v>
       </c>
       <c r="F463" s="3"/>
     </row>
     <row r="464" spans="1:6">
       <c r="A464" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B464" s="17" t="s">
         <v>932</v>
       </c>
       <c r="C464" s="17" t="s">
         <v>933</v>
       </c>
       <c r="D464" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E464" s="18">
-        <v>378907.39656</v>
+        <v>378710.484768</v>
       </c>
       <c r="F464" s="3"/>
     </row>
     <row r="465" spans="1:6">
       <c r="A465" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B465" s="17" t="s">
         <v>934</v>
       </c>
       <c r="C465" s="17" t="s">
         <v>935</v>
       </c>
       <c r="D465" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E465" s="18">
-        <v>127327.64787</v>
+        <v>127261.477836</v>
       </c>
       <c r="F465" s="3"/>
     </row>
     <row r="466" spans="1:6">
       <c r="A466" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B466" s="17" t="s">
         <v>936</v>
       </c>
       <c r="C466" s="17" t="s">
         <v>937</v>
       </c>
       <c r="D466" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E466" s="18">
-        <v>108532.63812</v>
+        <v>108476.235536</v>
       </c>
       <c r="F466" s="3"/>
     </row>
     <row r="467" spans="1:6">
       <c r="A467" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B467" s="17" t="s">
         <v>938</v>
       </c>
       <c r="C467" s="17" t="s">
         <v>939</v>
       </c>
       <c r="D467" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E467" s="18">
-        <v>167788.17795</v>
+        <v>167700.98126</v>
       </c>
       <c r="F467" s="3"/>
     </row>
     <row r="468" spans="1:6">
       <c r="A468" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B468" s="17" t="s">
         <v>940</v>
       </c>
       <c r="C468" s="17" t="s">
         <v>941</v>
       </c>
       <c r="D468" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E468" s="18">
-        <v>315892.8547800001</v>
+        <v>315728.690584</v>
       </c>
       <c r="F468" s="3"/>
     </row>
     <row r="469" spans="1:6">
       <c r="A469" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B469" s="17" t="s">
         <v>942</v>
       </c>
       <c r="C469" s="17" t="s">
         <v>943</v>
       </c>
       <c r="D469" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E469" s="18">
-        <v>127327.64787</v>
+        <v>127261.477836</v>
       </c>
       <c r="F469" s="3"/>
     </row>
     <row r="470" spans="1:6">
       <c r="A470" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B470" s="17" t="s">
         <v>944</v>
       </c>
       <c r="C470" s="17" t="s">
         <v>945</v>
       </c>
       <c r="D470" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E470" s="18">
-        <v>178655.11086</v>
+        <v>178562.266808</v>
       </c>
       <c r="F470" s="3"/>
     </row>
     <row r="471" spans="1:6">
       <c r="A471" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B471" s="17" t="s">
         <v>946</v>
       </c>
       <c r="C471" s="17" t="s">
         <v>947</v>
       </c>
       <c r="D471" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E471" s="18">
-        <v>179611.94772</v>
+        <v>179518.606416</v>
       </c>
       <c r="F471" s="3"/>
     </row>
     <row r="472" spans="1:6">
       <c r="A472" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B472" s="17" t="s">
         <v>948</v>
       </c>
       <c r="C472" s="17" t="s">
         <v>949</v>
       </c>
       <c r="D472" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E472" s="18">
-        <v>389159.22006</v>
+        <v>388956.980568</v>
       </c>
       <c r="F472" s="3"/>
     </row>
     <row r="473" spans="1:6">
       <c r="A473" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B473" s="17" t="s">
         <v>950</v>
       </c>
       <c r="C473" s="17" t="s">
         <v>951</v>
       </c>
       <c r="D473" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E473" s="18">
-        <v>143320.49253</v>
+        <v>143246.011284</v>
       </c>
       <c r="F473" s="3"/>
     </row>
     <row r="474" spans="1:6">
       <c r="A474" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B474" s="17" t="s">
         <v>952</v>
       </c>
       <c r="C474" s="17" t="s">
         <v>953</v>
       </c>
       <c r="D474" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E474" s="18">
-        <v>178928.49282</v>
+        <v>178835.506696</v>
       </c>
       <c r="F474" s="3"/>
     </row>
     <row r="475" spans="1:6">
       <c r="A475" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B475" s="17" t="s">
         <v>954</v>
       </c>
       <c r="C475" s="17" t="s">
         <v>955</v>
       </c>
       <c r="D475" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E475" s="18">
-        <v>262309.99062</v>
+        <v>262173.672536</v>
       </c>
       <c r="F475" s="3"/>
     </row>
     <row r="476" spans="1:6">
       <c r="A476" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B476" s="17" t="s">
         <v>956</v>
       </c>
       <c r="C476" s="17" t="s">
         <v>957</v>
       </c>
       <c r="D476" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E476" s="18">
-        <v>208317.05352</v>
+        <v>208208.794656</v>
       </c>
       <c r="F476" s="3"/>
     </row>
     <row r="477" spans="1:6">
       <c r="A477" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B477" s="17" t="s">
         <v>958</v>
       </c>
       <c r="C477" s="17" t="s">
         <v>959</v>
       </c>
       <c r="D477" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E477" s="18">
-        <v>525645.16359</v>
+        <v>525371.994652</v>
       </c>
       <c r="F477" s="3"/>
     </row>
     <row r="478" spans="1:6">
       <c r="A478" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B478" s="17" t="s">
         <v>960</v>
       </c>
       <c r="C478" s="17" t="s">
         <v>961</v>
       </c>
       <c r="D478" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E478" s="18">
-        <v>646890.06285</v>
+        <v>646553.88498</v>
       </c>
       <c r="F478" s="3"/>
     </row>
     <row r="479" spans="1:6">
       <c r="A479" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B479" s="17" t="s">
         <v>962</v>
       </c>
       <c r="C479" s="17" t="s">
         <v>963</v>
       </c>
       <c r="D479" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E479" s="18">
-        <v>808797.3498000001</v>
+        <v>808377.03144</v>
       </c>
       <c r="F479" s="3"/>
     </row>
     <row r="480" spans="1:6">
       <c r="A480" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B480" s="17" t="s">
         <v>964</v>
       </c>
       <c r="C480" s="17" t="s">
         <v>965</v>
       </c>
       <c r="D480" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E480" s="18">
-        <v>192939.31827</v>
+        <v>192839.050956</v>
       </c>
       <c r="F480" s="3"/>
     </row>
     <row r="481" spans="1:6">
       <c r="A481" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B481" s="17" t="s">
         <v>966</v>
       </c>
       <c r="C481" s="17" t="s">
         <v>967</v>
       </c>
       <c r="D481" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E481" s="18">
-        <v>1472845.3095</v>
+        <v>1472079.8966</v>
       </c>
       <c r="F481" s="3"/>
     </row>
     <row r="482" spans="1:6">
       <c r="A482" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B482" s="17" t="s">
         <v>968</v>
       </c>
       <c r="C482" s="17" t="s">
         <v>969</v>
       </c>
       <c r="D482" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E482" s="18">
-        <v>1348528.04205</v>
+        <v>1347827.23474</v>
       </c>
       <c r="F482" s="3"/>
     </row>
     <row r="483" spans="1:6">
       <c r="A483" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B483" s="17" t="s">
         <v>970</v>
       </c>
       <c r="C483" s="17" t="s">
         <v>971</v>
       </c>
       <c r="D483" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E483" s="18">
-        <v>406040.55609</v>
+        <v>405829.543652</v>
       </c>
       <c r="F483" s="3"/>
     </row>
     <row r="484" spans="1:6">
       <c r="A484" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B484" s="17" t="s">
         <v>972</v>
       </c>
       <c r="C484" s="17" t="s">
         <v>973</v>
       </c>
       <c r="D484" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E484" s="18">
-        <v>363734.69778</v>
+        <v>363545.670984</v>
       </c>
       <c r="F484" s="3"/>
     </row>
     <row r="485" spans="1:6">
       <c r="A485" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B485" s="17" t="s">
         <v>974</v>
       </c>
       <c r="C485" s="17" t="s">
         <v>975</v>
       </c>
       <c r="D485" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E485" s="18">
-        <v>321087.1120200001</v>
+        <v>320920.248456</v>
       </c>
       <c r="F485" s="3"/>
     </row>
     <row r="486" spans="1:6">
       <c r="A486" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B486" s="17" t="s">
         <v>976</v>
       </c>
       <c r="C486" s="17" t="s">
         <v>977</v>
       </c>
       <c r="D486" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E486" s="18">
-        <v>294979.13484</v>
+        <v>294825.839152</v>
       </c>
       <c r="F486" s="3"/>
     </row>
     <row r="487" spans="1:6">
       <c r="A487" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B487" s="17" t="s">
         <v>978</v>
       </c>
       <c r="C487" s="17" t="s">
         <v>979</v>
       </c>
       <c r="D487" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E487" s="18">
-        <v>250622.91183</v>
+        <v>250492.667324</v>
       </c>
       <c r="F487" s="3"/>
     </row>
     <row r="488" spans="1:6">
       <c r="A488" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B488" s="17" t="s">
         <v>980</v>
       </c>
       <c r="C488" s="17" t="s">
         <v>981</v>
       </c>
       <c r="D488" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E488" s="18">
-        <v>228684.00954</v>
+        <v>228565.166312</v>
       </c>
       <c r="F488" s="3"/>
     </row>
     <row r="489" spans="1:6">
       <c r="A489" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B489" s="17" t="s">
         <v>982</v>
       </c>
       <c r="C489" s="17" t="s">
         <v>983</v>
       </c>
       <c r="D489" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E489" s="18">
-        <v>344461.2696</v>
+        <v>344282.25888</v>
       </c>
       <c r="F489" s="3"/>
     </row>
     <row r="490" spans="1:6">
       <c r="A490" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B490" s="17" t="s">
         <v>984</v>
       </c>
       <c r="C490" s="17" t="s">
         <v>985</v>
       </c>
       <c r="D490" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E490" s="18">
-        <v>351022.43664</v>
+        <v>350840.016192</v>
       </c>
       <c r="F490" s="3"/>
     </row>
     <row r="491" spans="1:6">
       <c r="A491" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B491" s="17" t="s">
         <v>986</v>
       </c>
       <c r="C491" s="17" t="s">
         <v>987</v>
       </c>
       <c r="D491" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E491" s="18">
-        <v>251648.09418</v>
+        <v>251517.316904</v>
       </c>
       <c r="F491" s="3"/>
     </row>
     <row r="492" spans="1:6">
       <c r="A492" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B492" s="17" t="s">
         <v>988</v>
       </c>
       <c r="C492" s="17" t="s">
         <v>989</v>
       </c>
       <c r="D492" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E492" s="18">
-        <v>58230.35748000001</v>
+        <v>58200.096144</v>
       </c>
       <c r="F492" s="3"/>
     </row>
     <row r="493" spans="1:6">
       <c r="A493" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B493" s="17" t="s">
         <v>990</v>
       </c>
       <c r="C493" s="17" t="s">
         <v>991</v>
       </c>
       <c r="D493" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E493" s="18">
-        <v>68072.10804000001</v>
+        <v>68036.732112</v>
       </c>
       <c r="F493" s="3"/>
     </row>
     <row r="494" spans="1:6">
       <c r="A494" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B494" s="17" t="s">
         <v>992</v>
       </c>
       <c r="C494" s="17" t="s">
         <v>993</v>
       </c>
       <c r="D494" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E494" s="18">
-        <v>108532.63812</v>
+        <v>108476.235536</v>
       </c>
       <c r="F494" s="3"/>
     </row>
     <row r="495" spans="1:6">
       <c r="A495" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B495" s="17" t="s">
         <v>994</v>
       </c>
       <c r="C495" s="17" t="s">
         <v>995</v>
       </c>
       <c r="D495" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E495" s="18">
-        <v>71079.30960000001</v>
+        <v>71042.37088</v>
       </c>
       <c r="F495" s="3"/>
     </row>
     <row r="496" spans="1:6">
       <c r="A496" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B496" s="17" t="s">
         <v>996</v>
       </c>
       <c r="C496" s="17" t="s">
         <v>997</v>
       </c>
       <c r="D496" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E496" s="18">
-        <v>85841.93544000002</v>
+        <v>85797.324832</v>
       </c>
       <c r="F496" s="3"/>
     </row>
     <row r="497" spans="1:6">
       <c r="A497" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B497" s="17" t="s">
         <v>998</v>
       </c>
       <c r="C497" s="17" t="s">
         <v>999</v>
       </c>
       <c r="D497" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E497" s="18">
-        <v>110514.65733</v>
+        <v>110457.224724</v>
       </c>
       <c r="F497" s="3"/>
     </row>
     <row r="498" spans="1:6">
       <c r="A498" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B498" s="17" t="s">
         <v>1000</v>
       </c>
       <c r="C498" s="17" t="s">
         <v>1001</v>
       </c>
       <c r="D498" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E498" s="18">
-        <v>810919.2388500001</v>
+        <v>810497.8177799999</v>
       </c>
       <c r="F498" s="3"/>
     </row>
     <row r="499" spans="1:6">
       <c r="A499" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B499" s="17" t="s">
         <v>1002</v>
       </c>
       <c r="C499" s="17" t="s">
         <v>1003</v>
       </c>
       <c r="D499" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E499" s="18">
-        <v>366605.20836</v>
+        <v>366414.689808</v>
       </c>
       <c r="F499" s="3"/>
     </row>
     <row r="500" spans="1:6">
       <c r="A500" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B500" s="17" t="s">
         <v>1004</v>
       </c>
       <c r="C500" s="17" t="s">
         <v>1005</v>
       </c>
       <c r="D500" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E500" s="18">
-        <v>336874.92021</v>
+        <v>336699.851988</v>
       </c>
       <c r="F500" s="3"/>
     </row>
     <row r="501" spans="1:6">
       <c r="A501" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B501" s="17" t="s">
         <v>1006</v>
       </c>
       <c r="C501" s="17" t="s">
         <v>1007</v>
       </c>
       <c r="D501" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E501" s="18">
-        <v>257525.80632</v>
+        <v>257391.974496</v>
       </c>
       <c r="F501" s="3"/>
     </row>
     <row r="502" spans="1:6">
       <c r="A502" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B502" s="17" t="s">
         <v>1008</v>
       </c>
       <c r="C502" s="17" t="s">
         <v>1009</v>
       </c>
       <c r="D502" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E502" s="18">
-        <v>336806.57472</v>
+        <v>336631.542016</v>
       </c>
       <c r="F502" s="3"/>
     </row>
     <row r="503" spans="1:6">
       <c r="A503" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B503" s="17" t="s">
         <v>1010</v>
       </c>
       <c r="C503" s="17" t="s">
         <v>1011</v>
       </c>
       <c r="D503" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E503" s="18">
-        <v>310083.48813</v>
+        <v>309922.342964</v>
       </c>
       <c r="F503" s="3"/>
     </row>
     <row r="504" spans="1:6">
       <c r="A504" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B504" s="17" t="s">
         <v>1012</v>
       </c>
       <c r="C504" s="17" t="s">
         <v>1013</v>
       </c>
       <c r="D504" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E504" s="18">
-        <v>234630.06717</v>
+        <v>234508.133876</v>
       </c>
       <c r="F504" s="3"/>
     </row>
     <row r="505" spans="1:6">
       <c r="A505" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B505" s="17" t="s">
         <v>1014</v>
       </c>
       <c r="C505" s="17" t="s">
         <v>1015</v>
       </c>
       <c r="D505" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E505" s="18">
-        <v>1557728.81865</v>
+        <v>1556919.29322</v>
       </c>
       <c r="F505" s="3"/>
     </row>
     <row r="506" spans="1:6">
       <c r="A506" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B506" s="17" t="s">
         <v>1016</v>
       </c>
       <c r="C506" s="17" t="s">
         <v>1017</v>
       </c>
       <c r="D506" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E506" s="18">
-        <v>123363.60945</v>
+        <v>123299.49946</v>
       </c>
       <c r="F506" s="3"/>
     </row>
     <row r="507" spans="1:6">
       <c r="A507" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B507" s="17" t="s">
         <v>1018</v>
       </c>
       <c r="C507" s="17" t="s">
         <v>1019</v>
       </c>
       <c r="D507" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E507" s="18">
-        <v>345486.45195</v>
+        <v>345306.90846</v>
       </c>
       <c r="F507" s="3"/>
     </row>
     <row r="508" spans="1:6">
       <c r="A508" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B508" s="17" t="s">
         <v>1020</v>
       </c>
       <c r="C508" s="17" t="s">
         <v>1021</v>
       </c>
       <c r="D508" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E508" s="18">
-        <v>638210.1856200001</v>
+        <v>637878.518536</v>
       </c>
       <c r="F508" s="3"/>
     </row>
     <row r="509" spans="1:6">
       <c r="A509" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B509" s="17" t="s">
         <v>1022</v>
       </c>
       <c r="C509" s="17" t="s">
         <v>1023</v>
       </c>
       <c r="D509" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E509" s="18">
-        <v>350475.67272</v>
+        <v>350293.536416</v>
       </c>
       <c r="F509" s="3"/>
     </row>
     <row r="510" spans="1:6">
       <c r="A510" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B510" s="17" t="s">
         <v>1024</v>
       </c>
       <c r="C510" s="17" t="s">
         <v>1025</v>
       </c>
       <c r="D510" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E510" s="18">
-        <v>721318.3014600001</v>
+        <v>720943.444488</v>
       </c>
       <c r="F510" s="3"/>
     </row>
     <row r="511" spans="1:6">
       <c r="A511" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B511" s="17" t="s">
         <v>1026</v>
       </c>
       <c r="C511" s="17" t="s">
         <v>1027</v>
       </c>
       <c r="D511" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E511" s="18">
-        <v>93770.01228000001</v>
+        <v>93721.28158400001</v>
       </c>
       <c r="F511" s="3"/>
     </row>
     <row r="512" spans="1:6">
       <c r="A512" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B512" s="17" t="s">
         <v>1028</v>
       </c>
       <c r="C512" s="17" t="s">
         <v>1029</v>
       </c>
       <c r="D512" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E512" s="18">
-        <v>113521.85889</v>
+        <v>113462.863492</v>
       </c>
       <c r="F512" s="3"/>
     </row>
     <row r="513" spans="1:6">
       <c r="A513" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B513" s="17" t="s">
         <v>1030</v>
       </c>
       <c r="C513" s="17" t="s">
         <v>1031</v>
       </c>
       <c r="D513" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E513" s="18">
-        <v>98554.19658</v>
+        <v>98502.97962399999</v>
       </c>
       <c r="F513" s="3"/>
     </row>
     <row r="514" spans="1:6">
       <c r="A514" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B514" s="17" t="s">
         <v>1032</v>
       </c>
       <c r="C514" s="17" t="s">
         <v>1033</v>
       </c>
       <c r="D514" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E514" s="18">
-        <v>115982.29653</v>
+        <v>115922.022484</v>
       </c>
       <c r="F514" s="3"/>
     </row>
     <row r="515" spans="1:6">
       <c r="A515" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B515" s="17" t="s">
         <v>1034</v>
       </c>
       <c r="C515" s="17" t="s">
         <v>1035</v>
       </c>
       <c r="D515" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E515" s="18">
-        <v>407270.77491</v>
+        <v>407059.123148</v>
       </c>
       <c r="F515" s="3"/>
     </row>
     <row r="516" spans="1:6">
       <c r="A516" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B516" s="17" t="s">
         <v>1036</v>
       </c>
       <c r="C516" s="17" t="s">
         <v>1037</v>
       </c>
       <c r="D516" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E516" s="18">
-        <v>306187.7952000001</v>
+        <v>306028.67456</v>
       </c>
       <c r="F516" s="3"/>
     </row>
     <row r="517" spans="1:6">
       <c r="A517" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B517" s="17" t="s">
         <v>1038</v>
       </c>
       <c r="C517" s="17" t="s">
         <v>1039</v>
       </c>
       <c r="D517" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E517" s="18">
-        <v>166762.9956</v>
+        <v>166676.33168</v>
       </c>
       <c r="F517" s="3"/>
     </row>
     <row r="518" spans="1:6">
       <c r="A518" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B518" s="17" t="s">
         <v>1040</v>
       </c>
       <c r="C518" s="17" t="s">
         <v>1041</v>
       </c>
       <c r="D518" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E518" s="18">
-        <v>236338.70442</v>
+        <v>236215.883176</v>
       </c>
       <c r="F518" s="3"/>
     </row>
     <row r="519" spans="1:6">
       <c r="A519" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B519" s="17" t="s">
         <v>1042</v>
       </c>
       <c r="C519" s="17" t="s">
         <v>1043</v>
       </c>
       <c r="D519" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E519" s="18">
-        <v>216655.2033</v>
+        <v>216542.61124</v>
       </c>
       <c r="F519" s="3"/>
     </row>
     <row r="520" spans="1:6">
       <c r="A520" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B520" s="17" t="s">
         <v>1044</v>
       </c>
       <c r="C520" s="17" t="s">
         <v>1045</v>
       </c>
       <c r="D520" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E520" s="18">
-        <v>145029.12978</v>
+        <v>144953.760584</v>
       </c>
       <c r="F520" s="3"/>
     </row>
     <row r="521" spans="1:6">
       <c r="A521" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B521" s="17" t="s">
         <v>1046</v>
       </c>
       <c r="C521" s="17" t="s">
         <v>1047</v>
       </c>
       <c r="D521" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E521" s="18">
-        <v>70805.92764000001</v>
+        <v>70769.13099200001</v>
       </c>
       <c r="F521" s="3"/>
     </row>
     <row r="522" spans="1:6">
       <c r="A522" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B522" s="17" t="s">
         <v>1048</v>
       </c>
       <c r="C522" s="17" t="s">
         <v>1049</v>
       </c>
       <c r="D522" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E522" s="18">
-        <v>196835.0112</v>
+        <v>196732.71936</v>
       </c>
       <c r="F522" s="3"/>
     </row>
     <row r="523" spans="1:6">
       <c r="A523" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B523" s="17" t="s">
         <v>1050</v>
       </c>
       <c r="C523" s="17" t="s">
         <v>1051</v>
       </c>
       <c r="D523" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E523" s="18">
-        <v>226975.37229</v>
+        <v>226857.417012</v>
       </c>
       <c r="F523" s="3"/>
     </row>
     <row r="524" spans="1:6">
       <c r="A524" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B524" s="17" t="s">
         <v>1052</v>
       </c>
       <c r="C524" s="17" t="s">
         <v>1053</v>
       </c>
       <c r="D524" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E524" s="18">
-        <v>112496.67654</v>
+        <v>112438.213912</v>
       </c>
       <c r="F524" s="3"/>
     </row>
     <row r="525" spans="1:6">
       <c r="A525" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B525" s="17" t="s">
         <v>1054</v>
       </c>
       <c r="C525" s="17" t="s">
         <v>1055</v>
       </c>
       <c r="D525" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E525" s="18">
-        <v>3410439.951</v>
+        <v>3408667.6028</v>
       </c>
       <c r="F525" s="3"/>
     </row>
     <row r="526" spans="1:6">
       <c r="A526" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B526" s="17" t="s">
         <v>1056</v>
       </c>
       <c r="C526" s="17" t="s">
         <v>1057</v>
       </c>
       <c r="D526" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E526" s="18">
-        <v>2652281.841</v>
+        <v>2650903.4948</v>
       </c>
       <c r="F526" s="3"/>
     </row>
     <row r="527" spans="1:6">
       <c r="A527" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B527" s="17" t="s">
         <v>1058</v>
       </c>
       <c r="C527" s="17" t="s">
         <v>1059</v>
       </c>
       <c r="D527" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E527" s="18">
-        <v>1422404.74845</v>
+        <v>1421665.54866</v>
       </c>
       <c r="F527" s="3"/>
     </row>
     <row r="528" spans="1:6">
       <c r="A528" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B528" s="17" t="s">
         <v>1060</v>
       </c>
       <c r="C528" s="17" t="s">
         <v>1061</v>
       </c>
       <c r="D528" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E528" s="18">
-        <v>1177521.26835</v>
+        <v>1176909.33038</v>
       </c>
       <c r="F528" s="3"/>
     </row>
     <row r="529" spans="1:6">
       <c r="A529" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B529" s="17" t="s">
         <v>1062</v>
       </c>
       <c r="C529" s="17" t="s">
         <v>1063</v>
       </c>
       <c r="D529" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E529" s="18">
-        <v>5021613.3534</v>
+        <v>5019003.705519999</v>
       </c>
       <c r="F529" s="3"/>
     </row>
     <row r="530" spans="1:6">
       <c r="A530" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B530" s="17" t="s">
         <v>1064</v>
       </c>
       <c r="C530" s="17" t="s">
         <v>1065</v>
       </c>
       <c r="D530" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E530" s="18">
-        <v>3491564.458200001</v>
+        <v>3489749.95096</v>
       </c>
       <c r="F530" s="3"/>
     </row>
     <row r="531" spans="1:6">
       <c r="A531" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B531" s="17" t="s">
         <v>1066</v>
       </c>
       <c r="C531" s="17" t="s">
         <v>1067</v>
       </c>
       <c r="D531" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E531" s="18">
-        <v>5616838.9941</v>
+        <v>5613920.01748</v>
       </c>
       <c r="F531" s="3"/>
     </row>
     <row r="532" spans="1:6">
       <c r="A532" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B532" s="17" t="s">
         <v>1068</v>
       </c>
       <c r="C532" s="17" t="s">
         <v>1069</v>
       </c>
       <c r="D532" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E532" s="18">
-        <v>4256215.38975</v>
+        <v>4254003.5063</v>
       </c>
       <c r="F532" s="3"/>
     </row>
     <row r="533" spans="1:6">
       <c r="A533" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B533" s="17" t="s">
         <v>1070</v>
       </c>
       <c r="C533" s="17" t="s">
         <v>1071</v>
       </c>
       <c r="D533" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E533" s="18">
-        <v>3340179.197850001</v>
+        <v>3338443.36298</v>
       </c>
       <c r="F533" s="3"/>
     </row>
     <row r="534" spans="1:6">
       <c r="A534" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B534" s="17" t="s">
         <v>1072</v>
       </c>
       <c r="C534" s="17" t="s">
         <v>1073</v>
       </c>
       <c r="D534" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E534" s="18">
-        <v>112496.67654</v>
+        <v>112438.213912</v>
       </c>
       <c r="F534" s="3"/>
     </row>
     <row r="535" spans="1:6">
       <c r="A535" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B535" s="17" t="s">
         <v>1074</v>
       </c>
       <c r="C535" s="17" t="s">
         <v>1075</v>
       </c>
       <c r="D535" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E535" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F535" s="3"/>
     </row>
     <row r="536" spans="1:6">
       <c r="A536" s="17" t="s">
         <v>17</v>
       </c>
@@ -13531,50 +13531,50 @@
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Прайс-лист за 30.10.2025</vt:lpstr>
+      <vt:lpstr>Прайс-лист за 17.12.2025</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft Corporation</Company>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Unknown Creator</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Untitled Spreadsheet</dc:title>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>