--- v1 (2025-12-17)
+++ v2 (2026-02-04)
@@ -6,96 +6,96 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="-1" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
-    <sheet name="Прайс-лист за 17.12.2025" sheetId="1" r:id="rId4"/>
+    <sheet name="Прайс-лист за 04.02.2026" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист за 17.12.2025'!$A$11:$E$541</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист за 04.02.2026'!$A$11:$E$541</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1088">
   <si>
     <t>ПРАЙС-ЛИСТ</t>
   </si>
   <si>
     <t>ЕДИНЫЙ НОМЕР</t>
   </si>
   <si>
     <t>8-800-555-7057</t>
   </si>
   <si>
     <t>МОСКВА</t>
   </si>
   <si>
     <t>8-495-646-7057</t>
   </si>
   <si>
     <t>Компания "ТопСети"</t>
   </si>
   <si>
     <t>САНКТ-ПЕТЕРБУРГ</t>
   </si>
   <si>
     <t>8-812-645-7058</t>
   </si>
   <si>
     <t>www.topseti.ru</t>
   </si>
   <si>
     <t>sales@topseti.ru</t>
   </si>
   <si>
     <t>Цены действительны на:</t>
   </si>
   <si>
-    <t>17.12.2025</t>
+    <t>04.02.2026</t>
   </si>
   <si>
     <t>Производитель</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Название</t>
   </si>
   <si>
     <t>Группа</t>
   </si>
   <si>
     <t>Цена, руб.</t>
   </si>
   <si>
     <t>HP</t>
   </si>
   <si>
     <t>J9379B</t>
   </si>
   <si>
     <t>Точка доступа Wi-Fi HP J9379B E-MSM310 Access Point (WW)</t>
   </si>
@@ -3486,51 +3486,51 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="7" numFmtId="0" fillId="2" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="49" fillId="2" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="2" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34883d6af44124830efed3fc6b469e942.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9343537e9fccab2e0aaa48c1bf089da42.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>600075</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>76200</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2447925" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -10792,2625 +10792,2625 @@
       <c r="C390" s="17" t="s">
         <v>784</v>
       </c>
       <c r="D390" s="17" t="s">
         <v>676</v>
       </c>
       <c r="E390" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F390" s="3"/>
     </row>
     <row r="391" spans="1:6">
       <c r="A391" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B391" s="17" t="s">
         <v>785</v>
       </c>
       <c r="C391" s="17" t="s">
         <v>786</v>
       </c>
       <c r="D391" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E391" s="18">
-        <v>88051.553908</v>
+        <v>85337.293718</v>
       </c>
       <c r="F391" s="3"/>
     </row>
     <row r="392" spans="1:6">
       <c r="A392" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B392" s="17" t="s">
         <v>788</v>
       </c>
       <c r="C392" s="17" t="s">
         <v>789</v>
       </c>
       <c r="D392" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E392" s="18">
-        <v>99595.93917600001</v>
+        <v>96525.81399600001</v>
       </c>
       <c r="F392" s="3"/>
     </row>
     <row r="393" spans="1:6">
       <c r="A393" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B393" s="17" t="s">
         <v>790</v>
       </c>
       <c r="C393" s="17" t="s">
         <v>791</v>
       </c>
       <c r="D393" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E393" s="18">
-        <v>138396.003272</v>
+        <v>134129.834812</v>
       </c>
       <c r="F393" s="3"/>
     </row>
     <row r="394" spans="1:6">
       <c r="A394" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B394" s="17" t="s">
         <v>792</v>
       </c>
       <c r="C394" s="17" t="s">
         <v>793</v>
       </c>
       <c r="D394" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E394" s="18">
-        <v>194205.250396</v>
+        <v>188218.716866</v>
       </c>
       <c r="F394" s="3"/>
     </row>
     <row r="395" spans="1:6">
       <c r="A395" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B395" s="17" t="s">
         <v>794</v>
       </c>
       <c r="C395" s="17" t="s">
         <v>795</v>
       </c>
       <c r="D395" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E395" s="18">
-        <v>82040.27637199999</v>
+        <v>79511.31866199999</v>
       </c>
       <c r="F395" s="3"/>
     </row>
     <row r="396" spans="1:6">
       <c r="A396" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B396" s="17" t="s">
         <v>796</v>
       </c>
       <c r="C396" s="17" t="s">
         <v>797</v>
       </c>
       <c r="D396" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E396" s="18">
-        <v>155815.046132</v>
+        <v>151011.921622</v>
       </c>
       <c r="F396" s="3"/>
     </row>
     <row r="397" spans="1:6">
       <c r="A397" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B397" s="17" t="s">
         <v>798</v>
       </c>
       <c r="C397" s="17" t="s">
         <v>799</v>
       </c>
       <c r="D397" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E397" s="18">
-        <v>82586.756148</v>
+        <v>80040.952758</v>
       </c>
       <c r="F397" s="3"/>
     </row>
     <row r="398" spans="1:6">
       <c r="A398" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B398" s="17" t="s">
         <v>800</v>
       </c>
       <c r="C398" s="17" t="s">
         <v>801</v>
       </c>
       <c r="D398" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E398" s="18">
-        <v>108886.095368</v>
+        <v>105529.593628</v>
       </c>
       <c r="F398" s="3"/>
     </row>
     <row r="399" spans="1:6">
       <c r="A399" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B399" s="17" t="s">
         <v>802</v>
       </c>
       <c r="C399" s="17" t="s">
         <v>803</v>
       </c>
       <c r="D399" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E399" s="18">
-        <v>103694.537496</v>
+        <v>100498.069716</v>
       </c>
       <c r="F399" s="3"/>
     </row>
     <row r="400" spans="1:6">
       <c r="A400" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B400" s="17" t="s">
         <v>804</v>
       </c>
       <c r="C400" s="17" t="s">
         <v>805</v>
       </c>
       <c r="D400" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E400" s="18">
-        <v>72955.05009600001</v>
+        <v>70706.151816</v>
       </c>
       <c r="F400" s="3"/>
     </row>
     <row r="401" spans="1:6">
       <c r="A401" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B401" s="17" t="s">
         <v>806</v>
       </c>
       <c r="C401" s="17" t="s">
         <v>807</v>
       </c>
       <c r="D401" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E401" s="18">
-        <v>160118.574368</v>
+        <v>155182.790128</v>
       </c>
       <c r="F401" s="3"/>
     </row>
     <row r="402" spans="1:6">
       <c r="A402" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B402" s="17" t="s">
         <v>808</v>
       </c>
       <c r="C402" s="17" t="s">
         <v>809</v>
       </c>
       <c r="D402" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E402" s="18">
-        <v>71998.710488</v>
+        <v>69779.29214800001</v>
       </c>
       <c r="F402" s="3"/>
     </row>
     <row r="403" spans="1:6">
       <c r="A403" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B403" s="17" t="s">
         <v>810</v>
       </c>
       <c r="C403" s="17" t="s">
         <v>811</v>
       </c>
       <c r="D403" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E403" s="18">
-        <v>82859.99603600001</v>
+        <v>80305.76980600001</v>
       </c>
       <c r="F403" s="3"/>
     </row>
     <row r="404" spans="1:6">
       <c r="A404" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B404" s="17" t="s">
         <v>812</v>
       </c>
       <c r="C404" s="17" t="s">
         <v>813</v>
       </c>
       <c r="D404" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E404" s="18">
-        <v>46860.64079200001</v>
+        <v>45416.12373200001</v>
       </c>
       <c r="F404" s="3"/>
     </row>
     <row r="405" spans="1:6">
       <c r="A405" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B405" s="17" t="s">
         <v>814</v>
       </c>
       <c r="C405" s="17" t="s">
         <v>815</v>
       </c>
       <c r="D405" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E405" s="18">
-        <v>70290.961188</v>
+        <v>68124.18559800001</v>
       </c>
       <c r="F405" s="3"/>
     </row>
     <row r="406" spans="1:6">
       <c r="A406" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B406" s="17" t="s">
         <v>816</v>
       </c>
       <c r="C406" s="17" t="s">
         <v>817</v>
       </c>
       <c r="D406" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E406" s="18">
-        <v>96795.23032399999</v>
+        <v>93811.439254</v>
       </c>
       <c r="F406" s="3"/>
     </row>
     <row r="407" spans="1:6">
       <c r="A407" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B407" s="17" t="s">
         <v>818</v>
       </c>
       <c r="C407" s="17" t="s">
         <v>819</v>
       </c>
       <c r="D407" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E407" s="18">
-        <v>220914.449448</v>
+        <v>214104.583308</v>
       </c>
       <c r="F407" s="3"/>
     </row>
     <row r="408" spans="1:6">
       <c r="A408" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B408" s="17" t="s">
         <v>820</v>
       </c>
       <c r="C408" s="17" t="s">
         <v>821</v>
       </c>
       <c r="D408" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E408" s="18">
-        <v>248511.678136</v>
+        <v>240851.105156</v>
       </c>
       <c r="F408" s="3"/>
     </row>
     <row r="409" spans="1:6">
       <c r="A409" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B409" s="17" t="s">
         <v>822</v>
       </c>
       <c r="C409" s="17" t="s">
         <v>823</v>
       </c>
       <c r="D409" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E409" s="18">
-        <v>244686.319704</v>
+        <v>237143.666484</v>
       </c>
       <c r="F409" s="3"/>
     </row>
     <row r="410" spans="1:6">
       <c r="A410" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B410" s="17" t="s">
         <v>824</v>
       </c>
       <c r="C410" s="17" t="s">
         <v>825</v>
       </c>
       <c r="D410" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E410" s="18">
-        <v>356236.50398</v>
+        <v>345255.22633</v>
       </c>
       <c r="F410" s="3"/>
     </row>
     <row r="411" spans="1:6">
       <c r="A411" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B411" s="17" t="s">
         <v>826</v>
       </c>
       <c r="C411" s="17" t="s">
         <v>827</v>
       </c>
       <c r="D411" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E411" s="18">
-        <v>244686.319704</v>
+        <v>237143.666484</v>
       </c>
       <c r="F411" s="3"/>
     </row>
     <row r="412" spans="1:6">
       <c r="A412" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B412" s="17" t="s">
         <v>828</v>
       </c>
       <c r="C412" s="17" t="s">
         <v>829</v>
       </c>
       <c r="D412" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E412" s="18">
-        <v>262105.362564</v>
+        <v>254025.753294</v>
       </c>
       <c r="F412" s="3"/>
     </row>
     <row r="413" spans="1:6">
       <c r="A413" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B413" s="17" t="s">
         <v>830</v>
       </c>
       <c r="C413" s="17" t="s">
         <v>831</v>
       </c>
       <c r="D413" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E413" s="18">
-        <v>110662.15464</v>
+        <v>107250.90444</v>
       </c>
       <c r="F413" s="3"/>
     </row>
     <row r="414" spans="1:6">
       <c r="A414" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B414" s="17" t="s">
         <v>832</v>
       </c>
       <c r="C414" s="17" t="s">
         <v>833</v>
       </c>
       <c r="D414" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E414" s="18">
-        <v>111550.184276</v>
+        <v>108111.559846</v>
       </c>
       <c r="F414" s="3"/>
     </row>
     <row r="415" spans="1:6">
       <c r="A415" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B415" s="17" t="s">
         <v>834</v>
       </c>
       <c r="C415" s="17" t="s">
         <v>835</v>
       </c>
       <c r="D415" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E415" s="18">
-        <v>156293.215936</v>
+        <v>151475.351456</v>
       </c>
       <c r="F415" s="3"/>
     </row>
     <row r="416" spans="1:6">
       <c r="A416" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B416" s="17" t="s">
         <v>836</v>
       </c>
       <c r="C416" s="17" t="s">
         <v>837</v>
       </c>
       <c r="D416" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E416" s="18">
-        <v>101576.928364</v>
+        <v>98445.73759400001</v>
       </c>
       <c r="F416" s="3"/>
     </row>
     <row r="417" spans="1:6">
       <c r="A417" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B417" s="17" t="s">
         <v>838</v>
       </c>
       <c r="C417" s="17" t="s">
         <v>839</v>
       </c>
       <c r="D417" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E417" s="18">
-        <v>183617.204736</v>
+        <v>177957.056256</v>
       </c>
       <c r="F417" s="3"/>
     </row>
     <row r="418" spans="1:6">
       <c r="A418" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B418" s="17" t="s">
         <v>840</v>
       </c>
       <c r="C418" s="17" t="s">
         <v>841</v>
       </c>
       <c r="D418" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E418" s="18">
-        <v>62503.62438</v>
+        <v>60576.89973</v>
       </c>
       <c r="F418" s="3"/>
     </row>
     <row r="419" spans="1:6">
       <c r="A419" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B419" s="17" t="s">
         <v>842</v>
       </c>
       <c r="C419" s="17" t="s">
         <v>843</v>
       </c>
       <c r="D419" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E419" s="18">
-        <v>107178.346068</v>
+        <v>103874.487078</v>
       </c>
       <c r="F419" s="3"/>
     </row>
     <row r="420" spans="1:6">
       <c r="A420" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B420" s="17" t="s">
         <v>844</v>
       </c>
       <c r="C420" s="17" t="s">
         <v>845</v>
       </c>
       <c r="D420" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E420" s="18">
-        <v>243661.670124</v>
+        <v>236150.602554</v>
       </c>
       <c r="F420" s="3"/>
     </row>
     <row r="421" spans="1:6">
       <c r="A421" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B421" s="17" t="s">
         <v>846</v>
       </c>
       <c r="C421" s="17" t="s">
         <v>847</v>
       </c>
       <c r="D421" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E421" s="18">
-        <v>200558.077792</v>
+        <v>194375.713232</v>
       </c>
       <c r="F421" s="3"/>
     </row>
     <row r="422" spans="1:6">
       <c r="A422" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B422" s="17" t="s">
         <v>848</v>
       </c>
       <c r="C422" s="17" t="s">
         <v>849</v>
       </c>
       <c r="D422" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E422" s="18">
-        <v>1024514.54866</v>
+        <v>992933.06111</v>
       </c>
       <c r="F422" s="3"/>
     </row>
     <row r="423" spans="1:6">
       <c r="A423" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B423" s="17" t="s">
         <v>850</v>
       </c>
       <c r="C423" s="17" t="s">
         <v>851</v>
       </c>
       <c r="D423" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E423" s="18">
-        <v>575238.2742120001</v>
+        <v>557506.0903020001</v>
       </c>
       <c r="F423" s="3"/>
     </row>
     <row r="424" spans="1:6">
       <c r="A424" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B424" s="17" t="s">
         <v>852</v>
       </c>
       <c r="C424" s="17" t="s">
         <v>853</v>
       </c>
       <c r="D424" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E424" s="18">
-        <v>385404.862024</v>
+        <v>373524.446204</v>
       </c>
       <c r="F424" s="3"/>
     </row>
     <row r="425" spans="1:6">
       <c r="A425" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B425" s="17" t="s">
         <v>854</v>
       </c>
       <c r="C425" s="17" t="s">
         <v>855</v>
       </c>
       <c r="D425" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E425" s="18">
-        <v>211282.743396</v>
+        <v>204769.782366</v>
       </c>
       <c r="F425" s="3"/>
     </row>
     <row r="426" spans="1:6">
       <c r="A426" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B426" s="17" t="s">
         <v>856</v>
       </c>
       <c r="C426" s="17" t="s">
         <v>857</v>
       </c>
       <c r="D426" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E426" s="18">
-        <v>234439.823904</v>
+        <v>227213.027184</v>
       </c>
       <c r="F426" s="3"/>
     </row>
     <row r="427" spans="1:6">
       <c r="A427" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B427" s="17" t="s">
         <v>858</v>
       </c>
       <c r="C427" s="17" t="s">
         <v>859</v>
       </c>
       <c r="D427" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E427" s="18">
-        <v>155746.73616</v>
+        <v>150945.71736</v>
       </c>
       <c r="F427" s="3"/>
     </row>
     <row r="428" spans="1:6">
       <c r="A428" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B428" s="17" t="s">
         <v>860</v>
       </c>
       <c r="C428" s="17" t="s">
         <v>861</v>
       </c>
       <c r="D428" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E428" s="18">
-        <v>67148.70247600001</v>
+        <v>65078.789546</v>
       </c>
       <c r="F428" s="3"/>
     </row>
     <row r="429" spans="1:6">
       <c r="A429" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B429" s="17" t="s">
         <v>862</v>
       </c>
       <c r="C429" s="17" t="s">
         <v>863</v>
       </c>
       <c r="D429" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E429" s="18">
-        <v>78829.70768800001</v>
+        <v>76399.71834800001</v>
       </c>
       <c r="F429" s="3"/>
     </row>
     <row r="430" spans="1:6">
       <c r="A430" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B430" s="17" t="s">
         <v>864</v>
       </c>
       <c r="C430" s="17" t="s">
         <v>865</v>
       </c>
       <c r="D430" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E430" s="18">
-        <v>101576.928364</v>
+        <v>98445.73759400001</v>
       </c>
       <c r="F430" s="3"/>
     </row>
     <row r="431" spans="1:6">
       <c r="A431" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B431" s="17" t="s">
         <v>866</v>
       </c>
       <c r="C431" s="17" t="s">
         <v>867</v>
       </c>
       <c r="D431" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E431" s="18">
-        <v>48295.150204</v>
+        <v>46806.413234</v>
       </c>
       <c r="F431" s="3"/>
     </row>
     <row r="432" spans="1:6">
       <c r="A432" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B432" s="17" t="s">
         <v>868</v>
       </c>
       <c r="C432" s="17" t="s">
         <v>869</v>
       </c>
       <c r="D432" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E432" s="18">
-        <v>65099.403316</v>
+        <v>63092.66168600001</v>
       </c>
       <c r="F432" s="3"/>
     </row>
     <row r="433" spans="1:6">
       <c r="A433" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B433" s="17" t="s">
         <v>870</v>
       </c>
       <c r="C433" s="17" t="s">
         <v>871</v>
       </c>
       <c r="D433" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E433" s="18">
-        <v>80879.006848</v>
+        <v>78385.846208</v>
       </c>
       <c r="F433" s="3"/>
     </row>
     <row r="434" spans="1:6">
       <c r="A434" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B434" s="17" t="s">
         <v>872</v>
       </c>
       <c r="C434" s="17" t="s">
         <v>873</v>
       </c>
       <c r="D434" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E434" s="18">
-        <v>171389.719748</v>
+        <v>166106.493358</v>
       </c>
       <c r="F434" s="3"/>
     </row>
     <row r="435" spans="1:6">
       <c r="A435" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B435" s="17" t="s">
         <v>874</v>
       </c>
       <c r="C435" s="17" t="s">
         <v>875</v>
       </c>
       <c r="D435" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E435" s="18">
-        <v>108817.785396</v>
+        <v>105463.389366</v>
       </c>
       <c r="F435" s="3"/>
     </row>
     <row r="436" spans="1:6">
       <c r="A436" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B436" s="17" t="s">
         <v>876</v>
       </c>
       <c r="C436" s="17" t="s">
         <v>877</v>
       </c>
       <c r="D436" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E436" s="18">
-        <v>617932.006712</v>
+        <v>598883.754052</v>
       </c>
       <c r="F436" s="3"/>
     </row>
     <row r="437" spans="1:6">
       <c r="A437" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B437" s="17" t="s">
         <v>878</v>
       </c>
       <c r="C437" s="17" t="s">
         <v>879</v>
       </c>
       <c r="D437" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E437" s="18">
-        <v>326521.66616</v>
+        <v>316456.37236</v>
       </c>
       <c r="F437" s="3"/>
     </row>
     <row r="438" spans="1:6">
       <c r="A438" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B438" s="17" t="s">
         <v>880</v>
       </c>
       <c r="C438" s="17" t="s">
         <v>881</v>
       </c>
       <c r="D438" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E438" s="18">
-        <v>209096.824292</v>
+        <v>202651.245982</v>
       </c>
       <c r="F438" s="3"/>
     </row>
     <row r="439" spans="1:6">
       <c r="A439" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B439" s="17" t="s">
         <v>882</v>
       </c>
       <c r="C439" s="17" t="s">
         <v>883</v>
       </c>
       <c r="D439" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E439" s="18">
-        <v>594160.1364559999</v>
+        <v>575844.670876</v>
       </c>
       <c r="F439" s="3"/>
     </row>
     <row r="440" spans="1:6">
       <c r="A440" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B440" s="17" t="s">
         <v>884</v>
       </c>
       <c r="C440" s="17" t="s">
         <v>885</v>
       </c>
       <c r="D440" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E440" s="18">
-        <v>326999.835964</v>
+        <v>316919.802194</v>
       </c>
       <c r="F440" s="3"/>
     </row>
     <row r="441" spans="1:6">
       <c r="A441" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B441" s="17" t="s">
         <v>886</v>
       </c>
       <c r="C441" s="17" t="s">
         <v>887</v>
       </c>
       <c r="D441" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E441" s="18">
-        <v>301110.356576</v>
+        <v>291828.386896</v>
       </c>
       <c r="F441" s="3"/>
     </row>
     <row r="442" spans="1:6">
       <c r="A442" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B442" s="17" t="s">
         <v>888</v>
       </c>
       <c r="C442" s="17" t="s">
         <v>889</v>
       </c>
       <c r="D442" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E442" s="18">
-        <v>276518.766656</v>
+        <v>267994.852576</v>
       </c>
       <c r="F442" s="3"/>
     </row>
     <row r="443" spans="1:6">
       <c r="A443" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B443" s="17" t="s">
         <v>890</v>
       </c>
       <c r="C443" s="17" t="s">
         <v>891</v>
       </c>
       <c r="D443" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E443" s="18">
-        <v>227745.446648</v>
+        <v>220725.009508</v>
       </c>
       <c r="F443" s="3"/>
     </row>
     <row r="444" spans="1:6">
       <c r="A444" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B444" s="17" t="s">
         <v>892</v>
       </c>
       <c r="C444" s="17" t="s">
         <v>893</v>
       </c>
       <c r="D444" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E444" s="18">
-        <v>714658.9270639999</v>
+        <v>692628.989044</v>
       </c>
       <c r="F444" s="3"/>
     </row>
     <row r="445" spans="1:6">
       <c r="A445" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B445" s="17" t="s">
         <v>894</v>
       </c>
       <c r="C445" s="17" t="s">
         <v>895</v>
       </c>
       <c r="D445" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E445" s="18">
-        <v>1182445.61532</v>
+        <v>1145995.77522</v>
       </c>
       <c r="F445" s="3"/>
     </row>
     <row r="446" spans="1:6">
       <c r="A446" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B446" s="17" t="s">
         <v>896</v>
       </c>
       <c r="C446" s="17" t="s">
         <v>897</v>
       </c>
       <c r="D446" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E446" s="18">
-        <v>636580.629068</v>
+        <v>616957.5175780001</v>
       </c>
       <c r="F446" s="3"/>
     </row>
     <row r="447" spans="1:6">
       <c r="A447" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B447" s="17" t="s">
         <v>898</v>
       </c>
       <c r="C447" s="17" t="s">
         <v>899</v>
       </c>
       <c r="D447" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E447" s="18">
-        <v>355416.784316</v>
+        <v>344460.775186</v>
       </c>
       <c r="F447" s="3"/>
     </row>
     <row r="448" spans="1:6">
       <c r="A448" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B448" s="17" t="s">
         <v>900</v>
       </c>
       <c r="C448" s="17" t="s">
         <v>901</v>
       </c>
       <c r="D448" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E448" s="18">
-        <v>249809.567604</v>
+        <v>242108.986134</v>
       </c>
       <c r="F448" s="3"/>
     </row>
     <row r="449" spans="1:6">
       <c r="A449" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B449" s="17" t="s">
         <v>902</v>
       </c>
       <c r="C449" s="17" t="s">
         <v>903</v>
       </c>
       <c r="D449" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E449" s="18">
-        <v>304935.715008</v>
+        <v>295535.825568</v>
       </c>
       <c r="F449" s="3"/>
     </row>
     <row r="450" spans="1:6">
       <c r="A450" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B450" s="17" t="s">
         <v>904</v>
       </c>
       <c r="C450" s="17" t="s">
         <v>905</v>
       </c>
       <c r="D450" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E450" s="18">
-        <v>691296.9166400001</v>
+        <v>669987.1314400001</v>
       </c>
       <c r="F450" s="3"/>
     </row>
     <row r="451" spans="1:6">
       <c r="A451" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B451" s="17" t="s">
         <v>906</v>
       </c>
       <c r="C451" s="17" t="s">
         <v>907</v>
       </c>
       <c r="D451" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E451" s="18">
-        <v>2840328.63576</v>
+        <v>2752773.21396</v>
       </c>
       <c r="F451" s="3"/>
     </row>
     <row r="452" spans="1:6">
       <c r="A452" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B452" s="17" t="s">
         <v>908</v>
       </c>
       <c r="C452" s="17" t="s">
         <v>909</v>
       </c>
       <c r="D452" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E452" s="18">
-        <v>2321172.84856</v>
+        <v>2249620.82276</v>
       </c>
       <c r="F452" s="3"/>
     </row>
     <row r="453" spans="1:6">
       <c r="A453" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B453" s="17" t="s">
         <v>910</v>
       </c>
       <c r="C453" s="17" t="s">
         <v>911</v>
       </c>
       <c r="D453" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E453" s="18">
-        <v>1688829.02636</v>
+        <v>1636769.50906</v>
       </c>
       <c r="F453" s="3"/>
     </row>
     <row r="454" spans="1:6">
       <c r="A454" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B454" s="17" t="s">
         <v>912</v>
       </c>
       <c r="C454" s="17" t="s">
         <v>913</v>
       </c>
       <c r="D454" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E454" s="18">
-        <v>892334.7528400001</v>
+        <v>864827.8141400001</v>
       </c>
       <c r="F454" s="3"/>
     </row>
     <row r="455" spans="1:6">
       <c r="A455" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B455" s="17" t="s">
         <v>914</v>
       </c>
       <c r="C455" s="17" t="s">
         <v>915</v>
       </c>
       <c r="D455" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E455" s="18">
-        <v>295987.108676</v>
+        <v>286863.067246</v>
       </c>
       <c r="F455" s="3"/>
     </row>
     <row r="456" spans="1:6">
       <c r="A456" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B456" s="17" t="s">
         <v>916</v>
       </c>
       <c r="C456" s="17" t="s">
         <v>917</v>
       </c>
       <c r="D456" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E456" s="18">
-        <v>1586157.54984</v>
+        <v>1537262.96364</v>
       </c>
       <c r="F456" s="3"/>
     </row>
     <row r="457" spans="1:6">
       <c r="A457" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B457" s="17" t="s">
         <v>918</v>
       </c>
       <c r="C457" s="17" t="s">
         <v>919</v>
       </c>
       <c r="D457" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E457" s="18">
-        <v>1368590.28902</v>
+        <v>1326402.38917</v>
       </c>
       <c r="F457" s="3"/>
     </row>
     <row r="458" spans="1:6">
       <c r="A458" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B458" s="17" t="s">
         <v>920</v>
       </c>
       <c r="C458" s="17" t="s">
         <v>921</v>
       </c>
       <c r="D458" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E458" s="18">
-        <v>1226982.12846</v>
+        <v>1189159.41441</v>
       </c>
       <c r="F458" s="3"/>
     </row>
     <row r="459" spans="1:6">
       <c r="A459" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B459" s="17" t="s">
         <v>922</v>
       </c>
       <c r="C459" s="17" t="s">
         <v>923</v>
       </c>
       <c r="D459" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E459" s="18">
-        <v>326999.835964</v>
+        <v>316919.802194</v>
       </c>
       <c r="F459" s="3"/>
     </row>
     <row r="460" spans="1:6">
       <c r="A460" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B460" s="17" t="s">
         <v>924</v>
       </c>
       <c r="C460" s="17" t="s">
         <v>925</v>
       </c>
       <c r="D460" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E460" s="18">
-        <v>308282.903636</v>
+        <v>298779.834406</v>
       </c>
       <c r="F460" s="3"/>
     </row>
     <row r="461" spans="1:6">
       <c r="A461" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B461" s="17" t="s">
         <v>926</v>
       </c>
       <c r="C461" s="17" t="s">
         <v>927</v>
       </c>
       <c r="D461" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E461" s="18">
-        <v>147003.059744</v>
+        <v>142471.571824</v>
       </c>
       <c r="F461" s="3"/>
     </row>
     <row r="462" spans="1:6">
       <c r="A462" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B462" s="17" t="s">
         <v>928</v>
       </c>
       <c r="C462" s="17" t="s">
         <v>929</v>
       </c>
       <c r="D462" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E462" s="18">
-        <v>111003.7045</v>
+        <v>107581.92575</v>
       </c>
       <c r="F462" s="3"/>
     </row>
     <row r="463" spans="1:6">
       <c r="A463" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B463" s="17" t="s">
         <v>930</v>
       </c>
       <c r="C463" s="17" t="s">
         <v>931</v>
       </c>
       <c r="D463" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E463" s="18">
-        <v>153902.366916</v>
+        <v>149158.202286</v>
       </c>
       <c r="F463" s="3"/>
     </row>
     <row r="464" spans="1:6">
       <c r="A464" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B464" s="17" t="s">
         <v>932</v>
       </c>
       <c r="C464" s="17" t="s">
         <v>933</v>
       </c>
       <c r="D464" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E464" s="18">
-        <v>378710.484768</v>
+        <v>367036.428528</v>
       </c>
       <c r="F464" s="3"/>
     </row>
     <row r="465" spans="1:6">
       <c r="A465" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B465" s="17" t="s">
         <v>934</v>
       </c>
       <c r="C465" s="17" t="s">
         <v>935</v>
       </c>
       <c r="D465" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E465" s="18">
-        <v>127261.477836</v>
+        <v>123338.540106</v>
       </c>
       <c r="F465" s="3"/>
     </row>
     <row r="466" spans="1:6">
       <c r="A466" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B466" s="17" t="s">
         <v>936</v>
       </c>
       <c r="C466" s="17" t="s">
         <v>937</v>
       </c>
       <c r="D466" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E466" s="18">
-        <v>108476.235536</v>
+        <v>105132.368056</v>
       </c>
       <c r="F466" s="3"/>
     </row>
     <row r="467" spans="1:6">
       <c r="A467" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B467" s="17" t="s">
         <v>938</v>
       </c>
       <c r="C467" s="17" t="s">
         <v>939</v>
       </c>
       <c r="D467" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E467" s="18">
-        <v>167700.98126</v>
+        <v>162531.46321</v>
       </c>
       <c r="F467" s="3"/>
     </row>
     <row r="468" spans="1:6">
       <c r="A468" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B468" s="17" t="s">
         <v>940</v>
       </c>
       <c r="C468" s="17" t="s">
         <v>941</v>
       </c>
       <c r="D468" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E468" s="18">
-        <v>315728.690584</v>
+        <v>305996.098964</v>
       </c>
       <c r="F468" s="3"/>
     </row>
     <row r="469" spans="1:6">
       <c r="A469" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B469" s="17" t="s">
         <v>942</v>
       </c>
       <c r="C469" s="17" t="s">
         <v>943</v>
       </c>
       <c r="D469" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E469" s="18">
-        <v>127261.477836</v>
+        <v>123338.540106</v>
       </c>
       <c r="F469" s="3"/>
     </row>
     <row r="470" spans="1:6">
       <c r="A470" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B470" s="17" t="s">
         <v>944</v>
       </c>
       <c r="C470" s="17" t="s">
         <v>945</v>
       </c>
       <c r="D470" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E470" s="18">
-        <v>178562.266808</v>
+        <v>173057.940868</v>
       </c>
       <c r="F470" s="3"/>
     </row>
     <row r="471" spans="1:6">
       <c r="A471" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B471" s="17" t="s">
         <v>946</v>
       </c>
       <c r="C471" s="17" t="s">
         <v>947</v>
       </c>
       <c r="D471" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E471" s="18">
-        <v>179518.606416</v>
+        <v>173984.800536</v>
       </c>
       <c r="F471" s="3"/>
     </row>
     <row r="472" spans="1:6">
       <c r="A472" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B472" s="17" t="s">
         <v>948</v>
       </c>
       <c r="C472" s="17" t="s">
         <v>949</v>
       </c>
       <c r="D472" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E472" s="18">
-        <v>388956.980568</v>
+        <v>376967.0678280001</v>
       </c>
       <c r="F472" s="3"/>
     </row>
     <row r="473" spans="1:6">
       <c r="A473" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B473" s="17" t="s">
         <v>950</v>
       </c>
       <c r="C473" s="17" t="s">
         <v>951</v>
       </c>
       <c r="D473" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E473" s="18">
-        <v>143246.011284</v>
+        <v>138830.337414</v>
       </c>
       <c r="F473" s="3"/>
     </row>
     <row r="474" spans="1:6">
       <c r="A474" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B474" s="17" t="s">
         <v>952</v>
       </c>
       <c r="C474" s="17" t="s">
         <v>953</v>
       </c>
       <c r="D474" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E474" s="18">
-        <v>178835.506696</v>
+        <v>173322.757916</v>
       </c>
       <c r="F474" s="3"/>
     </row>
     <row r="475" spans="1:6">
       <c r="A475" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B475" s="17" t="s">
         <v>954</v>
       </c>
       <c r="C475" s="17" t="s">
         <v>955</v>
       </c>
       <c r="D475" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E475" s="18">
-        <v>262173.672536</v>
+        <v>254091.957556</v>
       </c>
       <c r="F475" s="3"/>
     </row>
     <row r="476" spans="1:6">
       <c r="A476" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B476" s="17" t="s">
         <v>956</v>
       </c>
       <c r="C476" s="17" t="s">
         <v>957</v>
       </c>
       <c r="D476" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E476" s="18">
-        <v>208208.794656</v>
+        <v>201790.590576</v>
       </c>
       <c r="F476" s="3"/>
     </row>
     <row r="477" spans="1:6">
       <c r="A477" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B477" s="17" t="s">
         <v>958</v>
       </c>
       <c r="C477" s="17" t="s">
         <v>959</v>
       </c>
       <c r="D477" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E477" s="18">
-        <v>525371.994652</v>
+        <v>509176.979042</v>
       </c>
       <c r="F477" s="3"/>
     </row>
     <row r="478" spans="1:6">
       <c r="A478" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B478" s="17" t="s">
         <v>960</v>
       </c>
       <c r="C478" s="17" t="s">
         <v>961</v>
       </c>
       <c r="D478" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E478" s="18">
-        <v>646553.88498</v>
+        <v>626623.33983</v>
       </c>
       <c r="F478" s="3"/>
     </row>
     <row r="479" spans="1:6">
       <c r="A479" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B479" s="17" t="s">
         <v>962</v>
       </c>
       <c r="C479" s="17" t="s">
         <v>963</v>
       </c>
       <c r="D479" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E479" s="18">
-        <v>808377.03144</v>
+        <v>783458.1572400001</v>
       </c>
       <c r="F479" s="3"/>
     </row>
     <row r="480" spans="1:6">
       <c r="A480" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B480" s="17" t="s">
         <v>964</v>
       </c>
       <c r="C480" s="17" t="s">
         <v>965</v>
       </c>
       <c r="D480" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E480" s="18">
-        <v>192839.050956</v>
+        <v>186894.631626</v>
       </c>
       <c r="F480" s="3"/>
     </row>
     <row r="481" spans="1:6">
       <c r="A481" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B481" s="17" t="s">
         <v>966</v>
       </c>
       <c r="C481" s="17" t="s">
         <v>967</v>
       </c>
       <c r="D481" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E481" s="18">
-        <v>1472079.8966</v>
+        <v>1426701.8461</v>
       </c>
       <c r="F481" s="3"/>
     </row>
     <row r="482" spans="1:6">
       <c r="A482" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B482" s="17" t="s">
         <v>968</v>
       </c>
       <c r="C482" s="17" t="s">
         <v>969</v>
       </c>
       <c r="D482" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E482" s="18">
-        <v>1347827.23474</v>
+        <v>1306279.37279</v>
       </c>
       <c r="F482" s="3"/>
     </row>
     <row r="483" spans="1:6">
       <c r="A483" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B483" s="17" t="s">
         <v>970</v>
       </c>
       <c r="C483" s="17" t="s">
         <v>971</v>
       </c>
       <c r="D483" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E483" s="18">
-        <v>405829.543652</v>
+        <v>393319.520542</v>
       </c>
       <c r="F483" s="3"/>
     </row>
     <row r="484" spans="1:6">
       <c r="A484" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B484" s="17" t="s">
         <v>972</v>
       </c>
       <c r="C484" s="17" t="s">
         <v>973</v>
       </c>
       <c r="D484" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E484" s="18">
-        <v>363545.670984</v>
+        <v>352339.082364</v>
       </c>
       <c r="F484" s="3"/>
     </row>
     <row r="485" spans="1:6">
       <c r="A485" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B485" s="17" t="s">
         <v>974</v>
       </c>
       <c r="C485" s="17" t="s">
         <v>975</v>
       </c>
       <c r="D485" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E485" s="18">
-        <v>320920.248456</v>
+        <v>311027.622876</v>
       </c>
       <c r="F485" s="3"/>
     </row>
     <row r="486" spans="1:6">
       <c r="A486" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B486" s="17" t="s">
         <v>976</v>
       </c>
       <c r="C486" s="17" t="s">
         <v>977</v>
       </c>
       <c r="D486" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E486" s="18">
-        <v>294825.839152</v>
+        <v>285737.594792</v>
       </c>
       <c r="F486" s="3"/>
     </row>
     <row r="487" spans="1:6">
       <c r="A487" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B487" s="17" t="s">
         <v>978</v>
       </c>
       <c r="C487" s="17" t="s">
         <v>979</v>
       </c>
       <c r="D487" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E487" s="18">
-        <v>250492.667324</v>
+        <v>242771.028754</v>
       </c>
       <c r="F487" s="3"/>
     </row>
     <row r="488" spans="1:6">
       <c r="A488" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B488" s="17" t="s">
         <v>980</v>
       </c>
       <c r="C488" s="17" t="s">
         <v>981</v>
       </c>
       <c r="D488" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E488" s="18">
-        <v>228565.166312</v>
+        <v>221519.460652</v>
       </c>
       <c r="F488" s="3"/>
     </row>
     <row r="489" spans="1:6">
       <c r="A489" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B489" s="17" t="s">
         <v>982</v>
       </c>
       <c r="C489" s="17" t="s">
         <v>983</v>
       </c>
       <c r="D489" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E489" s="18">
-        <v>344282.25888</v>
+        <v>333669.48048</v>
       </c>
       <c r="F489" s="3"/>
     </row>
     <row r="490" spans="1:6">
       <c r="A490" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B490" s="17" t="s">
         <v>984</v>
       </c>
       <c r="C490" s="17" t="s">
         <v>985</v>
       </c>
       <c r="D490" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E490" s="18">
-        <v>350840.016192</v>
+        <v>340025.089632</v>
       </c>
       <c r="F490" s="3"/>
     </row>
     <row r="491" spans="1:6">
       <c r="A491" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B491" s="17" t="s">
         <v>986</v>
       </c>
       <c r="C491" s="17" t="s">
         <v>987</v>
       </c>
       <c r="D491" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E491" s="18">
-        <v>251517.316904</v>
+        <v>243764.092684</v>
       </c>
       <c r="F491" s="3"/>
     </row>
     <row r="492" spans="1:6">
       <c r="A492" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B492" s="17" t="s">
         <v>988</v>
       </c>
       <c r="C492" s="17" t="s">
         <v>989</v>
       </c>
       <c r="D492" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E492" s="18">
-        <v>58200.096144</v>
+        <v>56406.03122400001</v>
       </c>
       <c r="F492" s="3"/>
     </row>
     <row r="493" spans="1:6">
       <c r="A493" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B493" s="17" t="s">
         <v>990</v>
       </c>
       <c r="C493" s="17" t="s">
         <v>991</v>
       </c>
       <c r="D493" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E493" s="18">
-        <v>68036.732112</v>
+        <v>65939.44495200001</v>
       </c>
       <c r="F493" s="3"/>
     </row>
     <row r="494" spans="1:6">
       <c r="A494" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B494" s="17" t="s">
         <v>992</v>
       </c>
       <c r="C494" s="17" t="s">
         <v>993</v>
       </c>
       <c r="D494" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E494" s="18">
-        <v>108476.235536</v>
+        <v>105132.368056</v>
       </c>
       <c r="F494" s="3"/>
     </row>
     <row r="495" spans="1:6">
       <c r="A495" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B495" s="17" t="s">
         <v>994</v>
       </c>
       <c r="C495" s="17" t="s">
         <v>995</v>
       </c>
       <c r="D495" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E495" s="18">
-        <v>71042.37088</v>
+        <v>68852.43248</v>
       </c>
       <c r="F495" s="3"/>
     </row>
     <row r="496" spans="1:6">
       <c r="A496" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B496" s="17" t="s">
         <v>996</v>
       </c>
       <c r="C496" s="17" t="s">
         <v>997</v>
       </c>
       <c r="D496" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E496" s="18">
-        <v>85797.324832</v>
+        <v>83152.55307200001</v>
       </c>
       <c r="F496" s="3"/>
     </row>
     <row r="497" spans="1:6">
       <c r="A497" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B497" s="17" t="s">
         <v>998</v>
       </c>
       <c r="C497" s="17" t="s">
         <v>999</v>
       </c>
       <c r="D497" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E497" s="18">
-        <v>110457.224724</v>
+        <v>107052.291654</v>
       </c>
       <c r="F497" s="3"/>
     </row>
     <row r="498" spans="1:6">
       <c r="A498" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B498" s="17" t="s">
         <v>1000</v>
       </c>
       <c r="C498" s="17" t="s">
         <v>1001</v>
       </c>
       <c r="D498" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E498" s="18">
-        <v>810497.8177799999</v>
+        <v>785513.56863</v>
       </c>
       <c r="F498" s="3"/>
     </row>
     <row r="499" spans="1:6">
       <c r="A499" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B499" s="17" t="s">
         <v>1002</v>
       </c>
       <c r="C499" s="17" t="s">
         <v>1003</v>
       </c>
       <c r="D499" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E499" s="18">
-        <v>366414.689808</v>
+        <v>355119.661368</v>
       </c>
       <c r="F499" s="3"/>
     </row>
     <row r="500" spans="1:6">
       <c r="A500" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B500" s="17" t="s">
         <v>1004</v>
       </c>
       <c r="C500" s="17" t="s">
         <v>1005</v>
       </c>
       <c r="D500" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E500" s="18">
-        <v>336699.851988</v>
+        <v>326320.807398</v>
       </c>
       <c r="F500" s="3"/>
     </row>
     <row r="501" spans="1:6">
       <c r="A501" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B501" s="17" t="s">
         <v>1006</v>
       </c>
       <c r="C501" s="17" t="s">
         <v>1007</v>
       </c>
       <c r="D501" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E501" s="18">
-        <v>257391.974496</v>
+        <v>249457.659216</v>
       </c>
       <c r="F501" s="3"/>
     </row>
     <row r="502" spans="1:6">
       <c r="A502" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B502" s="17" t="s">
         <v>1008</v>
       </c>
       <c r="C502" s="17" t="s">
         <v>1009</v>
       </c>
       <c r="D502" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E502" s="18">
-        <v>336631.542016</v>
+        <v>326254.603136</v>
       </c>
       <c r="F502" s="3"/>
     </row>
     <row r="503" spans="1:6">
       <c r="A503" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B503" s="17" t="s">
         <v>1010</v>
       </c>
       <c r="C503" s="17" t="s">
         <v>1011</v>
       </c>
       <c r="D503" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E503" s="18">
-        <v>309922.342964</v>
+        <v>300368.736694</v>
       </c>
       <c r="F503" s="3"/>
     </row>
     <row r="504" spans="1:6">
       <c r="A504" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B504" s="17" t="s">
         <v>1012</v>
       </c>
       <c r="C504" s="17" t="s">
         <v>1013</v>
       </c>
       <c r="D504" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E504" s="18">
-        <v>234508.133876</v>
+        <v>227279.231446</v>
       </c>
       <c r="F504" s="3"/>
     </row>
     <row r="505" spans="1:6">
       <c r="A505" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B505" s="17" t="s">
         <v>1014</v>
       </c>
       <c r="C505" s="17" t="s">
         <v>1015</v>
       </c>
       <c r="D505" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E505" s="18">
-        <v>1556919.29322</v>
+        <v>1508925.99987</v>
       </c>
       <c r="F505" s="3"/>
     </row>
     <row r="506" spans="1:6">
       <c r="A506" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B506" s="17" t="s">
         <v>1016</v>
       </c>
       <c r="C506" s="17" t="s">
         <v>1017</v>
       </c>
       <c r="D506" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E506" s="18">
-        <v>123299.49946</v>
+        <v>119498.69291</v>
       </c>
       <c r="F506" s="3"/>
     </row>
     <row r="507" spans="1:6">
       <c r="A507" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B507" s="17" t="s">
         <v>1018</v>
       </c>
       <c r="C507" s="17" t="s">
         <v>1019</v>
       </c>
       <c r="D507" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E507" s="18">
-        <v>345306.90846</v>
+        <v>334662.54441</v>
       </c>
       <c r="F507" s="3"/>
     </row>
     <row r="508" spans="1:6">
       <c r="A508" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B508" s="17" t="s">
         <v>1020</v>
       </c>
       <c r="C508" s="17" t="s">
         <v>1021</v>
       </c>
       <c r="D508" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E508" s="18">
-        <v>637878.518536</v>
+        <v>618215.3985560001</v>
       </c>
       <c r="F508" s="3"/>
     </row>
     <row r="509" spans="1:6">
       <c r="A509" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B509" s="17" t="s">
         <v>1022</v>
       </c>
       <c r="C509" s="17" t="s">
         <v>1023</v>
       </c>
       <c r="D509" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E509" s="18">
-        <v>350293.536416</v>
+        <v>339495.455536</v>
       </c>
       <c r="F509" s="3"/>
     </row>
     <row r="510" spans="1:6">
       <c r="A510" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B510" s="17" t="s">
         <v>1024</v>
       </c>
       <c r="C510" s="17" t="s">
         <v>1025</v>
       </c>
       <c r="D510" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E510" s="18">
-        <v>720943.444488</v>
+        <v>698719.781148</v>
       </c>
       <c r="F510" s="3"/>
     </row>
     <row r="511" spans="1:6">
       <c r="A511" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B511" s="17" t="s">
         <v>1026</v>
       </c>
       <c r="C511" s="17" t="s">
         <v>1027</v>
       </c>
       <c r="D511" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E511" s="18">
-        <v>93721.28158400001</v>
+        <v>90832.24746400001</v>
       </c>
       <c r="F511" s="3"/>
     </row>
     <row r="512" spans="1:6">
       <c r="A512" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B512" s="17" t="s">
         <v>1028</v>
       </c>
       <c r="C512" s="17" t="s">
         <v>1029</v>
       </c>
       <c r="D512" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E512" s="18">
-        <v>113462.863492</v>
+        <v>109965.279182</v>
       </c>
       <c r="F512" s="3"/>
     </row>
     <row r="513" spans="1:6">
       <c r="A513" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B513" s="17" t="s">
         <v>1030</v>
       </c>
       <c r="C513" s="17" t="s">
         <v>1031</v>
       </c>
       <c r="D513" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E513" s="18">
-        <v>98502.97962399999</v>
+        <v>95466.54580399999</v>
       </c>
       <c r="F513" s="3"/>
     </row>
     <row r="514" spans="1:6">
       <c r="A514" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B514" s="17" t="s">
         <v>1032</v>
       </c>
       <c r="C514" s="17" t="s">
         <v>1033</v>
       </c>
       <c r="D514" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E514" s="18">
-        <v>115922.022484</v>
+        <v>112348.632614</v>
       </c>
       <c r="F514" s="3"/>
     </row>
     <row r="515" spans="1:6">
       <c r="A515" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B515" s="17" t="s">
         <v>1034</v>
       </c>
       <c r="C515" s="17" t="s">
         <v>1035</v>
       </c>
       <c r="D515" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E515" s="18">
-        <v>407059.123148</v>
+        <v>394511.197258</v>
       </c>
       <c r="F515" s="3"/>
     </row>
     <row r="516" spans="1:6">
       <c r="A516" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B516" s="17" t="s">
         <v>1036</v>
       </c>
       <c r="C516" s="17" t="s">
         <v>1037</v>
       </c>
       <c r="D516" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E516" s="18">
-        <v>306028.67456</v>
+        <v>296595.09376</v>
       </c>
       <c r="F516" s="3"/>
     </row>
     <row r="517" spans="1:6">
       <c r="A517" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B517" s="17" t="s">
         <v>1038</v>
       </c>
       <c r="C517" s="17" t="s">
         <v>1039</v>
       </c>
       <c r="D517" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E517" s="18">
-        <v>166676.33168</v>
+        <v>161538.39928</v>
       </c>
       <c r="F517" s="3"/>
     </row>
     <row r="518" spans="1:6">
       <c r="A518" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B518" s="17" t="s">
         <v>1040</v>
       </c>
       <c r="C518" s="17" t="s">
         <v>1041</v>
       </c>
       <c r="D518" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E518" s="18">
-        <v>236215.883176</v>
+        <v>228934.337996</v>
       </c>
       <c r="F518" s="3"/>
     </row>
     <row r="519" spans="1:6">
       <c r="A519" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B519" s="17" t="s">
         <v>1042</v>
       </c>
       <c r="C519" s="17" t="s">
         <v>1043</v>
       </c>
       <c r="D519" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E519" s="18">
-        <v>216542.61124</v>
+        <v>209867.51054</v>
       </c>
       <c r="F519" s="3"/>
     </row>
     <row r="520" spans="1:6">
       <c r="A520" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B520" s="17" t="s">
         <v>1044</v>
       </c>
       <c r="C520" s="17" t="s">
         <v>1045</v>
       </c>
       <c r="D520" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E520" s="18">
-        <v>144953.760584</v>
+        <v>140485.443964</v>
       </c>
       <c r="F520" s="3"/>
     </row>
     <row r="521" spans="1:6">
       <c r="A521" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B521" s="17" t="s">
         <v>1046</v>
       </c>
       <c r="C521" s="17" t="s">
         <v>1047</v>
       </c>
       <c r="D521" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E521" s="18">
-        <v>70769.13099200001</v>
+        <v>68587.61543200001</v>
       </c>
       <c r="F521" s="3"/>
     </row>
     <row r="522" spans="1:6">
       <c r="A522" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B522" s="17" t="s">
         <v>1048</v>
       </c>
       <c r="C522" s="17" t="s">
         <v>1049</v>
       </c>
       <c r="D522" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E522" s="18">
-        <v>196732.71936</v>
+        <v>190668.27456</v>
       </c>
       <c r="F522" s="3"/>
     </row>
     <row r="523" spans="1:6">
       <c r="A523" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B523" s="17" t="s">
         <v>1050</v>
       </c>
       <c r="C523" s="17" t="s">
         <v>1051</v>
       </c>
       <c r="D523" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E523" s="18">
-        <v>226857.417012</v>
+        <v>219864.354102</v>
       </c>
       <c r="F523" s="3"/>
     </row>
     <row r="524" spans="1:6">
       <c r="A524" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B524" s="17" t="s">
         <v>1052</v>
       </c>
       <c r="C524" s="17" t="s">
         <v>1053</v>
       </c>
       <c r="D524" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E524" s="18">
-        <v>112438.213912</v>
+        <v>108972.215252</v>
       </c>
       <c r="F524" s="3"/>
     </row>
     <row r="525" spans="1:6">
       <c r="A525" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B525" s="17" t="s">
         <v>1054</v>
       </c>
       <c r="C525" s="17" t="s">
         <v>1055</v>
       </c>
       <c r="D525" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E525" s="18">
-        <v>3408667.6028</v>
+        <v>3303592.6738</v>
       </c>
       <c r="F525" s="3"/>
     </row>
     <row r="526" spans="1:6">
       <c r="A526" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B526" s="17" t="s">
         <v>1056</v>
       </c>
       <c r="C526" s="17" t="s">
         <v>1057</v>
       </c>
       <c r="D526" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E526" s="18">
-        <v>2650903.4948</v>
+        <v>2569187.2558</v>
       </c>
       <c r="F526" s="3"/>
     </row>
     <row r="527" spans="1:6">
       <c r="A527" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B527" s="17" t="s">
         <v>1058</v>
       </c>
       <c r="C527" s="17" t="s">
         <v>1059</v>
       </c>
       <c r="D527" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E527" s="18">
-        <v>1421665.54866</v>
+        <v>1377841.56111</v>
       </c>
       <c r="F527" s="3"/>
     </row>
     <row r="528" spans="1:6">
       <c r="A528" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B528" s="17" t="s">
         <v>1060</v>
       </c>
       <c r="C528" s="17" t="s">
         <v>1061</v>
       </c>
       <c r="D528" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E528" s="18">
-        <v>1176909.33038</v>
+        <v>1140630.15073</v>
       </c>
       <c r="F528" s="3"/>
     </row>
     <row r="529" spans="1:6">
       <c r="A529" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B529" s="17" t="s">
         <v>1062</v>
       </c>
       <c r="C529" s="17" t="s">
         <v>1063</v>
       </c>
       <c r="D529" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E529" s="18">
-        <v>5019003.705519999</v>
+        <v>4864288.86692</v>
       </c>
       <c r="F529" s="3"/>
     </row>
     <row r="530" spans="1:6">
       <c r="A530" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B530" s="17" t="s">
         <v>1064</v>
       </c>
       <c r="C530" s="17" t="s">
         <v>1065</v>
       </c>
       <c r="D530" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E530" s="18">
-        <v>3489749.95096</v>
+        <v>3382175.59316</v>
       </c>
       <c r="F530" s="3"/>
     </row>
     <row r="531" spans="1:6">
       <c r="A531" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B531" s="17" t="s">
         <v>1066</v>
       </c>
       <c r="C531" s="17" t="s">
         <v>1067</v>
       </c>
       <c r="D531" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E531" s="18">
-        <v>5613920.01748</v>
+        <v>5440866.40358</v>
       </c>
       <c r="F531" s="3"/>
     </row>
     <row r="532" spans="1:6">
       <c r="A532" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B532" s="17" t="s">
         <v>1068</v>
       </c>
       <c r="C532" s="17" t="s">
         <v>1069</v>
       </c>
       <c r="D532" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E532" s="18">
-        <v>4254003.5063</v>
+        <v>4122870.41605</v>
       </c>
       <c r="F532" s="3"/>
     </row>
     <row r="533" spans="1:6">
       <c r="A533" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B533" s="17" t="s">
         <v>1070</v>
       </c>
       <c r="C533" s="17" t="s">
         <v>1071</v>
       </c>
       <c r="D533" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E533" s="18">
-        <v>3338443.36298</v>
+        <v>3235533.15283</v>
       </c>
       <c r="F533" s="3"/>
     </row>
     <row r="534" spans="1:6">
       <c r="A534" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B534" s="17" t="s">
         <v>1072</v>
       </c>
       <c r="C534" s="17" t="s">
         <v>1073</v>
       </c>
       <c r="D534" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E534" s="18">
-        <v>112438.213912</v>
+        <v>108972.215252</v>
       </c>
       <c r="F534" s="3"/>
     </row>
     <row r="535" spans="1:6">
       <c r="A535" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B535" s="17" t="s">
         <v>1074</v>
       </c>
       <c r="C535" s="17" t="s">
         <v>1075</v>
       </c>
       <c r="D535" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E535" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F535" s="3"/>
     </row>
     <row r="536" spans="1:6">
       <c r="A536" s="17" t="s">
         <v>17</v>
       </c>
@@ -13531,50 +13531,50 @@
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Прайс-лист за 17.12.2025</vt:lpstr>
+      <vt:lpstr>Прайс-лист за 04.02.2026</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft Corporation</Company>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Unknown Creator</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Untitled Spreadsheet</dc:title>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>