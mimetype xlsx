--- v2 (2026-02-04)
+++ v3 (2026-03-21)
@@ -6,96 +6,96 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="-1" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
-    <sheet name="Прайс-лист за 04.02.2026" sheetId="1" r:id="rId4"/>
+    <sheet name="Прайс-лист за 21.03.2026" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист за 04.02.2026'!$A$11:$E$541</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист за 21.03.2026'!$A$11:$E$541</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1088">
   <si>
     <t>ПРАЙС-ЛИСТ</t>
   </si>
   <si>
     <t>ЕДИНЫЙ НОМЕР</t>
   </si>
   <si>
     <t>8-800-555-7057</t>
   </si>
   <si>
     <t>МОСКВА</t>
   </si>
   <si>
     <t>8-495-646-7057</t>
   </si>
   <si>
     <t>Компания "ТопСети"</t>
   </si>
   <si>
     <t>САНКТ-ПЕТЕРБУРГ</t>
   </si>
   <si>
     <t>8-812-645-7058</t>
   </si>
   <si>
     <t>www.topseti.ru</t>
   </si>
   <si>
     <t>sales@topseti.ru</t>
   </si>
   <si>
     <t>Цены действительны на:</t>
   </si>
   <si>
-    <t>04.02.2026</t>
+    <t>21.03.2026</t>
   </si>
   <si>
     <t>Производитель</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Название</t>
   </si>
   <si>
     <t>Группа</t>
   </si>
   <si>
     <t>Цена, руб.</t>
   </si>
   <si>
     <t>HP</t>
   </si>
   <si>
     <t>J9379B</t>
   </si>
   <si>
     <t>Точка доступа Wi-Fi HP J9379B E-MSM310 Access Point (WW)</t>
   </si>
@@ -342,57 +342,1029 @@
   <si>
     <t>Жесткий диск HP 3TB 3,5"(LFF) SATA 7.2K 3G NHP Midline HDD (For Non Hot Plug servers) 628063-B21</t>
   </si>
   <si>
     <t>JE066A</t>
   </si>
   <si>
     <t>Коммутатор HP A5120-24G EI Switch JE066A</t>
   </si>
   <si>
     <t>Коммутаторы</t>
   </si>
   <si>
     <t>JE067A</t>
   </si>
   <si>
     <t xml:space="preserve">Коммутатор HP A5120-48G EI Switch JE067A </t>
   </si>
   <si>
     <t>JE088A</t>
   </si>
   <si>
     <t>Коммутатор HP E5500-24G Switch (20x10/100/1000 RJ-45, 4xCombo 10/100/100 RJ-45 or SFP;1 exp.slot, Managed, L3, VLAN 4096, XRN, 19')(eq.3CR17250-91) JE088A#ABB</t>
   </si>
   <si>
+    <t xml:space="preserve"> LQ151EA</t>
+  </si>
+  <si>
+    <t>Ноутбук HP Pavilion g7-1054er  (Core i3 390M-2.66ГГц, 4096МБ, 500ГБ, HD6470M, DVD±RW, LAN, WiFi, BT, WebCam, 17.3" HD+, W'7 HB 64bit)</t>
+  </si>
+  <si>
+    <t>Мобильные рабочие станции</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LC748EA </t>
+  </si>
+  <si>
+    <t>Ноутбук HP Pavilion dv7-6053er (Core i7 2630QM-2.00 ГГц, 8192МБ, 1000ГБ, HD6770M, DVD±RW, 1Гбит LAN, WiFi, BT, WebCam, 17.3" HD+, W'7 HP 64bit)</t>
+  </si>
+  <si>
+    <t>LC764EA</t>
+  </si>
+  <si>
+    <t>Ноутбук HP Pavilion dm4-1300er (Core i5 460M-2.53 ГГц, 6144МБ, 500ГБ, HD6370M, DVD±RW, LAN, WiFi, BT, WebCam, 14.0" WXGA, W'7 HP 64bit)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LC878EA </t>
+  </si>
+  <si>
+    <t>Ноутбук HP Pavilion g6-1000er (Athlon II X2 P360-2.30 ГГц, 3072МБ, 320ГБ, HD6470M, DVD±RW, LAN, WiFi, BT, WebCam, 15.6" WXGA, W'7 HB 64bit)</t>
+  </si>
+  <si>
+    <t>LC957EA</t>
+  </si>
+  <si>
+    <t>Ноутбук HP Pavilion dv6-6050er (Core i3 2310M-2.10 ГГц, 4096МБ, 320ГБ, HD6490M, DVD±RW, 1Гбит LAN, WiFi, BT, WebCam, 15.6" WXGA, W'7 HB 64bit)</t>
+  </si>
+  <si>
+    <t>LD327EA</t>
+  </si>
+  <si>
+    <t>Ноутбук HP Mini 210-2210er  (Atom N550-1.50ГГц, 2048МБ, 320ГБ, GMA3150, LAN, WiFi, BT, WebCam, 10.1" WSVGA, W'7 S), розовый, с рисунком</t>
+  </si>
+  <si>
+    <t>LD328EA</t>
+  </si>
+  <si>
+    <t>Ноутбук HP Mini 210-2204er (Atom N550-1.50ГГц, 2048МБ, 320ГБ, GMA3150, LAN, WiFi, BT, WebCam, 10.1" WSVGA, W'7 S), красный</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LD716EA </t>
+  </si>
+  <si>
+    <t>Ноутбук HP Compaq Presario CQ56-251ER (Athlon II X2 P360-2.30ГГц, 2048МБ, 320ГБ, HD4250, DVD±RW, LAN, WiFi, BT, WebCam, 15.6" WXGA, W'7 S), черный</t>
+  </si>
+  <si>
+    <t>LG633EA</t>
+  </si>
+  <si>
+    <t>Ноутбук HP ProBook 6360b Corei5-2520M 2.5GHz 13.3" HD LED AG Cam,4GB DDR3(1),500GB 7.2krpm,DVDRW,WiFi,BT,56K,6CLL,FPR,2.11kg,1y,Win7Pro64+Office2010 prel.(trial, inc.Starter) LG633EA</t>
+  </si>
+  <si>
+    <t>LG634EA</t>
+  </si>
+  <si>
+    <t>Ноутбук HP ProBook 6360b Corei5-2520M 2.5GHz 13.3" HD LED AG Cam,4GB DDR3(1),500GB 7.2krpm,DVDRW,WiFi,3G,BT,56K,6CLL,FPR,2.11kg,1y,Win7Pro64+Office2010 prel.(trial, inc.Starter) LG634EA</t>
+  </si>
+  <si>
+    <t>LG635EA</t>
+  </si>
+  <si>
+    <t>Ноутбук HP ProBook 6360b Corei5-2520M 2.5GHz 13.3" HD LED AG Cam,4GB DDR3(1),128GB SSD,DVDRW,WiFi,BT,56K,6CLL,FPR,2.11kg,1y,Win7Pro64+Office2010 prel.(trial, inc.Starter) LG635EA</t>
+  </si>
+  <si>
+    <t>LG718EA</t>
+  </si>
+  <si>
+    <t>Ноутбук HP ProBook 5330m/i3-2310m/13.3 AG/HD WebCam 720p/4gb/500gb/ 802.11b/g/n/BT/4C 41WHr/Win7PRO/FPR LG718EA</t>
+  </si>
+  <si>
+    <t>LG826ES</t>
+  </si>
+  <si>
+    <t>Ноутбук HP Probook 5330m Durable anodized aluminum,Corei3-2310M 2.10GHz,13.3" HD LED AG Cam,3GB DDR3(2),500GB 7.2krpm,WiFi,BT,FPR,4C,1.82kg,Win7Basic32+Office2010 prel.(trial, inc.Starter) LG826ES</t>
+  </si>
+  <si>
+    <t>LH222ES</t>
+  </si>
+  <si>
+    <t>Ноутбук HP ProBook 4720s (Core i3 380M-2.53ГГц, 3072МБ, 500ГБ, HD6370, DVD±RW, LAN, WiFi, BT, WebCam, 17.3" HD+, W'7 HB)</t>
+  </si>
+  <si>
+    <t>LK007EA</t>
+  </si>
+  <si>
+    <t>Ноутбук HP Mini 110-3605er (Atom N550-1.50ГГц, 2048МБ, 250ГБ, GMA3150, LAN, WiFi, BT, WebCam, 10.1" WSVGA, W'7 S), красный</t>
+  </si>
+  <si>
+    <t>LK976EA</t>
+  </si>
+  <si>
+    <t>Ноутбук HP Pavilion dv6-6031er (Phenom II X4 P960-1.80 ГГц, 4096МБ, 500ГБ, HD6650M, DVD±RW, 1Гбит LAN, WiFi, BT, WebCam, 15.6" WXGA, W'7 HP 64bit)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LK977EA </t>
+  </si>
+  <si>
+    <t>Ноутбук HP Pavilion dv6-6029er (Athlon II X2 P360-2.30ГГц, 4096МБ, 320ГБ, HD6470, DVD±RW, 1Гбит LAN, WiFi, BT, WebCam, 15.6" WXGA, W'7 HB 64bit)</t>
+  </si>
+  <si>
+    <t>LL014EA</t>
+  </si>
+  <si>
+    <t>Ноутбук HP Pavilion dv7-4302er (Core i5 480M-2.66ГГц, 6144МБ, 640ГБ, HD6550M, DVD±RW, 1Гбит LAN, WiFi, BT, WebCam, 17.3" HD+, W'7 HP 64bit)</t>
+  </si>
+  <si>
+    <t>LL983EA</t>
+  </si>
+  <si>
+    <t>Ноутбук HP Pavilion dv6-3301er (Core i3 380M-2.53ГГц, 4096МБ, 320ГБ, HD6550M, DVD±RW, 1Гбит LAN, WiFi, BT, WebCam, 15.6" WXGA, W'7 HP 64bit)</t>
+  </si>
+  <si>
+    <t>LL984EA</t>
+  </si>
+  <si>
+    <t>Ноутбук HP Pavilion dv6-3302er (Core i5 480M-2.66ГГц, 4096МБ, 500ГБ, HD6550M, DVD±RW, 1Гбит LAN, WiFi, BT, WebCam, 15.6" WXGA, W'7 HP 64bit)</t>
+  </si>
+  <si>
+    <t>LM002EA</t>
+  </si>
+  <si>
+    <t>Ноутбук HP Pavilion dv7-6001er Phenom II X4 P960-1.80 ГГц, 6144МБ, 750ГБ, HD6650M, DVD±RW, 1Гбит LAN, WiFi, BT, WebCam, 17.3" HD+, W'7 HP 64bit)</t>
+  </si>
+  <si>
+    <t>LM658EA</t>
+  </si>
+  <si>
+    <t>Ноутбук HP Pavilion g7-1000er (Phenom II X2 N660-3.00ГГц, 4096МБ, 500ГБ, HD6470M, DVD±RW, LAN, WiFi, BT, WebCam, 17.3" HD+, W'7 HB 64bit)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LM659EA </t>
+  </si>
+  <si>
+    <t>Ноутбук HP Pavilion g7-1001er (Phenom II X4 P960-1.80ГГц, 4096МБ, 500ГБ, HD6470M, DVD±RW, LAN, WiFi, BT, WebCam, 17.3" HD+, W'7 HB 64bit)</t>
+  </si>
+  <si>
+    <t>LP232EA</t>
+  </si>
+  <si>
+    <t>Ноутбук HP Pavilion g6-1052er (Pentium DC P6200-2.13 ГГц, 3072МБ, 320ГБ, HD6470М, DVD±RW, LAN, WiFi, BT, WebCam, 15.6" WXGA, W'7 HB 64bit)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LP235EA </t>
+  </si>
+  <si>
+    <t>Ноутбук HP Pavilion g6-1053er (Core i3 380M-2.53 ГГц, 3072МБ, 320ГБ, HD6470М, DVD±RW, LAN, WiFi, BT, WebCam, 15.6" WXGA, W'7 HB 64bit)</t>
+  </si>
+  <si>
+    <t>LQ115EA</t>
+  </si>
+  <si>
+    <t>Ноутбук HP Pavilion dv6-6051er (Core i5 2410M-2.30 ГГц, 4096МБ, 500ГБ, HD6770M, DVD±RW, 1Гбит LAN, WiFi, BT, WebCam, 15.6" WXGA, W'7 HB 64bit)</t>
+  </si>
+  <si>
+    <t>LQ146EA</t>
+  </si>
+  <si>
+    <t>Ноутбук HP Pavilion g7-1052er (Core i5 2410M-2.30ГГц, 4096МБ, 750ГБ, HD6470M, DVD±RW, LAN, WiFi, BT, WebCam, 17.3" HD+, W'7 HB 64bit)</t>
+  </si>
+  <si>
+    <t>LQ150EA</t>
+  </si>
+  <si>
+    <t>Ноутбук HP Pavilion g7-1053er (Pentium DC P6300-2.26ГГц, 4096МБ, 500ГБ, HD6470M, DVD±RW, LAN, WiFi, BT, WebCam, 17.3" HD+, W'7 HB 64bit)</t>
+  </si>
+  <si>
+    <t>LQ268EA</t>
+  </si>
+  <si>
+    <t>Ноутбук HP Pavilion g6-1054er (Core i5 480M-2.66 ГГц, 4096МБ, 320ГБ, HD6470M, DVD±RW, LAN, WiFi, BT, WebCam, 15.6" WXGA, W'7 HB 64bit)</t>
+  </si>
+  <si>
+    <t>LQ480EA</t>
+  </si>
+  <si>
+    <t>Ноутбук HP Pavilion g6-1002er (Phenom II X4 P960-1.80 ГГц, 4096МБ, 320ГБ, HD4250, DVD±RW, LAN, WiFi, BT, WebCam, 15.6" WXGA, W'7 HB 64bit)</t>
+  </si>
+  <si>
+    <t>LR166EA</t>
+  </si>
+  <si>
+    <t>Ноутбук HP Pavilion dv7-6051er (Core i3 2310M-2.10 ГГц, 4096МБ, 500ГБ, HD6770M, DVD±RW, 1Гбит LAN, WiFi, BT, WebCam, 17.3" HD+, W'7 HP 64bit)</t>
+  </si>
+  <si>
+    <t>LR167EA</t>
+  </si>
+  <si>
+    <t>Ноутбук HP Pavilion dv7-6052er (Core i5 2410M-2.30 ГГц, 6144МБ, 750ГБ, HD6770M, DVD±RW, 1Гбит LAN, WiFi, BT, WebCam, 17.3" HD+, W'7 HP 64bit)</t>
+  </si>
+  <si>
+    <t>LR456EA</t>
+  </si>
+  <si>
+    <t>Ноутбук HP Pavilion g6-1003er (Turion II X2 P560-2.50 ГГц, 3072МБ, 320ГБ, HD6470M, DVD±RW, LAN, WiFi, BT, WebCam, 15.6" WXGA, W'7 HB 64bit)</t>
+  </si>
+  <si>
+    <t>LR824EA</t>
+  </si>
+  <si>
+    <t>Ноутбук HP Mini 110-3608er (Atom N455-1.66ГГц, 1024МБ, 250ГБ, GMA3150, LAN, WiFi, BT, WebCam, 10.1" WSVGA, W'7 S), красный</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LR825EA </t>
+  </si>
+  <si>
+    <t>Ноутбук HP Mini 110-3609er  (Atom N455-1.66ГГц, 2048МБ, 250ГБ, GMA3150, LAN, WiFi, BT, WebCam, 10.1" WSVGA, W'7 S)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LR827EA </t>
+  </si>
+  <si>
+    <t>Ноутбук HP Mini 110-3611er (Atom N550-1.50ГГц, 2048МБ, 250ГБ, GMA3150, LAN, WiFi, BT, WebCam, 10.1" WSVGA, W'7 S), синий</t>
+  </si>
+  <si>
+    <t>LR828EA</t>
+  </si>
+  <si>
+    <t>Ноутбук HP Mini 110-3612er (Atom N550-1.50ГГц, 2048МБ, 250ГБ, GMA3150, LAN, WiFi, BT, WebCam, 10.1" WSVGA, W'7 S), бело-черный</t>
+  </si>
+  <si>
+    <t>LW071EA</t>
+  </si>
+  <si>
+    <t>Ноутбук HP Pavilion g6-1057er (Core i3 2310M-2.10 ГГц, 3072МБ, 320ГБ, HD6470M, DVD±RW, LAN, WiFi, BT, WebCam, 15.6" WXGA, W'7 HB 64bit)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LW072EA </t>
+  </si>
+  <si>
+    <t>Ноутбук HP Pavilion g6-1058er (Core i5 2410M-2.30 ГГц, 4096МБ, 320ГБ, HD6470M, DVD±RW, LAN, WiFi, BT, WebCam, 15.6" WXGA, W'7 HB 64bit)</t>
+  </si>
+  <si>
+    <t>WD696EA</t>
+  </si>
+  <si>
+    <t>Ноутбук HP ProBook 6550b Corei3-370M 2.40GHz 15.6" HD LED AG Cam,2GB DDR3(1),320GB 7.2krpm,DVDRW,WiFi,BT,56K,6C,FPR,COM-port,2.64kg,1y,Win7Pro+Office2010 prel.(trial, inc.Starter) WD696EA</t>
+  </si>
+  <si>
+    <t>WD773EA</t>
+  </si>
+  <si>
+    <t>Ноутбук HP ProBook 6450b Corei3-370M 2.40GHz 14.0" HD LED AG Cam,2GB DDR3(1),320GB 7.2krpm,DVDRW,WiFi,BT,56K,6C,FPR,2.39kg,1y,Win7Pro+Office2010 prel.(trial, inc.Starter)(replace NN224EA) WD773EA</t>
+  </si>
+  <si>
+    <t>XD572EA</t>
+  </si>
+  <si>
+    <t>Ноутбук HP Pavilion dv6-3111er (Phenom II X4 N930-2.00 ГГц, 4096МБ, 640ГБ, HD5650, DVD±RW, 1Гбит LAN, WiFi, BT, WebCam, 15.6" WXGA, W'7 HB 64bit)</t>
+  </si>
+  <si>
+    <t>XF137EA</t>
+  </si>
+  <si>
+    <t>Ноутбук HP G72-b02ER (Core i3 350M-2.26ГГц, 3072МБ, 320ГБ, HD5470, DVD±RW, LAN, WiFi, BT, WebCam, 17.3" HD+, W'7 HB 64bit)</t>
+  </si>
+  <si>
+    <t>XN704EA</t>
+  </si>
+  <si>
+    <t>Ноутбук HP EliteBook 8440p Core i5-560M 2.66Ghz, 14.0" HD LED AG Cam,2GB DDR3(1),320GB 7.2krpm,DVDRW,3100M 512Mb,WiFi,BT,56K,6C,FPR,2.27kg,3y,Win7Pro32+Office2010 prel.(trial, inc.Starter) XN704EA</t>
+  </si>
+  <si>
+    <t>XU630EA</t>
+  </si>
+  <si>
+    <t>Ноутбук HP Pavilion dv6-3121er (Pentium DC P6100-2.00ГГц, 3072МБ, 250ГБ, HD5650, DVD±RW, 1Гбит LAN, WiFi, BT, WebCam, 15.6" WXGA, W'7 HB 64bit)</t>
+  </si>
+  <si>
+    <t>XU631EA</t>
+  </si>
+  <si>
+    <t>Ноутбук HP Pavilion dv6-3122er (Core i3 370M-2.40ГГц, 3072МБ, 320ГБ, HD5650, DVD±RW, 1Гбит LAN, WiFi, BT, WebCam, 15.6" WXGA, W'7 HB 64bit)</t>
+  </si>
+  <si>
+    <t>XX755EA</t>
+  </si>
+  <si>
+    <t>Ноутбук HP ProBook 4520s (Core i3 380M-2.53ГГц, 3072МБ, 500ГБ, HD6370M, DVD±RW, fm, 1Гбит LAN, WiFi, BT, WebCam, 15.6" WXGA, W'7 HB)</t>
+  </si>
+  <si>
+    <t>XX756EA</t>
+  </si>
+  <si>
+    <t>Ноутбук HP ProBook 4520s (Core i3 380M-2.53ГГц, 3072МБ, 320ГБ, HD5470, DVD±RW, fm, 1Гбит LAN, WiFi, BT, WebCam, 15.6" WXGA, Linux)</t>
+  </si>
+  <si>
+    <t>XX762EA</t>
+  </si>
+  <si>
+    <t>Ноутбук HP ProBook 4520s (Core i5 480M-2.66ГГц, 4096МБ, 640ГБ, HD6370M, DVD±RW, fm, 1Гбит LAN, WiFi, BT, WebCam, 15.6" WXGA, Linux), черный</t>
+  </si>
+  <si>
+    <t>XX775EA</t>
+  </si>
+  <si>
+    <t>Ноутбук HP ProBook 4520s  (Core i5 480M-2.66ГГц, 4096МБ, 320ГБ, HD6370M, DVD±RW, 1Гбит LAN, WiFi, BT, WebCam, 15.6" WXGA, W'7 Pro 64bit), серебр.</t>
+  </si>
+  <si>
+    <t>XX798EA</t>
+  </si>
+  <si>
+    <t>Ноутбук HP ProBook 4525s (Athlon II X2 P360-2.30ГГц, 2048МБ, 320ГБ, HD5470, DVD±RW, fm, 1Гбит LAN, WiFi, BT, WebCam, 15.6" WXGA, W'7 S)</t>
+  </si>
+  <si>
+    <t>XX802EA</t>
+  </si>
+  <si>
+    <t>Ноутбук HP ProBook 4720s (Core i5 480M-2.66ГГц, 2048МБ, 320ГБ, HD6370, DVD±RW, fm, 1Гбит LAN, WiFi, BT, WebCam, 17.3" HD+, W'7 Pro)</t>
+  </si>
+  <si>
+    <t>XX835EA</t>
+  </si>
+  <si>
+    <t>Ноутбук HP ProBook 4720s (Core i3 380M-2.53ГГц, 3072МБ, 320ГБ, HD6370M, DVD±RW, fm, 1Гбит LAN, WiFi, BT, WebCam, 17.3" HD+, Linux)</t>
+  </si>
+  <si>
+    <t>XX836EA</t>
+  </si>
+  <si>
+    <t>Ноутбук HP ProBook 4720s (Core i3 380M-2.53ГГц, 4096МБ, 640ГБ, HD6370, DVD±RW, fm, 1Гбит LAN, WiFi, BT, WebCam, 17.3" HD+, Linux)</t>
+  </si>
+  <si>
+    <t>XX839EA</t>
+  </si>
+  <si>
+    <t>Ноутбук HP ProBook 4720s (Core i3 380M-2.53ГГц, 3072МБ, 320ГБ, HD6370, DVD±RW, fm, 1Гбит LAN, WiFi, BT, WebCam, 17.3" HD+, W'7 HP 64bit)</t>
+  </si>
+  <si>
+    <t>XX844EA</t>
+  </si>
+  <si>
+    <t>Ноутбук HP ProBook 4720s (Pentium DC P6200-2.13ГГц, 3072МБ, 320ГБ, HD6370, DVD±RW, 1Гбит LAN, WiFi, BT, WebCam, 17.3" HD+, Linux)</t>
+  </si>
+  <si>
+    <t>XX958EA</t>
+  </si>
+  <si>
+    <t>Ноутбук HP ProBook 4530s MetallicGrey Corei3-2310M 2.10GHz,15.6" HD Cam,3GB DDR3(2),320GB 7.2krpm,DVDRW,WiFi,BT,56K,6C,FPR,2.52kg,Win7Pro64+Office2010 prel.(trial, inc.Starter)+Сумка XX958EA</t>
+  </si>
+  <si>
+    <t>EM886AA</t>
+  </si>
+  <si>
+    <t>LCD монитор HP TFT LE1711 17'' Flat Panel Monitor (250 cd/m2,1000:1,5 ms,160°/160°,15 pin D-sub(Analog VGA), EPEAT Silver)(new, replace GS917AA) EM886AA</t>
+  </si>
+  <si>
+    <t>Мониторы</t>
+  </si>
+  <si>
+    <t>EM890AA</t>
+  </si>
+  <si>
+    <t>LCD монитор HP TFT LA1951g 19" Flat Panel Monitor (250 cd/m2,1000:1,5 ms,160°/160°,VGA,DVI-D,USB hub,1280 x 1024,portrait orientation,TCO,EPEAT Gold)(repl KR145AA) EM890AA</t>
+  </si>
+  <si>
+    <t>GV546A4</t>
+  </si>
+  <si>
+    <t>LCD монитор HP TFT LP2480zx 24'' LCD Display 24"widescreen(250 cdm2,1000:1,S-IPS,178°/178°,DVI-I(2),Display Port,S-Video,USB hub,DreamColor) GV546A4</t>
+  </si>
+  <si>
+    <t>KD911A4</t>
+  </si>
+  <si>
+    <t>LCD монитор HP TFT LP2475w 24" LCD Monitor wide(S-IPS,400 cd/m2,1000:1,6ms,178°/178°,WUXGA,DVI-I(2),HDMI,DisplPort,com-nt&amp;com-site,S-video,1920x1200)(reEF224A4) KD911A4</t>
+  </si>
+  <si>
+    <t>LV176AA</t>
+  </si>
+  <si>
+    <t>LCD монитор HP 2311x 23-In LED LCD Monitor LV176AA</t>
+  </si>
+  <si>
+    <t>LV876AA</t>
+  </si>
+  <si>
+    <t>LCD монитор HP 2011x 20-In LED LCD Monitor LV876AA</t>
+  </si>
+  <si>
+    <t>LV916AA</t>
+  </si>
+  <si>
+    <t>LCD монитор HP 2211x 21.5-In LED LCD Monitor LV916AA</t>
+  </si>
+  <si>
+    <t>NK570AA</t>
+  </si>
+  <si>
+    <t>LCD монитор HP TFT LE1901w 19" Flat Panel Monitor widescreen(250cd/m,1000:1,5ms, 160°/160°,15-pin D-Sub, 1440x900)(replace GP536AA, NK033AA) NK570AA</t>
+  </si>
+  <si>
+    <t>NK571AA</t>
+  </si>
+  <si>
+    <t>LCD монитор HP TFT LE2201w 22" Flat Panel Monitor widescreen(250 cd/m2,1000:1,5 ms,170°/160°,VGA,1680x1050,TCO'03)(replace GX007AA, NK128AA) NK571AA</t>
+  </si>
+  <si>
+    <t>NL773AA</t>
+  </si>
+  <si>
+    <t>LCD монитор HP TFT LA2405wg 24" LCD Monitor wide(300 cd/m2,1000:1,5 ms,160°/160°,VGA,DVI-D,DisplayPort,USB hub,1920x1200,port.orientation,EPEAT Gold) NL773AA</t>
+  </si>
+  <si>
+    <t>NM274AA</t>
+  </si>
+  <si>
+    <t>LCD монитор HP TFT LA2205wg 22" Flat Panel Monitor widescreen(250 cd/m2,1000:1,5 ms,VGA,DVI-D,DisplayPort, HDCP support,1680x1050,TCO'03)(new,replace FL472AA) NM274AA</t>
+  </si>
+  <si>
+    <t>NM360AA</t>
+  </si>
+  <si>
+    <t>LCD монитор HP TFT LA1905wg 19" Flat Panel Monitor widescreen(250cd/m,1000:1,5ms, 160°/160°,VGA,DVI-D,DisplayPort,HPCP support,1440x900)(repl KH128AA,GF904AA) NM360AA</t>
+  </si>
+  <si>
+    <t>VM617A4</t>
+  </si>
+  <si>
+    <t>LCD монитор HP TFT ZR30w S-IPS LCD Monitor 30"LCD (S-IPS,370cd/m2,1000:1,7ms(GTG),178°/178°, DVI-D, DisplayPort,HDCP support, USB hub, 2560х1600) VM617A4</t>
+  </si>
+  <si>
+    <t>VM626A4</t>
+  </si>
+  <si>
+    <t>LCD монитор HP TFT ZR22w 21.5" LCD Monitor wides(S-IPS,250 cd/m2,1000:1,8 ms,178°/178°,VGA,DVI-D,DisplayPort, HDCP support,1920x1080,TCO'03)(new,replace RA374AA) VM626A4</t>
+  </si>
+  <si>
+    <t>VM633A4</t>
+  </si>
+  <si>
+    <t>LCD монитор HP TFT ZR24w 24" LCD Monitor wide(S-IPS,400 cd/m2,1000:1,7 ms,178°/178°,VGA,DVI-D,DisplayPort,HDCP support,USB hub,1920x1200,port.orientation) VM633A4</t>
+  </si>
+  <si>
+    <t>VU544AA</t>
+  </si>
+  <si>
+    <t>LCD монитор HP TFT Compaq CQ1859s 18.5" Wide LCD Monitor(200cd/m2,600:1,5ms,90°/50°,VGA,1366x768,speakers) VU544AA</t>
+  </si>
+  <si>
+    <t>WD005AA</t>
+  </si>
+  <si>
+    <t>LCD монитор HP Pavilion TFT 2510i 25"Flat Panel Monitor widescreen(300cd/m,1000:1, 2,5ms,170°/160,VGA,DVI-D,HDCP,1920x1080,speakers,BrightView) WD005AA</t>
+  </si>
+  <si>
+    <t>WD013AA</t>
+  </si>
+  <si>
+    <t>LCD монитор HP TFT LD4200 LCD Monitor 42"LCD (500cd/m2,1000:1,9ms,178°/178°, VGA, HDMI, component(2), composite, S-video, 1920х1080) WD013AA</t>
+  </si>
+  <si>
+    <t>WD119AA</t>
+  </si>
+  <si>
+    <t>LCD монитор HP Pavilion TFT 2710m 27"Flat Panel Monitor wide(400cd/m,1000:1, 2,5ms,170°/160,1920x1080,VGA,DVI-D,HDCP,HDMI,speakers,BrightView) WD119AA</t>
+  </si>
+  <si>
+    <t>WR735AA</t>
+  </si>
+  <si>
+    <t>LCD монитор HP TFT s2031a 20" Wide Monitor(250cd/m,1000:1,5ms,170°/160°,VGA,DVI-D,HDCP,1600x900,speakers,Anti-Glare)(repl WC030AA) WR735AA</t>
+  </si>
+  <si>
+    <t>WR739AA</t>
+  </si>
+  <si>
+    <t>LCD монитор HP TFT S2231a 21.5" Wide Monitor(300cd/m,1000:1,5ms,170°/160°,VGA,DVI-D,HDCP,1920x1080,speakers,Anti-Glare) WR739AA</t>
+  </si>
+  <si>
+    <t>WR743AA</t>
+  </si>
+  <si>
+    <t>LCD монитор HP TFT s2331a 23" Wide Monitor(300cd/m,1000:1,5ms,170°/160°,VGA,DVI-D,HDCP,1920x1080,speakers,Anti-Glare)(repl WC291AA) WR743AA</t>
+  </si>
+  <si>
+    <t>WS229AA</t>
+  </si>
+  <si>
+    <t>LCD монитор HP TFT x20LED 20-Inch Wide LED Monitor(250cd/m,1000:1,5ms,170°/160°,VGA,DVI-D,HDCP,1600x900,LED backlight,Anti-Glare) WS229AA</t>
+  </si>
+  <si>
+    <t>WS231AA</t>
+  </si>
+  <si>
+    <t>LCD монитор HP TFT x22LED 21.5" Wide LED Monitor(250cd/m,1000:1,5ms,170°/160°,VGA,DVI-D,HDCP,1920x1080,LED backlight,Anti-Glare) WS231AA</t>
+  </si>
+  <si>
+    <t>WS233AA</t>
+  </si>
+  <si>
+    <t>LCD монитор HP TFT x23LED 23" Wide LED Monitor(250cd/m,1000:1,5ms,170°/160°,VGA,DVI-D,HDCP,1920x1080,LED backlight) WS233AA</t>
+  </si>
+  <si>
+    <t>WT316AA</t>
+  </si>
+  <si>
+    <t>LCD монитор HP TFT 2310ti 23" Touch LCD Monitor(275cd/m,1000:1,5ms,160°/160°,VGA,DVI-D,HDCP,1920x1080,speakers,Multi-touch,BrightView) WT316AA</t>
+  </si>
+  <si>
+    <t>WT429AA</t>
+  </si>
+  <si>
+    <t>LCD монитор 23.0" HP TFT 2310ei slim WLED Backlit LCD Monitor(300cd/m,1000:1,5ms,170°/160°,DVI-D,DisplayPort,HDCP,1920x1080,BrightView) WT429AA</t>
+  </si>
+  <si>
+    <t>XN374AA</t>
+  </si>
+  <si>
+    <t>LCD монитор HP TFT LA2006x WLED LCD Monitor(250cd/m,1000:1,5ms,170°/160°,VGA,DVI-D,DisplayPort,HDCP support, USB,1600x900,LED backlight,port.orientation) XN374AA</t>
+  </si>
+  <si>
+    <t>XN375AA</t>
+  </si>
+  <si>
+    <t>LCD монитор HP TFT LA2306x WLED LCD Monitor(250cd/m,1000:1,5ms,170°/160°,VGA,DVI-D,DisplayPort,HDCP support, USB hub,1920x1080,LED backlight,port.orientation) XN375AA</t>
+  </si>
+  <si>
+    <t>413015-B21</t>
+  </si>
+  <si>
+    <t>Память HP 16 GB Fully Buffered DIMMs PC2-5300 2 x 8 GB memory Kit (BL460cG5/480c/680c/160G5/360G5/380G5/580G5) 413015-B21</t>
+  </si>
+  <si>
+    <t>Память</t>
+  </si>
+  <si>
+    <t>461826-B21</t>
+  </si>
+  <si>
+    <t>Память HP 2 GB Fully Buffered DIMMs PC2-5300 2 x 1 GB LP memory Kit (BL460c/480c/680c/20pG4/DL140G3/160G5/360G5/380G5/ML150G3/350G5/370G5/580G5) repl 397411-B21 461826-B21</t>
+  </si>
+  <si>
+    <t>461828-B21</t>
+  </si>
+  <si>
+    <t>Память HP 4 GB Fully Buffered DIMMs PC2-5300 2 x 2 GB LP Memory Kit (BL460c/480c/680c/20pG4/DL140G3/160G5/360G5/380G5/ML150G3/350G5/370G5/580G5) repl 397413-B21 461828-B21</t>
+  </si>
+  <si>
+    <t>466440-B21</t>
+  </si>
+  <si>
+    <t>Память HP 8 GB Fully Buffered DIMMs PC2-5300 2 x 4 GB LP memory Kit (BL460c/480c/680c/20pG4/DL140G3/160G5/360G5/380G5/350G5/370G5/580G5) repl 397415-B21 466440-B21</t>
+  </si>
+  <si>
+    <t>500656-B21</t>
+  </si>
+  <si>
+    <t>Память HP 2GB (1x2Gb 2Rank) 2Rx8 PC3-10600R-9 Registered DIMM (BL280G6/460G6G7/490G6G7/620G7/680G7 DL120G6/160G6/180G6/320G6/360G6G7/370G6/380G6G7/580G7/980G7 ML150G6/350G6/370G6) 500656-B21</t>
+  </si>
+  <si>
+    <t>500658-B21</t>
+  </si>
+  <si>
+    <t>Память HP 4GB (1x4Gb 2Rank) 2Rx4 PC3-10600R-9 Registered DIMM (BL280G6/460G6G7/490G6G7/620G7/680G7 DL160G6/180G6/320G6/360G6G7/370G6/380G6G7/580G7/980G7 ML150G6/350G6/370G6) 500658-B21</t>
+  </si>
+  <si>
+    <t>500660-B21</t>
+  </si>
+  <si>
+    <t>Память HP 4GB (1x4Gb 4Rank) 4Rx8 PC3-8500R-7 LP Registered DIMM (BL280G6/460G6/490G6 DL120G6/160G6/180G6/320G6/360G6G7/370G6/380G6G7 ML150G6/350G6/370G6) 500660-B21</t>
+  </si>
+  <si>
+    <t>500662-B21</t>
+  </si>
+  <si>
+    <t>Память HP 8GB (1x8Gb 2Rank) 2Rx4 PC3-10600R-9 Registered DIMM (BL280G6/460G6G7/490G6G7/620G7/680G7 DL160G6/180G6/320G6/360G6G7/370G6/380G6G7/580G7/980G7 ML150G6/350G6/370G6) 500662-B21</t>
+  </si>
+  <si>
+    <t>500666-B21</t>
+  </si>
+  <si>
+    <t>Память HP 16GB (1x16Gb 4Rank) 4Rx4 PC3-8500R-7 Registered DIMM (BL280G6/460G6G7/490G6G7/620G7/680G7 DL160G6/180G6/320G6/360G6G7/370G6/380G6G7/580G7/980G7 ML150G6/350G6/370G6)</t>
+  </si>
+  <si>
+    <t>500668-B21</t>
+  </si>
+  <si>
+    <t>Память HP 1GB (1x1Gb 1Rank) 1Rx8 PC3-10600E-9 Unbuffered ECC DIMM (BLG6 280/460/490 DLG6G7 120/160/180/320/360/370/380 MLG6 110/150/330/350/370) 500668-B21</t>
+  </si>
+  <si>
+    <t>500670-B21</t>
+  </si>
+  <si>
+    <t>Память HP 2GB (1x2Gb 2Rank) 2Rx8 PC3-10600E-9 Unbuffered ECC DIMM (BLG6 280/460/490 DLG6G7 120/160/180/320/360/370/380 MLG6G7 110/150/330/350/370) 500670-B21</t>
+  </si>
+  <si>
+    <t>500672-B21</t>
+  </si>
+  <si>
+    <t>Память HP 4GB (1x4Gb 2Rank) 2Rx8 PC3-10600E-9 Unbuffered ECC DIMM (BLG6 280/460/490 DLG6G7 120/160/180/320/360/370/380 MLG6G7 110/150/330/350/370) 500672-B21</t>
+  </si>
+  <si>
+    <t>593339-B21</t>
+  </si>
+  <si>
+    <t>Память HP 4GB (1x4Gb 1Rank) 1Rx4 PC3-10600R-9 Registered DIMM, (BL280G6/460G6/490G6, DL160G6/180G6/320G6/360G6G7/370G6/380G6G7/980G7, ML150G6/350G6/370G6) 593339-B21</t>
+  </si>
+  <si>
+    <t>593907-B21</t>
+  </si>
+  <si>
+    <t>Память HP 2GB (1x2Gb 2Rank) 2Rx4 PC3-10600R-9 Registered DIMM (DL165G7/385G7/585G7/SL165zG7) 593907-B21</t>
+  </si>
+  <si>
+    <t>593911-B21</t>
+  </si>
+  <si>
+    <t>Память HP 4GB (1x4Gb 1Rank) 1Rx4 PC3-10600R-9 Registered DIMM (BL465G7/685G7/DL165G7/385G7/585G7/SL165zG7) 593911-B21</t>
+  </si>
+  <si>
+    <t>593913-B21</t>
+  </si>
+  <si>
+    <t>Память HP 8GB (1x8Gb 2Rank) 2Rx4 PC3-10600R-9 Registered DIMM (BL465G7/685G7/DL165G7/385G7/585G7/SL165zG7) 593913-B21</t>
+  </si>
+  <si>
+    <t>593915-B21</t>
+  </si>
+  <si>
+    <t>Память HP 16GB (1x16Gb 4Rank) 4Rx4 PC3-8500R-7 Registered DIMM (BL465G7/685G7/DL165G7/385G7/585G7/SL165zG7) 593915-B21</t>
+  </si>
+  <si>
+    <t>604504-B21</t>
+  </si>
+  <si>
+    <t>Память HP 4GB (1x4Gb 1Rank) 1Rx4 PC3L-10600R-9 Low Voltage Registered DIMM, (BL280G6/460G6/490G6, DL320G6/360G7/380G7/980G7, ML350G6) 604504-B21</t>
+  </si>
+  <si>
+    <t>604506-B21</t>
+  </si>
+  <si>
+    <t>Память HP 8GB (1x8Gb 2Rank) 2Rx4 PC3L-10600R-9 Low Voltage Registered DIMM (BL280G6/460G6/490G6, DL320G6/360G7/380G7/980G7, ML350G6) 604506-B21</t>
+  </si>
+  <si>
+    <t>C9299A</t>
+  </si>
+  <si>
+    <t>Струйный принтер HP OfficeJet 7000 Wide Format E809a A3+, 4800x1200dpi, черный (USB2.0, LAN)</t>
+  </si>
+  <si>
+    <t>Принтеры, мфу, сканеры</t>
+  </si>
+  <si>
+    <t>C9309A</t>
+  </si>
+  <si>
+    <t>МФУ HP Officejet Pro 7500A Wide Format E910a A3+, струйный, принтер + сканер + копир + факс, CR, ЖК 2.3, черный (USB2.0, LAN, WiFi)</t>
+  </si>
+  <si>
+    <t>CB047A</t>
+  </si>
+  <si>
+    <t>Струйный принтер HP OfficeJet Pro 8000 Wireless A809n A4, 4800x1200dpi, бело-черный (USB2.0, LAN, WiFi)</t>
+  </si>
+  <si>
+    <t>CB051A</t>
+  </si>
+  <si>
+    <t>Струйный принтер HP OfficeJet 6000 Printer - E609a A4, 4800x1200dpi, бело-черный (USB2.0, LAN)</t>
+  </si>
+  <si>
+    <t>CH340C</t>
+  </si>
+  <si>
+    <t>Струйный принтер HP Deskjet 1000 J110a A4, 4800x1200dpi, черно-серый (USB2.0)</t>
+  </si>
+  <si>
+    <t>CH350C</t>
+  </si>
+  <si>
+    <t>МФУ HP Deskjet 2050 - J510a A4, струйный, принтер + сканер + копир, черный (USB2.0)</t>
+  </si>
+  <si>
+    <t>CH376C</t>
+  </si>
+  <si>
+    <t>МФУ HP Deskjet 3050 - J610a A4, струйный, принтер + сканер + копир, черный (USB2.0, WiFi)</t>
+  </si>
+  <si>
+    <t>CH390C</t>
+  </si>
+  <si>
+    <t>Струйный принтер HP Deskjet 2000 J210a A4, 4800x1200dpi, черно-серый (USB2.0)</t>
+  </si>
+  <si>
+    <t>CH393C</t>
+  </si>
+  <si>
+    <t>Струйный принтер HP Deskjet 3000 J310a A4, 4800x1200dpi, ЖК 1.5, черный (USB2.0, WiFi)</t>
+  </si>
+  <si>
+    <t>CN255C</t>
+  </si>
+  <si>
+    <t>МФУ HP Photosmart B010b A4, струйный, принтер + сканер + копир, ЖК 1.5, черный (USB2.0)</t>
+  </si>
+  <si>
+    <t>CN547A</t>
+  </si>
+  <si>
+    <t>МФУ HP Officejet 4500 Wireless G510n A4, струйный, принтер + сканер + копир + факс, ЖК, черно-серебр. (USB2.0, WiFi)</t>
+  </si>
+  <si>
+    <t>CQ514A</t>
+  </si>
+  <si>
+    <t>Струйный принтер HP OfficeJet Pro 8000 Pro A809a A4, 4800x1200dpi, бело-черный (USB2.0, LAN)</t>
+  </si>
+  <si>
+    <t>Q8444C</t>
+  </si>
+  <si>
+    <t>МФУ HP Photosmart Wireless e-All-in-One B110b A4, струйный, принтер + сканер + копир, CR, ЖК 2.4, черный (USB2.0, WiFi)</t>
+  </si>
+  <si>
+    <t>CB416A</t>
+  </si>
+  <si>
+    <t>МФУ HP LaserJet M3027 MFP (p/c/s, A4, 1200 dpi, 25ppm, 256Mb, 40Gb, 2trays 100+500, ADF 50, USB/LAN/FIH/EIO) CB416A</t>
+  </si>
+  <si>
+    <t>CB417A</t>
+  </si>
+  <si>
+    <t>МФУ HP LaserJet M3027x MFP (p/c/s/fax, A4, 1200 dpi, 25ppm, 256Mb, 40Gb, 2trays 100+500, ADF 50, Duplex, USB/LAN/FIH/EIO) CB417A</t>
+  </si>
+  <si>
+    <t>CB426A</t>
+  </si>
+  <si>
+    <t>МФУ HP LaserJet M4345x MFP (p/c/s/fax, A4, 1200 dpi, 43ppm, 256Mb, 40Gb, 3trays 100+2*500, ADF 50, Duplex, USB/LAN/FIH/EIO, replace Q3943A) CB426A</t>
+  </si>
+  <si>
+    <t>CB427A</t>
+  </si>
+  <si>
+    <t>МФУ HP LaserJet M4345xs MFP (p/c/s/fax,A4,1200 dpi,43ppm,256Mb,40Gb,3trays 100+2*500,Stand,Stacker/Stapler,ADF 50,Duplex,USB/LAN/FIH/EIO,replace Q3944A) CB427A</t>
+  </si>
+  <si>
+    <t>CB493A</t>
+  </si>
+  <si>
+    <t>Цветной лазерный принтер HP Color LaserJet CP2025 (A4,600x600dpi,20(20)ppm,ImageREt3600,128Mb,2trays 50+250,USB,Postscript3, 4Cartriges1200pages in box ) CB493A</t>
+  </si>
+  <si>
+    <t>CB494A</t>
+  </si>
+  <si>
+    <t>Цветной лазерный принтер HP Color LaserJet CP2025n (A4,600x600dpi,20(20)ppm,ImageREt3600,128Mb,2trays 50+250,USB/LAN,Postscript3, 4Cartriges1200pages in box ) CB494A</t>
+  </si>
+  <si>
+    <t>CB495A</t>
+  </si>
+  <si>
+    <t>Цветной лазерный принтер HP Color LaserJet CP2025dn (A4,600x600dpi,20(20)ppm,ImageREt3600,128Mb,Duplex,2trays 50+250,USB/LAN,Postscript3, 4Cartriges1200pages in box ) CB495A</t>
+  </si>
+  <si>
+    <t>CB512A</t>
+  </si>
+  <si>
+    <t>Лазерный принтер HP LaserJet P4014dn (A4, 1200dpi, 43ppm, 128Mb, 2 trays 500+100, Duplex, USB/GigEth/EIO, Postscript) CB512A</t>
+  </si>
+  <si>
+    <t>CB519A</t>
+  </si>
+  <si>
+    <t>Автоматическое устройство двусторонней печати HP Duplex Unit - HP LJ P401x/P451x Series CB519A</t>
+  </si>
+  <si>
+    <t>CB532A</t>
+  </si>
+  <si>
+    <t>МФУ HP LaserJet M2727nf mfp (p/c/s/f, A4, 1200dpi, 26ppm, 64Mb, Duplex,2 trays 50+250, ADF 50 sheets, USB/LAN, Flatbed, replace Q6500A) CB532A</t>
+  </si>
+  <si>
+    <t>CC430A</t>
+  </si>
+  <si>
+    <t>МФУ HP Color LaserJet CM1312 (p/c/s, 600x600dpi, ImageREt3600, 12/8 ppm, 128Mb, Flatbed Scaner 1200dpi, tray 150, USB, 4 Cartriges 750pages in box) CC430A</t>
+  </si>
+  <si>
+    <t>CE456A</t>
+  </si>
+  <si>
+    <t>Лазерный принтер HP LaserJet P2055 (A4, 1200dpi, 33ppm, 64Mb, 2tray 250+50, USB, Postscript3, cartridge 2300pages in box, repl. CB366A) CE456A</t>
+  </si>
+  <si>
+    <t>CE457A</t>
+  </si>
+  <si>
+    <t>Лазерный принтер HP LaserJet P2055d (A4, 1200dpi, 33ppm, 64Mb, 2tray 250+50, USB, Duplex, Postscript3, cartridge 2300pages in box, repl. CB367A) CE457A</t>
+  </si>
+  <si>
+    <t>CE459A</t>
+  </si>
+  <si>
+    <t>Лазерный принтер HP LaserJet P2055dn (A4, 1200dpi, 33ppm, 128Mb, 2tray 250+50, USB/GigEth, Duplex, Postscript3, cartridge 2300pages in box, repl. CB368A, CB449A) CE459A</t>
+  </si>
+  <si>
+    <t>CE461A</t>
+  </si>
+  <si>
+    <t>Лазерный принтер HP LaserJet P2035 (A4,1200dpi, 30ppm, 16Mb, 2 tray 250+50, USB/Parallel, cartridge 1000 pages in box, replace CB450A) CE461A</t>
+  </si>
+  <si>
+    <t>CE462A</t>
+  </si>
+  <si>
+    <t>Лазерный принтер HP LaserJet P2035n , A4, 1200x1200dpi, белый (USB2.0, LAN) CE462A</t>
+  </si>
+  <si>
+    <t>CE525A</t>
+  </si>
+  <si>
+    <t>Лазерный принтер HP LaserJet Enterprise P3015 (A4, 1200dpi, 40ppm, 96Mb, 2trays 100+500, USB/EIO, 3y war, replace Q7812A) CE525A</t>
+  </si>
+  <si>
+    <t>CE526A</t>
+  </si>
+  <si>
+    <t>Лазерный принтер HP LaserJet Enterprise P3015d (A4, 1200dpi, 40ppm, 128Mb, 2trays 100+500, USB/EIO, Duplex, 3y war, replace Q7813A) CE526A</t>
+  </si>
+  <si>
+    <t>CE528A</t>
+  </si>
+  <si>
+    <t>Лазерный принтер HP LaserJet Enterprise P3015dn (A4, 1200dpi, 40ppm, 128Mb, 2trays 100+500, USB/GigEth/EIO, Duplex, 3y war, replace Q7815A) CE528A</t>
+  </si>
+  <si>
+    <t>CE538A</t>
+  </si>
+  <si>
+    <t>МФУ HP LaserJet Pro M1536dnf (p/c/s/f, A4, 1200dpi, 25ppm, 128Mb, 2trays 250+10, ADF 35 sheets, Duplex, USB/LAN, Flatbed, Cartrige 1000pages in box, replace CC372A, CB534A) CE538A</t>
+  </si>
+  <si>
+    <t>CE651A</t>
+  </si>
+  <si>
+    <t>Лазерный принтер HP LaserJet Pro P1102 (A4, 1200dpi, 18ppm, 2Mb, 1 tray 150, USB, Cartridge 700pages in box, 3y war, replace CB410A, CB411A) CE651A</t>
+  </si>
+  <si>
+    <t>CE657A</t>
+  </si>
+  <si>
+    <t>Лазерный принтер HP LaserJet Pro P1102w (A4, 1200dpi, 18ppm, 8Mb, 2 trays 150+10, USB/WiFi 802.11 b/g, Cartridge 700pages&amp;USB cable 1m in box, replace CB411A) CE657A</t>
+  </si>
+  <si>
+    <t>CE663A</t>
+  </si>
+  <si>
+    <t>Лазерный принтер HP LaserJet Pro P1566 (A4, 1200dpi, 22ppm, 8Mb, 2 trays 250+10, USB, Cartridge 1000pages in box, replace CB412A) CE663A</t>
+  </si>
+  <si>
+    <t>CE749A</t>
+  </si>
+  <si>
+    <t>Лазерный принтер HP LaserJet Pro P1606dn (A4, 1200dpi, 25ppm, 32Mb, 2 trays 250+10, USB/LAN, Duplex, Cartridge 1000pages in box, black, replace CB413A) CE749A</t>
+  </si>
+  <si>
+    <t>CE841A</t>
+  </si>
+  <si>
+    <t>МФУ HP LaserJet Pro M1212nf MFP (p/c/s/f, A4, 1200dpi, 18ppm, 64 Mb, 1 tray 150, ADF 35 sheets, USB/LAN, Flatbed, black, Cartridge 700 pages in box, replace CC459A) CE841A</t>
+  </si>
+  <si>
+    <t>CE842A</t>
+  </si>
+  <si>
+    <t>МФУ HP LaserJet Pro M1214nfh (p/c/s/f, A4, 1200dpi, 18ppm, 64 Mb, 1 tray 150, ADF 35 sheets, USB/LAN, Flatbed, telephone handset, black, Cartridge 700 pages in box, replace CB536A) CE842A</t>
+  </si>
+  <si>
+    <t>CE847A</t>
+  </si>
+  <si>
+    <t>МФУ HP LaserJet Pro M1132 MFP (p/c/s, A4, 1200dpi, 18ppm, 8 Mb, 1 tray 150, USB, Flatbed, black, Cartridge 700 pages in box, replace CB537A) CE847A</t>
+  </si>
+  <si>
+    <t>CE861A</t>
+  </si>
+  <si>
+    <t>МФУ HP Color LaserJet Pro CM1415fn MFP (p/c/s/f, 600x600dpi, ImageREt3600, 8(12) ppm, 160Mb, ADF35 sheets, tray150, USB/LAN, 4Cartriges750pages in box, replace CC431A) CE861A</t>
+  </si>
+  <si>
+    <t>CE874A</t>
+  </si>
+  <si>
+    <t>Цветной лазерный принтер HP Color LaserJet Pro CP1525n (A4, 600x600dpi, 8(12) ppm, 128Mb, 2 trays 1+150, USB/LAN, replace CC377A) CE874A</t>
+  </si>
+  <si>
+    <t>CE913A</t>
+  </si>
+  <si>
+    <t>Цветной лазерный принтер HP Color LaserJet Pro CP1025 (A4, 600x600dpi, 4(16) ppm, 8Mb, 1 tray 150, USB, replace CC376A) CE913A</t>
+  </si>
+  <si>
+    <t>L1910A</t>
+  </si>
+  <si>
+    <t>Сканер HP ScanJet 5590 (A4, 2400x2400dpi, 48bit, USB 2.0, ADF 50 sheet, TMA, Duplex, replace C9919A) L1910A</t>
+  </si>
+  <si>
+    <t>L1912A</t>
+  </si>
+  <si>
+    <t>Сканер HP Scanjet 5590p , A4, 2400x2400dpi, со слайд-адаптером, серый (USB2.0) L1912A</t>
+  </si>
+  <si>
+    <t>L1956A</t>
+  </si>
+  <si>
+    <t>Сканер HP Scanjet G4010 Photo Scanner (216x311 mm, 4800x9600 dpi, 96bit (6 color), USB, TMA (5 slides (35 mm) or 6 negatives), replace L1950A) L1956A</t>
+  </si>
+  <si>
+    <t>L1957A</t>
+  </si>
+  <si>
+    <t>Сканер HP Scanjet G4050 Photo Scanner(216x311mm,4800x9600 dpi,96bit(6 color),USB,TMA(16 slides(35 mm)/30 negatives/one 4x5-inch film frame,scratch remove har L1957A</t>
+  </si>
+  <si>
+    <t>L2694A</t>
+  </si>
+  <si>
+    <t>Сканер HP Scanjet G2410 (A4, 1200 dpi, 48 bit, USB, replace Q3841A) L2694A</t>
+  </si>
+  <si>
+    <t>L2696A</t>
+  </si>
+  <si>
+    <t>Сканер HP Scanjet G2710 (A4, 2400x4800 dpi, 12sec, 48 bit, TMA, USB, replace L1945A) L2696A</t>
+  </si>
+  <si>
+    <t>L2698A</t>
+  </si>
+  <si>
+    <t>Сканер HP Scanjet G3110 (A4, 4800x9600 dpi, 48 bit, TMA, USB 2.0, replace L1985A) L2698A</t>
+  </si>
+  <si>
+    <t>L2722A</t>
+  </si>
+  <si>
+    <t>Сканер HP Scanjet Professional 1000 Sheetfeed Scanner (A4, 600x600dpi, 48bit, 5(8)ppm, Duplex, USB powered) L2722A</t>
+  </si>
+  <si>
+    <t>Q7829A</t>
+  </si>
+  <si>
+    <t>МФУ HP LaserJet M5035 MFP (p/c/s, A3, 1200 dpi, 35ppm(A4), 256Mb, 40Gb, 3trays 100+2*250, ADF 50, USB/LAN/FIH/EIO) Q7829A</t>
+  </si>
+  <si>
+    <t>Q7830A</t>
+  </si>
+  <si>
+    <t>МФУ HP LaserJet M5035x MFP (p/c/s/fax, A3, 1200 dpi, 35ppm(A4), 256Mb, 40Gb, 4trays 100+2*250+500, stand, ADF 50, Duplex, USB/LAN/FIH/EIO) Q7830A</t>
+  </si>
+  <si>
+    <t>Q7831A</t>
+  </si>
+  <si>
+    <t>МФУ HP LaserJet M5035xs MFP (p/c/s/fax,A3,1200 dpi,35ppm(A4),256Mb,40Gb,6trays 100+2*250+3*500,Stand,Stacker/Stapler,ADF 50,Duplex,USB/LAN/FIH/EIO) Q7831A</t>
+  </si>
+  <si>
+    <t>Q7840A</t>
+  </si>
+  <si>
+    <t>МФУ HP LaserJet M5025 MFP (p/c/s, A3, 1200dpi, 25ppm(A4), 256Mb, 40Gb, 3trays 100+2*250, ADF 50, USB/LAN/FIH/EIO) Q7840A</t>
+  </si>
+  <si>
     <t>BM459AW</t>
   </si>
   <si>
     <t>Тонкий клиент HP ms6000 Core2Quad Q9500,8GB DDR3 PC10600(dl chnl),500GB SATA 3.0 HDD,DVD+/-RW,GigEth,kbd/mse opt,WinMultiPointServer BM459AW</t>
   </si>
   <si>
-    <t>Компьютеры, моноблоки, тонкие клиенты</t>
+    <t>Рабочие станции и тонкие клиенты</t>
   </si>
   <si>
     <t>BM461AW</t>
   </si>
   <si>
     <t>Тонкий клиент HP ms6000 Core2Quad Q9500,6GB DDR3 PC10600(dl chnl),500GB SATA 3.0 HDD,DVD+/-RW,GigEth,kbd/mse opt,DOS BM461AW</t>
   </si>
   <si>
     <t>KK629EA</t>
   </si>
   <si>
     <t>Рабочая станция HP Z800 Xeon SC X5660, 24GB (6x4GB) DDR3-1333ECC, 146GB HDD SAS 15K, DVDRW, no graphics, laser mouse, keyboard, CardReader, Win7Prof 64 KK629EA</t>
   </si>
   <si>
     <t>KK639EA</t>
   </si>
   <si>
     <t>Рабочая станция HP Z200 Core i3-540, 4GB(2x2GB)DDR3-1333 ECC, 500GB SATA 3Gb/s, DVDRW, IntegGraph, laser mouse, keyboard, CardReader, Win7Prof 64 (replace KK610EA) KK639EA</t>
   </si>
   <si>
     <t>KK640EA</t>
   </si>
   <si>
     <t>Рабочая станция HP Z200 Core i5-650, 4GB(2x2GB)DDR3-1333 ECC, 500GB SATA 3Gb/s, DVDRW, IntegGraph, laser mouse, keyboard, CardReader, Win7Prof 64 (replace KK611EA) KK640EA</t>
   </si>
@@ -1399,1022 +2371,50 @@
     <t>Персональный компьютер HP 8200 Elite USDT Core i5-2400 2GB DDR3 PC3-10600,250GB SATA,DVD+/-RW,keyboard,mouse,GigLAN,DOS XY137EA</t>
   </si>
   <si>
     <t>XY138EA</t>
   </si>
   <si>
     <t>Персональный компьютер HP 8200 Elite USDT Core i5-2400 2GB DDR3 PC3-10600,160GB SATA,DVD+/-RW,keyboard,mouse,GigLAN,Win7Pro 32bit,MSOf 2010 prel.St. XY138EA</t>
   </si>
   <si>
     <t>XY139ES</t>
   </si>
   <si>
     <t>Персональный компьютер HP 8200 Elite MT Core i5-2400 2GB DDR3 PC3-10600,500GB SATA,DVD+/-RW,keyboard,mouse,GigLAN,Win7Pro 32bit,MSOf 2010 prel.St. XY139ES</t>
   </si>
   <si>
     <t>XY140ES</t>
   </si>
   <si>
     <t>Персональный компьютер HP 8200 Elite MT Core i3-2100 2GB DDR3 PC3-10600,500GB SATA,DVD+/-RW,keyboard,mouse,GigLAN,Win7Pro 32bit,MSOf 2010 prel.St. XY140ES</t>
   </si>
   <si>
     <t>XY172ES</t>
   </si>
   <si>
     <t>Персональный компьютер HP 6000 Pro MT Core2Duo E8500,2GB DDR3 PC3-10600,320GB SATA HDD,DVD+/-RW,keyboard,mouse,GigLAN,DOS(repl WK068EA)(rlb) XY172ES</t>
-  </si>
-[...970 lines deleted...]
-    <t>МФУ HP LaserJet M5025 MFP (p/c/s, A3, 1200dpi, 25ppm(A4), 256Mb, 40Gb, 3trays 100+2*250, ADF 50, USB/LAN/FIH/EIO) Q7840A</t>
   </si>
   <si>
     <t>466131-421</t>
   </si>
   <si>
     <t>Сервер HP Proliant ML150T06 E5502 NHP SATA (Tower XeonDC 1.86Ghz(4Mb)/1x2GbUD/SATA RAID(1/0/1+0)/160GbSATA(max 4NHP LFFHDD)/DVD/GigEth) 466131-421</t>
   </si>
   <si>
     <t>Серверы</t>
   </si>
   <si>
     <t>466132-421</t>
   </si>
   <si>
     <t>Сервер HP Proliant ML150T06 E5504 Hot plug SAS/SATA (Tower XeonQC 2.0Ghz(4Mb)/1x2GbUD/P410(ZM/RAID1+0/1/0)/noLFFHDD(4/8up)/DVD/GigEth) 466132-421</t>
   </si>
   <si>
     <t>466133-421</t>
   </si>
   <si>
     <t>Сервер HP Proliant ML150T06 E5520 Hot plug SAS/SATA (Tower XeonQC 2.26Ghz(8Mb)/2x2GbUD/P410(256Mb/RAID5+0/5/1+0/1/0)/noLFFHDD(4/8up)/DVD/GigEth) 466133-421</t>
   </si>
   <si>
     <t>470065-106</t>
   </si>
@@ -3486,51 +3486,51 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="7" numFmtId="0" fillId="2" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="49" fillId="2" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="2" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9343537e9fccab2e0aaa48c1bf089da42.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6f3c378d39822c2da28a3e6d2dc32962.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>600075</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>76200</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2447925" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -5767,7650 +5767,7650 @@
       <c r="B111" s="17" t="s">
         <v>221</v>
       </c>
       <c r="C111" s="17" t="s">
         <v>222</v>
       </c>
       <c r="D111" s="17" t="s">
         <v>110</v>
       </c>
       <c r="E111" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F111" s="3"/>
     </row>
     <row r="112" spans="1:6">
       <c r="A112" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B112" s="17" t="s">
         <v>223</v>
       </c>
       <c r="C112" s="17" t="s">
         <v>224</v>
       </c>
       <c r="D112" s="17" t="s">
-        <v>110</v>
+        <v>225</v>
       </c>
       <c r="E112" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F112" s="3"/>
     </row>
     <row r="113" spans="1:6">
       <c r="A113" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B113" s="17" t="s">
+        <v>226</v>
+      </c>
+      <c r="C113" s="17" t="s">
+        <v>227</v>
+      </c>
+      <c r="D113" s="17" t="s">
         <v>225</v>
-      </c>
-[...4 lines deleted...]
-        <v>110</v>
       </c>
       <c r="E113" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F113" s="3"/>
     </row>
     <row r="114" spans="1:6">
       <c r="A114" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B114" s="17" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="C114" s="17" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="D114" s="17" t="s">
-        <v>110</v>
+        <v>225</v>
       </c>
       <c r="E114" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F114" s="3"/>
     </row>
     <row r="115" spans="1:6">
       <c r="A115" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B115" s="17" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="C115" s="17" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="D115" s="17" t="s">
-        <v>110</v>
+        <v>225</v>
       </c>
       <c r="E115" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F115" s="3"/>
     </row>
     <row r="116" spans="1:6">
       <c r="A116" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B116" s="17" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="C116" s="17" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="D116" s="17" t="s">
-        <v>110</v>
+        <v>225</v>
       </c>
       <c r="E116" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F116" s="3"/>
     </row>
     <row r="117" spans="1:6">
       <c r="A117" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B117" s="17" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="C117" s="17" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="D117" s="17" t="s">
-        <v>110</v>
+        <v>225</v>
       </c>
       <c r="E117" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F117" s="3"/>
     </row>
     <row r="118" spans="1:6">
       <c r="A118" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B118" s="17" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="C118" s="17" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="D118" s="17" t="s">
-        <v>110</v>
+        <v>225</v>
       </c>
       <c r="E118" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F118" s="3"/>
     </row>
     <row r="119" spans="1:6">
       <c r="A119" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B119" s="17" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="C119" s="17" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="D119" s="17" t="s">
-        <v>110</v>
+        <v>225</v>
       </c>
       <c r="E119" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F119" s="3"/>
     </row>
     <row r="120" spans="1:6">
       <c r="A120" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B120" s="17" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="C120" s="17" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="D120" s="17" t="s">
-        <v>110</v>
+        <v>225</v>
       </c>
       <c r="E120" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F120" s="3"/>
     </row>
     <row r="121" spans="1:6">
       <c r="A121" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B121" s="17" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="C121" s="17" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="D121" s="17" t="s">
-        <v>110</v>
+        <v>225</v>
       </c>
       <c r="E121" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F121" s="3"/>
     </row>
     <row r="122" spans="1:6">
       <c r="A122" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B122" s="17" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="C122" s="17" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="D122" s="17" t="s">
-        <v>110</v>
+        <v>225</v>
       </c>
       <c r="E122" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F122" s="3"/>
     </row>
     <row r="123" spans="1:6">
       <c r="A123" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B123" s="17" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="C123" s="17" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="D123" s="17" t="s">
-        <v>110</v>
+        <v>225</v>
       </c>
       <c r="E123" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F123" s="3"/>
     </row>
     <row r="124" spans="1:6">
       <c r="A124" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B124" s="17" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="C124" s="17" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="D124" s="17" t="s">
-        <v>110</v>
+        <v>225</v>
       </c>
       <c r="E124" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F124" s="3"/>
     </row>
     <row r="125" spans="1:6">
       <c r="A125" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B125" s="17" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="C125" s="17" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="D125" s="17" t="s">
-        <v>110</v>
+        <v>225</v>
       </c>
       <c r="E125" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F125" s="3"/>
     </row>
     <row r="126" spans="1:6">
       <c r="A126" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B126" s="17" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="C126" s="17" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="D126" s="17" t="s">
-        <v>110</v>
+        <v>225</v>
       </c>
       <c r="E126" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F126" s="3"/>
     </row>
     <row r="127" spans="1:6">
       <c r="A127" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B127" s="17" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="C127" s="17" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="D127" s="17" t="s">
-        <v>110</v>
+        <v>225</v>
       </c>
       <c r="E127" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F127" s="3"/>
     </row>
     <row r="128" spans="1:6">
       <c r="A128" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B128" s="17" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="C128" s="17" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="D128" s="17" t="s">
-        <v>110</v>
+        <v>225</v>
       </c>
       <c r="E128" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F128" s="3"/>
     </row>
     <row r="129" spans="1:6">
       <c r="A129" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B129" s="17" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="C129" s="17" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="D129" s="17" t="s">
-        <v>110</v>
+        <v>225</v>
       </c>
       <c r="E129" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F129" s="3"/>
     </row>
     <row r="130" spans="1:6">
       <c r="A130" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B130" s="17" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="C130" s="17" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="D130" s="17" t="s">
-        <v>110</v>
+        <v>225</v>
       </c>
       <c r="E130" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F130" s="3"/>
     </row>
     <row r="131" spans="1:6">
       <c r="A131" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B131" s="17" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="C131" s="17" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="D131" s="17" t="s">
-        <v>110</v>
+        <v>225</v>
       </c>
       <c r="E131" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F131" s="3"/>
     </row>
     <row r="132" spans="1:6">
       <c r="A132" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B132" s="17" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="C132" s="17" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="D132" s="17" t="s">
-        <v>110</v>
+        <v>225</v>
       </c>
       <c r="E132" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F132" s="3"/>
     </row>
     <row r="133" spans="1:6">
       <c r="A133" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B133" s="17" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C133" s="17" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="D133" s="17" t="s">
-        <v>110</v>
+        <v>225</v>
       </c>
       <c r="E133" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F133" s="3"/>
     </row>
     <row r="134" spans="1:6">
       <c r="A134" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B134" s="17" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="C134" s="17" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="D134" s="17" t="s">
-        <v>110</v>
+        <v>225</v>
       </c>
       <c r="E134" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F134" s="3"/>
     </row>
     <row r="135" spans="1:6">
       <c r="A135" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B135" s="17" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="C135" s="17" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="D135" s="17" t="s">
-        <v>110</v>
+        <v>225</v>
       </c>
       <c r="E135" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F135" s="3"/>
     </row>
     <row r="136" spans="1:6">
       <c r="A136" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B136" s="17" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="C136" s="17" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="D136" s="17" t="s">
-        <v>110</v>
+        <v>225</v>
       </c>
       <c r="E136" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F136" s="3"/>
     </row>
     <row r="137" spans="1:6">
       <c r="A137" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B137" s="17" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="C137" s="17" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="D137" s="17" t="s">
-        <v>110</v>
+        <v>225</v>
       </c>
       <c r="E137" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F137" s="3"/>
     </row>
     <row r="138" spans="1:6">
       <c r="A138" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B138" s="17" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="C138" s="17" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="D138" s="17" t="s">
-        <v>110</v>
+        <v>225</v>
       </c>
       <c r="E138" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F138" s="3"/>
     </row>
     <row r="139" spans="1:6">
       <c r="A139" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B139" s="17" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="C139" s="17" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="D139" s="17" t="s">
-        <v>110</v>
+        <v>225</v>
       </c>
       <c r="E139" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F139" s="3"/>
     </row>
     <row r="140" spans="1:6">
       <c r="A140" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B140" s="17" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="C140" s="17" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="D140" s="17" t="s">
-        <v>110</v>
+        <v>225</v>
       </c>
       <c r="E140" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F140" s="3"/>
     </row>
     <row r="141" spans="1:6">
       <c r="A141" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B141" s="17" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="C141" s="17" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="D141" s="17" t="s">
-        <v>110</v>
+        <v>284</v>
       </c>
       <c r="E141" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F141" s="3"/>
     </row>
     <row r="142" spans="1:6">
       <c r="A142" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B142" s="17" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="C142" s="17" t="s">
+        <v>286</v>
+      </c>
+      <c r="D142" s="17" t="s">
         <v>284</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
       <c r="E142" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F142" s="3"/>
     </row>
     <row r="143" spans="1:6">
       <c r="A143" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B143" s="17" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="C143" s="17" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="D143" s="17" t="s">
-        <v>110</v>
+        <v>284</v>
       </c>
       <c r="E143" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F143" s="3"/>
     </row>
     <row r="144" spans="1:6">
       <c r="A144" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B144" s="17" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="C144" s="17" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="D144" s="17" t="s">
-        <v>110</v>
+        <v>284</v>
       </c>
       <c r="E144" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F144" s="3"/>
     </row>
     <row r="145" spans="1:6">
       <c r="A145" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B145" s="17" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="C145" s="17" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="D145" s="17" t="s">
-        <v>110</v>
+        <v>284</v>
       </c>
       <c r="E145" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F145" s="3"/>
     </row>
     <row r="146" spans="1:6">
       <c r="A146" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B146" s="17" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="C146" s="17" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="D146" s="17" t="s">
-        <v>110</v>
+        <v>284</v>
       </c>
       <c r="E146" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F146" s="3"/>
     </row>
     <row r="147" spans="1:6">
       <c r="A147" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B147" s="17" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="C147" s="17" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="D147" s="17" t="s">
-        <v>110</v>
+        <v>284</v>
       </c>
       <c r="E147" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F147" s="3"/>
     </row>
     <row r="148" spans="1:6">
       <c r="A148" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B148" s="17" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="C148" s="17" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="D148" s="17" t="s">
-        <v>110</v>
+        <v>284</v>
       </c>
       <c r="E148" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F148" s="3"/>
     </row>
     <row r="149" spans="1:6">
       <c r="A149" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B149" s="17" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="C149" s="17" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="D149" s="17" t="s">
-        <v>110</v>
+        <v>284</v>
       </c>
       <c r="E149" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F149" s="3"/>
     </row>
     <row r="150" spans="1:6">
       <c r="A150" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B150" s="17" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="C150" s="17" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="D150" s="17" t="s">
-        <v>110</v>
+        <v>284</v>
       </c>
       <c r="E150" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F150" s="3"/>
     </row>
     <row r="151" spans="1:6">
       <c r="A151" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B151" s="17" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="C151" s="17" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="D151" s="17" t="s">
-        <v>110</v>
+        <v>284</v>
       </c>
       <c r="E151" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F151" s="3"/>
     </row>
     <row r="152" spans="1:6">
       <c r="A152" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B152" s="17" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="C152" s="17" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="D152" s="17" t="s">
-        <v>110</v>
+        <v>284</v>
       </c>
       <c r="E152" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F152" s="3"/>
     </row>
     <row r="153" spans="1:6">
       <c r="A153" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B153" s="17" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="C153" s="17" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="D153" s="17" t="s">
-        <v>110</v>
+        <v>284</v>
       </c>
       <c r="E153" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F153" s="3"/>
     </row>
     <row r="154" spans="1:6">
       <c r="A154" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B154" s="17" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="C154" s="17" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="D154" s="17" t="s">
-        <v>110</v>
+        <v>284</v>
       </c>
       <c r="E154" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F154" s="3"/>
     </row>
     <row r="155" spans="1:6">
       <c r="A155" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B155" s="17" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="C155" s="17" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="D155" s="17" t="s">
-        <v>110</v>
+        <v>284</v>
       </c>
       <c r="E155" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F155" s="3"/>
     </row>
     <row r="156" spans="1:6">
       <c r="A156" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B156" s="17" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="C156" s="17" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="D156" s="17" t="s">
-        <v>110</v>
+        <v>284</v>
       </c>
       <c r="E156" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F156" s="3"/>
     </row>
     <row r="157" spans="1:6">
       <c r="A157" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B157" s="17" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="C157" s="17" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="D157" s="17" t="s">
-        <v>110</v>
+        <v>284</v>
       </c>
       <c r="E157" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F157" s="3"/>
     </row>
     <row r="158" spans="1:6">
       <c r="A158" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B158" s="17" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="C158" s="17" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="D158" s="17" t="s">
-        <v>110</v>
+        <v>284</v>
       </c>
       <c r="E158" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F158" s="3"/>
     </row>
     <row r="159" spans="1:6">
       <c r="A159" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B159" s="17" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="C159" s="17" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="D159" s="17" t="s">
-        <v>110</v>
+        <v>284</v>
       </c>
       <c r="E159" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F159" s="3"/>
     </row>
     <row r="160" spans="1:6">
       <c r="A160" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B160" s="17" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="C160" s="17" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="D160" s="17" t="s">
-        <v>110</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>323</v>
+      </c>
+      <c r="E160" s="18">
+        <v>0</v>
       </c>
       <c r="F160" s="3"/>
     </row>
     <row r="161" spans="1:6">
       <c r="A161" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B161" s="17" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="C161" s="17" t="s">
-        <v>322</v>
+        <v>325</v>
       </c>
       <c r="D161" s="17" t="s">
-        <v>110</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>323</v>
+      </c>
+      <c r="E161" s="18">
+        <v>0</v>
       </c>
       <c r="F161" s="3"/>
     </row>
     <row r="162" spans="1:6">
       <c r="A162" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B162" s="17" t="s">
+        <v>326</v>
+      </c>
+      <c r="C162" s="17" t="s">
+        <v>327</v>
+      </c>
+      <c r="D162" s="17" t="s">
         <v>323</v>
       </c>
-      <c r="C162" s="17" t="s">
-[...6 lines deleted...]
-        <v>21</v>
+      <c r="E162" s="18">
+        <v>0</v>
       </c>
       <c r="F162" s="3"/>
     </row>
     <row r="163" spans="1:6">
       <c r="A163" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B163" s="17" t="s">
-        <v>325</v>
+        <v>328</v>
       </c>
       <c r="C163" s="17" t="s">
-        <v>326</v>
+        <v>329</v>
       </c>
       <c r="D163" s="17" t="s">
-        <v>110</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>323</v>
+      </c>
+      <c r="E163" s="18">
+        <v>0</v>
       </c>
       <c r="F163" s="3"/>
     </row>
     <row r="164" spans="1:6">
       <c r="A164" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B164" s="17" t="s">
-        <v>327</v>
+        <v>330</v>
       </c>
       <c r="C164" s="17" t="s">
-        <v>328</v>
+        <v>331</v>
       </c>
       <c r="D164" s="17" t="s">
-        <v>110</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>323</v>
+      </c>
+      <c r="E164" s="18">
+        <v>0</v>
       </c>
       <c r="F164" s="3"/>
     </row>
     <row r="165" spans="1:6">
       <c r="A165" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B165" s="17" t="s">
-        <v>329</v>
+        <v>332</v>
       </c>
       <c r="C165" s="17" t="s">
-        <v>330</v>
+        <v>333</v>
       </c>
       <c r="D165" s="17" t="s">
-        <v>110</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>323</v>
+      </c>
+      <c r="E165" s="18">
+        <v>0</v>
       </c>
       <c r="F165" s="3"/>
     </row>
     <row r="166" spans="1:6">
       <c r="A166" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B166" s="17" t="s">
-        <v>331</v>
+        <v>334</v>
       </c>
       <c r="C166" s="17" t="s">
-        <v>332</v>
+        <v>335</v>
       </c>
       <c r="D166" s="17" t="s">
-        <v>110</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>323</v>
+      </c>
+      <c r="E166" s="18">
+        <v>0</v>
       </c>
       <c r="F166" s="3"/>
     </row>
     <row r="167" spans="1:6">
       <c r="A167" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B167" s="17" t="s">
-        <v>333</v>
+        <v>336</v>
       </c>
       <c r="C167" s="17" t="s">
-        <v>334</v>
+        <v>337</v>
       </c>
       <c r="D167" s="17" t="s">
-        <v>110</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>323</v>
+      </c>
+      <c r="E167" s="18">
+        <v>0</v>
       </c>
       <c r="F167" s="3"/>
     </row>
     <row r="168" spans="1:6">
       <c r="A168" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B168" s="17" t="s">
-        <v>335</v>
+        <v>338</v>
       </c>
       <c r="C168" s="17" t="s">
-        <v>336</v>
+        <v>339</v>
       </c>
       <c r="D168" s="17" t="s">
-        <v>110</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>323</v>
+      </c>
+      <c r="E168" s="18">
+        <v>0</v>
       </c>
       <c r="F168" s="3"/>
     </row>
     <row r="169" spans="1:6">
       <c r="A169" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B169" s="17" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="C169" s="17" t="s">
-        <v>338</v>
+        <v>341</v>
       </c>
       <c r="D169" s="17" t="s">
-        <v>110</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>323</v>
+      </c>
+      <c r="E169" s="18">
+        <v>0</v>
       </c>
       <c r="F169" s="3"/>
     </row>
     <row r="170" spans="1:6">
       <c r="A170" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B170" s="17" t="s">
-        <v>339</v>
+        <v>342</v>
       </c>
       <c r="C170" s="17" t="s">
-        <v>340</v>
+        <v>343</v>
       </c>
       <c r="D170" s="17" t="s">
-        <v>110</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>323</v>
+      </c>
+      <c r="E170" s="18">
+        <v>0</v>
       </c>
       <c r="F170" s="3"/>
     </row>
     <row r="171" spans="1:6">
       <c r="A171" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B171" s="17" t="s">
-        <v>341</v>
+        <v>344</v>
       </c>
       <c r="C171" s="17" t="s">
-        <v>342</v>
+        <v>345</v>
       </c>
       <c r="D171" s="17" t="s">
-        <v>110</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>323</v>
+      </c>
+      <c r="E171" s="18">
+        <v>0</v>
       </c>
       <c r="F171" s="3"/>
     </row>
     <row r="172" spans="1:6">
       <c r="A172" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B172" s="17" t="s">
-        <v>343</v>
+        <v>346</v>
       </c>
       <c r="C172" s="17" t="s">
-        <v>344</v>
+        <v>347</v>
       </c>
       <c r="D172" s="17" t="s">
-        <v>110</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>323</v>
+      </c>
+      <c r="E172" s="18">
+        <v>0</v>
       </c>
       <c r="F172" s="3"/>
     </row>
     <row r="173" spans="1:6">
       <c r="A173" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B173" s="17" t="s">
-        <v>345</v>
+        <v>348</v>
       </c>
       <c r="C173" s="17" t="s">
-        <v>346</v>
+        <v>349</v>
       </c>
       <c r="D173" s="17" t="s">
-        <v>110</v>
+        <v>323</v>
       </c>
       <c r="E173" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F173" s="3"/>
     </row>
     <row r="174" spans="1:6">
       <c r="A174" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B174" s="17" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
       <c r="C174" s="17" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="D174" s="17" t="s">
-        <v>110</v>
+        <v>323</v>
       </c>
       <c r="E174" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F174" s="3"/>
     </row>
     <row r="175" spans="1:6">
       <c r="A175" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B175" s="17" t="s">
-        <v>349</v>
+        <v>352</v>
       </c>
       <c r="C175" s="17" t="s">
-        <v>350</v>
+        <v>353</v>
       </c>
       <c r="D175" s="17" t="s">
-        <v>110</v>
+        <v>323</v>
       </c>
       <c r="E175" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F175" s="3"/>
     </row>
     <row r="176" spans="1:6">
       <c r="A176" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B176" s="17" t="s">
-        <v>351</v>
+        <v>354</v>
       </c>
       <c r="C176" s="17" t="s">
-        <v>352</v>
+        <v>355</v>
       </c>
       <c r="D176" s="17" t="s">
-        <v>110</v>
+        <v>323</v>
       </c>
       <c r="E176" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F176" s="3"/>
     </row>
     <row r="177" spans="1:6">
       <c r="A177" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B177" s="17" t="s">
-        <v>353</v>
+        <v>356</v>
       </c>
       <c r="C177" s="17" t="s">
-        <v>354</v>
+        <v>357</v>
       </c>
       <c r="D177" s="17" t="s">
-        <v>110</v>
+        <v>323</v>
       </c>
       <c r="E177" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F177" s="3"/>
     </row>
     <row r="178" spans="1:6">
       <c r="A178" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B178" s="17" t="s">
-        <v>355</v>
+        <v>358</v>
       </c>
       <c r="C178" s="17" t="s">
-        <v>356</v>
+        <v>359</v>
       </c>
       <c r="D178" s="17" t="s">
-        <v>110</v>
+        <v>323</v>
       </c>
       <c r="E178" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F178" s="3"/>
     </row>
     <row r="179" spans="1:6">
       <c r="A179" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B179" s="17" t="s">
-        <v>357</v>
+        <v>360</v>
       </c>
       <c r="C179" s="17" t="s">
-        <v>358</v>
+        <v>361</v>
       </c>
       <c r="D179" s="17" t="s">
-        <v>110</v>
+        <v>323</v>
       </c>
       <c r="E179" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F179" s="3"/>
     </row>
     <row r="180" spans="1:6">
       <c r="A180" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B180" s="17" t="s">
-        <v>359</v>
+        <v>362</v>
       </c>
       <c r="C180" s="17" t="s">
-        <v>360</v>
+        <v>363</v>
       </c>
       <c r="D180" s="17" t="s">
-        <v>110</v>
+        <v>323</v>
       </c>
       <c r="E180" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F180" s="3"/>
     </row>
     <row r="181" spans="1:6">
       <c r="A181" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B181" s="17" t="s">
-        <v>361</v>
+        <v>364</v>
       </c>
       <c r="C181" s="17" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="D181" s="17" t="s">
-        <v>110</v>
+        <v>323</v>
       </c>
       <c r="E181" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F181" s="3"/>
     </row>
     <row r="182" spans="1:6">
       <c r="A182" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B182" s="17" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
       <c r="C182" s="17" t="s">
-        <v>364</v>
+        <v>367</v>
       </c>
       <c r="D182" s="17" t="s">
-        <v>110</v>
+        <v>323</v>
       </c>
       <c r="E182" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F182" s="3"/>
     </row>
     <row r="183" spans="1:6">
       <c r="A183" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B183" s="17" t="s">
-        <v>365</v>
+        <v>368</v>
       </c>
       <c r="C183" s="17" t="s">
-        <v>366</v>
+        <v>369</v>
       </c>
       <c r="D183" s="17" t="s">
-        <v>110</v>
+        <v>323</v>
       </c>
       <c r="E183" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F183" s="3"/>
     </row>
     <row r="184" spans="1:6">
       <c r="A184" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B184" s="17" t="s">
-        <v>367</v>
+        <v>370</v>
       </c>
       <c r="C184" s="17" t="s">
-        <v>368</v>
+        <v>371</v>
       </c>
       <c r="D184" s="17" t="s">
-        <v>110</v>
+        <v>323</v>
       </c>
       <c r="E184" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F184" s="3"/>
     </row>
     <row r="185" spans="1:6">
       <c r="A185" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B185" s="17" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="C185" s="17" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="D185" s="17" t="s">
-        <v>110</v>
+        <v>323</v>
       </c>
       <c r="E185" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F185" s="3"/>
     </row>
     <row r="186" spans="1:6">
       <c r="A186" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B186" s="17" t="s">
-        <v>371</v>
+        <v>374</v>
       </c>
       <c r="C186" s="17" t="s">
-        <v>372</v>
+        <v>375</v>
       </c>
       <c r="D186" s="17" t="s">
-        <v>110</v>
+        <v>323</v>
       </c>
       <c r="E186" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F186" s="3"/>
     </row>
     <row r="187" spans="1:6">
       <c r="A187" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B187" s="17" t="s">
-        <v>373</v>
+        <v>376</v>
       </c>
       <c r="C187" s="17" t="s">
-        <v>374</v>
+        <v>377</v>
       </c>
       <c r="D187" s="17" t="s">
-        <v>110</v>
+        <v>323</v>
       </c>
       <c r="E187" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F187" s="3"/>
     </row>
     <row r="188" spans="1:6">
       <c r="A188" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B188" s="17" t="s">
-        <v>375</v>
+        <v>378</v>
       </c>
       <c r="C188" s="17" t="s">
-        <v>376</v>
+        <v>379</v>
       </c>
       <c r="D188" s="17" t="s">
-        <v>110</v>
+        <v>323</v>
       </c>
       <c r="E188" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F188" s="3"/>
     </row>
     <row r="189" spans="1:6">
       <c r="A189" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B189" s="17" t="s">
-        <v>377</v>
+        <v>380</v>
       </c>
       <c r="C189" s="17" t="s">
-        <v>378</v>
+        <v>381</v>
       </c>
       <c r="D189" s="17" t="s">
-        <v>110</v>
+        <v>323</v>
       </c>
       <c r="E189" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F189" s="3"/>
     </row>
     <row r="190" spans="1:6">
       <c r="A190" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B190" s="17" t="s">
-        <v>379</v>
+        <v>382</v>
       </c>
       <c r="C190" s="17" t="s">
-        <v>380</v>
+        <v>383</v>
       </c>
       <c r="D190" s="17" t="s">
-        <v>110</v>
+        <v>323</v>
       </c>
       <c r="E190" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F190" s="3"/>
     </row>
     <row r="191" spans="1:6">
       <c r="A191" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B191" s="17" t="s">
-        <v>381</v>
+        <v>384</v>
       </c>
       <c r="C191" s="17" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="D191" s="17" t="s">
-        <v>110</v>
+        <v>323</v>
       </c>
       <c r="E191" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F191" s="3"/>
     </row>
     <row r="192" spans="1:6">
       <c r="A192" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B192" s="17" t="s">
-        <v>383</v>
+        <v>386</v>
       </c>
       <c r="C192" s="17" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="D192" s="17" t="s">
-        <v>110</v>
+        <v>323</v>
       </c>
       <c r="E192" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F192" s="3"/>
     </row>
     <row r="193" spans="1:6">
       <c r="A193" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B193" s="17" t="s">
-        <v>385</v>
+        <v>388</v>
       </c>
       <c r="C193" s="17" t="s">
-        <v>386</v>
+        <v>389</v>
       </c>
       <c r="D193" s="17" t="s">
-        <v>110</v>
+        <v>323</v>
       </c>
       <c r="E193" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F193" s="3"/>
     </row>
     <row r="194" spans="1:6">
       <c r="A194" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B194" s="17" t="s">
-        <v>387</v>
+        <v>390</v>
       </c>
       <c r="C194" s="17" t="s">
-        <v>388</v>
+        <v>391</v>
       </c>
       <c r="D194" s="17" t="s">
-        <v>110</v>
+        <v>323</v>
       </c>
       <c r="E194" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F194" s="3"/>
     </row>
     <row r="195" spans="1:6">
       <c r="A195" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B195" s="17" t="s">
-        <v>389</v>
+        <v>392</v>
       </c>
       <c r="C195" s="17" t="s">
-        <v>390</v>
+        <v>393</v>
       </c>
       <c r="D195" s="17" t="s">
-        <v>110</v>
+        <v>323</v>
       </c>
       <c r="E195" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F195" s="3"/>
     </row>
     <row r="196" spans="1:6">
       <c r="A196" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B196" s="17" t="s">
-        <v>391</v>
+        <v>394</v>
       </c>
       <c r="C196" s="17" t="s">
-        <v>392</v>
+        <v>395</v>
       </c>
       <c r="D196" s="17" t="s">
-        <v>110</v>
+        <v>323</v>
       </c>
       <c r="E196" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F196" s="3"/>
     </row>
     <row r="197" spans="1:6">
       <c r="A197" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B197" s="17" t="s">
-        <v>393</v>
+        <v>396</v>
       </c>
       <c r="C197" s="17" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
       <c r="D197" s="17" t="s">
-        <v>110</v>
+        <v>323</v>
       </c>
       <c r="E197" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F197" s="3"/>
     </row>
     <row r="198" spans="1:6">
       <c r="A198" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B198" s="17" t="s">
-        <v>395</v>
+        <v>398</v>
       </c>
       <c r="C198" s="17" t="s">
-        <v>396</v>
+        <v>399</v>
       </c>
       <c r="D198" s="17" t="s">
-        <v>110</v>
+        <v>323</v>
       </c>
       <c r="E198" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F198" s="3"/>
     </row>
     <row r="199" spans="1:6">
       <c r="A199" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B199" s="17" t="s">
-        <v>397</v>
+        <v>400</v>
       </c>
       <c r="C199" s="17" t="s">
-        <v>398</v>
+        <v>401</v>
       </c>
       <c r="D199" s="17" t="s">
-        <v>110</v>
+        <v>323</v>
       </c>
       <c r="E199" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F199" s="3"/>
     </row>
     <row r="200" spans="1:6">
       <c r="A200" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B200" s="17" t="s">
-        <v>399</v>
+        <v>402</v>
       </c>
       <c r="C200" s="17" t="s">
-        <v>400</v>
+        <v>403</v>
       </c>
       <c r="D200" s="17" t="s">
-        <v>110</v>
+        <v>323</v>
       </c>
       <c r="E200" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F200" s="3"/>
     </row>
     <row r="201" spans="1:6">
       <c r="A201" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B201" s="17" t="s">
-        <v>401</v>
+        <v>404</v>
       </c>
       <c r="C201" s="17" t="s">
-        <v>402</v>
+        <v>405</v>
       </c>
       <c r="D201" s="17" t="s">
-        <v>110</v>
+        <v>323</v>
       </c>
       <c r="E201" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F201" s="3"/>
     </row>
     <row r="202" spans="1:6">
       <c r="A202" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B202" s="17" t="s">
-        <v>403</v>
+        <v>406</v>
       </c>
       <c r="C202" s="17" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="D202" s="17" t="s">
-        <v>110</v>
+        <v>323</v>
       </c>
       <c r="E202" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F202" s="3"/>
     </row>
     <row r="203" spans="1:6">
       <c r="A203" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B203" s="17" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="C203" s="17" t="s">
-        <v>406</v>
+        <v>409</v>
       </c>
       <c r="D203" s="17" t="s">
-        <v>110</v>
+        <v>323</v>
       </c>
       <c r="E203" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F203" s="3"/>
     </row>
     <row r="204" spans="1:6">
       <c r="A204" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B204" s="17" t="s">
-        <v>407</v>
+        <v>410</v>
       </c>
       <c r="C204" s="17" t="s">
-        <v>408</v>
+        <v>411</v>
       </c>
       <c r="D204" s="17" t="s">
-        <v>110</v>
+        <v>323</v>
       </c>
       <c r="E204" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F204" s="3"/>
     </row>
     <row r="205" spans="1:6">
       <c r="A205" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B205" s="17" t="s">
-        <v>409</v>
+        <v>412</v>
       </c>
       <c r="C205" s="17" t="s">
-        <v>410</v>
+        <v>413</v>
       </c>
       <c r="D205" s="17" t="s">
-        <v>110</v>
+        <v>323</v>
       </c>
       <c r="E205" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F205" s="3"/>
     </row>
     <row r="206" spans="1:6">
       <c r="A206" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B206" s="17" t="s">
-        <v>411</v>
+        <v>414</v>
       </c>
       <c r="C206" s="17" t="s">
-        <v>412</v>
+        <v>415</v>
       </c>
       <c r="D206" s="17" t="s">
-        <v>110</v>
+        <v>323</v>
       </c>
       <c r="E206" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F206" s="3"/>
     </row>
     <row r="207" spans="1:6">
       <c r="A207" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B207" s="17" t="s">
-        <v>413</v>
+        <v>416</v>
       </c>
       <c r="C207" s="17" t="s">
-        <v>414</v>
+        <v>417</v>
       </c>
       <c r="D207" s="17" t="s">
-        <v>110</v>
+        <v>323</v>
       </c>
       <c r="E207" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F207" s="3"/>
     </row>
     <row r="208" spans="1:6">
       <c r="A208" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B208" s="17" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="C208" s="17" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="D208" s="17" t="s">
-        <v>110</v>
+        <v>323</v>
       </c>
       <c r="E208" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F208" s="3"/>
     </row>
     <row r="209" spans="1:6">
       <c r="A209" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B209" s="17" t="s">
-        <v>417</v>
+        <v>420</v>
       </c>
       <c r="C209" s="17" t="s">
-        <v>418</v>
+        <v>421</v>
       </c>
       <c r="D209" s="17" t="s">
-        <v>110</v>
+        <v>323</v>
       </c>
       <c r="E209" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F209" s="3"/>
     </row>
     <row r="210" spans="1:6">
       <c r="A210" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B210" s="17" t="s">
-        <v>419</v>
+        <v>422</v>
       </c>
       <c r="C210" s="17" t="s">
-        <v>420</v>
+        <v>423</v>
       </c>
       <c r="D210" s="17" t="s">
-        <v>110</v>
+        <v>323</v>
       </c>
       <c r="E210" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F210" s="3"/>
     </row>
     <row r="211" spans="1:6">
       <c r="A211" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B211" s="17" t="s">
-        <v>421</v>
+        <v>424</v>
       </c>
       <c r="C211" s="17" t="s">
-        <v>422</v>
+        <v>425</v>
       </c>
       <c r="D211" s="17" t="s">
-        <v>110</v>
+        <v>323</v>
       </c>
       <c r="E211" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F211" s="3"/>
     </row>
     <row r="212" spans="1:6">
       <c r="A212" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B212" s="17" t="s">
-        <v>423</v>
+        <v>426</v>
       </c>
       <c r="C212" s="17" t="s">
-        <v>424</v>
+        <v>427</v>
       </c>
       <c r="D212" s="17" t="s">
-        <v>110</v>
+        <v>323</v>
       </c>
       <c r="E212" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F212" s="3"/>
     </row>
     <row r="213" spans="1:6">
       <c r="A213" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B213" s="17" t="s">
-        <v>425</v>
+        <v>428</v>
       </c>
       <c r="C213" s="17" t="s">
-        <v>426</v>
+        <v>429</v>
       </c>
       <c r="D213" s="17" t="s">
-        <v>110</v>
+        <v>323</v>
       </c>
       <c r="E213" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F213" s="3"/>
     </row>
     <row r="214" spans="1:6">
       <c r="A214" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B214" s="17" t="s">
-        <v>427</v>
+        <v>430</v>
       </c>
       <c r="C214" s="17" t="s">
-        <v>428</v>
+        <v>431</v>
       </c>
       <c r="D214" s="17" t="s">
-        <v>110</v>
+        <v>323</v>
       </c>
       <c r="E214" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F214" s="3"/>
     </row>
     <row r="215" spans="1:6">
       <c r="A215" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B215" s="17" t="s">
-        <v>429</v>
+        <v>432</v>
       </c>
       <c r="C215" s="17" t="s">
-        <v>430</v>
+        <v>433</v>
       </c>
       <c r="D215" s="17" t="s">
-        <v>110</v>
+        <v>434</v>
       </c>
       <c r="E215" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F215" s="3"/>
     </row>
     <row r="216" spans="1:6">
       <c r="A216" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B216" s="17" t="s">
-        <v>431</v>
+        <v>435</v>
       </c>
       <c r="C216" s="17" t="s">
-        <v>432</v>
+        <v>436</v>
       </c>
       <c r="D216" s="17" t="s">
-        <v>110</v>
+        <v>434</v>
       </c>
       <c r="E216" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F216" s="3"/>
     </row>
     <row r="217" spans="1:6">
       <c r="A217" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B217" s="17" t="s">
-        <v>433</v>
+        <v>437</v>
       </c>
       <c r="C217" s="17" t="s">
-        <v>434</v>
+        <v>438</v>
       </c>
       <c r="D217" s="17" t="s">
-        <v>110</v>
+        <v>434</v>
       </c>
       <c r="E217" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F217" s="3"/>
     </row>
     <row r="218" spans="1:6">
       <c r="A218" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B218" s="17" t="s">
-        <v>435</v>
+        <v>439</v>
       </c>
       <c r="C218" s="17" t="s">
-        <v>436</v>
+        <v>440</v>
       </c>
       <c r="D218" s="17" t="s">
-        <v>110</v>
+        <v>434</v>
       </c>
       <c r="E218" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F218" s="3"/>
     </row>
     <row r="219" spans="1:6">
       <c r="A219" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B219" s="17" t="s">
-        <v>437</v>
+        <v>441</v>
       </c>
       <c r="C219" s="17" t="s">
-        <v>438</v>
+        <v>442</v>
       </c>
       <c r="D219" s="17" t="s">
-        <v>110</v>
+        <v>434</v>
       </c>
       <c r="E219" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F219" s="3"/>
     </row>
     <row r="220" spans="1:6">
       <c r="A220" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B220" s="17" t="s">
-        <v>439</v>
+        <v>443</v>
       </c>
       <c r="C220" s="17" t="s">
-        <v>440</v>
+        <v>444</v>
       </c>
       <c r="D220" s="17" t="s">
-        <v>110</v>
+        <v>434</v>
       </c>
       <c r="E220" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F220" s="3"/>
     </row>
     <row r="221" spans="1:6">
       <c r="A221" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B221" s="17" t="s">
-        <v>441</v>
+        <v>445</v>
       </c>
       <c r="C221" s="17" t="s">
-        <v>442</v>
+        <v>446</v>
       </c>
       <c r="D221" s="17" t="s">
-        <v>110</v>
+        <v>434</v>
       </c>
       <c r="E221" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F221" s="3"/>
     </row>
     <row r="222" spans="1:6">
       <c r="A222" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B222" s="17" t="s">
-        <v>443</v>
+        <v>447</v>
       </c>
       <c r="C222" s="17" t="s">
-        <v>444</v>
+        <v>448</v>
       </c>
       <c r="D222" s="17" t="s">
-        <v>110</v>
+        <v>434</v>
       </c>
       <c r="E222" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F222" s="3"/>
     </row>
     <row r="223" spans="1:6">
       <c r="A223" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B223" s="17" t="s">
-        <v>445</v>
+        <v>449</v>
       </c>
       <c r="C223" s="17" t="s">
-        <v>446</v>
+        <v>450</v>
       </c>
       <c r="D223" s="17" t="s">
-        <v>110</v>
+        <v>434</v>
       </c>
       <c r="E223" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F223" s="3"/>
     </row>
     <row r="224" spans="1:6">
       <c r="A224" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B224" s="17" t="s">
-        <v>447</v>
+        <v>451</v>
       </c>
       <c r="C224" s="17" t="s">
-        <v>448</v>
+        <v>452</v>
       </c>
       <c r="D224" s="17" t="s">
-        <v>110</v>
+        <v>434</v>
       </c>
       <c r="E224" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F224" s="3"/>
     </row>
     <row r="225" spans="1:6">
       <c r="A225" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B225" s="17" t="s">
-        <v>449</v>
+        <v>453</v>
       </c>
       <c r="C225" s="17" t="s">
-        <v>450</v>
+        <v>454</v>
       </c>
       <c r="D225" s="17" t="s">
-        <v>110</v>
+        <v>434</v>
       </c>
       <c r="E225" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F225" s="3"/>
     </row>
     <row r="226" spans="1:6">
       <c r="A226" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B226" s="17" t="s">
-        <v>451</v>
+        <v>455</v>
       </c>
       <c r="C226" s="17" t="s">
-        <v>452</v>
+        <v>456</v>
       </c>
       <c r="D226" s="17" t="s">
-        <v>110</v>
+        <v>434</v>
       </c>
       <c r="E226" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F226" s="3"/>
     </row>
     <row r="227" spans="1:6">
       <c r="A227" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B227" s="17" t="s">
-        <v>453</v>
+        <v>457</v>
       </c>
       <c r="C227" s="17" t="s">
-        <v>454</v>
+        <v>458</v>
       </c>
       <c r="D227" s="17" t="s">
-        <v>110</v>
+        <v>434</v>
       </c>
       <c r="E227" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F227" s="3"/>
     </row>
     <row r="228" spans="1:6">
       <c r="A228" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B228" s="17" t="s">
-        <v>455</v>
+        <v>459</v>
       </c>
       <c r="C228" s="17" t="s">
-        <v>456</v>
+        <v>460</v>
       </c>
       <c r="D228" s="17" t="s">
-        <v>110</v>
+        <v>434</v>
       </c>
       <c r="E228" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F228" s="3"/>
     </row>
     <row r="229" spans="1:6">
       <c r="A229" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B229" s="17" t="s">
-        <v>457</v>
+        <v>461</v>
       </c>
       <c r="C229" s="17" t="s">
-        <v>458</v>
+        <v>462</v>
       </c>
       <c r="D229" s="17" t="s">
-        <v>110</v>
+        <v>434</v>
       </c>
       <c r="E229" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F229" s="3"/>
     </row>
     <row r="230" spans="1:6">
       <c r="A230" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B230" s="17" t="s">
-        <v>459</v>
+        <v>463</v>
       </c>
       <c r="C230" s="17" t="s">
-        <v>460</v>
+        <v>464</v>
       </c>
       <c r="D230" s="17" t="s">
-        <v>110</v>
+        <v>434</v>
       </c>
       <c r="E230" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F230" s="3"/>
     </row>
     <row r="231" spans="1:6">
       <c r="A231" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B231" s="17" t="s">
-        <v>461</v>
+        <v>465</v>
       </c>
       <c r="C231" s="17" t="s">
-        <v>462</v>
+        <v>466</v>
       </c>
       <c r="D231" s="17" t="s">
-        <v>463</v>
+        <v>434</v>
       </c>
       <c r="E231" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F231" s="3"/>
     </row>
     <row r="232" spans="1:6">
       <c r="A232" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B232" s="17" t="s">
-        <v>464</v>
+        <v>467</v>
       </c>
       <c r="C232" s="17" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="D232" s="17" t="s">
-        <v>463</v>
+        <v>434</v>
       </c>
       <c r="E232" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F232" s="3"/>
     </row>
     <row r="233" spans="1:6">
       <c r="A233" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B233" s="17" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="C233" s="17" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="D233" s="17" t="s">
-        <v>463</v>
+        <v>434</v>
       </c>
       <c r="E233" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F233" s="3"/>
     </row>
     <row r="234" spans="1:6">
       <c r="A234" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B234" s="17" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="C234" s="17" t="s">
-        <v>469</v>
+        <v>472</v>
       </c>
       <c r="D234" s="17" t="s">
-        <v>463</v>
+        <v>434</v>
       </c>
       <c r="E234" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F234" s="3"/>
     </row>
     <row r="235" spans="1:6">
       <c r="A235" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B235" s="17" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C235" s="17" t="s">
-        <v>471</v>
+        <v>474</v>
       </c>
       <c r="D235" s="17" t="s">
-        <v>463</v>
+        <v>434</v>
       </c>
       <c r="E235" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F235" s="3"/>
     </row>
     <row r="236" spans="1:6">
       <c r="A236" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B236" s="17" t="s">
-        <v>472</v>
+        <v>475</v>
       </c>
       <c r="C236" s="17" t="s">
-        <v>473</v>
+        <v>476</v>
       </c>
       <c r="D236" s="17" t="s">
-        <v>463</v>
+        <v>434</v>
       </c>
       <c r="E236" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F236" s="3"/>
     </row>
     <row r="237" spans="1:6">
       <c r="A237" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B237" s="17" t="s">
-        <v>474</v>
+        <v>477</v>
       </c>
       <c r="C237" s="17" t="s">
-        <v>475</v>
+        <v>478</v>
       </c>
       <c r="D237" s="17" t="s">
-        <v>463</v>
+        <v>434</v>
       </c>
       <c r="E237" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F237" s="3"/>
     </row>
     <row r="238" spans="1:6">
       <c r="A238" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B238" s="17" t="s">
-        <v>476</v>
+        <v>479</v>
       </c>
       <c r="C238" s="17" t="s">
-        <v>477</v>
+        <v>480</v>
       </c>
       <c r="D238" s="17" t="s">
-        <v>463</v>
+        <v>434</v>
       </c>
       <c r="E238" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F238" s="3"/>
     </row>
     <row r="239" spans="1:6">
       <c r="A239" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B239" s="17" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
       <c r="C239" s="17" t="s">
-        <v>479</v>
+        <v>482</v>
       </c>
       <c r="D239" s="17" t="s">
-        <v>463</v>
+        <v>434</v>
       </c>
       <c r="E239" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F239" s="3"/>
     </row>
     <row r="240" spans="1:6">
       <c r="A240" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B240" s="17" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="C240" s="17" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="D240" s="17" t="s">
-        <v>463</v>
+        <v>434</v>
       </c>
       <c r="E240" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F240" s="3"/>
     </row>
     <row r="241" spans="1:6">
       <c r="A241" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B241" s="17" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
       <c r="C241" s="17" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="D241" s="17" t="s">
-        <v>463</v>
+        <v>434</v>
       </c>
       <c r="E241" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F241" s="3"/>
     </row>
     <row r="242" spans="1:6">
       <c r="A242" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B242" s="17" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="C242" s="17" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="D242" s="17" t="s">
-        <v>463</v>
+        <v>434</v>
       </c>
       <c r="E242" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F242" s="3"/>
     </row>
     <row r="243" spans="1:6">
       <c r="A243" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B243" s="17" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="C243" s="17" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="D243" s="17" t="s">
-        <v>463</v>
+        <v>434</v>
       </c>
       <c r="E243" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F243" s="3"/>
     </row>
     <row r="244" spans="1:6">
       <c r="A244" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B244" s="17" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="C244" s="17" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="D244" s="17" t="s">
-        <v>463</v>
+        <v>434</v>
       </c>
       <c r="E244" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F244" s="3"/>
     </row>
     <row r="245" spans="1:6">
       <c r="A245" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B245" s="17" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="C245" s="17" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="D245" s="17" t="s">
-        <v>463</v>
+        <v>434</v>
       </c>
       <c r="E245" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F245" s="3"/>
     </row>
     <row r="246" spans="1:6">
       <c r="A246" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B246" s="17" t="s">
-        <v>492</v>
+        <v>495</v>
       </c>
       <c r="C246" s="17" t="s">
-        <v>493</v>
+        <v>496</v>
       </c>
       <c r="D246" s="17" t="s">
-        <v>463</v>
+        <v>434</v>
       </c>
       <c r="E246" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F246" s="3"/>
     </row>
     <row r="247" spans="1:6">
       <c r="A247" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B247" s="17" t="s">
-        <v>494</v>
+        <v>497</v>
       </c>
       <c r="C247" s="17" t="s">
-        <v>495</v>
+        <v>498</v>
       </c>
       <c r="D247" s="17" t="s">
-        <v>463</v>
+        <v>434</v>
       </c>
       <c r="E247" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F247" s="3"/>
     </row>
     <row r="248" spans="1:6">
       <c r="A248" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B248" s="17" t="s">
-        <v>496</v>
+        <v>499</v>
       </c>
       <c r="C248" s="17" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="D248" s="17" t="s">
-        <v>463</v>
+        <v>434</v>
       </c>
       <c r="E248" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F248" s="3"/>
     </row>
     <row r="249" spans="1:6">
       <c r="A249" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B249" s="17" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="C249" s="17" t="s">
-        <v>499</v>
+        <v>502</v>
       </c>
       <c r="D249" s="17" t="s">
-        <v>463</v>
+        <v>434</v>
       </c>
       <c r="E249" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F249" s="3"/>
     </row>
     <row r="250" spans="1:6">
       <c r="A250" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B250" s="17" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="C250" s="17" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="D250" s="17" t="s">
-        <v>463</v>
+        <v>434</v>
       </c>
       <c r="E250" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F250" s="3"/>
     </row>
     <row r="251" spans="1:6">
       <c r="A251" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B251" s="17" t="s">
-        <v>502</v>
+        <v>505</v>
       </c>
       <c r="C251" s="17" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="D251" s="17" t="s">
-        <v>463</v>
+        <v>434</v>
       </c>
       <c r="E251" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F251" s="3"/>
     </row>
     <row r="252" spans="1:6">
       <c r="A252" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B252" s="17" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="C252" s="17" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="D252" s="17" t="s">
-        <v>463</v>
+        <v>434</v>
       </c>
       <c r="E252" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F252" s="3"/>
     </row>
     <row r="253" spans="1:6">
       <c r="A253" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B253" s="17" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="C253" s="17" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="D253" s="17" t="s">
-        <v>463</v>
+        <v>434</v>
       </c>
       <c r="E253" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F253" s="3"/>
     </row>
     <row r="254" spans="1:6">
       <c r="A254" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B254" s="17" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="C254" s="17" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="D254" s="17" t="s">
-        <v>463</v>
+        <v>434</v>
       </c>
       <c r="E254" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F254" s="3"/>
     </row>
     <row r="255" spans="1:6">
       <c r="A255" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B255" s="17" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="C255" s="17" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="D255" s="17" t="s">
-        <v>463</v>
+        <v>434</v>
       </c>
       <c r="E255" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F255" s="3"/>
     </row>
     <row r="256" spans="1:6">
       <c r="A256" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B256" s="17" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="C256" s="17" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="D256" s="17" t="s">
-        <v>463</v>
+        <v>434</v>
       </c>
       <c r="E256" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F256" s="3"/>
     </row>
     <row r="257" spans="1:6">
       <c r="A257" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B257" s="17" t="s">
-        <v>514</v>
+        <v>517</v>
       </c>
       <c r="C257" s="17" t="s">
-        <v>515</v>
+        <v>518</v>
       </c>
       <c r="D257" s="17" t="s">
-        <v>463</v>
+        <v>434</v>
       </c>
       <c r="E257" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F257" s="3"/>
     </row>
     <row r="258" spans="1:6">
       <c r="A258" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B258" s="17" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="C258" s="17" t="s">
-        <v>517</v>
+        <v>520</v>
       </c>
       <c r="D258" s="17" t="s">
-        <v>463</v>
+        <v>434</v>
       </c>
       <c r="E258" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F258" s="3"/>
     </row>
     <row r="259" spans="1:6">
       <c r="A259" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B259" s="17" t="s">
-        <v>518</v>
+        <v>521</v>
       </c>
       <c r="C259" s="17" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="D259" s="17" t="s">
-        <v>463</v>
+        <v>434</v>
       </c>
       <c r="E259" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F259" s="3"/>
     </row>
     <row r="260" spans="1:6">
       <c r="A260" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B260" s="17" t="s">
-        <v>520</v>
+        <v>523</v>
       </c>
       <c r="C260" s="17" t="s">
-        <v>521</v>
+        <v>524</v>
       </c>
       <c r="D260" s="17" t="s">
-        <v>522</v>
+        <v>434</v>
       </c>
       <c r="E260" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F260" s="3"/>
     </row>
     <row r="261" spans="1:6">
       <c r="A261" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B261" s="17" t="s">
-        <v>523</v>
+        <v>525</v>
       </c>
       <c r="C261" s="17" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="D261" s="17" t="s">
-        <v>522</v>
+        <v>434</v>
       </c>
       <c r="E261" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F261" s="3"/>
     </row>
     <row r="262" spans="1:6">
       <c r="A262" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B262" s="17" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="C262" s="17" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="D262" s="17" t="s">
-        <v>522</v>
+        <v>434</v>
       </c>
       <c r="E262" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F262" s="3"/>
     </row>
     <row r="263" spans="1:6">
       <c r="A263" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B263" s="17" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="C263" s="17" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="D263" s="17" t="s">
-        <v>522</v>
+        <v>434</v>
       </c>
       <c r="E263" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F263" s="3"/>
     </row>
     <row r="264" spans="1:6">
       <c r="A264" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B264" s="17" t="s">
-        <v>529</v>
+        <v>531</v>
       </c>
       <c r="C264" s="17" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="D264" s="17" t="s">
-        <v>522</v>
+        <v>434</v>
       </c>
       <c r="E264" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F264" s="3"/>
     </row>
     <row r="265" spans="1:6">
       <c r="A265" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B265" s="17" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="C265" s="17" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="D265" s="17" t="s">
-        <v>522</v>
+        <v>434</v>
       </c>
       <c r="E265" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F265" s="3"/>
     </row>
     <row r="266" spans="1:6">
       <c r="A266" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B266" s="17" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="C266" s="17" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="D266" s="17" t="s">
-        <v>522</v>
+        <v>434</v>
       </c>
       <c r="E266" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F266" s="3"/>
     </row>
     <row r="267" spans="1:6">
       <c r="A267" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B267" s="17" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="C267" s="17" t="s">
-        <v>536</v>
+        <v>538</v>
       </c>
       <c r="D267" s="17" t="s">
-        <v>522</v>
+        <v>434</v>
       </c>
       <c r="E267" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F267" s="3"/>
     </row>
     <row r="268" spans="1:6">
       <c r="A268" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B268" s="17" t="s">
-        <v>537</v>
+        <v>539</v>
       </c>
       <c r="C268" s="17" t="s">
-        <v>538</v>
+        <v>540</v>
       </c>
       <c r="D268" s="17" t="s">
-        <v>522</v>
+        <v>434</v>
       </c>
       <c r="E268" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F268" s="3"/>
     </row>
     <row r="269" spans="1:6">
       <c r="A269" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B269" s="17" t="s">
-        <v>539</v>
+        <v>541</v>
       </c>
       <c r="C269" s="17" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="D269" s="17" t="s">
-        <v>522</v>
+        <v>434</v>
       </c>
       <c r="E269" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F269" s="3"/>
     </row>
     <row r="270" spans="1:6">
       <c r="A270" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B270" s="17" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="C270" s="17" t="s">
-        <v>542</v>
+        <v>544</v>
       </c>
       <c r="D270" s="17" t="s">
-        <v>522</v>
+        <v>434</v>
       </c>
       <c r="E270" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F270" s="3"/>
     </row>
     <row r="271" spans="1:6">
       <c r="A271" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B271" s="17" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="C271" s="17" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="D271" s="17" t="s">
-        <v>522</v>
+        <v>434</v>
       </c>
       <c r="E271" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F271" s="3"/>
     </row>
     <row r="272" spans="1:6">
       <c r="A272" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B272" s="17" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="C272" s="17" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="D272" s="17" t="s">
-        <v>522</v>
+        <v>434</v>
       </c>
       <c r="E272" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F272" s="3"/>
     </row>
     <row r="273" spans="1:6">
       <c r="A273" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B273" s="17" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="C273" s="17" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="D273" s="17" t="s">
-        <v>522</v>
+        <v>434</v>
       </c>
       <c r="E273" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F273" s="3"/>
     </row>
     <row r="274" spans="1:6">
       <c r="A274" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B274" s="17" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="C274" s="17" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="D274" s="17" t="s">
-        <v>522</v>
+        <v>434</v>
       </c>
       <c r="E274" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F274" s="3"/>
     </row>
     <row r="275" spans="1:6">
       <c r="A275" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B275" s="17" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="C275" s="17" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="D275" s="17" t="s">
-        <v>522</v>
+        <v>434</v>
       </c>
       <c r="E275" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F275" s="3"/>
     </row>
     <row r="276" spans="1:6">
       <c r="A276" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B276" s="17" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="C276" s="17" t="s">
-        <v>554</v>
+        <v>556</v>
       </c>
       <c r="D276" s="17" t="s">
-        <v>522</v>
+        <v>434</v>
       </c>
       <c r="E276" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F276" s="3"/>
     </row>
     <row r="277" spans="1:6">
       <c r="A277" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B277" s="17" t="s">
-        <v>555</v>
+        <v>557</v>
       </c>
       <c r="C277" s="17" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="D277" s="17" t="s">
-        <v>522</v>
+        <v>434</v>
       </c>
       <c r="E277" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F277" s="3"/>
     </row>
     <row r="278" spans="1:6">
       <c r="A278" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B278" s="17" t="s">
-        <v>557</v>
+        <v>559</v>
       </c>
       <c r="C278" s="17" t="s">
-        <v>558</v>
+        <v>560</v>
       </c>
       <c r="D278" s="17" t="s">
-        <v>522</v>
+        <v>434</v>
       </c>
       <c r="E278" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F278" s="3"/>
     </row>
     <row r="279" spans="1:6">
       <c r="A279" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B279" s="17" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="C279" s="17" t="s">
-        <v>560</v>
+        <v>562</v>
       </c>
       <c r="D279" s="17" t="s">
-        <v>522</v>
+        <v>434</v>
       </c>
       <c r="E279" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F279" s="3"/>
     </row>
     <row r="280" spans="1:6">
       <c r="A280" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B280" s="17" t="s">
-        <v>561</v>
+        <v>563</v>
       </c>
       <c r="C280" s="17" t="s">
-        <v>562</v>
+        <v>564</v>
       </c>
       <c r="D280" s="17" t="s">
-        <v>522</v>
+        <v>434</v>
       </c>
       <c r="E280" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F280" s="3"/>
     </row>
     <row r="281" spans="1:6">
       <c r="A281" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B281" s="17" t="s">
-        <v>563</v>
+        <v>565</v>
       </c>
       <c r="C281" s="17" t="s">
-        <v>564</v>
+        <v>566</v>
       </c>
       <c r="D281" s="17" t="s">
-        <v>522</v>
+        <v>434</v>
       </c>
       <c r="E281" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F281" s="3"/>
     </row>
     <row r="282" spans="1:6">
       <c r="A282" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B282" s="17" t="s">
-        <v>565</v>
+        <v>567</v>
       </c>
       <c r="C282" s="17" t="s">
-        <v>566</v>
+        <v>568</v>
       </c>
       <c r="D282" s="17" t="s">
-        <v>522</v>
+        <v>434</v>
       </c>
       <c r="E282" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F282" s="3"/>
     </row>
     <row r="283" spans="1:6">
       <c r="A283" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B283" s="17" t="s">
-        <v>567</v>
+        <v>569</v>
       </c>
       <c r="C283" s="17" t="s">
-        <v>568</v>
+        <v>570</v>
       </c>
       <c r="D283" s="17" t="s">
-        <v>522</v>
+        <v>434</v>
       </c>
       <c r="E283" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F283" s="3"/>
     </row>
     <row r="284" spans="1:6">
       <c r="A284" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B284" s="17" t="s">
-        <v>569</v>
+        <v>571</v>
       </c>
       <c r="C284" s="17" t="s">
-        <v>570</v>
+        <v>572</v>
       </c>
       <c r="D284" s="17" t="s">
-        <v>522</v>
+        <v>434</v>
       </c>
       <c r="E284" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F284" s="3"/>
     </row>
     <row r="285" spans="1:6">
       <c r="A285" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B285" s="17" t="s">
-        <v>571</v>
+        <v>573</v>
       </c>
       <c r="C285" s="17" t="s">
-        <v>572</v>
+        <v>574</v>
       </c>
       <c r="D285" s="17" t="s">
-        <v>522</v>
+        <v>434</v>
       </c>
       <c r="E285" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F285" s="3"/>
     </row>
     <row r="286" spans="1:6">
       <c r="A286" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B286" s="17" t="s">
-        <v>573</v>
+        <v>575</v>
       </c>
       <c r="C286" s="17" t="s">
-        <v>574</v>
+        <v>576</v>
       </c>
       <c r="D286" s="17" t="s">
-        <v>522</v>
+        <v>434</v>
       </c>
       <c r="E286" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F286" s="3"/>
     </row>
     <row r="287" spans="1:6">
       <c r="A287" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B287" s="17" t="s">
-        <v>575</v>
+        <v>577</v>
       </c>
       <c r="C287" s="17" t="s">
-        <v>576</v>
+        <v>578</v>
       </c>
       <c r="D287" s="17" t="s">
-        <v>522</v>
+        <v>434</v>
       </c>
       <c r="E287" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F287" s="3"/>
     </row>
     <row r="288" spans="1:6">
       <c r="A288" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B288" s="17" t="s">
-        <v>577</v>
+        <v>579</v>
       </c>
       <c r="C288" s="17" t="s">
-        <v>578</v>
+        <v>580</v>
       </c>
       <c r="D288" s="17" t="s">
-        <v>522</v>
+        <v>434</v>
       </c>
       <c r="E288" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F288" s="3"/>
     </row>
     <row r="289" spans="1:6">
       <c r="A289" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B289" s="17" t="s">
-        <v>579</v>
+        <v>581</v>
       </c>
       <c r="C289" s="17" t="s">
-        <v>580</v>
+        <v>582</v>
       </c>
       <c r="D289" s="17" t="s">
-        <v>522</v>
+        <v>434</v>
       </c>
       <c r="E289" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F289" s="3"/>
     </row>
     <row r="290" spans="1:6">
       <c r="A290" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B290" s="17" t="s">
-        <v>581</v>
+        <v>583</v>
       </c>
       <c r="C290" s="17" t="s">
-        <v>582</v>
+        <v>584</v>
       </c>
       <c r="D290" s="17" t="s">
-        <v>522</v>
+        <v>434</v>
       </c>
       <c r="E290" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F290" s="3"/>
     </row>
     <row r="291" spans="1:6">
       <c r="A291" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B291" s="17" t="s">
-        <v>583</v>
+        <v>585</v>
       </c>
       <c r="C291" s="17" t="s">
-        <v>584</v>
+        <v>586</v>
       </c>
       <c r="D291" s="17" t="s">
-        <v>522</v>
+        <v>434</v>
       </c>
       <c r="E291" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F291" s="3"/>
     </row>
     <row r="292" spans="1:6">
       <c r="A292" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B292" s="17" t="s">
-        <v>585</v>
+        <v>587</v>
       </c>
       <c r="C292" s="17" t="s">
-        <v>586</v>
+        <v>588</v>
       </c>
       <c r="D292" s="17" t="s">
-        <v>522</v>
+        <v>434</v>
       </c>
       <c r="E292" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F292" s="3"/>
     </row>
     <row r="293" spans="1:6">
       <c r="A293" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B293" s="17" t="s">
-        <v>587</v>
+        <v>589</v>
       </c>
       <c r="C293" s="17" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="D293" s="17" t="s">
-        <v>522</v>
+        <v>434</v>
       </c>
       <c r="E293" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F293" s="3"/>
     </row>
     <row r="294" spans="1:6">
       <c r="A294" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B294" s="17" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
       <c r="C294" s="17" t="s">
-        <v>590</v>
+        <v>592</v>
       </c>
       <c r="D294" s="17" t="s">
-        <v>522</v>
+        <v>434</v>
       </c>
       <c r="E294" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F294" s="3"/>
     </row>
     <row r="295" spans="1:6">
       <c r="A295" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B295" s="17" t="s">
-        <v>591</v>
+        <v>593</v>
       </c>
       <c r="C295" s="17" t="s">
-        <v>592</v>
+        <v>594</v>
       </c>
       <c r="D295" s="17" t="s">
-        <v>522</v>
+        <v>434</v>
       </c>
       <c r="E295" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F295" s="3"/>
     </row>
     <row r="296" spans="1:6">
       <c r="A296" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B296" s="17" t="s">
-        <v>593</v>
+        <v>595</v>
       </c>
       <c r="C296" s="17" t="s">
-        <v>594</v>
+        <v>596</v>
       </c>
       <c r="D296" s="17" t="s">
-        <v>522</v>
+        <v>434</v>
       </c>
       <c r="E296" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F296" s="3"/>
     </row>
     <row r="297" spans="1:6">
       <c r="A297" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B297" s="17" t="s">
-        <v>595</v>
+        <v>597</v>
       </c>
       <c r="C297" s="17" t="s">
-        <v>596</v>
+        <v>598</v>
       </c>
       <c r="D297" s="17" t="s">
-        <v>522</v>
+        <v>434</v>
       </c>
       <c r="E297" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F297" s="3"/>
     </row>
     <row r="298" spans="1:6">
       <c r="A298" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B298" s="17" t="s">
-        <v>597</v>
+        <v>599</v>
       </c>
       <c r="C298" s="17" t="s">
-        <v>598</v>
+        <v>600</v>
       </c>
       <c r="D298" s="17" t="s">
-        <v>522</v>
+        <v>434</v>
       </c>
       <c r="E298" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F298" s="3"/>
     </row>
     <row r="299" spans="1:6">
       <c r="A299" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B299" s="17" t="s">
-        <v>599</v>
+        <v>601</v>
       </c>
       <c r="C299" s="17" t="s">
-        <v>600</v>
+        <v>602</v>
       </c>
       <c r="D299" s="17" t="s">
-        <v>522</v>
+        <v>434</v>
       </c>
       <c r="E299" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F299" s="3"/>
     </row>
     <row r="300" spans="1:6">
       <c r="A300" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B300" s="17" t="s">
-        <v>601</v>
+        <v>603</v>
       </c>
       <c r="C300" s="17" t="s">
-        <v>602</v>
+        <v>604</v>
       </c>
       <c r="D300" s="17" t="s">
-        <v>522</v>
+        <v>434</v>
       </c>
       <c r="E300" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F300" s="3"/>
     </row>
     <row r="301" spans="1:6">
       <c r="A301" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B301" s="17" t="s">
-        <v>603</v>
+        <v>605</v>
       </c>
       <c r="C301" s="17" t="s">
-        <v>604</v>
+        <v>606</v>
       </c>
       <c r="D301" s="17" t="s">
-        <v>522</v>
+        <v>434</v>
       </c>
       <c r="E301" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F301" s="3"/>
     </row>
     <row r="302" spans="1:6">
       <c r="A302" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B302" s="17" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="C302" s="17" t="s">
-        <v>606</v>
+        <v>608</v>
       </c>
       <c r="D302" s="17" t="s">
-        <v>522</v>
+        <v>434</v>
       </c>
       <c r="E302" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F302" s="3"/>
     </row>
     <row r="303" spans="1:6">
       <c r="A303" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B303" s="17" t="s">
-        <v>607</v>
+        <v>609</v>
       </c>
       <c r="C303" s="17" t="s">
-        <v>608</v>
+        <v>610</v>
       </c>
       <c r="D303" s="17" t="s">
-        <v>522</v>
+        <v>434</v>
       </c>
       <c r="E303" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F303" s="3"/>
     </row>
     <row r="304" spans="1:6">
       <c r="A304" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B304" s="17" t="s">
-        <v>609</v>
+        <v>611</v>
       </c>
       <c r="C304" s="17" t="s">
-        <v>610</v>
+        <v>612</v>
       </c>
       <c r="D304" s="17" t="s">
-        <v>522</v>
+        <v>434</v>
       </c>
       <c r="E304" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F304" s="3"/>
     </row>
     <row r="305" spans="1:6">
       <c r="A305" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B305" s="17" t="s">
-        <v>611</v>
+        <v>613</v>
       </c>
       <c r="C305" s="17" t="s">
-        <v>612</v>
+        <v>614</v>
       </c>
       <c r="D305" s="17" t="s">
-        <v>522</v>
+        <v>434</v>
       </c>
       <c r="E305" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F305" s="3"/>
     </row>
     <row r="306" spans="1:6">
       <c r="A306" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B306" s="17" t="s">
-        <v>613</v>
+        <v>615</v>
       </c>
       <c r="C306" s="17" t="s">
-        <v>614</v>
+        <v>616</v>
       </c>
       <c r="D306" s="17" t="s">
-        <v>522</v>
+        <v>434</v>
       </c>
       <c r="E306" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F306" s="3"/>
     </row>
     <row r="307" spans="1:6">
       <c r="A307" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B307" s="17" t="s">
-        <v>615</v>
+        <v>617</v>
       </c>
       <c r="C307" s="17" t="s">
-        <v>616</v>
+        <v>618</v>
       </c>
       <c r="D307" s="17" t="s">
-        <v>522</v>
+        <v>434</v>
       </c>
       <c r="E307" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F307" s="3"/>
     </row>
     <row r="308" spans="1:6">
       <c r="A308" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B308" s="17" t="s">
-        <v>617</v>
+        <v>619</v>
       </c>
       <c r="C308" s="17" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="D308" s="17" t="s">
-        <v>522</v>
+        <v>434</v>
       </c>
       <c r="E308" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F308" s="3"/>
     </row>
     <row r="309" spans="1:6">
       <c r="A309" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B309" s="17" t="s">
-        <v>619</v>
+        <v>621</v>
       </c>
       <c r="C309" s="17" t="s">
-        <v>620</v>
+        <v>622</v>
       </c>
       <c r="D309" s="17" t="s">
-        <v>522</v>
+        <v>434</v>
       </c>
       <c r="E309" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F309" s="3"/>
     </row>
     <row r="310" spans="1:6">
       <c r="A310" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B310" s="17" t="s">
-        <v>621</v>
+        <v>623</v>
       </c>
       <c r="C310" s="17" t="s">
-        <v>622</v>
+        <v>624</v>
       </c>
       <c r="D310" s="17" t="s">
-        <v>522</v>
+        <v>434</v>
       </c>
       <c r="E310" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F310" s="3"/>
     </row>
     <row r="311" spans="1:6">
       <c r="A311" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B311" s="17" t="s">
-        <v>623</v>
+        <v>625</v>
       </c>
       <c r="C311" s="17" t="s">
-        <v>624</v>
+        <v>626</v>
       </c>
       <c r="D311" s="17" t="s">
-        <v>522</v>
+        <v>434</v>
       </c>
       <c r="E311" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F311" s="3"/>
     </row>
     <row r="312" spans="1:6">
       <c r="A312" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B312" s="17" t="s">
-        <v>625</v>
+        <v>627</v>
       </c>
       <c r="C312" s="17" t="s">
-        <v>626</v>
+        <v>628</v>
       </c>
       <c r="D312" s="17" t="s">
-        <v>522</v>
+        <v>434</v>
       </c>
       <c r="E312" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F312" s="3"/>
     </row>
     <row r="313" spans="1:6">
       <c r="A313" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B313" s="17" t="s">
-        <v>627</v>
+        <v>629</v>
       </c>
       <c r="C313" s="17" t="s">
-        <v>628</v>
+        <v>630</v>
       </c>
       <c r="D313" s="17" t="s">
-        <v>522</v>
+        <v>434</v>
       </c>
       <c r="E313" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F313" s="3"/>
     </row>
     <row r="314" spans="1:6">
       <c r="A314" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B314" s="17" t="s">
-        <v>629</v>
+        <v>631</v>
       </c>
       <c r="C314" s="17" t="s">
-        <v>630</v>
+        <v>632</v>
       </c>
       <c r="D314" s="17" t="s">
-        <v>522</v>
+        <v>434</v>
       </c>
       <c r="E314" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F314" s="3"/>
     </row>
     <row r="315" spans="1:6">
       <c r="A315" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B315" s="17" t="s">
-        <v>631</v>
+        <v>633</v>
       </c>
       <c r="C315" s="17" t="s">
-        <v>632</v>
+        <v>634</v>
       </c>
       <c r="D315" s="17" t="s">
-        <v>522</v>
+        <v>434</v>
       </c>
       <c r="E315" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F315" s="3"/>
     </row>
     <row r="316" spans="1:6">
       <c r="A316" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B316" s="17" t="s">
-        <v>633</v>
+        <v>635</v>
       </c>
       <c r="C316" s="17" t="s">
-        <v>634</v>
+        <v>636</v>
       </c>
       <c r="D316" s="17" t="s">
-        <v>522</v>
+        <v>434</v>
       </c>
       <c r="E316" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F316" s="3"/>
     </row>
     <row r="317" spans="1:6">
       <c r="A317" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B317" s="17" t="s">
-        <v>635</v>
+        <v>637</v>
       </c>
       <c r="C317" s="17" t="s">
-        <v>636</v>
+        <v>638</v>
       </c>
       <c r="D317" s="17" t="s">
-        <v>637</v>
+        <v>434</v>
       </c>
       <c r="E317" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F317" s="3"/>
     </row>
     <row r="318" spans="1:6">
       <c r="A318" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B318" s="17" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="C318" s="17" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="D318" s="17" t="s">
-        <v>637</v>
+        <v>434</v>
       </c>
       <c r="E318" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F318" s="3"/>
     </row>
     <row r="319" spans="1:6">
       <c r="A319" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B319" s="17" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="C319" s="17" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="D319" s="17" t="s">
-        <v>637</v>
+        <v>434</v>
       </c>
       <c r="E319" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F319" s="3"/>
     </row>
     <row r="320" spans="1:6">
       <c r="A320" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B320" s="17" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="C320" s="17" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="D320" s="17" t="s">
-        <v>637</v>
+        <v>434</v>
       </c>
       <c r="E320" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F320" s="3"/>
     </row>
     <row r="321" spans="1:6">
       <c r="A321" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B321" s="17" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="C321" s="17" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="D321" s="17" t="s">
-        <v>637</v>
+        <v>434</v>
       </c>
       <c r="E321" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F321" s="3"/>
     </row>
     <row r="322" spans="1:6">
       <c r="A322" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B322" s="17" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="C322" s="17" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="D322" s="17" t="s">
-        <v>637</v>
+        <v>434</v>
       </c>
       <c r="E322" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F322" s="3"/>
     </row>
     <row r="323" spans="1:6">
       <c r="A323" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B323" s="17" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="C323" s="17" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="D323" s="17" t="s">
-        <v>637</v>
+        <v>434</v>
       </c>
       <c r="E323" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F323" s="3"/>
     </row>
     <row r="324" spans="1:6">
       <c r="A324" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B324" s="17" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="C324" s="17" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="D324" s="17" t="s">
-        <v>637</v>
+        <v>434</v>
       </c>
       <c r="E324" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F324" s="3"/>
     </row>
     <row r="325" spans="1:6">
       <c r="A325" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B325" s="17" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="C325" s="17" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="D325" s="17" t="s">
-        <v>637</v>
+        <v>434</v>
       </c>
       <c r="E325" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F325" s="3"/>
     </row>
     <row r="326" spans="1:6">
       <c r="A326" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B326" s="17" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="C326" s="17" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="D326" s="17" t="s">
-        <v>637</v>
+        <v>434</v>
       </c>
       <c r="E326" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F326" s="3"/>
     </row>
     <row r="327" spans="1:6">
       <c r="A327" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B327" s="17" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="C327" s="17" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="D327" s="17" t="s">
-        <v>637</v>
+        <v>434</v>
       </c>
       <c r="E327" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F327" s="3"/>
     </row>
     <row r="328" spans="1:6">
       <c r="A328" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B328" s="17" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="C328" s="17" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="D328" s="17" t="s">
-        <v>637</v>
+        <v>434</v>
       </c>
       <c r="E328" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F328" s="3"/>
     </row>
     <row r="329" spans="1:6">
       <c r="A329" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B329" s="17" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="C329" s="17" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="D329" s="17" t="s">
-        <v>637</v>
+        <v>434</v>
       </c>
       <c r="E329" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F329" s="3"/>
     </row>
     <row r="330" spans="1:6">
       <c r="A330" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B330" s="17" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="C330" s="17" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="D330" s="17" t="s">
-        <v>637</v>
+        <v>434</v>
       </c>
       <c r="E330" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F330" s="3"/>
     </row>
     <row r="331" spans="1:6">
       <c r="A331" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B331" s="17" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="C331" s="17" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="D331" s="17" t="s">
-        <v>637</v>
+        <v>434</v>
       </c>
       <c r="E331" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F331" s="3"/>
     </row>
     <row r="332" spans="1:6">
       <c r="A332" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B332" s="17" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="C332" s="17" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="D332" s="17" t="s">
-        <v>637</v>
+        <v>434</v>
       </c>
       <c r="E332" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F332" s="3"/>
     </row>
     <row r="333" spans="1:6">
       <c r="A333" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B333" s="17" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="C333" s="17" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="D333" s="17" t="s">
-        <v>637</v>
+        <v>434</v>
       </c>
       <c r="E333" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F333" s="3"/>
     </row>
     <row r="334" spans="1:6">
       <c r="A334" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B334" s="17" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="C334" s="17" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="D334" s="17" t="s">
-        <v>637</v>
+        <v>434</v>
       </c>
       <c r="E334" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F334" s="3"/>
     </row>
     <row r="335" spans="1:6">
       <c r="A335" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B335" s="17" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="C335" s="17" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="D335" s="17" t="s">
-        <v>637</v>
+        <v>434</v>
       </c>
       <c r="E335" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F335" s="3"/>
     </row>
     <row r="336" spans="1:6">
       <c r="A336" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B336" s="17" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="C336" s="17" t="s">
-        <v>675</v>
+        <v>676</v>
       </c>
       <c r="D336" s="17" t="s">
-        <v>676</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>434</v>
+      </c>
+      <c r="E336" s="18" t="s">
+        <v>21</v>
       </c>
       <c r="F336" s="3"/>
     </row>
     <row r="337" spans="1:6">
       <c r="A337" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B337" s="17" t="s">
         <v>677</v>
       </c>
       <c r="C337" s="17" t="s">
         <v>678</v>
       </c>
       <c r="D337" s="17" t="s">
-        <v>676</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>434</v>
+      </c>
+      <c r="E337" s="18" t="s">
+        <v>21</v>
       </c>
       <c r="F337" s="3"/>
     </row>
     <row r="338" spans="1:6">
       <c r="A338" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B338" s="17" t="s">
         <v>679</v>
       </c>
       <c r="C338" s="17" t="s">
         <v>680</v>
       </c>
       <c r="D338" s="17" t="s">
-        <v>676</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>434</v>
+      </c>
+      <c r="E338" s="18" t="s">
+        <v>21</v>
       </c>
       <c r="F338" s="3"/>
     </row>
     <row r="339" spans="1:6">
       <c r="A339" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B339" s="17" t="s">
         <v>681</v>
       </c>
       <c r="C339" s="17" t="s">
         <v>682</v>
       </c>
       <c r="D339" s="17" t="s">
-        <v>676</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>434</v>
+      </c>
+      <c r="E339" s="18" t="s">
+        <v>21</v>
       </c>
       <c r="F339" s="3"/>
     </row>
     <row r="340" spans="1:6">
       <c r="A340" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B340" s="17" t="s">
         <v>683</v>
       </c>
       <c r="C340" s="17" t="s">
         <v>684</v>
       </c>
       <c r="D340" s="17" t="s">
-        <v>676</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>434</v>
+      </c>
+      <c r="E340" s="18" t="s">
+        <v>21</v>
       </c>
       <c r="F340" s="3"/>
     </row>
     <row r="341" spans="1:6">
       <c r="A341" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B341" s="17" t="s">
         <v>685</v>
       </c>
       <c r="C341" s="17" t="s">
         <v>686</v>
       </c>
       <c r="D341" s="17" t="s">
-        <v>676</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>434</v>
+      </c>
+      <c r="E341" s="18" t="s">
+        <v>21</v>
       </c>
       <c r="F341" s="3"/>
     </row>
     <row r="342" spans="1:6">
       <c r="A342" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B342" s="17" t="s">
         <v>687</v>
       </c>
       <c r="C342" s="17" t="s">
         <v>688</v>
       </c>
       <c r="D342" s="17" t="s">
-        <v>676</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>434</v>
+      </c>
+      <c r="E342" s="18" t="s">
+        <v>21</v>
       </c>
       <c r="F342" s="3"/>
     </row>
     <row r="343" spans="1:6">
       <c r="A343" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B343" s="17" t="s">
         <v>689</v>
       </c>
       <c r="C343" s="17" t="s">
         <v>690</v>
       </c>
       <c r="D343" s="17" t="s">
-        <v>676</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>434</v>
+      </c>
+      <c r="E343" s="18" t="s">
+        <v>21</v>
       </c>
       <c r="F343" s="3"/>
     </row>
     <row r="344" spans="1:6">
       <c r="A344" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B344" s="17" t="s">
         <v>691</v>
       </c>
       <c r="C344" s="17" t="s">
         <v>692</v>
       </c>
       <c r="D344" s="17" t="s">
-        <v>676</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>434</v>
+      </c>
+      <c r="E344" s="18" t="s">
+        <v>21</v>
       </c>
       <c r="F344" s="3"/>
     </row>
     <row r="345" spans="1:6">
       <c r="A345" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B345" s="17" t="s">
         <v>693</v>
       </c>
       <c r="C345" s="17" t="s">
         <v>694</v>
       </c>
       <c r="D345" s="17" t="s">
-        <v>676</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>434</v>
+      </c>
+      <c r="E345" s="18" t="s">
+        <v>21</v>
       </c>
       <c r="F345" s="3"/>
     </row>
     <row r="346" spans="1:6">
       <c r="A346" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B346" s="17" t="s">
         <v>695</v>
       </c>
       <c r="C346" s="17" t="s">
         <v>696</v>
       </c>
       <c r="D346" s="17" t="s">
-        <v>676</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>434</v>
+      </c>
+      <c r="E346" s="18" t="s">
+        <v>21</v>
       </c>
       <c r="F346" s="3"/>
     </row>
     <row r="347" spans="1:6">
       <c r="A347" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B347" s="17" t="s">
         <v>697</v>
       </c>
       <c r="C347" s="17" t="s">
         <v>698</v>
       </c>
       <c r="D347" s="17" t="s">
-        <v>676</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>434</v>
+      </c>
+      <c r="E347" s="18" t="s">
+        <v>21</v>
       </c>
       <c r="F347" s="3"/>
     </row>
     <row r="348" spans="1:6">
       <c r="A348" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B348" s="17" t="s">
         <v>699</v>
       </c>
       <c r="C348" s="17" t="s">
         <v>700</v>
       </c>
       <c r="D348" s="17" t="s">
-        <v>676</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>434</v>
+      </c>
+      <c r="E348" s="18" t="s">
+        <v>21</v>
       </c>
       <c r="F348" s="3"/>
     </row>
     <row r="349" spans="1:6">
       <c r="A349" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B349" s="17" t="s">
         <v>701</v>
       </c>
       <c r="C349" s="17" t="s">
         <v>702</v>
       </c>
       <c r="D349" s="17" t="s">
-        <v>676</v>
+        <v>434</v>
       </c>
       <c r="E349" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F349" s="3"/>
     </row>
     <row r="350" spans="1:6">
       <c r="A350" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B350" s="17" t="s">
         <v>703</v>
       </c>
       <c r="C350" s="17" t="s">
         <v>704</v>
       </c>
       <c r="D350" s="17" t="s">
-        <v>676</v>
+        <v>434</v>
       </c>
       <c r="E350" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F350" s="3"/>
     </row>
     <row r="351" spans="1:6">
       <c r="A351" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B351" s="17" t="s">
         <v>705</v>
       </c>
       <c r="C351" s="17" t="s">
         <v>706</v>
       </c>
       <c r="D351" s="17" t="s">
-        <v>676</v>
+        <v>434</v>
       </c>
       <c r="E351" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F351" s="3"/>
     </row>
     <row r="352" spans="1:6">
       <c r="A352" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B352" s="17" t="s">
         <v>707</v>
       </c>
       <c r="C352" s="17" t="s">
         <v>708</v>
       </c>
       <c r="D352" s="17" t="s">
-        <v>676</v>
+        <v>434</v>
       </c>
       <c r="E352" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F352" s="3"/>
     </row>
     <row r="353" spans="1:6">
       <c r="A353" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B353" s="17" t="s">
         <v>709</v>
       </c>
       <c r="C353" s="17" t="s">
         <v>710</v>
       </c>
       <c r="D353" s="17" t="s">
-        <v>676</v>
+        <v>434</v>
       </c>
       <c r="E353" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F353" s="3"/>
     </row>
     <row r="354" spans="1:6">
       <c r="A354" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B354" s="17" t="s">
         <v>711</v>
       </c>
       <c r="C354" s="17" t="s">
         <v>712</v>
       </c>
       <c r="D354" s="17" t="s">
-        <v>676</v>
+        <v>434</v>
       </c>
       <c r="E354" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F354" s="3"/>
     </row>
     <row r="355" spans="1:6">
       <c r="A355" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B355" s="17" t="s">
         <v>713</v>
       </c>
       <c r="C355" s="17" t="s">
         <v>714</v>
       </c>
       <c r="D355" s="17" t="s">
-        <v>676</v>
+        <v>434</v>
       </c>
       <c r="E355" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F355" s="3"/>
     </row>
     <row r="356" spans="1:6">
       <c r="A356" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B356" s="17" t="s">
         <v>715</v>
       </c>
       <c r="C356" s="17" t="s">
         <v>716</v>
       </c>
       <c r="D356" s="17" t="s">
-        <v>676</v>
+        <v>434</v>
       </c>
       <c r="E356" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F356" s="3"/>
     </row>
     <row r="357" spans="1:6">
       <c r="A357" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B357" s="17" t="s">
         <v>717</v>
       </c>
       <c r="C357" s="17" t="s">
         <v>718</v>
       </c>
       <c r="D357" s="17" t="s">
-        <v>676</v>
+        <v>434</v>
       </c>
       <c r="E357" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F357" s="3"/>
     </row>
     <row r="358" spans="1:6">
       <c r="A358" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B358" s="17" t="s">
         <v>719</v>
       </c>
       <c r="C358" s="17" t="s">
         <v>720</v>
       </c>
       <c r="D358" s="17" t="s">
-        <v>676</v>
+        <v>434</v>
       </c>
       <c r="E358" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F358" s="3"/>
     </row>
     <row r="359" spans="1:6">
       <c r="A359" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B359" s="17" t="s">
         <v>721</v>
       </c>
       <c r="C359" s="17" t="s">
         <v>722</v>
       </c>
       <c r="D359" s="17" t="s">
-        <v>676</v>
+        <v>434</v>
       </c>
       <c r="E359" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F359" s="3"/>
     </row>
     <row r="360" spans="1:6">
       <c r="A360" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B360" s="17" t="s">
         <v>723</v>
       </c>
       <c r="C360" s="17" t="s">
         <v>724</v>
       </c>
       <c r="D360" s="17" t="s">
-        <v>676</v>
+        <v>434</v>
       </c>
       <c r="E360" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F360" s="3"/>
     </row>
     <row r="361" spans="1:6">
       <c r="A361" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B361" s="17" t="s">
         <v>725</v>
       </c>
       <c r="C361" s="17" t="s">
         <v>726</v>
       </c>
       <c r="D361" s="17" t="s">
-        <v>676</v>
+        <v>434</v>
       </c>
       <c r="E361" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F361" s="3"/>
     </row>
     <row r="362" spans="1:6">
       <c r="A362" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B362" s="17" t="s">
         <v>727</v>
       </c>
       <c r="C362" s="17" t="s">
         <v>728</v>
       </c>
       <c r="D362" s="17" t="s">
-        <v>676</v>
+        <v>434</v>
       </c>
       <c r="E362" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F362" s="3"/>
     </row>
     <row r="363" spans="1:6">
       <c r="A363" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B363" s="17" t="s">
         <v>729</v>
       </c>
       <c r="C363" s="17" t="s">
         <v>730</v>
       </c>
       <c r="D363" s="17" t="s">
-        <v>676</v>
+        <v>434</v>
       </c>
       <c r="E363" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F363" s="3"/>
     </row>
     <row r="364" spans="1:6">
       <c r="A364" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B364" s="17" t="s">
         <v>731</v>
       </c>
       <c r="C364" s="17" t="s">
         <v>732</v>
       </c>
       <c r="D364" s="17" t="s">
-        <v>676</v>
+        <v>434</v>
       </c>
       <c r="E364" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F364" s="3"/>
     </row>
     <row r="365" spans="1:6">
       <c r="A365" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B365" s="17" t="s">
         <v>733</v>
       </c>
       <c r="C365" s="17" t="s">
         <v>734</v>
       </c>
       <c r="D365" s="17" t="s">
-        <v>676</v>
+        <v>434</v>
       </c>
       <c r="E365" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F365" s="3"/>
     </row>
     <row r="366" spans="1:6">
       <c r="A366" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B366" s="17" t="s">
         <v>735</v>
       </c>
       <c r="C366" s="17" t="s">
         <v>736</v>
       </c>
       <c r="D366" s="17" t="s">
-        <v>676</v>
+        <v>434</v>
       </c>
       <c r="E366" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F366" s="3"/>
     </row>
     <row r="367" spans="1:6">
       <c r="A367" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B367" s="17" t="s">
         <v>737</v>
       </c>
       <c r="C367" s="17" t="s">
         <v>738</v>
       </c>
       <c r="D367" s="17" t="s">
-        <v>676</v>
+        <v>434</v>
       </c>
       <c r="E367" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F367" s="3"/>
     </row>
     <row r="368" spans="1:6">
       <c r="A368" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B368" s="17" t="s">
         <v>739</v>
       </c>
       <c r="C368" s="17" t="s">
         <v>740</v>
       </c>
       <c r="D368" s="17" t="s">
-        <v>676</v>
+        <v>434</v>
       </c>
       <c r="E368" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F368" s="3"/>
     </row>
     <row r="369" spans="1:6">
       <c r="A369" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B369" s="17" t="s">
         <v>741</v>
       </c>
       <c r="C369" s="17" t="s">
         <v>742</v>
       </c>
       <c r="D369" s="17" t="s">
-        <v>676</v>
+        <v>434</v>
       </c>
       <c r="E369" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F369" s="3"/>
     </row>
     <row r="370" spans="1:6">
       <c r="A370" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B370" s="17" t="s">
         <v>743</v>
       </c>
       <c r="C370" s="17" t="s">
         <v>744</v>
       </c>
       <c r="D370" s="17" t="s">
-        <v>676</v>
+        <v>434</v>
       </c>
       <c r="E370" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F370" s="3"/>
     </row>
     <row r="371" spans="1:6">
       <c r="A371" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B371" s="17" t="s">
         <v>745</v>
       </c>
       <c r="C371" s="17" t="s">
         <v>746</v>
       </c>
       <c r="D371" s="17" t="s">
-        <v>676</v>
+        <v>434</v>
       </c>
       <c r="E371" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F371" s="3"/>
     </row>
     <row r="372" spans="1:6">
       <c r="A372" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B372" s="17" t="s">
         <v>747</v>
       </c>
       <c r="C372" s="17" t="s">
         <v>748</v>
       </c>
       <c r="D372" s="17" t="s">
-        <v>676</v>
+        <v>434</v>
       </c>
       <c r="E372" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F372" s="3"/>
     </row>
     <row r="373" spans="1:6">
       <c r="A373" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B373" s="17" t="s">
         <v>749</v>
       </c>
       <c r="C373" s="17" t="s">
         <v>750</v>
       </c>
       <c r="D373" s="17" t="s">
-        <v>676</v>
+        <v>434</v>
       </c>
       <c r="E373" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F373" s="3"/>
     </row>
     <row r="374" spans="1:6">
       <c r="A374" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B374" s="17" t="s">
         <v>751</v>
       </c>
       <c r="C374" s="17" t="s">
         <v>752</v>
       </c>
       <c r="D374" s="17" t="s">
-        <v>676</v>
+        <v>434</v>
       </c>
       <c r="E374" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F374" s="3"/>
     </row>
     <row r="375" spans="1:6">
       <c r="A375" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B375" s="17" t="s">
         <v>753</v>
       </c>
       <c r="C375" s="17" t="s">
         <v>754</v>
       </c>
       <c r="D375" s="17" t="s">
-        <v>676</v>
+        <v>434</v>
       </c>
       <c r="E375" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F375" s="3"/>
     </row>
     <row r="376" spans="1:6">
       <c r="A376" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B376" s="17" t="s">
         <v>755</v>
       </c>
       <c r="C376" s="17" t="s">
         <v>756</v>
       </c>
       <c r="D376" s="17" t="s">
-        <v>676</v>
+        <v>434</v>
       </c>
       <c r="E376" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F376" s="3"/>
     </row>
     <row r="377" spans="1:6">
       <c r="A377" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B377" s="17" t="s">
         <v>757</v>
       </c>
       <c r="C377" s="17" t="s">
         <v>758</v>
       </c>
       <c r="D377" s="17" t="s">
-        <v>676</v>
+        <v>434</v>
       </c>
       <c r="E377" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F377" s="3"/>
     </row>
     <row r="378" spans="1:6">
       <c r="A378" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B378" s="17" t="s">
         <v>759</v>
       </c>
       <c r="C378" s="17" t="s">
         <v>760</v>
       </c>
       <c r="D378" s="17" t="s">
-        <v>676</v>
+        <v>434</v>
       </c>
       <c r="E378" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F378" s="3"/>
     </row>
     <row r="379" spans="1:6">
       <c r="A379" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B379" s="17" t="s">
         <v>761</v>
       </c>
       <c r="C379" s="17" t="s">
         <v>762</v>
       </c>
       <c r="D379" s="17" t="s">
-        <v>676</v>
+        <v>434</v>
       </c>
       <c r="E379" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F379" s="3"/>
     </row>
     <row r="380" spans="1:6">
       <c r="A380" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B380" s="17" t="s">
         <v>763</v>
       </c>
       <c r="C380" s="17" t="s">
         <v>764</v>
       </c>
       <c r="D380" s="17" t="s">
-        <v>676</v>
+        <v>434</v>
       </c>
       <c r="E380" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F380" s="3"/>
     </row>
     <row r="381" spans="1:6">
       <c r="A381" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B381" s="17" t="s">
         <v>765</v>
       </c>
       <c r="C381" s="17" t="s">
         <v>766</v>
       </c>
       <c r="D381" s="17" t="s">
-        <v>676</v>
+        <v>434</v>
       </c>
       <c r="E381" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F381" s="3"/>
     </row>
     <row r="382" spans="1:6">
       <c r="A382" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B382" s="17" t="s">
         <v>767</v>
       </c>
       <c r="C382" s="17" t="s">
         <v>768</v>
       </c>
       <c r="D382" s="17" t="s">
-        <v>676</v>
+        <v>434</v>
       </c>
       <c r="E382" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F382" s="3"/>
     </row>
     <row r="383" spans="1:6">
       <c r="A383" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B383" s="17" t="s">
         <v>769</v>
       </c>
       <c r="C383" s="17" t="s">
         <v>770</v>
       </c>
       <c r="D383" s="17" t="s">
-        <v>676</v>
+        <v>434</v>
       </c>
       <c r="E383" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F383" s="3"/>
     </row>
     <row r="384" spans="1:6">
       <c r="A384" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B384" s="17" t="s">
         <v>771</v>
       </c>
       <c r="C384" s="17" t="s">
         <v>772</v>
       </c>
       <c r="D384" s="17" t="s">
-        <v>676</v>
+        <v>434</v>
       </c>
       <c r="E384" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F384" s="3"/>
     </row>
     <row r="385" spans="1:6">
       <c r="A385" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B385" s="17" t="s">
         <v>773</v>
       </c>
       <c r="C385" s="17" t="s">
         <v>774</v>
       </c>
       <c r="D385" s="17" t="s">
-        <v>676</v>
+        <v>434</v>
       </c>
       <c r="E385" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F385" s="3"/>
     </row>
     <row r="386" spans="1:6">
       <c r="A386" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B386" s="17" t="s">
         <v>775</v>
       </c>
       <c r="C386" s="17" t="s">
         <v>776</v>
       </c>
       <c r="D386" s="17" t="s">
-        <v>676</v>
+        <v>434</v>
       </c>
       <c r="E386" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F386" s="3"/>
     </row>
     <row r="387" spans="1:6">
       <c r="A387" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B387" s="17" t="s">
         <v>777</v>
       </c>
       <c r="C387" s="17" t="s">
         <v>778</v>
       </c>
       <c r="D387" s="17" t="s">
-        <v>676</v>
+        <v>434</v>
       </c>
       <c r="E387" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F387" s="3"/>
     </row>
     <row r="388" spans="1:6">
       <c r="A388" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B388" s="17" t="s">
         <v>779</v>
       </c>
       <c r="C388" s="17" t="s">
         <v>780</v>
       </c>
       <c r="D388" s="17" t="s">
-        <v>676</v>
+        <v>434</v>
       </c>
       <c r="E388" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F388" s="3"/>
     </row>
     <row r="389" spans="1:6">
       <c r="A389" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B389" s="17" t="s">
         <v>781</v>
       </c>
       <c r="C389" s="17" t="s">
         <v>782</v>
       </c>
       <c r="D389" s="17" t="s">
-        <v>676</v>
+        <v>434</v>
       </c>
       <c r="E389" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F389" s="3"/>
     </row>
     <row r="390" spans="1:6">
       <c r="A390" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B390" s="17" t="s">
         <v>783</v>
       </c>
       <c r="C390" s="17" t="s">
         <v>784</v>
       </c>
       <c r="D390" s="17" t="s">
-        <v>676</v>
+        <v>434</v>
       </c>
       <c r="E390" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F390" s="3"/>
     </row>
     <row r="391" spans="1:6">
       <c r="A391" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B391" s="17" t="s">
         <v>785</v>
       </c>
       <c r="C391" s="17" t="s">
         <v>786</v>
       </c>
       <c r="D391" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E391" s="18">
-        <v>85337.293718</v>
+        <v>93115.364628</v>
       </c>
       <c r="F391" s="3"/>
     </row>
     <row r="392" spans="1:6">
       <c r="A392" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B392" s="17" t="s">
         <v>788</v>
       </c>
       <c r="C392" s="17" t="s">
         <v>789</v>
       </c>
       <c r="D392" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E392" s="18">
-        <v>96525.81399600001</v>
+        <v>105323.663016</v>
       </c>
       <c r="F392" s="3"/>
     </row>
     <row r="393" spans="1:6">
       <c r="A393" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B393" s="17" t="s">
         <v>790</v>
       </c>
       <c r="C393" s="17" t="s">
         <v>791</v>
       </c>
       <c r="D393" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E393" s="18">
-        <v>134129.834812</v>
+        <v>146355.103752</v>
       </c>
       <c r="F393" s="3"/>
     </row>
     <row r="394" spans="1:6">
       <c r="A394" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B394" s="17" t="s">
         <v>792</v>
       </c>
       <c r="C394" s="17" t="s">
         <v>793</v>
       </c>
       <c r="D394" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E394" s="18">
-        <v>188218.716866</v>
+        <v>205373.919036</v>
       </c>
       <c r="F394" s="3"/>
     </row>
     <row r="395" spans="1:6">
       <c r="A395" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B395" s="17" t="s">
         <v>794</v>
       </c>
       <c r="C395" s="17" t="s">
         <v>795</v>
       </c>
       <c r="D395" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E395" s="18">
-        <v>79511.31866199999</v>
+        <v>86758.38085199999</v>
       </c>
       <c r="F395" s="3"/>
     </row>
     <row r="396" spans="1:6">
       <c r="A396" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B396" s="17" t="s">
         <v>796</v>
       </c>
       <c r="C396" s="17" t="s">
         <v>797</v>
       </c>
       <c r="D396" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E396" s="18">
-        <v>151011.921622</v>
+        <v>164775.909012</v>
       </c>
       <c r="F396" s="3"/>
     </row>
     <row r="397" spans="1:6">
       <c r="A397" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B397" s="17" t="s">
         <v>798</v>
       </c>
       <c r="C397" s="17" t="s">
         <v>799</v>
       </c>
       <c r="D397" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E397" s="18">
-        <v>80040.952758</v>
+        <v>87336.288468</v>
       </c>
       <c r="F397" s="3"/>
     </row>
     <row r="398" spans="1:6">
       <c r="A398" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B398" s="17" t="s">
         <v>800</v>
       </c>
       <c r="C398" s="17" t="s">
         <v>801</v>
       </c>
       <c r="D398" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E398" s="18">
-        <v>105529.593628</v>
+        <v>115148.092488</v>
       </c>
       <c r="F398" s="3"/>
     </row>
     <row r="399" spans="1:6">
       <c r="A399" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B399" s="17" t="s">
         <v>802</v>
       </c>
       <c r="C399" s="17" t="s">
         <v>803</v>
       </c>
       <c r="D399" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E399" s="18">
-        <v>100498.069716</v>
+        <v>109657.970136</v>
       </c>
       <c r="F399" s="3"/>
     </row>
     <row r="400" spans="1:6">
       <c r="A400" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B400" s="17" t="s">
         <v>804</v>
       </c>
       <c r="C400" s="17" t="s">
         <v>805</v>
       </c>
       <c r="D400" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E400" s="18">
-        <v>70706.151816</v>
+        <v>77150.666736</v>
       </c>
       <c r="F400" s="3"/>
     </row>
     <row r="401" spans="1:6">
       <c r="A401" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B401" s="17" t="s">
         <v>806</v>
       </c>
       <c r="C401" s="17" t="s">
         <v>807</v>
       </c>
       <c r="D401" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E401" s="18">
-        <v>155182.790128</v>
+        <v>169326.931488</v>
       </c>
       <c r="F401" s="3"/>
     </row>
     <row r="402" spans="1:6">
       <c r="A402" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B402" s="17" t="s">
         <v>808</v>
       </c>
       <c r="C402" s="17" t="s">
         <v>809</v>
       </c>
       <c r="D402" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E402" s="18">
-        <v>69779.29214800001</v>
+        <v>76139.328408</v>
       </c>
       <c r="F402" s="3"/>
     </row>
     <row r="403" spans="1:6">
       <c r="A403" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B403" s="17" t="s">
         <v>810</v>
       </c>
       <c r="C403" s="17" t="s">
         <v>811</v>
       </c>
       <c r="D403" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E403" s="18">
-        <v>80305.76980600001</v>
+        <v>87625.242276</v>
       </c>
       <c r="F403" s="3"/>
     </row>
     <row r="404" spans="1:6">
       <c r="A404" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B404" s="17" t="s">
         <v>812</v>
       </c>
       <c r="C404" s="17" t="s">
         <v>813</v>
       </c>
       <c r="D404" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E404" s="18">
-        <v>45416.12373200001</v>
+        <v>49555.578072</v>
       </c>
       <c r="F404" s="3"/>
     </row>
     <row r="405" spans="1:6">
       <c r="A405" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B405" s="17" t="s">
         <v>814</v>
       </c>
       <c r="C405" s="17" t="s">
         <v>815</v>
       </c>
       <c r="D405" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E405" s="18">
-        <v>68124.18559800001</v>
+        <v>74333.36710800001</v>
       </c>
       <c r="F405" s="3"/>
     </row>
     <row r="406" spans="1:6">
       <c r="A406" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B406" s="17" t="s">
         <v>816</v>
       </c>
       <c r="C406" s="17" t="s">
         <v>817</v>
       </c>
       <c r="D406" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E406" s="18">
-        <v>93811.439254</v>
+        <v>102361.886484</v>
       </c>
       <c r="F406" s="3"/>
     </row>
     <row r="407" spans="1:6">
       <c r="A407" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B407" s="17" t="s">
         <v>818</v>
       </c>
       <c r="C407" s="17" t="s">
         <v>819</v>
       </c>
       <c r="D407" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E407" s="18">
-        <v>214104.583308</v>
+        <v>233619.153768</v>
       </c>
       <c r="F407" s="3"/>
     </row>
     <row r="408" spans="1:6">
       <c r="A408" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B408" s="17" t="s">
         <v>820</v>
       </c>
       <c r="C408" s="17" t="s">
         <v>821</v>
       </c>
       <c r="D408" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E408" s="18">
-        <v>240851.105156</v>
+        <v>262803.488376</v>
       </c>
       <c r="F408" s="3"/>
     </row>
     <row r="409" spans="1:6">
       <c r="A409" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B409" s="17" t="s">
         <v>822</v>
       </c>
       <c r="C409" s="17" t="s">
         <v>823</v>
       </c>
       <c r="D409" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E409" s="18">
-        <v>237143.666484</v>
+        <v>258758.135064</v>
       </c>
       <c r="F409" s="3"/>
     </row>
     <row r="410" spans="1:6">
       <c r="A410" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B410" s="17" t="s">
         <v>824</v>
       </c>
       <c r="C410" s="17" t="s">
         <v>825</v>
       </c>
       <c r="D410" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E410" s="18">
-        <v>345255.22633</v>
+        <v>376723.52718</v>
       </c>
       <c r="F410" s="3"/>
     </row>
     <row r="411" spans="1:6">
       <c r="A411" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B411" s="17" t="s">
         <v>826</v>
       </c>
       <c r="C411" s="17" t="s">
         <v>827</v>
       </c>
       <c r="D411" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E411" s="18">
-        <v>237143.666484</v>
+        <v>258758.135064</v>
       </c>
       <c r="F411" s="3"/>
     </row>
     <row r="412" spans="1:6">
       <c r="A412" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B412" s="17" t="s">
         <v>828</v>
       </c>
       <c r="C412" s="17" t="s">
         <v>829</v>
       </c>
       <c r="D412" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E412" s="18">
-        <v>254025.753294</v>
+        <v>277178.940324</v>
       </c>
       <c r="F412" s="3"/>
     </row>
     <row r="413" spans="1:6">
       <c r="A413" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B413" s="17" t="s">
         <v>830</v>
       </c>
       <c r="C413" s="17" t="s">
         <v>831</v>
       </c>
       <c r="D413" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E413" s="18">
-        <v>107250.90444</v>
+        <v>117026.29224</v>
       </c>
       <c r="F413" s="3"/>
     </row>
     <row r="414" spans="1:6">
       <c r="A414" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B414" s="17" t="s">
         <v>832</v>
       </c>
       <c r="C414" s="17" t="s">
         <v>833</v>
       </c>
       <c r="D414" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E414" s="18">
-        <v>108111.559846</v>
+        <v>117965.392116</v>
       </c>
       <c r="F414" s="3"/>
     </row>
     <row r="415" spans="1:6">
       <c r="A415" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B415" s="17" t="s">
         <v>834</v>
       </c>
       <c r="C415" s="17" t="s">
         <v>835</v>
       </c>
       <c r="D415" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E415" s="18">
-        <v>151475.351456</v>
+        <v>165281.578176</v>
       </c>
       <c r="F415" s="3"/>
     </row>
     <row r="416" spans="1:6">
       <c r="A416" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B416" s="17" t="s">
         <v>836</v>
       </c>
       <c r="C416" s="17" t="s">
         <v>837</v>
       </c>
       <c r="D416" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E416" s="18">
-        <v>98445.73759400001</v>
+        <v>107418.578124</v>
       </c>
       <c r="F416" s="3"/>
     </row>
     <row r="417" spans="1:6">
       <c r="A417" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B417" s="17" t="s">
         <v>838</v>
       </c>
       <c r="C417" s="17" t="s">
         <v>839</v>
       </c>
       <c r="D417" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E417" s="18">
-        <v>177957.056256</v>
+        <v>194176.958976</v>
       </c>
       <c r="F417" s="3"/>
     </row>
     <row r="418" spans="1:6">
       <c r="A418" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B418" s="17" t="s">
         <v>840</v>
       </c>
       <c r="C418" s="17" t="s">
         <v>841</v>
       </c>
       <c r="D418" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E418" s="18">
-        <v>60576.89973</v>
+        <v>66098.18358</v>
       </c>
       <c r="F418" s="3"/>
     </row>
     <row r="419" spans="1:6">
       <c r="A419" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B419" s="17" t="s">
         <v>842</v>
       </c>
       <c r="C419" s="17" t="s">
         <v>843</v>
       </c>
       <c r="D419" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E419" s="18">
-        <v>103874.487078</v>
+        <v>113342.131188</v>
       </c>
       <c r="F419" s="3"/>
     </row>
     <row r="420" spans="1:6">
       <c r="A420" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B420" s="17" t="s">
         <v>844</v>
       </c>
       <c r="C420" s="17" t="s">
         <v>845</v>
       </c>
       <c r="D420" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E420" s="18">
-        <v>236150.602554</v>
+        <v>257674.558284</v>
       </c>
       <c r="F420" s="3"/>
     </row>
     <row r="421" spans="1:6">
       <c r="A421" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B421" s="17" t="s">
         <v>846</v>
       </c>
       <c r="C421" s="17" t="s">
         <v>847</v>
       </c>
       <c r="D421" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E421" s="18">
-        <v>194375.713232</v>
+        <v>212092.095072</v>
       </c>
       <c r="F421" s="3"/>
     </row>
     <row r="422" spans="1:6">
       <c r="A422" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B422" s="17" t="s">
         <v>848</v>
       </c>
       <c r="C422" s="17" t="s">
         <v>849</v>
       </c>
       <c r="D422" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E422" s="18">
-        <v>992933.06111</v>
+        <v>1083433.98306</v>
       </c>
       <c r="F422" s="3"/>
     </row>
     <row r="423" spans="1:6">
       <c r="A423" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B423" s="17" t="s">
         <v>850</v>
       </c>
       <c r="C423" s="17" t="s">
         <v>851</v>
       </c>
       <c r="D423" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E423" s="18">
-        <v>557506.0903020001</v>
+        <v>608320.004292</v>
       </c>
       <c r="F423" s="3"/>
     </row>
     <row r="424" spans="1:6">
       <c r="A424" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B424" s="17" t="s">
         <v>852</v>
       </c>
       <c r="C424" s="17" t="s">
         <v>853</v>
       </c>
       <c r="D424" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E424" s="18">
-        <v>373524.446204</v>
+        <v>407569.346184</v>
       </c>
       <c r="F424" s="3"/>
     </row>
     <row r="425" spans="1:6">
       <c r="A425" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B425" s="17" t="s">
         <v>854</v>
       </c>
       <c r="C425" s="17" t="s">
         <v>855</v>
       </c>
       <c r="D425" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E425" s="18">
-        <v>204769.782366</v>
+        <v>223433.532036</v>
       </c>
       <c r="F425" s="3"/>
     </row>
     <row r="426" spans="1:6">
       <c r="A426" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B426" s="17" t="s">
         <v>856</v>
       </c>
       <c r="C426" s="17" t="s">
         <v>857</v>
       </c>
       <c r="D426" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E426" s="18">
-        <v>227213.027184</v>
+        <v>247922.367264</v>
       </c>
       <c r="F426" s="3"/>
     </row>
     <row r="427" spans="1:6">
       <c r="A427" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B427" s="17" t="s">
         <v>858</v>
       </c>
       <c r="C427" s="17" t="s">
         <v>859</v>
       </c>
       <c r="D427" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E427" s="18">
-        <v>150945.71736</v>
+        <v>164703.67056</v>
       </c>
       <c r="F427" s="3"/>
     </row>
     <row r="428" spans="1:6">
       <c r="A428" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B428" s="17" t="s">
         <v>860</v>
       </c>
       <c r="C428" s="17" t="s">
         <v>861</v>
       </c>
       <c r="D428" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E428" s="18">
-        <v>65078.789546</v>
+        <v>71010.39831599999</v>
       </c>
       <c r="F428" s="3"/>
     </row>
     <row r="429" spans="1:6">
       <c r="A429" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B429" s="17" t="s">
         <v>862</v>
       </c>
       <c r="C429" s="17" t="s">
         <v>863</v>
       </c>
       <c r="D429" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E429" s="18">
-        <v>76399.71834800001</v>
+        <v>83363.173608</v>
       </c>
       <c r="F429" s="3"/>
     </row>
     <row r="430" spans="1:6">
       <c r="A430" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B430" s="17" t="s">
         <v>864</v>
       </c>
       <c r="C430" s="17" t="s">
         <v>865</v>
       </c>
       <c r="D430" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E430" s="18">
-        <v>98445.73759400001</v>
+        <v>107418.578124</v>
       </c>
       <c r="F430" s="3"/>
     </row>
     <row r="431" spans="1:6">
       <c r="A431" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B431" s="17" t="s">
         <v>866</v>
       </c>
       <c r="C431" s="17" t="s">
         <v>867</v>
       </c>
       <c r="D431" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E431" s="18">
-        <v>46806.413234</v>
+        <v>51072.58556399999</v>
       </c>
       <c r="F431" s="3"/>
     </row>
     <row r="432" spans="1:6">
       <c r="A432" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B432" s="17" t="s">
         <v>868</v>
       </c>
       <c r="C432" s="17" t="s">
         <v>869</v>
       </c>
       <c r="D432" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E432" s="18">
-        <v>63092.66168600001</v>
+        <v>68843.244756</v>
       </c>
       <c r="F432" s="3"/>
     </row>
     <row r="433" spans="1:6">
       <c r="A433" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B433" s="17" t="s">
         <v>870</v>
       </c>
       <c r="C433" s="17" t="s">
         <v>871</v>
       </c>
       <c r="D433" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E433" s="18">
-        <v>78385.846208</v>
+        <v>85530.327168</v>
       </c>
       <c r="F433" s="3"/>
     </row>
     <row r="434" spans="1:6">
       <c r="A434" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B434" s="17" t="s">
         <v>872</v>
       </c>
       <c r="C434" s="17" t="s">
         <v>873</v>
       </c>
       <c r="D434" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E434" s="18">
-        <v>166106.493358</v>
+        <v>181246.276068</v>
       </c>
       <c r="F434" s="3"/>
     </row>
     <row r="435" spans="1:6">
       <c r="A435" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B435" s="17" t="s">
         <v>874</v>
       </c>
       <c r="C435" s="17" t="s">
         <v>875</v>
       </c>
       <c r="D435" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E435" s="18">
-        <v>105463.389366</v>
+        <v>115075.854036</v>
       </c>
       <c r="F435" s="3"/>
     </row>
     <row r="436" spans="1:6">
       <c r="A436" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B436" s="17" t="s">
         <v>876</v>
       </c>
       <c r="C436" s="17" t="s">
         <v>877</v>
       </c>
       <c r="D436" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E436" s="18">
-        <v>598883.754052</v>
+        <v>653469.0367920001</v>
       </c>
       <c r="F436" s="3"/>
     </row>
     <row r="437" spans="1:6">
       <c r="A437" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B437" s="17" t="s">
         <v>878</v>
       </c>
       <c r="C437" s="17" t="s">
         <v>879</v>
       </c>
       <c r="D437" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E437" s="18">
-        <v>316456.37236</v>
+        <v>345299.80056</v>
       </c>
       <c r="F437" s="3"/>
     </row>
     <row r="438" spans="1:6">
       <c r="A438" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B438" s="17" t="s">
         <v>880</v>
       </c>
       <c r="C438" s="17" t="s">
         <v>881</v>
       </c>
       <c r="D438" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E438" s="18">
-        <v>202651.245982</v>
+        <v>221121.901572</v>
       </c>
       <c r="F438" s="3"/>
     </row>
     <row r="439" spans="1:6">
       <c r="A439" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B439" s="17" t="s">
         <v>882</v>
       </c>
       <c r="C439" s="17" t="s">
         <v>883</v>
       </c>
       <c r="D439" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E439" s="18">
-        <v>575844.670876</v>
+        <v>628330.055496</v>
       </c>
       <c r="F439" s="3"/>
     </row>
     <row r="440" spans="1:6">
       <c r="A440" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B440" s="17" t="s">
         <v>884</v>
       </c>
       <c r="C440" s="17" t="s">
         <v>885</v>
       </c>
       <c r="D440" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E440" s="18">
-        <v>316919.802194</v>
+        <v>345805.469724</v>
       </c>
       <c r="F440" s="3"/>
     </row>
     <row r="441" spans="1:6">
       <c r="A441" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B441" s="17" t="s">
         <v>886</v>
       </c>
       <c r="C441" s="17" t="s">
         <v>887</v>
       </c>
       <c r="D441" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E441" s="18">
-        <v>291828.386896</v>
+        <v>318427.096416</v>
       </c>
       <c r="F441" s="3"/>
     </row>
     <row r="442" spans="1:6">
       <c r="A442" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B442" s="17" t="s">
         <v>888</v>
       </c>
       <c r="C442" s="17" t="s">
         <v>889</v>
       </c>
       <c r="D442" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E442" s="18">
-        <v>267994.852576</v>
+        <v>292421.253696</v>
       </c>
       <c r="F442" s="3"/>
     </row>
     <row r="443" spans="1:6">
       <c r="A443" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B443" s="17" t="s">
         <v>890</v>
       </c>
       <c r="C443" s="17" t="s">
         <v>891</v>
       </c>
       <c r="D443" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E443" s="18">
-        <v>220725.009508</v>
+        <v>240842.998968</v>
       </c>
       <c r="F443" s="3"/>
     </row>
     <row r="444" spans="1:6">
       <c r="A444" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B444" s="17" t="s">
         <v>892</v>
       </c>
       <c r="C444" s="17" t="s">
         <v>893</v>
       </c>
       <c r="D444" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E444" s="18">
-        <v>692628.989044</v>
+        <v>755758.684824</v>
       </c>
       <c r="F444" s="3"/>
     </row>
     <row r="445" spans="1:6">
       <c r="A445" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B445" s="17" t="s">
         <v>894</v>
       </c>
       <c r="C445" s="17" t="s">
         <v>895</v>
       </c>
       <c r="D445" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E445" s="18">
-        <v>1145995.77522</v>
+        <v>1250447.60412</v>
       </c>
       <c r="F445" s="3"/>
     </row>
     <row r="446" spans="1:6">
       <c r="A446" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B446" s="17" t="s">
         <v>896</v>
       </c>
       <c r="C446" s="17" t="s">
         <v>897</v>
       </c>
       <c r="D446" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E446" s="18">
-        <v>616957.5175780001</v>
+        <v>673190.134188</v>
       </c>
       <c r="F446" s="3"/>
     </row>
     <row r="447" spans="1:6">
       <c r="A447" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B447" s="17" t="s">
         <v>898</v>
       </c>
       <c r="C447" s="17" t="s">
         <v>899</v>
       </c>
       <c r="D447" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E447" s="18">
-        <v>344460.775186</v>
+        <v>375856.665756</v>
       </c>
       <c r="F447" s="3"/>
     </row>
     <row r="448" spans="1:6">
       <c r="A448" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B448" s="17" t="s">
         <v>900</v>
       </c>
       <c r="C448" s="17" t="s">
         <v>901</v>
       </c>
       <c r="D448" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E448" s="18">
-        <v>242108.986134</v>
+        <v>264176.018964</v>
       </c>
       <c r="F448" s="3"/>
     </row>
     <row r="449" spans="1:6">
       <c r="A449" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B449" s="17" t="s">
         <v>902</v>
       </c>
       <c r="C449" s="17" t="s">
         <v>903</v>
       </c>
       <c r="D449" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E449" s="18">
-        <v>295535.825568</v>
+        <v>322472.449728</v>
       </c>
       <c r="F449" s="3"/>
     </row>
     <row r="450" spans="1:6">
       <c r="A450" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B450" s="17" t="s">
         <v>904</v>
       </c>
       <c r="C450" s="17" t="s">
         <v>905</v>
       </c>
       <c r="D450" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E450" s="18">
-        <v>669987.1314400001</v>
+        <v>731053.13424</v>
       </c>
       <c r="F450" s="3"/>
     </row>
     <row r="451" spans="1:6">
       <c r="A451" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B451" s="17" t="s">
         <v>906</v>
       </c>
       <c r="C451" s="17" t="s">
         <v>907</v>
       </c>
       <c r="D451" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E451" s="18">
-        <v>2752773.21396</v>
+        <v>3003674.83416</v>
       </c>
       <c r="F451" s="3"/>
     </row>
     <row r="452" spans="1:6">
       <c r="A452" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B452" s="17" t="s">
         <v>908</v>
       </c>
       <c r="C452" s="17" t="s">
         <v>909</v>
       </c>
       <c r="D452" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E452" s="18">
-        <v>2249620.82276</v>
+        <v>2454662.59896</v>
       </c>
       <c r="F452" s="3"/>
     </row>
     <row r="453" spans="1:6">
       <c r="A453" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B453" s="17" t="s">
         <v>910</v>
       </c>
       <c r="C453" s="17" t="s">
         <v>911</v>
       </c>
       <c r="D453" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E453" s="18">
-        <v>1636769.50906</v>
+        <v>1785952.92876</v>
       </c>
       <c r="F453" s="3"/>
     </row>
     <row r="454" spans="1:6">
       <c r="A454" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B454" s="17" t="s">
         <v>912</v>
       </c>
       <c r="C454" s="17" t="s">
         <v>913</v>
       </c>
       <c r="D454" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E454" s="18">
-        <v>864827.8141400001</v>
+        <v>943652.5784400001</v>
       </c>
       <c r="F454" s="3"/>
     </row>
     <row r="455" spans="1:6">
       <c r="A455" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B455" s="17" t="s">
         <v>914</v>
       </c>
       <c r="C455" s="17" t="s">
         <v>915</v>
       </c>
       <c r="D455" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E455" s="18">
-        <v>286863.067246</v>
+        <v>313009.212516</v>
       </c>
       <c r="F455" s="3"/>
     </row>
     <row r="456" spans="1:6">
       <c r="A456" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B456" s="17" t="s">
         <v>916</v>
       </c>
       <c r="C456" s="17" t="s">
         <v>917</v>
       </c>
       <c r="D456" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E456" s="18">
-        <v>1537262.96364</v>
+        <v>1677376.85544</v>
       </c>
       <c r="F456" s="3"/>
     </row>
     <row r="457" spans="1:6">
       <c r="A457" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B457" s="17" t="s">
         <v>918</v>
       </c>
       <c r="C457" s="17" t="s">
         <v>919</v>
       </c>
       <c r="D457" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E457" s="18">
-        <v>1326402.38917</v>
+        <v>1447297.38582</v>
       </c>
       <c r="F457" s="3"/>
     </row>
     <row r="458" spans="1:6">
       <c r="A458" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B458" s="17" t="s">
         <v>920</v>
       </c>
       <c r="C458" s="17" t="s">
         <v>921</v>
       </c>
       <c r="D458" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E458" s="18">
-        <v>1189159.41441</v>
+        <v>1297545.39486</v>
       </c>
       <c r="F458" s="3"/>
     </row>
     <row r="459" spans="1:6">
       <c r="A459" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B459" s="17" t="s">
         <v>922</v>
       </c>
       <c r="C459" s="17" t="s">
         <v>923</v>
       </c>
       <c r="D459" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E459" s="18">
-        <v>316919.802194</v>
+        <v>345805.469724</v>
       </c>
       <c r="F459" s="3"/>
     </row>
     <row r="460" spans="1:6">
       <c r="A460" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B460" s="17" t="s">
         <v>924</v>
       </c>
       <c r="C460" s="17" t="s">
         <v>925</v>
       </c>
       <c r="D460" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E460" s="18">
-        <v>298779.834406</v>
+        <v>326012.1338759999</v>
       </c>
       <c r="F460" s="3"/>
     </row>
     <row r="461" spans="1:6">
       <c r="A461" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B461" s="17" t="s">
         <v>926</v>
       </c>
       <c r="C461" s="17" t="s">
         <v>927</v>
       </c>
       <c r="D461" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E461" s="18">
-        <v>142471.571824</v>
+        <v>155457.148704</v>
       </c>
       <c r="F461" s="3"/>
     </row>
     <row r="462" spans="1:6">
       <c r="A462" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B462" s="17" t="s">
         <v>928</v>
       </c>
       <c r="C462" s="17" t="s">
         <v>929</v>
       </c>
       <c r="D462" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E462" s="18">
-        <v>107581.92575</v>
+        <v>117387.4845</v>
       </c>
       <c r="F462" s="3"/>
     </row>
     <row r="463" spans="1:6">
       <c r="A463" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B463" s="17" t="s">
         <v>930</v>
       </c>
       <c r="C463" s="17" t="s">
         <v>931</v>
       </c>
       <c r="D463" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E463" s="18">
-        <v>149158.202286</v>
+        <v>162753.232356</v>
       </c>
       <c r="F463" s="3"/>
     </row>
     <row r="464" spans="1:6">
       <c r="A464" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B464" s="17" t="s">
         <v>932</v>
       </c>
       <c r="C464" s="17" t="s">
         <v>933</v>
       </c>
       <c r="D464" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E464" s="18">
-        <v>367036.428528</v>
+        <v>400489.977888</v>
       </c>
       <c r="F464" s="3"/>
     </row>
     <row r="465" spans="1:6">
       <c r="A465" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B465" s="17" t="s">
         <v>934</v>
       </c>
       <c r="C465" s="17" t="s">
         <v>935</v>
       </c>
       <c r="D465" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E465" s="18">
-        <v>123338.540106</v>
+        <v>134580.236076</v>
       </c>
       <c r="F465" s="3"/>
     </row>
     <row r="466" spans="1:6">
       <c r="A466" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B466" s="17" t="s">
         <v>936</v>
       </c>
       <c r="C466" s="17" t="s">
         <v>937</v>
       </c>
       <c r="D466" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E466" s="18">
-        <v>105132.368056</v>
+        <v>114714.661776</v>
       </c>
       <c r="F466" s="3"/>
     </row>
     <row r="467" spans="1:6">
       <c r="A467" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B467" s="17" t="s">
         <v>938</v>
       </c>
       <c r="C467" s="17" t="s">
         <v>939</v>
       </c>
       <c r="D467" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E467" s="18">
-        <v>162531.46321</v>
+        <v>177345.39966</v>
       </c>
       <c r="F467" s="3"/>
     </row>
     <row r="468" spans="1:6">
       <c r="A468" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B468" s="17" t="s">
         <v>940</v>
       </c>
       <c r="C468" s="17" t="s">
         <v>941</v>
       </c>
       <c r="D468" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E468" s="18">
-        <v>305996.098964</v>
+        <v>333886.125144</v>
       </c>
       <c r="F468" s="3"/>
     </row>
     <row r="469" spans="1:6">
       <c r="A469" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B469" s="17" t="s">
         <v>942</v>
       </c>
       <c r="C469" s="17" t="s">
         <v>943</v>
       </c>
       <c r="D469" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E469" s="18">
-        <v>123338.540106</v>
+        <v>134580.236076</v>
       </c>
       <c r="F469" s="3"/>
     </row>
     <row r="470" spans="1:6">
       <c r="A470" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B470" s="17" t="s">
         <v>944</v>
       </c>
       <c r="C470" s="17" t="s">
         <v>945</v>
       </c>
       <c r="D470" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E470" s="18">
-        <v>173057.940868</v>
+        <v>188831.313528</v>
       </c>
       <c r="F470" s="3"/>
     </row>
     <row r="471" spans="1:6">
       <c r="A471" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B471" s="17" t="s">
         <v>946</v>
       </c>
       <c r="C471" s="17" t="s">
         <v>947</v>
       </c>
       <c r="D471" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E471" s="18">
-        <v>173984.800536</v>
+        <v>189842.651856</v>
       </c>
       <c r="F471" s="3"/>
     </row>
     <row r="472" spans="1:6">
       <c r="A472" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B472" s="17" t="s">
         <v>948</v>
       </c>
       <c r="C472" s="17" t="s">
         <v>949</v>
       </c>
       <c r="D472" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E472" s="18">
-        <v>376967.0678280001</v>
+        <v>411325.745688</v>
       </c>
       <c r="F472" s="3"/>
     </row>
     <row r="473" spans="1:6">
       <c r="A473" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B473" s="17" t="s">
         <v>950</v>
       </c>
       <c r="C473" s="17" t="s">
         <v>951</v>
       </c>
       <c r="D473" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E473" s="18">
-        <v>138830.337414</v>
+        <v>151484.033844</v>
       </c>
       <c r="F473" s="3"/>
     </row>
     <row r="474" spans="1:6">
       <c r="A474" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B474" s="17" t="s">
         <v>952</v>
       </c>
       <c r="C474" s="17" t="s">
         <v>953</v>
       </c>
       <c r="D474" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E474" s="18">
-        <v>173322.757916</v>
+        <v>189120.267336</v>
       </c>
       <c r="F474" s="3"/>
     </row>
     <row r="475" spans="1:6">
       <c r="A475" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B475" s="17" t="s">
         <v>954</v>
       </c>
       <c r="C475" s="17" t="s">
         <v>955</v>
       </c>
       <c r="D475" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E475" s="18">
-        <v>254091.957556</v>
+        <v>277251.178776</v>
       </c>
       <c r="F475" s="3"/>
     </row>
     <row r="476" spans="1:6">
       <c r="A476" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B476" s="17" t="s">
         <v>956</v>
       </c>
       <c r="C476" s="17" t="s">
         <v>957</v>
       </c>
       <c r="D476" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E476" s="18">
-        <v>201790.590576</v>
+        <v>220182.801696</v>
       </c>
       <c r="F476" s="3"/>
     </row>
     <row r="477" spans="1:6">
       <c r="A477" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B477" s="17" t="s">
         <v>958</v>
       </c>
       <c r="C477" s="17" t="s">
         <v>959</v>
       </c>
       <c r="D477" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E477" s="18">
-        <v>509176.979042</v>
+        <v>555585.934332</v>
       </c>
       <c r="F477" s="3"/>
     </row>
     <row r="478" spans="1:6">
       <c r="A478" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B478" s="17" t="s">
         <v>960</v>
       </c>
       <c r="C478" s="17" t="s">
         <v>961</v>
       </c>
       <c r="D478" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E478" s="18">
-        <v>626623.33983</v>
+        <v>683736.9481799999</v>
       </c>
       <c r="F478" s="3"/>
     </row>
     <row r="479" spans="1:6">
       <c r="A479" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B479" s="17" t="s">
         <v>962</v>
       </c>
       <c r="C479" s="17" t="s">
         <v>963</v>
       </c>
       <c r="D479" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E479" s="18">
-        <v>783458.1572400001</v>
+        <v>854866.48104</v>
       </c>
       <c r="F479" s="3"/>
     </row>
     <row r="480" spans="1:6">
       <c r="A480" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B480" s="17" t="s">
         <v>964</v>
       </c>
       <c r="C480" s="17" t="s">
         <v>965</v>
       </c>
       <c r="D480" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E480" s="18">
-        <v>186894.631626</v>
+        <v>203929.149996</v>
       </c>
       <c r="F480" s="3"/>
     </row>
     <row r="481" spans="1:6">
       <c r="A481" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B481" s="17" t="s">
         <v>966</v>
       </c>
       <c r="C481" s="17" t="s">
         <v>967</v>
       </c>
       <c r="D481" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E481" s="18">
-        <v>1426701.8461</v>
+        <v>1556738.6406</v>
       </c>
       <c r="F481" s="3"/>
     </row>
     <row r="482" spans="1:6">
       <c r="A482" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B482" s="17" t="s">
         <v>968</v>
       </c>
       <c r="C482" s="17" t="s">
         <v>969</v>
       </c>
       <c r="D482" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E482" s="18">
-        <v>1306279.37279</v>
+        <v>1425340.25634</v>
       </c>
       <c r="F482" s="3"/>
     </row>
     <row r="483" spans="1:6">
       <c r="A483" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B483" s="17" t="s">
         <v>970</v>
       </c>
       <c r="C483" s="17" t="s">
         <v>971</v>
       </c>
       <c r="D483" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E483" s="18">
-        <v>393319.520542</v>
+        <v>429168.643332</v>
       </c>
       <c r="F483" s="3"/>
     </row>
     <row r="484" spans="1:6">
       <c r="A484" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B484" s="17" t="s">
         <v>972</v>
       </c>
       <c r="C484" s="17" t="s">
         <v>973</v>
       </c>
       <c r="D484" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E484" s="18">
-        <v>352339.082364</v>
+        <v>384453.041544</v>
       </c>
       <c r="F484" s="3"/>
     </row>
     <row r="485" spans="1:6">
       <c r="A485" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B485" s="17" t="s">
         <v>974</v>
       </c>
       <c r="C485" s="17" t="s">
         <v>975</v>
       </c>
       <c r="D485" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E485" s="18">
-        <v>311027.622876</v>
+        <v>339376.247496</v>
       </c>
       <c r="F485" s="3"/>
     </row>
     <row r="486" spans="1:6">
       <c r="A486" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B486" s="17" t="s">
         <v>976</v>
       </c>
       <c r="C486" s="17" t="s">
         <v>977</v>
       </c>
       <c r="D486" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E486" s="18">
-        <v>285737.594792</v>
+        <v>311781.158832</v>
       </c>
       <c r="F486" s="3"/>
     </row>
     <row r="487" spans="1:6">
       <c r="A487" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B487" s="17" t="s">
         <v>978</v>
       </c>
       <c r="C487" s="17" t="s">
         <v>979</v>
       </c>
       <c r="D487" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E487" s="18">
-        <v>242771.028754</v>
+        <v>264898.403484</v>
       </c>
       <c r="F487" s="3"/>
     </row>
     <row r="488" spans="1:6">
       <c r="A488" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B488" s="17" t="s">
         <v>980</v>
       </c>
       <c r="C488" s="17" t="s">
         <v>981</v>
       </c>
       <c r="D488" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E488" s="18">
-        <v>221519.460652</v>
+        <v>241709.860392</v>
       </c>
       <c r="F488" s="3"/>
     </row>
     <row r="489" spans="1:6">
       <c r="A489" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B489" s="17" t="s">
         <v>982</v>
       </c>
       <c r="C489" s="17" t="s">
         <v>983</v>
       </c>
       <c r="D489" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E489" s="18">
-        <v>333669.48048</v>
+        <v>364081.79808</v>
       </c>
       <c r="F489" s="3"/>
     </row>
     <row r="490" spans="1:6">
       <c r="A490" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B490" s="17" t="s">
         <v>984</v>
       </c>
       <c r="C490" s="17" t="s">
         <v>985</v>
       </c>
       <c r="D490" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E490" s="18">
-        <v>340025.089632</v>
+        <v>371016.689472</v>
       </c>
       <c r="F490" s="3"/>
     </row>
     <row r="491" spans="1:6">
       <c r="A491" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B491" s="17" t="s">
         <v>986</v>
       </c>
       <c r="C491" s="17" t="s">
         <v>987</v>
       </c>
       <c r="D491" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E491" s="18">
-        <v>243764.092684</v>
+        <v>265981.980264</v>
       </c>
       <c r="F491" s="3"/>
     </row>
     <row r="492" spans="1:6">
       <c r="A492" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B492" s="17" t="s">
         <v>988</v>
       </c>
       <c r="C492" s="17" t="s">
         <v>989</v>
       </c>
       <c r="D492" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E492" s="18">
-        <v>56406.03122400001</v>
+        <v>61547.161104</v>
       </c>
       <c r="F492" s="3"/>
     </row>
     <row r="493" spans="1:6">
       <c r="A493" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B493" s="17" t="s">
         <v>990</v>
       </c>
       <c r="C493" s="17" t="s">
         <v>991</v>
       </c>
       <c r="D493" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E493" s="18">
-        <v>65939.44495200001</v>
+        <v>71949.498192</v>
       </c>
       <c r="F493" s="3"/>
     </row>
     <row r="494" spans="1:6">
       <c r="A494" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B494" s="17" t="s">
         <v>992</v>
       </c>
       <c r="C494" s="17" t="s">
         <v>993</v>
       </c>
       <c r="D494" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E494" s="18">
-        <v>105132.368056</v>
+        <v>114714.661776</v>
       </c>
       <c r="F494" s="3"/>
     </row>
     <row r="495" spans="1:6">
       <c r="A495" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B495" s="17" t="s">
         <v>994</v>
       </c>
       <c r="C495" s="17" t="s">
         <v>995</v>
       </c>
       <c r="D495" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E495" s="18">
-        <v>68852.43248</v>
+        <v>75127.99007999999</v>
       </c>
       <c r="F495" s="3"/>
     </row>
     <row r="496" spans="1:6">
       <c r="A496" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B496" s="17" t="s">
         <v>996</v>
       </c>
       <c r="C496" s="17" t="s">
         <v>997</v>
       </c>
       <c r="D496" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E496" s="18">
-        <v>83152.55307200001</v>
+        <v>90731.495712</v>
       </c>
       <c r="F496" s="3"/>
     </row>
     <row r="497" spans="1:6">
       <c r="A497" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B497" s="17" t="s">
         <v>998</v>
       </c>
       <c r="C497" s="17" t="s">
         <v>999</v>
       </c>
       <c r="D497" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E497" s="18">
-        <v>107052.291654</v>
+        <v>116809.576884</v>
       </c>
       <c r="F497" s="3"/>
     </row>
     <row r="498" spans="1:6">
       <c r="A498" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B498" s="17" t="s">
         <v>1000</v>
       </c>
       <c r="C498" s="17" t="s">
         <v>1001</v>
       </c>
       <c r="D498" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E498" s="18">
-        <v>785513.56863</v>
+        <v>857109.23298</v>
       </c>
       <c r="F498" s="3"/>
     </row>
     <row r="499" spans="1:6">
       <c r="A499" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B499" s="17" t="s">
         <v>1002</v>
       </c>
       <c r="C499" s="17" t="s">
         <v>1003</v>
       </c>
       <c r="D499" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E499" s="18">
-        <v>355119.661368</v>
+        <v>387487.056528</v>
       </c>
       <c r="F499" s="3"/>
     </row>
     <row r="500" spans="1:6">
       <c r="A500" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B500" s="17" t="s">
         <v>1004</v>
       </c>
       <c r="C500" s="17" t="s">
         <v>1005</v>
       </c>
       <c r="D500" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E500" s="18">
-        <v>326320.807398</v>
+        <v>356063.329908</v>
       </c>
       <c r="F500" s="3"/>
     </row>
     <row r="501" spans="1:6">
       <c r="A501" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B501" s="17" t="s">
         <v>1006</v>
       </c>
       <c r="C501" s="17" t="s">
         <v>1007</v>
       </c>
       <c r="D501" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E501" s="18">
-        <v>249457.659216</v>
+        <v>272194.487136</v>
       </c>
       <c r="F501" s="3"/>
     </row>
     <row r="502" spans="1:6">
       <c r="A502" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B502" s="17" t="s">
         <v>1008</v>
       </c>
       <c r="C502" s="17" t="s">
         <v>1009</v>
       </c>
       <c r="D502" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E502" s="18">
-        <v>326254.603136</v>
+        <v>355991.091456</v>
       </c>
       <c r="F502" s="3"/>
     </row>
     <row r="503" spans="1:6">
       <c r="A503" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B503" s="17" t="s">
         <v>1010</v>
       </c>
       <c r="C503" s="17" t="s">
         <v>1011</v>
       </c>
       <c r="D503" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E503" s="18">
-        <v>300368.736694</v>
+        <v>327745.856724</v>
       </c>
       <c r="F503" s="3"/>
     </row>
     <row r="504" spans="1:6">
       <c r="A504" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B504" s="17" t="s">
         <v>1012</v>
       </c>
       <c r="C504" s="17" t="s">
         <v>1013</v>
       </c>
       <c r="D504" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E504" s="18">
-        <v>227279.231446</v>
+        <v>247994.605716</v>
       </c>
       <c r="F504" s="3"/>
     </row>
     <row r="505" spans="1:6">
       <c r="A505" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B505" s="17" t="s">
         <v>1014</v>
       </c>
       <c r="C505" s="17" t="s">
         <v>1015</v>
       </c>
       <c r="D505" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E505" s="18">
-        <v>1508925.99987</v>
+        <v>1646457.11802</v>
       </c>
       <c r="F505" s="3"/>
     </row>
     <row r="506" spans="1:6">
       <c r="A506" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B506" s="17" t="s">
         <v>1016</v>
       </c>
       <c r="C506" s="17" t="s">
         <v>1017</v>
       </c>
       <c r="D506" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E506" s="18">
-        <v>119498.69291</v>
+        <v>130390.40586</v>
       </c>
       <c r="F506" s="3"/>
     </row>
     <row r="507" spans="1:6">
       <c r="A507" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B507" s="17" t="s">
         <v>1018</v>
       </c>
       <c r="C507" s="17" t="s">
         <v>1019</v>
       </c>
       <c r="D507" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E507" s="18">
-        <v>334662.54441</v>
+        <v>365165.37486</v>
       </c>
       <c r="F507" s="3"/>
     </row>
     <row r="508" spans="1:6">
       <c r="A508" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B508" s="17" t="s">
         <v>1020</v>
       </c>
       <c r="C508" s="17" t="s">
         <v>1021</v>
       </c>
       <c r="D508" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E508" s="18">
-        <v>618215.3985560001</v>
+        <v>674562.664776</v>
       </c>
       <c r="F508" s="3"/>
     </row>
     <row r="509" spans="1:6">
       <c r="A509" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B509" s="17" t="s">
         <v>1022</v>
       </c>
       <c r="C509" s="17" t="s">
         <v>1023</v>
       </c>
       <c r="D509" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E509" s="18">
-        <v>339495.455536</v>
+        <v>370438.781856</v>
       </c>
       <c r="F509" s="3"/>
     </row>
     <row r="510" spans="1:6">
       <c r="A510" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B510" s="17" t="s">
         <v>1024</v>
       </c>
       <c r="C510" s="17" t="s">
         <v>1025</v>
       </c>
       <c r="D510" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E510" s="18">
-        <v>698719.781148</v>
+        <v>762404.6224080001</v>
       </c>
       <c r="F510" s="3"/>
     </row>
     <row r="511" spans="1:6">
       <c r="A511" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B511" s="17" t="s">
         <v>1026</v>
       </c>
       <c r="C511" s="17" t="s">
         <v>1027</v>
       </c>
       <c r="D511" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E511" s="18">
-        <v>90832.24746400001</v>
+        <v>99111.15614400001</v>
       </c>
       <c r="F511" s="3"/>
     </row>
     <row r="512" spans="1:6">
       <c r="A512" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B512" s="17" t="s">
         <v>1028</v>
       </c>
       <c r="C512" s="17" t="s">
         <v>1029</v>
       </c>
       <c r="D512" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E512" s="18">
-        <v>109965.279182</v>
+        <v>119988.068772</v>
       </c>
       <c r="F512" s="3"/>
     </row>
     <row r="513" spans="1:6">
       <c r="A513" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B513" s="17" t="s">
         <v>1030</v>
       </c>
       <c r="C513" s="17" t="s">
         <v>1031</v>
       </c>
       <c r="D513" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E513" s="18">
-        <v>95466.54580399999</v>
+        <v>104167.847784</v>
       </c>
       <c r="F513" s="3"/>
     </row>
     <row r="514" spans="1:6">
       <c r="A514" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B514" s="17" t="s">
         <v>1032</v>
       </c>
       <c r="C514" s="17" t="s">
         <v>1033</v>
       </c>
       <c r="D514" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E514" s="18">
-        <v>112348.632614</v>
+        <v>122588.653044</v>
       </c>
       <c r="F514" s="3"/>
     </row>
     <row r="515" spans="1:6">
       <c r="A515" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B515" s="17" t="s">
         <v>1034</v>
       </c>
       <c r="C515" s="17" t="s">
         <v>1035</v>
       </c>
       <c r="D515" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E515" s="18">
-        <v>394511.197258</v>
+        <v>430468.935468</v>
       </c>
       <c r="F515" s="3"/>
     </row>
     <row r="516" spans="1:6">
       <c r="A516" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B516" s="17" t="s">
         <v>1036</v>
       </c>
       <c r="C516" s="17" t="s">
         <v>1037</v>
       </c>
       <c r="D516" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E516" s="18">
-        <v>296595.09376</v>
+        <v>323628.26496</v>
       </c>
       <c r="F516" s="3"/>
     </row>
     <row r="517" spans="1:6">
       <c r="A517" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B517" s="17" t="s">
         <v>1038</v>
       </c>
       <c r="C517" s="17" t="s">
         <v>1039</v>
       </c>
       <c r="D517" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E517" s="18">
-        <v>161538.39928</v>
+        <v>176261.82288</v>
       </c>
       <c r="F517" s="3"/>
     </row>
     <row r="518" spans="1:6">
       <c r="A518" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B518" s="17" t="s">
         <v>1040</v>
       </c>
       <c r="C518" s="17" t="s">
         <v>1041</v>
       </c>
       <c r="D518" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E518" s="18">
-        <v>228934.337996</v>
+        <v>249800.567016</v>
       </c>
       <c r="F518" s="3"/>
     </row>
     <row r="519" spans="1:6">
       <c r="A519" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B519" s="17" t="s">
         <v>1042</v>
       </c>
       <c r="C519" s="17" t="s">
         <v>1043</v>
       </c>
       <c r="D519" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E519" s="18">
-        <v>209867.51054</v>
+        <v>228995.89284</v>
       </c>
       <c r="F519" s="3"/>
     </row>
     <row r="520" spans="1:6">
       <c r="A520" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B520" s="17" t="s">
         <v>1044</v>
       </c>
       <c r="C520" s="17" t="s">
         <v>1045</v>
       </c>
       <c r="D520" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E520" s="18">
-        <v>140485.443964</v>
+        <v>153289.995144</v>
       </c>
       <c r="F520" s="3"/>
     </row>
     <row r="521" spans="1:6">
       <c r="A521" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B521" s="17" t="s">
         <v>1046</v>
       </c>
       <c r="C521" s="17" t="s">
         <v>1047</v>
       </c>
       <c r="D521" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E521" s="18">
-        <v>68587.61543200001</v>
+        <v>74839.036272</v>
       </c>
       <c r="F521" s="3"/>
     </row>
     <row r="522" spans="1:6">
       <c r="A522" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B522" s="17" t="s">
         <v>1048</v>
       </c>
       <c r="C522" s="17" t="s">
         <v>1049</v>
       </c>
       <c r="D522" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E522" s="18">
-        <v>190668.27456</v>
+        <v>208046.74176</v>
       </c>
       <c r="F522" s="3"/>
     </row>
     <row r="523" spans="1:6">
       <c r="A523" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B523" s="17" t="s">
         <v>1050</v>
       </c>
       <c r="C523" s="17" t="s">
         <v>1051</v>
       </c>
       <c r="D523" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E523" s="18">
-        <v>219864.354102</v>
+        <v>239903.899092</v>
       </c>
       <c r="F523" s="3"/>
     </row>
     <row r="524" spans="1:6">
       <c r="A524" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B524" s="17" t="s">
         <v>1052</v>
       </c>
       <c r="C524" s="17" t="s">
         <v>1053</v>
       </c>
       <c r="D524" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E524" s="18">
-        <v>108972.215252</v>
+        <v>118904.491992</v>
       </c>
       <c r="F524" s="3"/>
     </row>
     <row r="525" spans="1:6">
       <c r="A525" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B525" s="17" t="s">
         <v>1054</v>
       </c>
       <c r="C525" s="17" t="s">
         <v>1055</v>
       </c>
       <c r="D525" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E525" s="18">
-        <v>3303592.6738</v>
+        <v>3604698.7548</v>
       </c>
       <c r="F525" s="3"/>
     </row>
     <row r="526" spans="1:6">
       <c r="A526" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B526" s="17" t="s">
         <v>1056</v>
       </c>
       <c r="C526" s="17" t="s">
         <v>1057</v>
       </c>
       <c r="D526" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E526" s="18">
-        <v>2569187.2558</v>
+        <v>2803355.9268</v>
       </c>
       <c r="F526" s="3"/>
     </row>
     <row r="527" spans="1:6">
       <c r="A527" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B527" s="17" t="s">
         <v>1058</v>
       </c>
       <c r="C527" s="17" t="s">
         <v>1059</v>
       </c>
       <c r="D527" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E527" s="18">
-        <v>1377841.56111</v>
+        <v>1503424.98306</v>
       </c>
       <c r="F527" s="3"/>
     </row>
     <row r="528" spans="1:6">
       <c r="A528" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B528" s="17" t="s">
         <v>1060</v>
       </c>
       <c r="C528" s="17" t="s">
         <v>1061</v>
       </c>
       <c r="D528" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E528" s="18">
-        <v>1140630.15073</v>
+        <v>1244592.92958</v>
       </c>
       <c r="F528" s="3"/>
     </row>
     <row r="529" spans="1:6">
       <c r="A529" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B529" s="17" t="s">
         <v>1062</v>
       </c>
       <c r="C529" s="17" t="s">
         <v>1063</v>
       </c>
       <c r="D529" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E529" s="18">
-        <v>4864288.86692</v>
+        <v>5307644.66232</v>
       </c>
       <c r="F529" s="3"/>
     </row>
     <row r="530" spans="1:6">
       <c r="A530" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B530" s="17" t="s">
         <v>1064</v>
       </c>
       <c r="C530" s="17" t="s">
         <v>1065</v>
       </c>
       <c r="D530" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E530" s="18">
-        <v>3382175.59316</v>
+        <v>3690444.11736</v>
       </c>
       <c r="F530" s="3"/>
     </row>
     <row r="531" spans="1:6">
       <c r="A531" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B531" s="17" t="s">
         <v>1066</v>
       </c>
       <c r="C531" s="17" t="s">
         <v>1067</v>
       </c>
       <c r="D531" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E531" s="18">
-        <v>5440866.40358</v>
+        <v>5936774.380679999</v>
       </c>
       <c r="F531" s="3"/>
     </row>
     <row r="532" spans="1:6">
       <c r="A532" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B532" s="17" t="s">
         <v>1068</v>
       </c>
       <c r="C532" s="17" t="s">
         <v>1069</v>
       </c>
       <c r="D532" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E532" s="18">
-        <v>4122870.41605</v>
+        <v>4498649.5983</v>
       </c>
       <c r="F532" s="3"/>
     </row>
     <row r="533" spans="1:6">
       <c r="A533" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B533" s="17" t="s">
         <v>1070</v>
       </c>
       <c r="C533" s="17" t="s">
         <v>1071</v>
       </c>
       <c r="D533" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E533" s="18">
-        <v>3235533.15283</v>
+        <v>3530435.94618</v>
       </c>
       <c r="F533" s="3"/>
     </row>
     <row r="534" spans="1:6">
       <c r="A534" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B534" s="17" t="s">
         <v>1072</v>
       </c>
       <c r="C534" s="17" t="s">
         <v>1073</v>
       </c>
       <c r="D534" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E534" s="18">
-        <v>108972.215252</v>
+        <v>118904.491992</v>
       </c>
       <c r="F534" s="3"/>
     </row>
     <row r="535" spans="1:6">
       <c r="A535" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B535" s="17" t="s">
         <v>1074</v>
       </c>
       <c r="C535" s="17" t="s">
         <v>1075</v>
       </c>
       <c r="D535" s="17" t="s">
         <v>787</v>
       </c>
       <c r="E535" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F535" s="3"/>
     </row>
     <row r="536" spans="1:6">
       <c r="A536" s="17" t="s">
         <v>17</v>
       </c>
@@ -13531,50 +13531,50 @@
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Прайс-лист за 04.02.2026</vt:lpstr>
+      <vt:lpstr>Прайс-лист за 21.03.2026</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft Corporation</Company>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Unknown Creator</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Untitled Spreadsheet</dc:title>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>