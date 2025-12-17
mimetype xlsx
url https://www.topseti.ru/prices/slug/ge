--- v0 (2025-10-30)
+++ v1 (2025-12-17)
@@ -6,96 +6,96 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="-1" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
-    <sheet name="Прайс-лист за 30.10.2025" sheetId="1" r:id="rId4"/>
+    <sheet name="Прайс-лист за 17.12.2025" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист за 30.10.2025'!$A$11:$E$133</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист за 17.12.2025'!$A$11:$E$133</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="166">
   <si>
     <t>ПРАЙС-ЛИСТ</t>
   </si>
   <si>
     <t>ЕДИНЫЙ НОМЕР</t>
   </si>
   <si>
     <t>8-800-555-7057</t>
   </si>
   <si>
     <t>МОСКВА</t>
   </si>
   <si>
     <t>8-495-646-7057</t>
   </si>
   <si>
     <t>Компания "ТопСети"</t>
   </si>
   <si>
     <t>САНКТ-ПЕТЕРБУРГ</t>
   </si>
   <si>
     <t>8-812-645-7058</t>
   </si>
   <si>
     <t>www.topseti.ru</t>
   </si>
   <si>
     <t>sales@topseti.ru</t>
   </si>
   <si>
     <t>Цены действительны на:</t>
   </si>
   <si>
-    <t>30.10.2025</t>
+    <t>17.12.2025</t>
   </si>
   <si>
     <t>Производитель</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Название</t>
   </si>
   <si>
     <t>Группа</t>
   </si>
   <si>
     <t>Цена, руб.</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>Кабель DC cable (1.5 м) для сторонних производителей батарей для M2200</t>
   </si>
   <si>
     <t>Источники бесперебойного питания</t>
   </si>
@@ -720,51 +720,51 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="7" numFmtId="0" fillId="2" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="49" fillId="2" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="2" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2689dad173b3f34e4120904195be59a2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/108985d8d52915dcb1258ccee4ac68f32.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>600075</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>76200</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2447925" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1204,1959 +1204,1959 @@
       <c r="C11" s="15" t="s">
         <v>14</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>15</v>
       </c>
       <c r="E11" s="15" t="s">
         <v>16</v>
       </c>
       <c r="F11" s="16"/>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B12" s="17">
         <v>1014850</v>
       </c>
       <c r="C12" s="17" t="s">
         <v>18</v>
       </c>
       <c r="D12" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E12" s="18">
-        <v>7843.042335</v>
+        <v>7838.966437999999</v>
       </c>
       <c r="F12" s="3"/>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B13" s="17">
         <v>1014851</v>
       </c>
       <c r="C13" s="17" t="s">
         <v>20</v>
       </c>
       <c r="D13" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E13" s="18">
-        <v>7843.042335</v>
+        <v>7838.966437999999</v>
       </c>
       <c r="F13" s="3"/>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B14" s="17">
         <v>1020553</v>
       </c>
       <c r="C14" s="17" t="s">
         <v>21</v>
       </c>
       <c r="D14" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E14" s="18">
-        <v>40712.454735</v>
+        <v>40691.29715799999</v>
       </c>
       <c r="F14" s="3"/>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B15" s="17">
         <v>11566</v>
       </c>
       <c r="C15" s="17" t="s">
         <v>22</v>
       </c>
       <c r="D15" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E15" s="18">
-        <v>179628.636735</v>
+        <v>179535.286758</v>
       </c>
       <c r="F15" s="3"/>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B16" s="17">
         <v>11568</v>
       </c>
       <c r="C16" s="17" t="s">
         <v>23</v>
       </c>
       <c r="D16" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E16" s="18">
-        <v>382978.721505</v>
+        <v>382779.6939139999</v>
       </c>
       <c r="F16" s="3"/>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B17" s="17">
         <v>11787</v>
       </c>
       <c r="C17" s="17" t="s">
         <v>24</v>
       </c>
       <c r="D17" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E17" s="18">
-        <v>443357.19363</v>
+        <v>443126.788364</v>
       </c>
       <c r="F17" s="3"/>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B18" s="17">
         <v>11789</v>
       </c>
       <c r="C18" s="17" t="s">
         <v>25</v>
       </c>
       <c r="D18" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E18" s="18">
-        <v>471363.744945</v>
+        <v>471118.785146</v>
       </c>
       <c r="F18" s="3"/>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B19" s="17">
         <v>11791</v>
       </c>
       <c r="C19" s="17" t="s">
         <v>26</v>
       </c>
       <c r="D19" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E19" s="18">
-        <v>558400.1370300001</v>
+        <v>558109.945884</v>
       </c>
       <c r="F19" s="3"/>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B20" s="17">
         <v>11793</v>
       </c>
       <c r="C20" s="17" t="s">
         <v>27</v>
       </c>
       <c r="D20" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E20" s="18">
-        <v>639568.353555</v>
+        <v>639235.9806540001</v>
       </c>
       <c r="F20" s="3"/>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B21" s="17">
         <v>11795</v>
       </c>
       <c r="C21" s="17" t="s">
         <v>28</v>
       </c>
       <c r="D21" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E21" s="18">
-        <v>548722.09776</v>
+        <v>548436.936128</v>
       </c>
       <c r="F21" s="3"/>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B22" s="17">
         <v>11796</v>
       </c>
       <c r="C22" s="17" t="s">
         <v>29</v>
       </c>
       <c r="D22" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E22" s="18">
-        <v>664796.58123</v>
+        <v>664451.097644</v>
       </c>
       <c r="F22" s="3"/>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B23" s="17">
         <v>11801</v>
       </c>
       <c r="C23" s="17" t="s">
         <v>30</v>
       </c>
       <c r="D23" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E23" s="18">
-        <v>579188.292</v>
+        <v>578887.2976</v>
       </c>
       <c r="F23" s="3"/>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B24" s="17">
         <v>11802</v>
       </c>
       <c r="C24" s="17" t="s">
         <v>31</v>
       </c>
       <c r="D24" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E24" s="18">
-        <v>697087.4411100001</v>
+        <v>696725.1765080001</v>
       </c>
       <c r="F24" s="3"/>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B25" s="17">
         <v>11807</v>
       </c>
       <c r="C25" s="17" t="s">
         <v>32</v>
       </c>
       <c r="D25" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E25" s="18">
-        <v>758181.1567350001</v>
+        <v>757787.1427580001</v>
       </c>
       <c r="F25" s="3"/>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B26" s="17">
         <v>11810</v>
       </c>
       <c r="C26" s="17" t="s">
         <v>33</v>
       </c>
       <c r="D26" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E26" s="18">
-        <v>865452.5821500001</v>
+        <v>865002.82102</v>
       </c>
       <c r="F26" s="3"/>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B27" s="17">
         <v>12321</v>
       </c>
       <c r="C27" s="17" t="s">
         <v>34</v>
       </c>
       <c r="D27" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E27" s="18">
-        <v>15485.81649</v>
+        <v>15477.768772</v>
       </c>
       <c r="F27" s="3"/>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B28" s="17">
         <v>12322</v>
       </c>
       <c r="C28" s="17" t="s">
         <v>35</v>
       </c>
       <c r="D28" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E28" s="18">
-        <v>21218.095785</v>
+        <v>21207.069098</v>
       </c>
       <c r="F28" s="3"/>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B29" s="17">
         <v>12323</v>
       </c>
       <c r="C29" s="17" t="s">
         <v>36</v>
       </c>
       <c r="D29" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E29" s="18">
-        <v>38214.66549000001</v>
+        <v>38194.805972</v>
       </c>
       <c r="F29" s="3"/>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B30" s="17">
         <v>12324</v>
       </c>
       <c r="C30" s="17" t="s">
         <v>37</v>
       </c>
       <c r="D30" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E30" s="18">
-        <v>32969.54649</v>
+        <v>32952.412772</v>
       </c>
       <c r="F30" s="3"/>
     </row>
     <row r="31" spans="1:6">
       <c r="A31" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B31" s="17">
         <v>12325</v>
       </c>
       <c r="C31" s="17" t="s">
         <v>38</v>
       </c>
       <c r="D31" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E31" s="18">
-        <v>43459.78449000001</v>
+        <v>43437.199172</v>
       </c>
       <c r="F31" s="3"/>
     </row>
     <row r="32" spans="1:6">
       <c r="A32" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B32" s="17">
         <v>12326</v>
       </c>
       <c r="C32" s="17" t="s">
         <v>39</v>
       </c>
       <c r="D32" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E32" s="18">
-        <v>42460.827735</v>
+        <v>42438.761558</v>
       </c>
       <c r="F32" s="3"/>
     </row>
     <row r="33" spans="1:6">
       <c r="A33" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B33" s="17">
         <v>12328</v>
       </c>
       <c r="C33" s="17" t="s">
         <v>40</v>
       </c>
       <c r="D33" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E33" s="18">
-        <v>47455.61151</v>
+        <v>47430.94962799999</v>
       </c>
       <c r="F33" s="3"/>
     </row>
     <row r="34" spans="1:6">
       <c r="A34" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B34" s="17">
         <v>12329</v>
       </c>
       <c r="C34" s="17" t="s">
         <v>41</v>
       </c>
       <c r="D34" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E34" s="18">
-        <v>64939.34151000001</v>
+        <v>64905.593628</v>
       </c>
       <c r="F34" s="3"/>
     </row>
     <row r="35" spans="1:6">
       <c r="A35" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B35" s="17">
         <v>12330</v>
       </c>
       <c r="C35" s="17" t="s">
         <v>42</v>
       </c>
       <c r="D35" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E35" s="18">
-        <v>24361.988325</v>
+        <v>24349.32781</v>
       </c>
       <c r="F35" s="3"/>
     </row>
     <row r="36" spans="1:6">
       <c r="A36" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B36" s="17">
         <v>12331</v>
       </c>
       <c r="C36" s="17" t="s">
         <v>43</v>
       </c>
       <c r="D36" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E36" s="18">
-        <v>38354.53533000001</v>
+        <v>38334.603124</v>
       </c>
       <c r="F36" s="3"/>
     </row>
     <row r="37" spans="1:6">
       <c r="A37" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B37" s="17">
         <v>12349</v>
       </c>
       <c r="C37" s="17" t="s">
         <v>44</v>
       </c>
       <c r="D37" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E37" s="18">
-        <v>20730.93549</v>
+        <v>20720.161972</v>
       </c>
       <c r="F37" s="3"/>
     </row>
     <row r="38" spans="1:6">
       <c r="A38" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B38" s="17">
         <v>12351</v>
       </c>
       <c r="C38" s="17" t="s">
         <v>45</v>
       </c>
       <c r="D38" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E38" s="18">
-        <v>57283.851915</v>
+        <v>57254.082462</v>
       </c>
       <c r="F38" s="3"/>
     </row>
     <row r="39" spans="1:6">
       <c r="A39" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B39" s="17">
         <v>12353</v>
       </c>
       <c r="C39" s="17" t="s">
         <v>46</v>
       </c>
       <c r="D39" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E39" s="18">
-        <v>249527.79456</v>
+        <v>249398.119168</v>
       </c>
       <c r="F39" s="3"/>
     </row>
     <row r="40" spans="1:6">
       <c r="A40" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B40" s="17">
         <v>12354</v>
       </c>
       <c r="C40" s="17" t="s">
         <v>47</v>
       </c>
       <c r="D40" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E40" s="18">
-        <v>277058.3115900001</v>
+        <v>276914.329052</v>
       </c>
       <c r="F40" s="3"/>
     </row>
     <row r="41" spans="1:6">
       <c r="A41" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B41" s="17">
         <v>12355</v>
       </c>
       <c r="C41" s="17" t="s">
         <v>48</v>
       </c>
       <c r="D41" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E41" s="18">
-        <v>293562.157995</v>
+        <v>293409.598686</v>
       </c>
       <c r="F41" s="3"/>
     </row>
     <row r="42" spans="1:6">
       <c r="A42" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B42" s="17">
         <v>12356</v>
       </c>
       <c r="C42" s="17" t="s">
         <v>49</v>
       </c>
       <c r="D42" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E42" s="18">
-        <v>323791.527165</v>
+        <v>323623.258162</v>
       </c>
       <c r="F42" s="3"/>
     </row>
     <row r="43" spans="1:6">
       <c r="A43" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B43" s="17">
         <v>12361</v>
       </c>
       <c r="C43" s="17" t="s">
         <v>50</v>
       </c>
       <c r="D43" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E43" s="18">
-        <v>271187.751885</v>
+        <v>271046.820178</v>
       </c>
       <c r="F43" s="3"/>
     </row>
     <row r="44" spans="1:6">
       <c r="A44" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B44" s="17">
         <v>12362</v>
       </c>
       <c r="C44" s="17" t="s">
         <v>51</v>
       </c>
       <c r="D44" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E44" s="18">
-        <v>317441.754315</v>
+        <v>317276.785182</v>
       </c>
       <c r="F44" s="3"/>
     </row>
     <row r="45" spans="1:6">
       <c r="A45" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B45" s="17">
         <v>12363</v>
       </c>
       <c r="C45" s="17" t="s">
         <v>52</v>
       </c>
       <c r="D45" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E45" s="18">
-        <v>314587.138035</v>
+        <v>314423.652398</v>
       </c>
       <c r="F45" s="3"/>
     </row>
     <row r="46" spans="1:6">
       <c r="A46" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B46" s="17">
         <v>12364</v>
       </c>
       <c r="C46" s="17" t="s">
         <v>53</v>
       </c>
       <c r="D46" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E46" s="18">
-        <v>364810.74189</v>
+        <v>364621.155892</v>
       </c>
       <c r="F46" s="3"/>
     </row>
     <row r="47" spans="1:6">
       <c r="A47" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B47" s="17">
         <v>12373</v>
       </c>
       <c r="C47" s="17" t="s">
         <v>54</v>
       </c>
       <c r="D47" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E47" s="18">
-        <v>303954.64605</v>
+        <v>303796.68594</v>
       </c>
       <c r="F47" s="3"/>
     </row>
     <row r="48" spans="1:6">
       <c r="A48" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B48" s="17">
         <v>12374</v>
       </c>
       <c r="C48" s="17" t="s">
         <v>55</v>
       </c>
       <c r="D48" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E48" s="18">
-        <v>353226.181335</v>
+        <v>353042.615638</v>
       </c>
       <c r="F48" s="3"/>
     </row>
     <row r="49" spans="1:6">
       <c r="A49" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B49" s="17">
         <v>12375</v>
       </c>
       <c r="C49" s="17" t="s">
         <v>56</v>
       </c>
       <c r="D49" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E49" s="18">
-        <v>347592.4467</v>
+        <v>347411.80876</v>
       </c>
       <c r="F49" s="3"/>
     </row>
     <row r="50" spans="1:6">
       <c r="A50" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B50" s="17">
         <v>12376</v>
       </c>
       <c r="C50" s="17" t="s">
         <v>57</v>
       </c>
       <c r="D50" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E50" s="18">
-        <v>400432.252335</v>
+        <v>400224.1544379999</v>
       </c>
       <c r="F50" s="3"/>
     </row>
     <row r="51" spans="1:6">
       <c r="A51" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B51" s="17">
         <v>12385</v>
       </c>
       <c r="C51" s="17" t="s">
         <v>58</v>
       </c>
       <c r="D51" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E51" s="18">
-        <v>349971.82341</v>
+        <v>349789.948948</v>
       </c>
       <c r="F51" s="3"/>
     </row>
     <row r="52" spans="1:6">
       <c r="A52" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B52" s="17">
         <v>12386</v>
       </c>
       <c r="C52" s="17" t="s">
         <v>59</v>
       </c>
       <c r="D52" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E52" s="18">
-        <v>450655.85619</v>
+        <v>450421.657932</v>
       </c>
       <c r="F52" s="3"/>
     </row>
     <row r="53" spans="1:6">
       <c r="A53" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B53" s="17">
         <v>12387</v>
       </c>
       <c r="C53" s="17" t="s">
         <v>60</v>
       </c>
       <c r="D53" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E53" s="18">
-        <v>391467.8671350001</v>
+        <v>391264.427878</v>
       </c>
       <c r="F53" s="3"/>
     </row>
     <row r="54" spans="1:6">
       <c r="A54" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B54" s="17">
         <v>12388</v>
       </c>
       <c r="C54" s="17" t="s">
         <v>61</v>
       </c>
       <c r="D54" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E54" s="18">
-        <v>454227.3054000001</v>
+        <v>453991.25112</v>
       </c>
       <c r="F54" s="3"/>
     </row>
     <row r="55" spans="1:6">
       <c r="A55" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B55" s="17">
         <v>12397</v>
       </c>
       <c r="C55" s="17" t="s">
         <v>62</v>
       </c>
       <c r="D55" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E55" s="18">
-        <v>440500.193205</v>
+        <v>440271.272674</v>
       </c>
       <c r="F55" s="3"/>
     </row>
     <row r="56" spans="1:6">
       <c r="A56" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B56" s="17">
         <v>12398</v>
       </c>
       <c r="C56" s="17" t="s">
         <v>63</v>
       </c>
       <c r="D56" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E56" s="18">
-        <v>505162.1791800001</v>
+        <v>504899.6549040001</v>
       </c>
       <c r="F56" s="3"/>
     </row>
     <row r="57" spans="1:6">
       <c r="A57" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B57" s="17">
         <v>12399</v>
       </c>
       <c r="C57" s="17" t="s">
         <v>64</v>
       </c>
       <c r="D57" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E57" s="18">
-        <v>479697.126435</v>
+        <v>479447.835918</v>
       </c>
       <c r="F57" s="3"/>
     </row>
     <row r="58" spans="1:6">
       <c r="A58" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B58" s="17">
         <v>12400</v>
       </c>
       <c r="C58" s="17" t="s">
         <v>65</v>
       </c>
       <c r="D58" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E58" s="18">
-        <v>602752.3864650001</v>
+        <v>602439.146202</v>
       </c>
       <c r="F58" s="3"/>
     </row>
     <row r="59" spans="1:6">
       <c r="A59" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B59" s="17">
         <v>12407</v>
       </c>
       <c r="C59" s="17" t="s">
         <v>66</v>
       </c>
       <c r="D59" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E59" s="18">
-        <v>390991.038135</v>
+        <v>390787.846678</v>
       </c>
       <c r="F59" s="3"/>
     </row>
     <row r="60" spans="1:6">
       <c r="A60" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B60" s="17">
         <v>12408</v>
       </c>
       <c r="C60" s="17" t="s">
         <v>67</v>
       </c>
       <c r="D60" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E60" s="18">
-        <v>437644.78221</v>
+        <v>437417.345588</v>
       </c>
       <c r="F60" s="3"/>
     </row>
     <row r="61" spans="1:6">
       <c r="A61" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B61" s="17">
         <v>12409</v>
       </c>
       <c r="C61" s="17" t="s">
         <v>68</v>
       </c>
       <c r="D61" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E61" s="18">
-        <v>417411.33831</v>
+        <v>417194.416668</v>
       </c>
       <c r="F61" s="3"/>
     </row>
     <row r="62" spans="1:6">
       <c r="A62" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B62" s="17">
         <v>12410</v>
       </c>
       <c r="C62" s="17" t="s">
         <v>69</v>
       </c>
       <c r="D62" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E62" s="18">
-        <v>445737.3650550001</v>
+        <v>445505.7228540001</v>
       </c>
       <c r="F62" s="3"/>
     </row>
     <row r="63" spans="1:6">
       <c r="A63" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B63" s="17">
         <v>12413</v>
       </c>
       <c r="C63" s="17" t="s">
         <v>70</v>
       </c>
       <c r="D63" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E63" s="18">
-        <v>396149.5332000001</v>
+        <v>395943.66096</v>
       </c>
       <c r="F63" s="3"/>
     </row>
     <row r="64" spans="1:6">
       <c r="A64" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B64" s="17">
         <v>12414</v>
       </c>
       <c r="C64" s="17" t="s">
         <v>71</v>
       </c>
       <c r="D64" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E64" s="18">
-        <v>443594.813415</v>
+        <v>443364.284662</v>
       </c>
       <c r="F64" s="3"/>
     </row>
     <row r="65" spans="1:6">
       <c r="A65" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B65" s="17">
         <v>12415</v>
       </c>
       <c r="C65" s="17" t="s">
         <v>72</v>
       </c>
       <c r="D65" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E65" s="18">
-        <v>426378.1076550001</v>
+        <v>426156.526134</v>
       </c>
       <c r="F65" s="3"/>
     </row>
     <row r="66" spans="1:6">
       <c r="A66" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B66" s="17">
         <v>12416</v>
       </c>
       <c r="C66" s="17" t="s">
         <v>73</v>
       </c>
       <c r="D66" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E66" s="18">
-        <v>457716.8989650001</v>
+        <v>457479.031202</v>
       </c>
       <c r="F66" s="3"/>
     </row>
     <row r="67" spans="1:6">
       <c r="A67" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B67" s="17">
         <v>12419</v>
       </c>
       <c r="C67" s="17" t="s">
         <v>74</v>
       </c>
       <c r="D67" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E67" s="18">
-        <v>482948.3055</v>
+        <v>482697.3254</v>
       </c>
       <c r="F67" s="3"/>
     </row>
     <row r="68" spans="1:6">
       <c r="A68" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B68" s="17">
         <v>12420</v>
       </c>
       <c r="C68" s="17" t="s">
         <v>75</v>
       </c>
       <c r="D68" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E68" s="18">
-        <v>563161.2745950001</v>
+        <v>562868.609166</v>
       </c>
       <c r="F68" s="3"/>
     </row>
     <row r="69" spans="1:6">
       <c r="A69" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B69" s="17">
         <v>12421</v>
       </c>
       <c r="C69" s="17" t="s">
         <v>76</v>
       </c>
       <c r="D69" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E69" s="18">
-        <v>528491.038005</v>
+        <v>528216.390114</v>
       </c>
       <c r="F69" s="3"/>
     </row>
     <row r="70" spans="1:6">
       <c r="A70" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B70" s="17">
         <v>12422</v>
       </c>
       <c r="C70" s="17" t="s">
         <v>77</v>
       </c>
       <c r="D70" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E70" s="18">
-        <v>602275.5574650001</v>
+        <v>601962.565002</v>
       </c>
       <c r="F70" s="3"/>
     </row>
     <row r="71" spans="1:6">
       <c r="A71" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B71" s="17">
         <v>12425</v>
       </c>
       <c r="C71" s="17" t="s">
         <v>78</v>
       </c>
       <c r="D71" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E71" s="18">
-        <v>515715.1996650001</v>
+        <v>515447.191162</v>
       </c>
       <c r="F71" s="3"/>
     </row>
     <row r="72" spans="1:6">
       <c r="A72" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B72" s="17">
         <v>12426</v>
       </c>
       <c r="C72" s="17" t="s">
         <v>79</v>
       </c>
       <c r="D72" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E72" s="18">
-        <v>593310.37755</v>
+        <v>593002.04414</v>
       </c>
       <c r="F72" s="3"/>
     </row>
     <row r="73" spans="1:6">
       <c r="A73" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B73" s="17">
         <v>12427</v>
       </c>
       <c r="C73" s="17" t="s">
         <v>80</v>
       </c>
       <c r="D73" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E73" s="18">
-        <v>556101.0265350001</v>
+        <v>555812.030198</v>
       </c>
       <c r="F73" s="3"/>
     </row>
     <row r="74" spans="1:6">
       <c r="A74" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B74" s="17">
         <v>12428</v>
       </c>
       <c r="C74" s="17" t="s">
         <v>81</v>
       </c>
       <c r="D74" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E74" s="18">
-        <v>632029.6870650001</v>
+        <v>631701.231882</v>
       </c>
       <c r="F74" s="3"/>
     </row>
     <row r="75" spans="1:6">
       <c r="A75" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B75" s="17">
         <v>12431</v>
       </c>
       <c r="C75" s="17" t="s">
         <v>82</v>
       </c>
       <c r="D75" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E75" s="18">
-        <v>10315.4007</v>
+        <v>10310.03996</v>
       </c>
       <c r="F75" s="3"/>
     </row>
     <row r="76" spans="1:6">
       <c r="A76" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B76" s="17">
         <v>12433</v>
       </c>
       <c r="C76" s="17" t="s">
         <v>83</v>
       </c>
       <c r="D76" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E76" s="18">
-        <v>115440.3009</v>
+        <v>115380.30852</v>
       </c>
       <c r="F76" s="3"/>
     </row>
     <row r="77" spans="1:6">
       <c r="A77" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B77" s="17">
         <v>12435</v>
       </c>
       <c r="C77" s="17" t="s">
         <v>84</v>
       </c>
       <c r="D77" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E77" s="18">
-        <v>66011.412045</v>
+        <v>65977.107026</v>
       </c>
       <c r="F77" s="3"/>
     </row>
     <row r="78" spans="1:6">
       <c r="A78" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B78" s="17">
         <v>12436</v>
       </c>
       <c r="C78" s="17" t="s">
         <v>85</v>
       </c>
       <c r="D78" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E78" s="18">
-        <v>189623.76729</v>
+        <v>189525.223012</v>
       </c>
       <c r="F78" s="3"/>
     </row>
     <row r="79" spans="1:6">
       <c r="A79" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B79" s="17">
         <v>12439</v>
       </c>
       <c r="C79" s="17" t="s">
         <v>86</v>
       </c>
       <c r="D79" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E79" s="18">
-        <v>34218.043755</v>
+        <v>34200.261214</v>
       </c>
       <c r="F79" s="3"/>
     </row>
     <row r="80" spans="1:6">
       <c r="A80" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B80" s="17">
         <v>12440</v>
       </c>
       <c r="C80" s="17" t="s">
         <v>87</v>
       </c>
       <c r="D80" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E80" s="18">
-        <v>42959.908755</v>
+        <v>42937.58321400001</v>
       </c>
       <c r="F80" s="3"/>
     </row>
     <row r="81" spans="1:6">
       <c r="A81" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B81" s="17">
         <v>12441</v>
       </c>
       <c r="C81" s="17" t="s">
         <v>88</v>
       </c>
       <c r="D81" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E81" s="18">
-        <v>51202.692735</v>
+        <v>51176.083558</v>
       </c>
       <c r="F81" s="3"/>
     </row>
     <row r="82" spans="1:6">
       <c r="A82" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B82" s="17">
         <v>12453</v>
       </c>
       <c r="C82" s="17" t="s">
         <v>89</v>
       </c>
       <c r="D82" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E82" s="18">
-        <v>42737.388555</v>
+        <v>42715.178654</v>
       </c>
       <c r="F82" s="3"/>
     </row>
     <row r="83" spans="1:6">
       <c r="A83" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B83" s="17">
         <v>12454</v>
       </c>
       <c r="C83" s="17" t="s">
         <v>90</v>
       </c>
       <c r="D83" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E83" s="18">
-        <v>46531.357965</v>
+        <v>46507.176402</v>
       </c>
       <c r="F83" s="3"/>
     </row>
     <row r="84" spans="1:6">
       <c r="A84" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B84" s="17">
         <v>15541</v>
       </c>
       <c r="C84" s="17" t="s">
         <v>91</v>
       </c>
       <c r="D84" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E84" s="18">
-        <v>13170.01698</v>
+        <v>13163.172744</v>
       </c>
       <c r="F84" s="3"/>
     </row>
     <row r="85" spans="1:6">
       <c r="A85" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B85" s="17">
         <v>15571</v>
       </c>
       <c r="C85" s="17" t="s">
         <v>92</v>
       </c>
       <c r="D85" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E85" s="18">
-        <v>80425.15800000001</v>
+        <v>80383.3624</v>
       </c>
       <c r="F85" s="3"/>
     </row>
     <row r="86" spans="1:6">
       <c r="A86" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B86" s="17">
         <v>15572</v>
       </c>
       <c r="C86" s="17" t="s">
         <v>93</v>
       </c>
       <c r="D86" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E86" s="18">
-        <v>103154.007</v>
+        <v>103100.3996</v>
       </c>
       <c r="F86" s="3"/>
     </row>
     <row r="87" spans="1:6">
       <c r="A87" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B87" s="17">
         <v>17691</v>
       </c>
       <c r="C87" s="17" t="s">
         <v>94</v>
       </c>
       <c r="D87" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E87" s="18">
-        <v>118454.654895</v>
+        <v>118393.096006</v>
       </c>
       <c r="F87" s="3"/>
     </row>
     <row r="88" spans="1:6">
       <c r="A88" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B88" s="17">
         <v>18471</v>
       </c>
       <c r="C88" s="17" t="s">
         <v>95</v>
       </c>
       <c r="D88" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E88" s="18">
-        <v>40712.454735</v>
+        <v>40691.29715799999</v>
       </c>
       <c r="F88" s="3"/>
     </row>
     <row r="89" spans="1:6">
       <c r="A89" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B89" s="17">
         <v>18472</v>
       </c>
       <c r="C89" s="17" t="s">
         <v>96</v>
       </c>
       <c r="D89" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E89" s="18">
-        <v>51152.62569</v>
+        <v>51126.042532</v>
       </c>
       <c r="F89" s="3"/>
     </row>
     <row r="90" spans="1:6">
       <c r="A90" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B90" s="17">
         <v>18547</v>
       </c>
       <c r="C90" s="17" t="s">
         <v>97</v>
       </c>
       <c r="D90" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E90" s="18">
-        <v>34967.46</v>
+        <v>34949.288</v>
       </c>
       <c r="F90" s="3"/>
     </row>
     <row r="91" spans="1:6">
       <c r="A91" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B91" s="17">
         <v>18548</v>
       </c>
       <c r="C91" s="17" t="s">
         <v>98</v>
       </c>
       <c r="D91" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E91" s="18">
-        <v>42460.827735</v>
+        <v>42438.761558</v>
       </c>
       <c r="F91" s="3"/>
     </row>
     <row r="92" spans="1:6">
       <c r="A92" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B92" s="17">
         <v>18549</v>
       </c>
       <c r="C92" s="17" t="s">
         <v>99</v>
       </c>
       <c r="D92" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E92" s="18">
-        <v>64939.34151000001</v>
+        <v>64905.593628</v>
       </c>
       <c r="F92" s="3"/>
     </row>
     <row r="93" spans="1:6">
       <c r="A93" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B93" s="17">
         <v>18580</v>
       </c>
       <c r="C93" s="17" t="s">
         <v>100</v>
       </c>
       <c r="D93" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E93" s="18">
-        <v>76178.99575500001</v>
+        <v>76139.406814</v>
       </c>
       <c r="F93" s="3"/>
     </row>
     <row r="94" spans="1:6">
       <c r="A94" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B94" s="17">
         <v>18582</v>
       </c>
       <c r="C94" s="17" t="s">
         <v>101</v>
       </c>
       <c r="D94" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E94" s="18">
-        <v>34967.46</v>
+        <v>34949.288</v>
       </c>
       <c r="F94" s="3"/>
     </row>
     <row r="95" spans="1:6">
       <c r="A95" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B95" s="17">
         <v>18583</v>
       </c>
       <c r="C95" s="17" t="s">
         <v>102</v>
       </c>
       <c r="D95" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E95" s="18">
-        <v>44957.82226500001</v>
+        <v>44934.458442</v>
       </c>
       <c r="F95" s="3"/>
     </row>
     <row r="96" spans="1:6">
       <c r="A96" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B96" s="17">
         <v>18584</v>
       </c>
       <c r="C96" s="17" t="s">
         <v>103</v>
       </c>
       <c r="D96" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E96" s="18">
-        <v>76428.536265</v>
+        <v>76388.81764200001</v>
       </c>
       <c r="F96" s="3"/>
     </row>
     <row r="97" spans="1:6">
       <c r="A97" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B97" s="17">
         <v>18585</v>
       </c>
       <c r="C97" s="17" t="s">
         <v>104</v>
       </c>
       <c r="D97" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E97" s="18">
-        <v>86170.15273500001</v>
+        <v>86125.371558</v>
       </c>
       <c r="F97" s="3"/>
     </row>
     <row r="98" spans="1:6">
       <c r="A98" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B98" s="17">
         <v>18587</v>
       </c>
       <c r="C98" s="17" t="s">
         <v>105</v>
       </c>
       <c r="D98" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E98" s="18">
-        <v>39963.03849000001</v>
+        <v>39942.270372</v>
       </c>
       <c r="F98" s="3"/>
     </row>
     <row r="99" spans="1:6">
       <c r="A99" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B99" s="17">
         <v>18588</v>
       </c>
       <c r="C99" s="17" t="s">
         <v>106</v>
       </c>
       <c r="D99" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E99" s="18">
-        <v>47955.487245</v>
+        <v>47930.565586</v>
       </c>
       <c r="F99" s="3"/>
     </row>
     <row r="100" spans="1:6">
       <c r="A100" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B100" s="17">
         <v>18589</v>
       </c>
       <c r="C100" s="17" t="s">
         <v>107</v>
       </c>
       <c r="D100" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E100" s="18">
-        <v>42335.26276500001</v>
+        <v>42313.261842</v>
       </c>
       <c r="F100" s="3"/>
     </row>
     <row r="101" spans="1:6">
       <c r="A101" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B101" s="17">
         <v>18590</v>
       </c>
       <c r="C101" s="17" t="s">
         <v>108</v>
       </c>
       <c r="D101" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E101" s="18">
-        <v>56697.352245</v>
+        <v>56667.887586</v>
       </c>
       <c r="F101" s="3"/>
     </row>
     <row r="102" spans="1:6">
       <c r="A102" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B102" s="17">
         <v>18592</v>
       </c>
       <c r="C102" s="17" t="s">
         <v>109</v>
       </c>
       <c r="D102" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E102" s="18">
-        <v>46956.53049</v>
+        <v>46932.127972</v>
       </c>
       <c r="F102" s="3"/>
     </row>
     <row r="103" spans="1:6">
       <c r="A103" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B103" s="17">
         <v>23910</v>
       </c>
       <c r="C103" s="17" t="s">
         <v>110</v>
       </c>
       <c r="D103" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E103" s="18">
-        <v>183579.165</v>
+        <v>183483.762</v>
       </c>
       <c r="F103" s="3"/>
     </row>
     <row r="104" spans="1:6">
       <c r="A104" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B104" s="17">
         <v>23911</v>
       </c>
       <c r="C104" s="17" t="s">
         <v>111</v>
       </c>
       <c r="D104" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E104" s="18">
-        <v>288481.545</v>
+        <v>288331.626</v>
       </c>
       <c r="F104" s="3"/>
     </row>
     <row r="105" spans="1:6">
       <c r="A105" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B105" s="17">
         <v>23912</v>
       </c>
       <c r="C105" s="17" t="s">
         <v>112</v>
       </c>
       <c r="D105" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E105" s="18">
-        <v>117765.63699</v>
+        <v>117704.436172</v>
       </c>
       <c r="F105" s="3"/>
     </row>
     <row r="106" spans="1:6">
       <c r="A106" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B106" s="17">
         <v>24540</v>
       </c>
       <c r="C106" s="17" t="s">
         <v>113</v>
       </c>
       <c r="D106" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E106" s="18">
-        <v>117390.53151</v>
+        <v>117329.525628</v>
       </c>
       <c r="F106" s="3"/>
     </row>
     <row r="107" spans="1:6">
       <c r="A107" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B107" s="17">
         <v>24541</v>
       </c>
       <c r="C107" s="17" t="s">
         <v>114</v>
       </c>
       <c r="D107" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E107" s="18">
-        <v>122386.11</v>
+        <v>122322.508</v>
       </c>
       <c r="F107" s="3"/>
     </row>
     <row r="108" spans="1:6">
       <c r="A108" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B108" s="17">
         <v>24542</v>
       </c>
       <c r="C108" s="17" t="s">
         <v>115</v>
       </c>
       <c r="D108" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E108" s="18">
-        <v>139869.84</v>
+        <v>139797.152</v>
       </c>
       <c r="F108" s="3"/>
     </row>
     <row r="109" spans="1:6">
       <c r="A109" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B109" s="17">
         <v>24543</v>
       </c>
       <c r="C109" s="17" t="s">
         <v>116</v>
       </c>
       <c r="D109" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E109" s="18">
-        <v>144865.41849</v>
+        <v>144790.134372</v>
       </c>
       <c r="F109" s="3"/>
     </row>
     <row r="110" spans="1:6">
       <c r="A110" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B110" s="17" t="s">
         <v>117</v>
       </c>
       <c r="C110" s="17" t="s">
         <v>118</v>
       </c>
       <c r="D110" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E110" s="18">
-        <v>17733.27051</v>
+        <v>17724.054828</v>
       </c>
       <c r="F110" s="3"/>
     </row>
     <row r="111" spans="1:6">
       <c r="A111" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B111" s="17" t="s">
         <v>119</v>
       </c>
       <c r="C111" s="17" t="s">
         <v>120</v>
       </c>
       <c r="D111" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E111" s="18">
-        <v>7493.367735000001</v>
+        <v>7489.473558000001</v>
       </c>
       <c r="F111" s="3"/>
     </row>
     <row r="112" spans="1:6">
       <c r="A112" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B112" s="17" t="s">
         <v>121</v>
       </c>
       <c r="C112" s="17" t="s">
         <v>122</v>
       </c>
       <c r="D112" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E112" s="18">
-        <v>8741.865</v>
+        <v>8737.322</v>
       </c>
       <c r="F112" s="3"/>
     </row>
     <row r="113" spans="1:6">
       <c r="A113" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B113" s="17" t="s">
         <v>123</v>
       </c>
       <c r="C113" s="17" t="s">
         <v>124</v>
       </c>
       <c r="D113" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E113" s="18">
-        <v>11239.654245</v>
+        <v>11233.813186</v>
       </c>
       <c r="F113" s="3"/>
     </row>
     <row r="114" spans="1:6">
       <c r="A114" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B114" s="17" t="s">
         <v>125</v>
       </c>
       <c r="C114" s="17" t="s">
         <v>126</v>
       </c>
       <c r="D114" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E114" s="18">
-        <v>48205.02775500001</v>
+        <v>48179.976414</v>
       </c>
       <c r="F114" s="3"/>
     </row>
     <row r="115" spans="1:6">
       <c r="A115" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B115" s="17" t="s">
         <v>127</v>
       </c>
       <c r="C115" s="17" t="s">
         <v>128</v>
       </c>
       <c r="D115" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E115" s="18">
-        <v>62941.42800000001</v>
+        <v>62908.7184</v>
       </c>
       <c r="F115" s="3"/>
     </row>
     <row r="116" spans="1:6">
       <c r="A116" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B116" s="17" t="s">
         <v>129</v>
       </c>
       <c r="C116" s="17" t="s">
         <v>130</v>
       </c>
       <c r="D116" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E116" s="18">
-        <v>82922.94724500002</v>
+        <v>82879.853586</v>
       </c>
       <c r="F116" s="3"/>
     </row>
     <row r="117" spans="1:6">
       <c r="A117" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B117" s="17" t="s">
         <v>131</v>
       </c>
       <c r="C117" s="17" t="s">
         <v>132</v>
       </c>
       <c r="D117" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E117" s="18">
-        <v>87418.65000000001</v>
+        <v>87373.22</v>
       </c>
       <c r="F117" s="3"/>
     </row>
     <row r="118" spans="1:6">
       <c r="A118" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B118" s="17" t="s">
         <v>133</v>
       </c>
       <c r="C118" s="17" t="s">
         <v>134</v>
       </c>
       <c r="D118" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E118" s="18">
-        <v>40712.454735</v>
+        <v>40691.29715799999</v>
       </c>
       <c r="F118" s="3"/>
     </row>
     <row r="119" spans="1:6">
       <c r="A119" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B119" s="17" t="s">
         <v>135</v>
       </c>
       <c r="C119" s="17" t="s">
         <v>136</v>
       </c>
       <c r="D119" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E119" s="18" t="s">
         <v>137</v>
       </c>
       <c r="F119" s="3"/>
     </row>
     <row r="120" spans="1:6">
       <c r="A120" s="17" t="s">
         <v>17</v>
       </c>
@@ -3421,50 +3421,50 @@
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Прайс-лист за 30.10.2025</vt:lpstr>
+      <vt:lpstr>Прайс-лист за 17.12.2025</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft Corporation</Company>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Unknown Creator</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Untitled Spreadsheet</dc:title>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>