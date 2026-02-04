--- v1 (2025-12-17)
+++ v2 (2026-02-04)
@@ -6,96 +6,96 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="-1" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
-    <sheet name="Прайс-лист за 17.12.2025" sheetId="1" r:id="rId4"/>
+    <sheet name="Прайс-лист за 04.02.2026" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист за 17.12.2025'!$A$11:$E$133</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист за 04.02.2026'!$A$11:$E$133</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="166">
   <si>
     <t>ПРАЙС-ЛИСТ</t>
   </si>
   <si>
     <t>ЕДИНЫЙ НОМЕР</t>
   </si>
   <si>
     <t>8-800-555-7057</t>
   </si>
   <si>
     <t>МОСКВА</t>
   </si>
   <si>
     <t>8-495-646-7057</t>
   </si>
   <si>
     <t>Компания "ТопСети"</t>
   </si>
   <si>
     <t>САНКТ-ПЕТЕРБУРГ</t>
   </si>
   <si>
     <t>8-812-645-7058</t>
   </si>
   <si>
     <t>www.topseti.ru</t>
   </si>
   <si>
     <t>sales@topseti.ru</t>
   </si>
   <si>
     <t>Цены действительны на:</t>
   </si>
   <si>
-    <t>17.12.2025</t>
+    <t>04.02.2026</t>
   </si>
   <si>
     <t>Производитель</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Название</t>
   </si>
   <si>
     <t>Группа</t>
   </si>
   <si>
     <t>Цена, руб.</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>Кабель DC cable (1.5 м) для сторонних производителей батарей для M2200</t>
   </si>
   <si>
     <t>Источники бесперебойного питания</t>
   </si>
@@ -720,51 +720,51 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="7" numFmtId="0" fillId="2" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="49" fillId="2" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="2" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/108985d8d52915dcb1258ccee4ac68f32.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0147c81b10aab3d237d1ae37e0d1030e2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>600075</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>76200</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2447925" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1204,1959 +1204,1959 @@
       <c r="C11" s="15" t="s">
         <v>14</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>15</v>
       </c>
       <c r="E11" s="15" t="s">
         <v>16</v>
       </c>
       <c r="F11" s="16"/>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B12" s="17">
         <v>1014850</v>
       </c>
       <c r="C12" s="17" t="s">
         <v>18</v>
       </c>
       <c r="D12" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E12" s="18">
-        <v>7838.966437999999</v>
+        <v>7597.323973</v>
       </c>
       <c r="F12" s="3"/>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B13" s="17">
         <v>1014851</v>
       </c>
       <c r="C13" s="17" t="s">
         <v>20</v>
       </c>
       <c r="D13" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E13" s="18">
-        <v>7838.966437999999</v>
+        <v>7597.323973</v>
       </c>
       <c r="F13" s="3"/>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B14" s="17">
         <v>1020553</v>
       </c>
       <c r="C14" s="17" t="s">
         <v>21</v>
       </c>
       <c r="D14" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E14" s="18">
-        <v>40691.29715799999</v>
+        <v>39436.955093</v>
       </c>
       <c r="F14" s="3"/>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B15" s="17">
         <v>11566</v>
       </c>
       <c r="C15" s="17" t="s">
         <v>22</v>
       </c>
       <c r="D15" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E15" s="18">
-        <v>179535.286758</v>
+        <v>174000.966693</v>
       </c>
       <c r="F15" s="3"/>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B16" s="17">
         <v>11568</v>
       </c>
       <c r="C16" s="17" t="s">
         <v>23</v>
       </c>
       <c r="D16" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E16" s="18">
-        <v>382779.6939139999</v>
+        <v>370980.201019</v>
       </c>
       <c r="F16" s="3"/>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B17" s="17">
         <v>11787</v>
       </c>
       <c r="C17" s="17" t="s">
         <v>24</v>
       </c>
       <c r="D17" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E17" s="18">
-        <v>443126.788364</v>
+        <v>429467.047594</v>
       </c>
       <c r="F17" s="3"/>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B18" s="17">
         <v>11789</v>
       </c>
       <c r="C18" s="17" t="s">
         <v>25</v>
       </c>
       <c r="D18" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E18" s="18">
-        <v>471118.785146</v>
+        <v>456596.168491</v>
       </c>
       <c r="F18" s="3"/>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B19" s="17">
         <v>11791</v>
       </c>
       <c r="C19" s="17" t="s">
         <v>26</v>
       </c>
       <c r="D19" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E19" s="18">
-        <v>558109.945884</v>
+        <v>540905.756514</v>
       </c>
       <c r="F19" s="3"/>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B20" s="17">
         <v>11793</v>
       </c>
       <c r="C20" s="17" t="s">
         <v>27</v>
       </c>
       <c r="D20" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E20" s="18">
-        <v>639235.9806540001</v>
+        <v>619531.0158090001</v>
       </c>
       <c r="F20" s="3"/>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B21" s="17">
         <v>11795</v>
       </c>
       <c r="C21" s="17" t="s">
         <v>28</v>
       </c>
       <c r="D21" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E21" s="18">
-        <v>548436.936128</v>
+        <v>531530.925088</v>
       </c>
       <c r="F21" s="3"/>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B22" s="17">
         <v>11796</v>
       </c>
       <c r="C22" s="17" t="s">
         <v>29</v>
       </c>
       <c r="D22" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E22" s="18">
-        <v>664451.097644</v>
+        <v>643968.856474</v>
       </c>
       <c r="F22" s="3"/>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B23" s="17">
         <v>11801</v>
       </c>
       <c r="C23" s="17" t="s">
         <v>30</v>
       </c>
       <c r="D23" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E23" s="18">
-        <v>578887.2976</v>
+        <v>561042.6296</v>
       </c>
       <c r="F23" s="3"/>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B24" s="17">
         <v>11802</v>
       </c>
       <c r="C24" s="17" t="s">
         <v>31</v>
       </c>
       <c r="D24" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E24" s="18">
-        <v>696725.1765080001</v>
+        <v>675248.0608180001</v>
       </c>
       <c r="F24" s="3"/>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B25" s="17">
         <v>11807</v>
       </c>
       <c r="C25" s="17" t="s">
         <v>32</v>
       </c>
       <c r="D25" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E25" s="18">
-        <v>757787.1427580001</v>
+        <v>734427.7426930001</v>
       </c>
       <c r="F25" s="3"/>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B26" s="17">
         <v>11810</v>
       </c>
       <c r="C26" s="17" t="s">
         <v>33</v>
       </c>
       <c r="D26" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E26" s="18">
-        <v>865002.82102</v>
+        <v>838338.4111700001</v>
       </c>
       <c r="F26" s="3"/>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B27" s="17">
         <v>12321</v>
       </c>
       <c r="C27" s="17" t="s">
         <v>34</v>
       </c>
       <c r="D27" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E27" s="18">
-        <v>15477.768772</v>
+        <v>15000.654062</v>
       </c>
       <c r="F27" s="3"/>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B28" s="17">
         <v>12322</v>
       </c>
       <c r="C28" s="17" t="s">
         <v>35</v>
       </c>
       <c r="D28" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E28" s="18">
-        <v>21207.069098</v>
+        <v>20553.344083</v>
       </c>
       <c r="F28" s="3"/>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B29" s="17">
         <v>12323</v>
       </c>
       <c r="C29" s="17" t="s">
         <v>36</v>
       </c>
       <c r="D29" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E29" s="18">
-        <v>38194.805972</v>
+        <v>37017.420262</v>
       </c>
       <c r="F29" s="3"/>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B30" s="17">
         <v>12324</v>
       </c>
       <c r="C30" s="17" t="s">
         <v>37</v>
       </c>
       <c r="D30" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E30" s="18">
-        <v>32952.412772</v>
+        <v>31936.628062</v>
       </c>
       <c r="F30" s="3"/>
     </row>
     <row r="31" spans="1:6">
       <c r="A31" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B31" s="17">
         <v>12325</v>
       </c>
       <c r="C31" s="17" t="s">
         <v>38</v>
       </c>
       <c r="D31" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E31" s="18">
-        <v>43437.199172</v>
+        <v>42098.212462</v>
       </c>
       <c r="F31" s="3"/>
     </row>
     <row r="32" spans="1:6">
       <c r="A32" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B32" s="17">
         <v>12326</v>
       </c>
       <c r="C32" s="17" t="s">
         <v>39</v>
       </c>
       <c r="D32" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E32" s="18">
-        <v>42438.761558</v>
+        <v>41130.552493</v>
       </c>
       <c r="F32" s="3"/>
     </row>
     <row r="33" spans="1:6">
       <c r="A33" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B33" s="17">
         <v>12328</v>
       </c>
       <c r="C33" s="17" t="s">
         <v>40</v>
       </c>
       <c r="D33" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E33" s="18">
-        <v>47430.94962799999</v>
+        <v>45968.852338</v>
       </c>
       <c r="F33" s="3"/>
     </row>
     <row r="34" spans="1:6">
       <c r="A34" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B34" s="17">
         <v>12329</v>
       </c>
       <c r="C34" s="17" t="s">
         <v>41</v>
       </c>
       <c r="D34" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E34" s="18">
-        <v>64905.593628</v>
+        <v>62904.826338</v>
       </c>
       <c r="F34" s="3"/>
     </row>
     <row r="35" spans="1:6">
       <c r="A35" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B35" s="17">
         <v>12330</v>
       </c>
       <c r="C35" s="17" t="s">
         <v>42</v>
       </c>
       <c r="D35" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E35" s="18">
-        <v>24349.32781</v>
+        <v>23598.740135</v>
       </c>
       <c r="F35" s="3"/>
     </row>
     <row r="36" spans="1:6">
       <c r="A36" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B36" s="17">
         <v>12331</v>
       </c>
       <c r="C36" s="17" t="s">
         <v>43</v>
       </c>
       <c r="D36" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E36" s="18">
-        <v>38334.603124</v>
+        <v>37152.908054</v>
       </c>
       <c r="F36" s="3"/>
     </row>
     <row r="37" spans="1:6">
       <c r="A37" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B37" s="17">
         <v>12349</v>
       </c>
       <c r="C37" s="17" t="s">
         <v>44</v>
       </c>
       <c r="D37" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E37" s="18">
-        <v>20720.161972</v>
+        <v>20081.446262</v>
       </c>
       <c r="F37" s="3"/>
     </row>
     <row r="38" spans="1:6">
       <c r="A38" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B38" s="17">
         <v>12351</v>
       </c>
       <c r="C38" s="17" t="s">
         <v>45</v>
       </c>
       <c r="D38" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E38" s="18">
-        <v>57254.082462</v>
+        <v>55489.179177</v>
       </c>
       <c r="F38" s="3"/>
     </row>
     <row r="39" spans="1:6">
       <c r="A39" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B39" s="17">
         <v>12353</v>
       </c>
       <c r="C39" s="17" t="s">
         <v>46</v>
       </c>
       <c r="D39" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E39" s="18">
-        <v>249398.119168</v>
+        <v>241710.220928</v>
       </c>
       <c r="F39" s="3"/>
     </row>
     <row r="40" spans="1:6">
       <c r="A40" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B40" s="17">
         <v>12354</v>
       </c>
       <c r="C40" s="17" t="s">
         <v>47</v>
       </c>
       <c r="D40" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E40" s="18">
-        <v>276914.329052</v>
+        <v>268378.221442</v>
       </c>
       <c r="F40" s="3"/>
     </row>
     <row r="41" spans="1:6">
       <c r="A41" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B41" s="17">
         <v>12355</v>
       </c>
       <c r="C41" s="17" t="s">
         <v>48</v>
       </c>
       <c r="D41" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E41" s="18">
-        <v>293409.598686</v>
+        <v>284365.011081</v>
       </c>
       <c r="F41" s="3"/>
     </row>
     <row r="42" spans="1:6">
       <c r="A42" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B42" s="17">
         <v>12356</v>
       </c>
       <c r="C42" s="17" t="s">
         <v>49</v>
       </c>
       <c r="D42" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E42" s="18">
-        <v>323623.258162</v>
+        <v>313647.310127</v>
       </c>
       <c r="F42" s="3"/>
     </row>
     <row r="43" spans="1:6">
       <c r="A43" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B43" s="17">
         <v>12361</v>
       </c>
       <c r="C43" s="17" t="s">
         <v>50</v>
       </c>
       <c r="D43" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E43" s="18">
-        <v>271046.820178</v>
+        <v>262691.583263</v>
       </c>
       <c r="F43" s="3"/>
     </row>
     <row r="44" spans="1:6">
       <c r="A44" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B44" s="17">
         <v>12362</v>
       </c>
       <c r="C44" s="17" t="s">
         <v>51</v>
       </c>
       <c r="D44" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E44" s="18">
-        <v>317276.785182</v>
+        <v>307496.472297</v>
       </c>
       <c r="F44" s="3"/>
     </row>
     <row r="45" spans="1:6">
       <c r="A45" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B45" s="17">
         <v>12363</v>
       </c>
       <c r="C45" s="17" t="s">
         <v>52</v>
       </c>
       <c r="D45" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E45" s="18">
-        <v>314423.652398</v>
+        <v>304731.289633</v>
       </c>
       <c r="F45" s="3"/>
     </row>
     <row r="46" spans="1:6">
       <c r="A46" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B46" s="17">
         <v>12364</v>
       </c>
       <c r="C46" s="17" t="s">
         <v>53</v>
       </c>
       <c r="D46" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E46" s="18">
-        <v>364621.155892</v>
+        <v>353381.414582</v>
       </c>
       <c r="F46" s="3"/>
     </row>
     <row r="47" spans="1:6">
       <c r="A47" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B47" s="17">
         <v>12373</v>
       </c>
       <c r="C47" s="17" t="s">
         <v>54</v>
       </c>
       <c r="D47" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E47" s="18">
-        <v>303796.68594</v>
+        <v>294431.90799</v>
       </c>
       <c r="F47" s="3"/>
     </row>
     <row r="48" spans="1:6">
       <c r="A48" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B48" s="17">
         <v>12374</v>
       </c>
       <c r="C48" s="17" t="s">
         <v>55</v>
       </c>
       <c r="D48" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E48" s="18">
-        <v>353042.615638</v>
+        <v>342159.792173</v>
       </c>
       <c r="F48" s="3"/>
     </row>
     <row r="49" spans="1:6">
       <c r="A49" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B49" s="17">
         <v>12375</v>
       </c>
       <c r="C49" s="17" t="s">
         <v>56</v>
       </c>
       <c r="D49" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E49" s="18">
-        <v>347411.80876</v>
+        <v>336702.55946</v>
       </c>
       <c r="F49" s="3"/>
     </row>
     <row r="50" spans="1:6">
       <c r="A50" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B50" s="17">
         <v>12376</v>
       </c>
       <c r="C50" s="17" t="s">
         <v>57</v>
       </c>
       <c r="D50" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E50" s="18">
-        <v>400224.1544379999</v>
+        <v>387886.921973</v>
       </c>
       <c r="F50" s="3"/>
     </row>
     <row r="51" spans="1:6">
       <c r="A51" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B51" s="17">
         <v>12385</v>
       </c>
       <c r="C51" s="17" t="s">
         <v>58</v>
       </c>
       <c r="D51" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E51" s="18">
-        <v>349789.948948</v>
+        <v>339007.391558</v>
       </c>
       <c r="F51" s="3"/>
     </row>
     <row r="52" spans="1:6">
       <c r="A52" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B52" s="17">
         <v>12386</v>
       </c>
       <c r="C52" s="17" t="s">
         <v>59</v>
       </c>
       <c r="D52" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E52" s="18">
-        <v>450421.657932</v>
+        <v>436537.046922</v>
       </c>
       <c r="F52" s="3"/>
     </row>
     <row r="53" spans="1:6">
       <c r="A53" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B53" s="17">
         <v>12387</v>
       </c>
       <c r="C53" s="17" t="s">
         <v>60</v>
       </c>
       <c r="D53" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E53" s="18">
-        <v>391264.427878</v>
+        <v>379203.386213</v>
       </c>
       <c r="F53" s="3"/>
     </row>
     <row r="54" spans="1:6">
       <c r="A54" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B54" s="17">
         <v>12388</v>
       </c>
       <c r="C54" s="17" t="s">
         <v>61</v>
       </c>
       <c r="D54" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E54" s="18">
-        <v>453991.25112</v>
+        <v>439996.6045200001</v>
       </c>
       <c r="F54" s="3"/>
     </row>
     <row r="55" spans="1:6">
       <c r="A55" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B55" s="17">
         <v>12397</v>
       </c>
       <c r="C55" s="17" t="s">
         <v>62</v>
       </c>
       <c r="D55" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E55" s="18">
-        <v>440271.272674</v>
+        <v>426699.555479</v>
       </c>
       <c r="F55" s="3"/>
     </row>
     <row r="56" spans="1:6">
       <c r="A56" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B56" s="17">
         <v>12398</v>
       </c>
       <c r="C56" s="17" t="s">
         <v>63</v>
       </c>
       <c r="D56" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E56" s="18">
-        <v>504899.6549040001</v>
+        <v>489335.7156840001</v>
       </c>
       <c r="F56" s="3"/>
     </row>
     <row r="57" spans="1:6">
       <c r="A57" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B57" s="17">
         <v>12399</v>
       </c>
       <c r="C57" s="17" t="s">
         <v>64</v>
       </c>
       <c r="D57" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E57" s="18">
-        <v>479447.835918</v>
+        <v>464668.4695530001</v>
       </c>
       <c r="F57" s="3"/>
     </row>
     <row r="58" spans="1:6">
       <c r="A58" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B58" s="17">
         <v>12400</v>
       </c>
       <c r="C58" s="17" t="s">
         <v>65</v>
       </c>
       <c r="D58" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E58" s="18">
-        <v>602439.146202</v>
+        <v>583868.4734670001</v>
       </c>
       <c r="F58" s="3"/>
     </row>
     <row r="59" spans="1:6">
       <c r="A59" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B59" s="17">
         <v>12407</v>
       </c>
       <c r="C59" s="17" t="s">
         <v>66</v>
       </c>
       <c r="D59" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E59" s="18">
-        <v>390787.846678</v>
+        <v>378741.496013</v>
       </c>
       <c r="F59" s="3"/>
     </row>
     <row r="60" spans="1:6">
       <c r="A60" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B60" s="17">
         <v>12408</v>
       </c>
       <c r="C60" s="17" t="s">
         <v>67</v>
       </c>
       <c r="D60" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E60" s="18">
-        <v>437417.345588</v>
+        <v>423933.602998</v>
       </c>
       <c r="F60" s="3"/>
     </row>
     <row r="61" spans="1:6">
       <c r="A61" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B61" s="17">
         <v>12409</v>
       </c>
       <c r="C61" s="17" t="s">
         <v>68</v>
       </c>
       <c r="D61" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E61" s="18">
-        <v>417194.416668</v>
+        <v>404334.0621780001</v>
       </c>
       <c r="F61" s="3"/>
     </row>
     <row r="62" spans="1:6">
       <c r="A62" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B62" s="17">
         <v>12410</v>
       </c>
       <c r="C62" s="17" t="s">
         <v>69</v>
       </c>
       <c r="D62" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E62" s="18">
-        <v>445505.7228540001</v>
+        <v>431772.6495090001</v>
       </c>
       <c r="F62" s="3"/>
     </row>
     <row r="63" spans="1:6">
       <c r="A63" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B63" s="17">
         <v>12413</v>
       </c>
       <c r="C63" s="17" t="s">
         <v>70</v>
       </c>
       <c r="D63" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E63" s="18">
-        <v>395943.66096</v>
+        <v>383738.37816</v>
       </c>
       <c r="F63" s="3"/>
     </row>
     <row r="64" spans="1:6">
       <c r="A64" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B64" s="17">
         <v>12414</v>
       </c>
       <c r="C64" s="17" t="s">
         <v>71</v>
       </c>
       <c r="D64" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E64" s="18">
-        <v>443364.284662</v>
+        <v>429697.2228770001</v>
       </c>
       <c r="F64" s="3"/>
     </row>
     <row r="65" spans="1:6">
       <c r="A65" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B65" s="17">
         <v>12415</v>
       </c>
       <c r="C65" s="17" t="s">
         <v>72</v>
       </c>
       <c r="D65" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E65" s="18">
-        <v>426156.526134</v>
+        <v>413019.907389</v>
       </c>
       <c r="F65" s="3"/>
     </row>
     <row r="66" spans="1:6">
       <c r="A66" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B66" s="17">
         <v>12416</v>
       </c>
       <c r="C66" s="17" t="s">
         <v>73</v>
       </c>
       <c r="D66" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E66" s="18">
-        <v>457479.031202</v>
+        <v>443376.870967</v>
       </c>
       <c r="F66" s="3"/>
     </row>
     <row r="67" spans="1:6">
       <c r="A67" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B67" s="17">
         <v>12419</v>
       </c>
       <c r="C67" s="17" t="s">
         <v>74</v>
       </c>
       <c r="D67" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E67" s="18">
-        <v>482697.3254</v>
+        <v>467817.7909</v>
       </c>
       <c r="F67" s="3"/>
     </row>
     <row r="68" spans="1:6">
       <c r="A68" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B68" s="17">
         <v>12420</v>
       </c>
       <c r="C68" s="17" t="s">
         <v>75</v>
       </c>
       <c r="D68" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E68" s="18">
-        <v>562868.609166</v>
+        <v>545517.730161</v>
       </c>
       <c r="F68" s="3"/>
     </row>
     <row r="69" spans="1:6">
       <c r="A69" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B69" s="17">
         <v>12421</v>
       </c>
       <c r="C69" s="17" t="s">
         <v>76</v>
       </c>
       <c r="D69" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E69" s="18">
-        <v>528216.390114</v>
+        <v>511933.693719</v>
       </c>
       <c r="F69" s="3"/>
     </row>
     <row r="70" spans="1:6">
       <c r="A70" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B70" s="17">
         <v>12422</v>
       </c>
       <c r="C70" s="17" t="s">
         <v>77</v>
       </c>
       <c r="D70" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E70" s="18">
-        <v>601962.565002</v>
+        <v>583406.583267</v>
       </c>
       <c r="F70" s="3"/>
     </row>
     <row r="71" spans="1:6">
       <c r="A71" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B71" s="17">
         <v>12425</v>
       </c>
       <c r="C71" s="17" t="s">
         <v>78</v>
       </c>
       <c r="D71" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E71" s="18">
-        <v>515447.191162</v>
+        <v>499558.1156270001</v>
       </c>
       <c r="F71" s="3"/>
     </row>
     <row r="72" spans="1:6">
       <c r="A72" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B72" s="17">
         <v>12426</v>
       </c>
       <c r="C72" s="17" t="s">
         <v>79</v>
       </c>
       <c r="D72" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E72" s="18">
-        <v>593002.04414</v>
+        <v>574722.27769</v>
       </c>
       <c r="F72" s="3"/>
     </row>
     <row r="73" spans="1:6">
       <c r="A73" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B73" s="17">
         <v>12427</v>
       </c>
       <c r="C73" s="17" t="s">
         <v>80</v>
       </c>
       <c r="D73" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E73" s="18">
-        <v>555812.030198</v>
+        <v>538678.675933</v>
       </c>
       <c r="F73" s="3"/>
     </row>
     <row r="74" spans="1:6">
       <c r="A74" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B74" s="17">
         <v>12428</v>
       </c>
       <c r="C74" s="17" t="s">
         <v>81</v>
       </c>
       <c r="D74" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E74" s="18">
-        <v>631701.231882</v>
+        <v>612228.5317470001</v>
       </c>
       <c r="F74" s="3"/>
     </row>
     <row r="75" spans="1:6">
       <c r="A75" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B75" s="17">
         <v>12431</v>
       </c>
       <c r="C75" s="17" t="s">
         <v>82</v>
       </c>
       <c r="D75" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E75" s="18">
-        <v>10310.03996</v>
+        <v>9992.224660000002</v>
       </c>
       <c r="F75" s="3"/>
     </row>
     <row r="76" spans="1:6">
       <c r="A76" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B76" s="17">
         <v>12433</v>
       </c>
       <c r="C76" s="17" t="s">
         <v>83</v>
       </c>
       <c r="D76" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E76" s="18">
-        <v>115380.30852</v>
+        <v>111823.61742</v>
       </c>
       <c r="F76" s="3"/>
     </row>
     <row r="77" spans="1:6">
       <c r="A77" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B77" s="17">
         <v>12435</v>
       </c>
       <c r="C77" s="17" t="s">
         <v>84</v>
       </c>
       <c r="D77" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E77" s="18">
-        <v>65977.107026</v>
+        <v>63943.309471</v>
       </c>
       <c r="F77" s="3"/>
     </row>
     <row r="78" spans="1:6">
       <c r="A78" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B78" s="17">
         <v>12436</v>
       </c>
       <c r="C78" s="17" t="s">
         <v>85</v>
       </c>
       <c r="D78" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E78" s="18">
-        <v>189525.223012</v>
+        <v>183682.955102</v>
       </c>
       <c r="F78" s="3"/>
     </row>
     <row r="79" spans="1:6">
       <c r="A79" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B79" s="17">
         <v>12439</v>
       </c>
       <c r="C79" s="17" t="s">
         <v>86</v>
       </c>
       <c r="D79" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E79" s="18">
-        <v>34200.261214</v>
+        <v>33146.010569</v>
       </c>
       <c r="F79" s="3"/>
     </row>
     <row r="80" spans="1:6">
       <c r="A80" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B80" s="17">
         <v>12440</v>
       </c>
       <c r="C80" s="17" t="s">
         <v>87</v>
       </c>
       <c r="D80" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E80" s="18">
-        <v>42937.58321400001</v>
+        <v>41613.99756900001</v>
       </c>
       <c r="F80" s="3"/>
     </row>
     <row r="81" spans="1:6">
       <c r="A81" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B81" s="17">
         <v>12441</v>
       </c>
       <c r="C81" s="17" t="s">
         <v>88</v>
       </c>
       <c r="D81" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E81" s="18">
-        <v>51176.083558</v>
+        <v>49598.539493</v>
       </c>
       <c r="F81" s="3"/>
     </row>
     <row r="82" spans="1:6">
       <c r="A82" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B82" s="17">
         <v>12453</v>
       </c>
       <c r="C82" s="17" t="s">
         <v>89</v>
       </c>
       <c r="D82" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E82" s="18">
-        <v>42715.178654</v>
+        <v>41398.448809</v>
       </c>
       <c r="F82" s="3"/>
     </row>
     <row r="83" spans="1:6">
       <c r="A83" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B83" s="17">
         <v>12454</v>
       </c>
       <c r="C83" s="17" t="s">
         <v>90</v>
       </c>
       <c r="D83" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E83" s="18">
-        <v>46507.176402</v>
+        <v>45073.555167</v>
       </c>
       <c r="F83" s="3"/>
     </row>
     <row r="84" spans="1:6">
       <c r="A84" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B84" s="17">
         <v>15541</v>
       </c>
       <c r="C84" s="17" t="s">
         <v>91</v>
       </c>
       <c r="D84" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E84" s="18">
-        <v>13163.172744</v>
+        <v>12757.407324</v>
       </c>
       <c r="F84" s="3"/>
     </row>
     <row r="85" spans="1:6">
       <c r="A85" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B85" s="17">
         <v>15571</v>
       </c>
       <c r="C85" s="17" t="s">
         <v>92</v>
       </c>
       <c r="D85" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E85" s="18">
-        <v>80383.3624</v>
+        <v>77905.4804</v>
       </c>
       <c r="F85" s="3"/>
     </row>
     <row r="86" spans="1:6">
       <c r="A86" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B86" s="17">
         <v>15572</v>
       </c>
       <c r="C86" s="17" t="s">
         <v>93</v>
       </c>
       <c r="D86" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E86" s="18">
-        <v>103100.3996</v>
+        <v>99922.2466</v>
       </c>
       <c r="F86" s="3"/>
     </row>
     <row r="87" spans="1:6">
       <c r="A87" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B87" s="17">
         <v>17691</v>
       </c>
       <c r="C87" s="17" t="s">
         <v>94</v>
       </c>
       <c r="D87" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E87" s="18">
-        <v>118393.096006</v>
+        <v>114743.533301</v>
       </c>
       <c r="F87" s="3"/>
     </row>
     <row r="88" spans="1:6">
       <c r="A88" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B88" s="17">
         <v>18471</v>
       </c>
       <c r="C88" s="17" t="s">
         <v>95</v>
       </c>
       <c r="D88" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E88" s="18">
-        <v>40691.29715799999</v>
+        <v>39436.955093</v>
       </c>
       <c r="F88" s="3"/>
     </row>
     <row r="89" spans="1:6">
       <c r="A89" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B89" s="17">
         <v>18472</v>
       </c>
       <c r="C89" s="17" t="s">
         <v>96</v>
       </c>
       <c r="D89" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E89" s="18">
-        <v>51126.042532</v>
+        <v>49550.041022</v>
       </c>
       <c r="F89" s="3"/>
     </row>
     <row r="90" spans="1:6">
       <c r="A90" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B90" s="17">
         <v>18547</v>
       </c>
       <c r="C90" s="17" t="s">
         <v>97</v>
       </c>
       <c r="D90" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E90" s="18">
-        <v>34949.288</v>
+        <v>33871.948</v>
       </c>
       <c r="F90" s="3"/>
     </row>
     <row r="91" spans="1:6">
       <c r="A91" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B91" s="17">
         <v>18548</v>
       </c>
       <c r="C91" s="17" t="s">
         <v>98</v>
       </c>
       <c r="D91" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E91" s="18">
-        <v>42438.761558</v>
+        <v>41130.552493</v>
       </c>
       <c r="F91" s="3"/>
     </row>
     <row r="92" spans="1:6">
       <c r="A92" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B92" s="17">
         <v>18549</v>
       </c>
       <c r="C92" s="17" t="s">
         <v>99</v>
       </c>
       <c r="D92" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E92" s="18">
-        <v>64905.593628</v>
+        <v>62904.826338</v>
       </c>
       <c r="F92" s="3"/>
     </row>
     <row r="93" spans="1:6">
       <c r="A93" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B93" s="17">
         <v>18580</v>
       </c>
       <c r="C93" s="17" t="s">
         <v>100</v>
       </c>
       <c r="D93" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E93" s="18">
-        <v>76139.406814</v>
+        <v>73792.348169</v>
       </c>
       <c r="F93" s="3"/>
     </row>
     <row r="94" spans="1:6">
       <c r="A94" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B94" s="17">
         <v>18582</v>
       </c>
       <c r="C94" s="17" t="s">
         <v>101</v>
       </c>
       <c r="D94" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E94" s="18">
-        <v>34949.288</v>
+        <v>33871.948</v>
       </c>
       <c r="F94" s="3"/>
     </row>
     <row r="95" spans="1:6">
       <c r="A95" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B95" s="17">
         <v>18583</v>
       </c>
       <c r="C95" s="17" t="s">
         <v>102</v>
       </c>
       <c r="D95" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E95" s="18">
-        <v>44934.458442</v>
+        <v>43549.31750700001</v>
       </c>
       <c r="F95" s="3"/>
     </row>
     <row r="96" spans="1:6">
       <c r="A96" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B96" s="17">
         <v>18584</v>
       </c>
       <c r="C96" s="17" t="s">
         <v>103</v>
       </c>
       <c r="D96" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E96" s="18">
-        <v>76388.81764200001</v>
+        <v>74034.07070700001</v>
       </c>
       <c r="F96" s="3"/>
     </row>
     <row r="97" spans="1:6">
       <c r="A97" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B97" s="17">
         <v>18585</v>
       </c>
       <c r="C97" s="17" t="s">
         <v>104</v>
       </c>
       <c r="D97" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E97" s="18">
-        <v>86125.371558</v>
+        <v>83470.48749300001</v>
       </c>
       <c r="F97" s="3"/>
     </row>
     <row r="98" spans="1:6">
       <c r="A98" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B98" s="17">
         <v>18587</v>
       </c>
       <c r="C98" s="17" t="s">
         <v>105</v>
       </c>
       <c r="D98" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E98" s="18">
-        <v>39942.270372</v>
+        <v>38711.01766200001</v>
       </c>
       <c r="F98" s="3"/>
     </row>
     <row r="99" spans="1:6">
       <c r="A99" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B99" s="17">
         <v>18588</v>
       </c>
       <c r="C99" s="17" t="s">
         <v>106</v>
       </c>
       <c r="D99" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E99" s="18">
-        <v>47930.565586</v>
+        <v>46453.067231</v>
       </c>
       <c r="F99" s="3"/>
     </row>
     <row r="100" spans="1:6">
       <c r="A100" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B100" s="17">
         <v>18589</v>
       </c>
       <c r="C100" s="17" t="s">
         <v>107</v>
       </c>
       <c r="D100" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E100" s="18">
-        <v>42313.261842</v>
+        <v>41008.921407</v>
       </c>
       <c r="F100" s="3"/>
     </row>
     <row r="101" spans="1:6">
       <c r="A101" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B101" s="17">
         <v>18590</v>
       </c>
       <c r="C101" s="17" t="s">
         <v>108</v>
       </c>
       <c r="D101" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E101" s="18">
-        <v>56667.887586</v>
+        <v>54921.054231</v>
       </c>
       <c r="F101" s="3"/>
     </row>
     <row r="102" spans="1:6">
       <c r="A102" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B102" s="17">
         <v>18592</v>
       </c>
       <c r="C102" s="17" t="s">
         <v>109</v>
       </c>
       <c r="D102" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E102" s="18">
-        <v>46932.127972</v>
+        <v>45485.407262</v>
       </c>
       <c r="F102" s="3"/>
     </row>
     <row r="103" spans="1:6">
       <c r="A103" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B103" s="17">
         <v>23910</v>
       </c>
       <c r="C103" s="17" t="s">
         <v>110</v>
       </c>
       <c r="D103" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E103" s="18">
-        <v>183483.762</v>
+        <v>177827.727</v>
       </c>
       <c r="F103" s="3"/>
     </row>
     <row r="104" spans="1:6">
       <c r="A104" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B104" s="17">
         <v>23911</v>
       </c>
       <c r="C104" s="17" t="s">
         <v>111</v>
       </c>
       <c r="D104" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E104" s="18">
-        <v>288331.626</v>
+        <v>279443.571</v>
       </c>
       <c r="F104" s="3"/>
     </row>
     <row r="105" spans="1:6">
       <c r="A105" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B105" s="17">
         <v>23912</v>
       </c>
       <c r="C105" s="17" t="s">
         <v>112</v>
       </c>
       <c r="D105" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E105" s="18">
-        <v>117704.436172</v>
+        <v>114076.101962</v>
       </c>
       <c r="F105" s="3"/>
     </row>
     <row r="106" spans="1:6">
       <c r="A106" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B106" s="17">
         <v>24540</v>
       </c>
       <c r="C106" s="17" t="s">
         <v>113</v>
       </c>
       <c r="D106" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E106" s="18">
-        <v>117329.525628</v>
+        <v>113712.748338</v>
       </c>
       <c r="F106" s="3"/>
     </row>
     <row r="107" spans="1:6">
       <c r="A107" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B107" s="17">
         <v>24541</v>
       </c>
       <c r="C107" s="17" t="s">
         <v>114</v>
       </c>
       <c r="D107" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E107" s="18">
-        <v>122322.508</v>
+        <v>118551.818</v>
       </c>
       <c r="F107" s="3"/>
     </row>
     <row r="108" spans="1:6">
       <c r="A108" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B108" s="17">
         <v>24542</v>
       </c>
       <c r="C108" s="17" t="s">
         <v>115</v>
       </c>
       <c r="D108" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E108" s="18">
-        <v>139797.152</v>
+        <v>135487.792</v>
       </c>
       <c r="F108" s="3"/>
     </row>
     <row r="109" spans="1:6">
       <c r="A109" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B109" s="17">
         <v>24543</v>
       </c>
       <c r="C109" s="17" t="s">
         <v>116</v>
       </c>
       <c r="D109" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E109" s="18">
-        <v>144790.134372</v>
+        <v>140326.861662</v>
       </c>
       <c r="F109" s="3"/>
     </row>
     <row r="110" spans="1:6">
       <c r="A110" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B110" s="17" t="s">
         <v>117</v>
       </c>
       <c r="C110" s="17" t="s">
         <v>118</v>
       </c>
       <c r="D110" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E110" s="18">
-        <v>17724.054828</v>
+        <v>17177.696538</v>
       </c>
       <c r="F110" s="3"/>
     </row>
     <row r="111" spans="1:6">
       <c r="A111" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B111" s="17" t="s">
         <v>119</v>
       </c>
       <c r="C111" s="17" t="s">
         <v>120</v>
       </c>
       <c r="D111" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E111" s="18">
-        <v>7489.473558000001</v>
+        <v>7258.604493000001</v>
       </c>
       <c r="F111" s="3"/>
     </row>
     <row r="112" spans="1:6">
       <c r="A112" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B112" s="17" t="s">
         <v>121</v>
       </c>
       <c r="C112" s="17" t="s">
         <v>122</v>
       </c>
       <c r="D112" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E112" s="18">
-        <v>8737.322</v>
+        <v>8467.987000000001</v>
       </c>
       <c r="F112" s="3"/>
     </row>
     <row r="113" spans="1:6">
       <c r="A113" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B113" s="17" t="s">
         <v>123</v>
       </c>
       <c r="C113" s="17" t="s">
         <v>124</v>
       </c>
       <c r="D113" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E113" s="18">
-        <v>11233.813186</v>
+        <v>10887.521831</v>
       </c>
       <c r="F113" s="3"/>
     </row>
     <row r="114" spans="1:6">
       <c r="A114" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B114" s="17" t="s">
         <v>125</v>
       </c>
       <c r="C114" s="17" t="s">
         <v>126</v>
       </c>
       <c r="D114" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E114" s="18">
-        <v>48179.976414</v>
+        <v>46694.789769</v>
       </c>
       <c r="F114" s="3"/>
     </row>
     <row r="115" spans="1:6">
       <c r="A115" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B115" s="17" t="s">
         <v>127</v>
       </c>
       <c r="C115" s="17" t="s">
         <v>128</v>
       </c>
       <c r="D115" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E115" s="18">
-        <v>62908.7184</v>
+        <v>60969.50640000001</v>
       </c>
       <c r="F115" s="3"/>
     </row>
     <row r="116" spans="1:6">
       <c r="A116" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B116" s="17" t="s">
         <v>129</v>
       </c>
       <c r="C116" s="17" t="s">
         <v>130</v>
       </c>
       <c r="D116" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E116" s="18">
-        <v>82879.853586</v>
+        <v>80325.01523100001</v>
       </c>
       <c r="F116" s="3"/>
     </row>
     <row r="117" spans="1:6">
       <c r="A117" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B117" s="17" t="s">
         <v>131</v>
       </c>
       <c r="C117" s="17" t="s">
         <v>132</v>
       </c>
       <c r="D117" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E117" s="18">
-        <v>87373.22</v>
+        <v>84679.87000000001</v>
       </c>
       <c r="F117" s="3"/>
     </row>
     <row r="118" spans="1:6">
       <c r="A118" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B118" s="17" t="s">
         <v>133</v>
       </c>
       <c r="C118" s="17" t="s">
         <v>134</v>
       </c>
       <c r="D118" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E118" s="18">
-        <v>40691.29715799999</v>
+        <v>39436.955093</v>
       </c>
       <c r="F118" s="3"/>
     </row>
     <row r="119" spans="1:6">
       <c r="A119" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B119" s="17" t="s">
         <v>135</v>
       </c>
       <c r="C119" s="17" t="s">
         <v>136</v>
       </c>
       <c r="D119" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E119" s="18" t="s">
         <v>137</v>
       </c>
       <c r="F119" s="3"/>
     </row>
     <row r="120" spans="1:6">
       <c r="A120" s="17" t="s">
         <v>17</v>
       </c>
@@ -3421,50 +3421,50 @@
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Прайс-лист за 17.12.2025</vt:lpstr>
+      <vt:lpstr>Прайс-лист за 04.02.2026</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft Corporation</Company>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Unknown Creator</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Untitled Spreadsheet</dc:title>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>