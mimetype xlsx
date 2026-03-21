--- v2 (2026-02-04)
+++ v3 (2026-03-21)
@@ -6,96 +6,96 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="-1" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
-    <sheet name="Прайс-лист за 04.02.2026" sheetId="1" r:id="rId4"/>
+    <sheet name="Прайс-лист за 21.03.2026" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист за 04.02.2026'!$A$11:$E$133</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист за 21.03.2026'!$A$11:$E$133</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="166">
   <si>
     <t>ПРАЙС-ЛИСТ</t>
   </si>
   <si>
     <t>ЕДИНЫЙ НОМЕР</t>
   </si>
   <si>
     <t>8-800-555-7057</t>
   </si>
   <si>
     <t>МОСКВА</t>
   </si>
   <si>
     <t>8-495-646-7057</t>
   </si>
   <si>
     <t>Компания "ТопСети"</t>
   </si>
   <si>
     <t>САНКТ-ПЕТЕРБУРГ</t>
   </si>
   <si>
     <t>8-812-645-7058</t>
   </si>
   <si>
     <t>www.topseti.ru</t>
   </si>
   <si>
     <t>sales@topseti.ru</t>
   </si>
   <si>
     <t>Цены действительны на:</t>
   </si>
   <si>
-    <t>04.02.2026</t>
+    <t>21.03.2026</t>
   </si>
   <si>
     <t>Производитель</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Название</t>
   </si>
   <si>
     <t>Группа</t>
   </si>
   <si>
     <t>Цена, руб.</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>Кабель DC cable (1.5 м) для сторонних производителей батарей для M2200</t>
   </si>
   <si>
     <t>Источники бесперебойного питания</t>
   </si>
@@ -720,51 +720,51 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="7" numFmtId="0" fillId="2" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="49" fillId="2" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="2" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0147c81b10aab3d237d1ae37e0d1030e2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2783b82a2f1361c8cdf18363392f98182.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>600075</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>76200</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2447925" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1204,1959 +1204,1959 @@
       <c r="C11" s="15" t="s">
         <v>14</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>15</v>
       </c>
       <c r="E11" s="15" t="s">
         <v>16</v>
       </c>
       <c r="F11" s="16"/>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B12" s="17">
         <v>1014850</v>
       </c>
       <c r="C12" s="17" t="s">
         <v>18</v>
       </c>
       <c r="D12" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E12" s="18">
-        <v>7597.323973</v>
+        <v>8289.782358</v>
       </c>
       <c r="F12" s="3"/>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B13" s="17">
         <v>1014851</v>
       </c>
       <c r="C13" s="17" t="s">
         <v>20</v>
       </c>
       <c r="D13" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E13" s="18">
-        <v>7597.323973</v>
+        <v>8289.782358</v>
       </c>
       <c r="F13" s="3"/>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B14" s="17">
         <v>1020553</v>
       </c>
       <c r="C14" s="17" t="s">
         <v>21</v>
       </c>
       <c r="D14" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E14" s="18">
-        <v>39436.955093</v>
+        <v>43031.437878</v>
       </c>
       <c r="F14" s="3"/>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B15" s="17">
         <v>11566</v>
       </c>
       <c r="C15" s="17" t="s">
         <v>22</v>
       </c>
       <c r="D15" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E15" s="18">
-        <v>174000.966693</v>
+        <v>189860.291478</v>
       </c>
       <c r="F15" s="3"/>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B16" s="17">
         <v>11568</v>
       </c>
       <c r="C16" s="17" t="s">
         <v>23</v>
       </c>
       <c r="D16" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E16" s="18">
-        <v>370980.201019</v>
+        <v>404793.205674</v>
       </c>
       <c r="F16" s="3"/>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B17" s="17">
         <v>11787</v>
       </c>
       <c r="C17" s="17" t="s">
         <v>24</v>
       </c>
       <c r="D17" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E17" s="18">
-        <v>429467.047594</v>
+        <v>468610.8381239999</v>
       </c>
       <c r="F17" s="3"/>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B18" s="17">
         <v>11789</v>
       </c>
       <c r="C18" s="17" t="s">
         <v>25</v>
       </c>
       <c r="D18" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E18" s="18">
-        <v>456596.168491</v>
+        <v>498212.643786</v>
       </c>
       <c r="F18" s="3"/>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B19" s="17">
         <v>11791</v>
       </c>
       <c r="C19" s="17" t="s">
         <v>26</v>
       </c>
       <c r="D19" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E19" s="18">
-        <v>540905.756514</v>
+        <v>590206.632444</v>
       </c>
       <c r="F19" s="3"/>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B20" s="17">
         <v>11793</v>
       </c>
       <c r="C20" s="17" t="s">
         <v>27</v>
       </c>
       <c r="D20" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E20" s="18">
-        <v>619531.0158090001</v>
+        <v>675998.194014</v>
       </c>
       <c r="F20" s="3"/>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B21" s="17">
         <v>11795</v>
       </c>
       <c r="C21" s="17" t="s">
         <v>28</v>
       </c>
       <c r="D21" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E21" s="18">
-        <v>531530.925088</v>
+        <v>579977.3316480001</v>
       </c>
       <c r="F21" s="3"/>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B22" s="17">
         <v>11796</v>
       </c>
       <c r="C22" s="17" t="s">
         <v>29</v>
       </c>
       <c r="D22" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E22" s="18">
-        <v>643968.856474</v>
+        <v>702663.422604</v>
       </c>
       <c r="F22" s="3"/>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B23" s="17">
         <v>11801</v>
       </c>
       <c r="C23" s="17" t="s">
         <v>30</v>
       </c>
       <c r="D23" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E23" s="18">
-        <v>561042.6296</v>
+        <v>612178.8816</v>
       </c>
       <c r="F23" s="3"/>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B24" s="17">
         <v>11802</v>
       </c>
       <c r="C24" s="17" t="s">
         <v>31</v>
       </c>
       <c r="D24" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E24" s="18">
-        <v>675248.0608180001</v>
+        <v>736793.5712280001</v>
       </c>
       <c r="F24" s="3"/>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B25" s="17">
         <v>11807</v>
       </c>
       <c r="C25" s="17" t="s">
         <v>32</v>
       </c>
       <c r="D25" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E25" s="18">
-        <v>734427.7426930001</v>
+        <v>801367.1874780001</v>
       </c>
       <c r="F25" s="3"/>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B26" s="17">
         <v>11810</v>
       </c>
       <c r="C26" s="17" t="s">
         <v>33</v>
       </c>
       <c r="D26" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E26" s="18">
-        <v>838338.4111700001</v>
+        <v>914748.79782</v>
       </c>
       <c r="F26" s="3"/>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B27" s="17">
         <v>12321</v>
       </c>
       <c r="C27" s="17" t="s">
         <v>34</v>
       </c>
       <c r="D27" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E27" s="18">
-        <v>15000.654062</v>
+        <v>16367.889252</v>
       </c>
       <c r="F27" s="3"/>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B28" s="17">
         <v>12322</v>
       </c>
       <c r="C28" s="17" t="s">
         <v>35</v>
       </c>
       <c r="D28" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E28" s="18">
-        <v>20553.344083</v>
+        <v>22426.679418</v>
       </c>
       <c r="F28" s="3"/>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B29" s="17">
         <v>12323</v>
       </c>
       <c r="C29" s="17" t="s">
         <v>36</v>
       </c>
       <c r="D29" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E29" s="18">
-        <v>37017.420262</v>
+        <v>40391.374452</v>
       </c>
       <c r="F29" s="3"/>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B30" s="17">
         <v>12324</v>
       </c>
       <c r="C30" s="17" t="s">
         <v>37</v>
       </c>
       <c r="D30" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E30" s="18">
-        <v>31936.628062</v>
+        <v>34847.493252</v>
       </c>
       <c r="F30" s="3"/>
     </row>
     <row r="31" spans="1:6">
       <c r="A31" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B31" s="17">
         <v>12325</v>
       </c>
       <c r="C31" s="17" t="s">
         <v>38</v>
       </c>
       <c r="D31" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E31" s="18">
-        <v>42098.212462</v>
+        <v>45935.255652</v>
       </c>
       <c r="F31" s="3"/>
     </row>
     <row r="32" spans="1:6">
       <c r="A32" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B32" s="17">
         <v>12326</v>
       </c>
       <c r="C32" s="17" t="s">
         <v>39</v>
       </c>
       <c r="D32" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E32" s="18">
-        <v>41130.552493</v>
+        <v>44879.39827799999</v>
       </c>
       <c r="F32" s="3"/>
     </row>
     <row r="33" spans="1:6">
       <c r="A33" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B33" s="17">
         <v>12328</v>
       </c>
       <c r="C33" s="17" t="s">
         <v>40</v>
       </c>
       <c r="D33" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E33" s="18">
-        <v>45968.852338</v>
+        <v>50158.685148</v>
       </c>
       <c r="F33" s="3"/>
     </row>
     <row r="34" spans="1:6">
       <c r="A34" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B34" s="17">
         <v>12329</v>
       </c>
       <c r="C34" s="17" t="s">
         <v>41</v>
       </c>
       <c r="D34" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E34" s="18">
-        <v>62904.826338</v>
+        <v>68638.289148</v>
       </c>
       <c r="F34" s="3"/>
     </row>
     <row r="35" spans="1:6">
       <c r="A35" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B35" s="17">
         <v>12330</v>
       </c>
       <c r="C35" s="17" t="s">
         <v>42</v>
       </c>
       <c r="D35" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E35" s="18">
-        <v>23598.740135</v>
+        <v>25749.64821</v>
       </c>
       <c r="F35" s="3"/>
     </row>
     <row r="36" spans="1:6">
       <c r="A36" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B36" s="17">
         <v>12331</v>
       </c>
       <c r="C36" s="17" t="s">
         <v>43</v>
       </c>
       <c r="D36" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E36" s="18">
-        <v>37152.908054</v>
+        <v>40539.211284</v>
       </c>
       <c r="F36" s="3"/>
     </row>
     <row r="37" spans="1:6">
       <c r="A37" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B37" s="17">
         <v>12349</v>
       </c>
       <c r="C37" s="17" t="s">
         <v>44</v>
       </c>
       <c r="D37" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E37" s="18">
-        <v>20081.446262</v>
+        <v>21911.770452</v>
       </c>
       <c r="F37" s="3"/>
     </row>
     <row r="38" spans="1:6">
       <c r="A38" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B38" s="17">
         <v>12351</v>
       </c>
       <c r="C38" s="17" t="s">
         <v>45</v>
       </c>
       <c r="D38" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E38" s="18">
-        <v>55489.179177</v>
+        <v>60546.74254199999</v>
       </c>
       <c r="F38" s="3"/>
     </row>
     <row r="39" spans="1:6">
       <c r="A39" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B39" s="17">
         <v>12353</v>
       </c>
       <c r="C39" s="17" t="s">
         <v>46</v>
       </c>
       <c r="D39" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E39" s="18">
-        <v>241710.220928</v>
+        <v>263740.908288</v>
       </c>
       <c r="F39" s="3"/>
     </row>
     <row r="40" spans="1:6">
       <c r="A40" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B40" s="17">
         <v>12354</v>
       </c>
       <c r="C40" s="17" t="s">
         <v>47</v>
       </c>
       <c r="D40" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E40" s="18">
-        <v>268378.221442</v>
+        <v>292839.564732</v>
       </c>
       <c r="F40" s="3"/>
     </row>
     <row r="41" spans="1:6">
       <c r="A41" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B41" s="17">
         <v>12355</v>
       </c>
       <c r="C41" s="17" t="s">
         <v>48</v>
       </c>
       <c r="D41" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E41" s="18">
-        <v>284365.011081</v>
+        <v>310283.470926</v>
       </c>
       <c r="F41" s="3"/>
     </row>
     <row r="42" spans="1:6">
       <c r="A42" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B42" s="17">
         <v>12356</v>
       </c>
       <c r="C42" s="17" t="s">
         <v>49</v>
       </c>
       <c r="D42" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E42" s="18">
-        <v>313647.310127</v>
+        <v>342234.706242</v>
       </c>
       <c r="F42" s="3"/>
     </row>
     <row r="43" spans="1:6">
       <c r="A43" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B43" s="17">
         <v>12361</v>
       </c>
       <c r="C43" s="17" t="s">
         <v>50</v>
       </c>
       <c r="D43" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E43" s="18">
-        <v>262691.583263</v>
+        <v>286634.617698</v>
       </c>
       <c r="F43" s="3"/>
     </row>
     <row r="44" spans="1:6">
       <c r="A44" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B44" s="17">
         <v>12362</v>
       </c>
       <c r="C44" s="17" t="s">
         <v>51</v>
       </c>
       <c r="D44" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E44" s="18">
-        <v>307496.472297</v>
+        <v>335523.2500619999</v>
       </c>
       <c r="F44" s="3"/>
     </row>
     <row r="45" spans="1:6">
       <c r="A45" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B45" s="17">
         <v>12363</v>
       </c>
       <c r="C45" s="17" t="s">
         <v>52</v>
       </c>
       <c r="D45" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E45" s="18">
-        <v>304731.289633</v>
+        <v>332506.034718</v>
       </c>
       <c r="F45" s="3"/>
     </row>
     <row r="46" spans="1:6">
       <c r="A46" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B46" s="17">
         <v>12364</v>
       </c>
       <c r="C46" s="17" t="s">
         <v>53</v>
       </c>
       <c r="D46" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E46" s="18">
-        <v>353381.414582</v>
+        <v>385590.377172</v>
       </c>
       <c r="F46" s="3"/>
     </row>
     <row r="47" spans="1:6">
       <c r="A47" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B47" s="17">
         <v>12373</v>
       </c>
       <c r="C47" s="17" t="s">
         <v>54</v>
       </c>
       <c r="D47" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E47" s="18">
-        <v>294431.90799</v>
+        <v>321267.91554</v>
       </c>
       <c r="F47" s="3"/>
     </row>
     <row r="48" spans="1:6">
       <c r="A48" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B48" s="17">
         <v>12374</v>
       </c>
       <c r="C48" s="17" t="s">
         <v>55</v>
       </c>
       <c r="D48" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E48" s="18">
-        <v>342159.792173</v>
+        <v>373345.959558</v>
       </c>
       <c r="F48" s="3"/>
     </row>
     <row r="49" spans="1:6">
       <c r="A49" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B49" s="17">
         <v>12375</v>
       </c>
       <c r="C49" s="17" t="s">
         <v>56</v>
       </c>
       <c r="D49" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E49" s="18">
-        <v>336702.55946</v>
+        <v>367391.32716</v>
       </c>
       <c r="F49" s="3"/>
     </row>
     <row r="50" spans="1:6">
       <c r="A50" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B50" s="17">
         <v>12376</v>
       </c>
       <c r="C50" s="17" t="s">
         <v>57</v>
       </c>
       <c r="D50" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E50" s="18">
-        <v>387886.921973</v>
+        <v>423240.8903579999</v>
       </c>
       <c r="F50" s="3"/>
     </row>
     <row r="51" spans="1:6">
       <c r="A51" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B51" s="17">
         <v>12385</v>
       </c>
       <c r="C51" s="17" t="s">
         <v>58</v>
       </c>
       <c r="D51" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E51" s="18">
-        <v>339007.391558</v>
+        <v>369906.233268</v>
       </c>
       <c r="F51" s="3"/>
     </row>
     <row r="52" spans="1:6">
       <c r="A52" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B52" s="17">
         <v>12386</v>
       </c>
       <c r="C52" s="17" t="s">
         <v>59</v>
       </c>
       <c r="D52" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E52" s="18">
-        <v>436537.046922</v>
+        <v>476325.232812</v>
       </c>
       <c r="F52" s="3"/>
     </row>
     <row r="53" spans="1:6">
       <c r="A53" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B53" s="17">
         <v>12387</v>
       </c>
       <c r="C53" s="17" t="s">
         <v>60</v>
       </c>
       <c r="D53" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E53" s="18">
-        <v>379203.386213</v>
+        <v>413765.893398</v>
       </c>
       <c r="F53" s="3"/>
     </row>
     <row r="54" spans="1:6">
       <c r="A54" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B54" s="17">
         <v>12388</v>
       </c>
       <c r="C54" s="17" t="s">
         <v>61</v>
       </c>
       <c r="D54" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E54" s="18">
-        <v>439996.6045200001</v>
+        <v>480100.11192</v>
       </c>
       <c r="F54" s="3"/>
     </row>
     <row r="55" spans="1:6">
       <c r="A55" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B55" s="17">
         <v>12397</v>
       </c>
       <c r="C55" s="17" t="s">
         <v>62</v>
       </c>
       <c r="D55" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E55" s="18">
-        <v>426699.555479</v>
+        <v>465591.102834</v>
       </c>
       <c r="F55" s="3"/>
     </row>
     <row r="56" spans="1:6">
       <c r="A56" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B56" s="17">
         <v>12398</v>
       </c>
       <c r="C56" s="17" t="s">
         <v>63</v>
       </c>
       <c r="D56" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E56" s="18">
-        <v>489335.7156840001</v>
+        <v>533936.238264</v>
       </c>
       <c r="F56" s="3"/>
     </row>
     <row r="57" spans="1:6">
       <c r="A57" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B57" s="17">
         <v>12399</v>
       </c>
       <c r="C57" s="17" t="s">
         <v>64</v>
       </c>
       <c r="D57" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E57" s="18">
-        <v>464668.4695530001</v>
+        <v>507020.695038</v>
       </c>
       <c r="F57" s="3"/>
     </row>
     <row r="58" spans="1:6">
       <c r="A58" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B58" s="17">
         <v>12400</v>
       </c>
       <c r="C58" s="17" t="s">
         <v>65</v>
       </c>
       <c r="D58" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E58" s="18">
-        <v>583868.4734670001</v>
+        <v>637085.187882</v>
       </c>
       <c r="F58" s="3"/>
     </row>
     <row r="59" spans="1:6">
       <c r="A59" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B59" s="17">
         <v>12407</v>
       </c>
       <c r="C59" s="17" t="s">
         <v>66</v>
       </c>
       <c r="D59" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E59" s="18">
-        <v>378741.496013</v>
+        <v>413261.904198</v>
       </c>
       <c r="F59" s="3"/>
     </row>
     <row r="60" spans="1:6">
       <c r="A60" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B60" s="17">
         <v>12408</v>
       </c>
       <c r="C60" s="17" t="s">
         <v>67</v>
       </c>
       <c r="D60" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E60" s="18">
-        <v>423933.602998</v>
+        <v>462573.0475079999</v>
       </c>
       <c r="F60" s="3"/>
     </row>
     <row r="61" spans="1:6">
       <c r="A61" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B61" s="17">
         <v>12409</v>
       </c>
       <c r="C61" s="17" t="s">
         <v>68</v>
       </c>
       <c r="D61" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E61" s="18">
-        <v>404334.0621780001</v>
+        <v>441187.105788</v>
       </c>
       <c r="F61" s="3"/>
     </row>
     <row r="62" spans="1:6">
       <c r="A62" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B62" s="17">
         <v>12410</v>
       </c>
       <c r="C62" s="17" t="s">
         <v>69</v>
       </c>
       <c r="D62" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E62" s="18">
-        <v>431772.6495090001</v>
+        <v>471126.584214</v>
       </c>
       <c r="F62" s="3"/>
     </row>
     <row r="63" spans="1:6">
       <c r="A63" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B63" s="17">
         <v>12413</v>
       </c>
       <c r="C63" s="17" t="s">
         <v>70</v>
       </c>
       <c r="D63" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E63" s="18">
-        <v>383738.37816</v>
+        <v>418714.22736</v>
       </c>
       <c r="F63" s="3"/>
     </row>
     <row r="64" spans="1:6">
       <c r="A64" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B64" s="17">
         <v>12414</v>
       </c>
       <c r="C64" s="17" t="s">
         <v>71</v>
       </c>
       <c r="D64" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E64" s="18">
-        <v>429697.2228770001</v>
+        <v>468861.992742</v>
       </c>
       <c r="F64" s="3"/>
     </row>
     <row r="65" spans="1:6">
       <c r="A65" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B65" s="17">
         <v>12415</v>
       </c>
       <c r="C65" s="17" t="s">
         <v>72</v>
       </c>
       <c r="D65" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E65" s="18">
-        <v>413019.907389</v>
+        <v>450664.622694</v>
       </c>
       <c r="F65" s="3"/>
     </row>
     <row r="66" spans="1:6">
       <c r="A66" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B66" s="17">
         <v>12416</v>
       </c>
       <c r="C66" s="17" t="s">
         <v>73</v>
       </c>
       <c r="D66" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E66" s="18">
-        <v>443376.870967</v>
+        <v>483788.472882</v>
       </c>
       <c r="F66" s="3"/>
     </row>
     <row r="67" spans="1:6">
       <c r="A67" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B67" s="17">
         <v>12419</v>
       </c>
       <c r="C67" s="17" t="s">
         <v>74</v>
       </c>
       <c r="D67" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E67" s="18">
-        <v>467817.7909</v>
+        <v>510457.0614</v>
       </c>
       <c r="F67" s="3"/>
     </row>
     <row r="68" spans="1:6">
       <c r="A68" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B68" s="17">
         <v>12420</v>
       </c>
       <c r="C68" s="17" t="s">
         <v>75</v>
       </c>
       <c r="D68" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E68" s="18">
-        <v>545517.730161</v>
+        <v>595238.964606</v>
       </c>
       <c r="F68" s="3"/>
     </row>
     <row r="69" spans="1:6">
       <c r="A69" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B69" s="17">
         <v>12421</v>
       </c>
       <c r="C69" s="17" t="s">
         <v>76</v>
       </c>
       <c r="D69" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E69" s="18">
-        <v>511933.693719</v>
+        <v>558593.909874</v>
       </c>
       <c r="F69" s="3"/>
     </row>
     <row r="70" spans="1:6">
       <c r="A70" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B70" s="17">
         <v>12422</v>
       </c>
       <c r="C70" s="17" t="s">
         <v>77</v>
       </c>
       <c r="D70" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E70" s="18">
-        <v>583406.583267</v>
+        <v>636581.198682</v>
       </c>
       <c r="F70" s="3"/>
     </row>
     <row r="71" spans="1:6">
       <c r="A71" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B71" s="17">
         <v>12425</v>
       </c>
       <c r="C71" s="17" t="s">
         <v>78</v>
       </c>
       <c r="D71" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E71" s="18">
-        <v>499558.1156270001</v>
+        <v>545090.359242</v>
       </c>
       <c r="F71" s="3"/>
     </row>
     <row r="72" spans="1:6">
       <c r="A72" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B72" s="17">
         <v>12426</v>
       </c>
       <c r="C72" s="17" t="s">
         <v>79</v>
       </c>
       <c r="D72" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E72" s="18">
-        <v>574722.27769</v>
+        <v>627105.36174</v>
       </c>
       <c r="F72" s="3"/>
     </row>
     <row r="73" spans="1:6">
       <c r="A73" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B73" s="17">
         <v>12427</v>
       </c>
       <c r="C73" s="17" t="s">
         <v>80</v>
       </c>
       <c r="D73" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E73" s="18">
-        <v>538678.675933</v>
+        <v>587776.564518</v>
       </c>
       <c r="F73" s="3"/>
     </row>
     <row r="74" spans="1:6">
       <c r="A74" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B74" s="17">
         <v>12428</v>
       </c>
       <c r="C74" s="17" t="s">
         <v>81</v>
       </c>
       <c r="D74" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E74" s="18">
-        <v>612228.5317470001</v>
+        <v>668030.1247619999</v>
       </c>
       <c r="F74" s="3"/>
     </row>
     <row r="75" spans="1:6">
       <c r="A75" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B75" s="17">
         <v>12431</v>
       </c>
       <c r="C75" s="17" t="s">
         <v>82</v>
       </c>
       <c r="D75" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E75" s="18">
-        <v>9992.224660000002</v>
+        <v>10902.96636</v>
       </c>
       <c r="F75" s="3"/>
     </row>
     <row r="76" spans="1:6">
       <c r="A76" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B76" s="17">
         <v>12433</v>
       </c>
       <c r="C76" s="17" t="s">
         <v>83</v>
       </c>
       <c r="D76" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E76" s="18">
-        <v>111823.61742</v>
+        <v>122015.78532</v>
       </c>
       <c r="F76" s="3"/>
     </row>
     <row r="77" spans="1:6">
       <c r="A77" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B77" s="17">
         <v>12435</v>
       </c>
       <c r="C77" s="17" t="s">
         <v>84</v>
       </c>
       <c r="D77" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E77" s="18">
-        <v>63943.309471</v>
+        <v>69771.424866</v>
       </c>
       <c r="F77" s="3"/>
     </row>
     <row r="78" spans="1:6">
       <c r="A78" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B78" s="17">
         <v>12436</v>
       </c>
       <c r="C78" s="17" t="s">
         <v>85</v>
       </c>
       <c r="D78" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E78" s="18">
-        <v>183682.955102</v>
+        <v>200424.745092</v>
       </c>
       <c r="F78" s="3"/>
     </row>
     <row r="79" spans="1:6">
       <c r="A79" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B79" s="17">
         <v>12439</v>
       </c>
       <c r="C79" s="17" t="s">
         <v>86</v>
       </c>
       <c r="D79" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E79" s="18">
-        <v>33146.010569</v>
+        <v>36167.104974</v>
       </c>
       <c r="F79" s="3"/>
     </row>
     <row r="80" spans="1:6">
       <c r="A80" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B80" s="17">
         <v>12440</v>
       </c>
       <c r="C80" s="17" t="s">
         <v>87</v>
       </c>
       <c r="D80" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E80" s="18">
-        <v>41613.99756900001</v>
+        <v>45406.906974</v>
       </c>
       <c r="F80" s="3"/>
     </row>
     <row r="81" spans="1:6">
       <c r="A81" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B81" s="17">
         <v>12441</v>
       </c>
       <c r="C81" s="17" t="s">
         <v>88</v>
       </c>
       <c r="D81" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E81" s="18">
-        <v>49598.539493</v>
+        <v>54119.200278</v>
       </c>
       <c r="F81" s="3"/>
     </row>
     <row r="82" spans="1:6">
       <c r="A82" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B82" s="17">
         <v>12453</v>
       </c>
       <c r="C82" s="17" t="s">
         <v>89</v>
       </c>
       <c r="D82" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E82" s="18">
-        <v>41398.448809</v>
+        <v>45171.712014</v>
       </c>
       <c r="F82" s="3"/>
     </row>
     <row r="83" spans="1:6">
       <c r="A83" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B83" s="17">
         <v>12454</v>
       </c>
       <c r="C83" s="17" t="s">
         <v>90</v>
       </c>
       <c r="D83" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E83" s="18">
-        <v>45073.555167</v>
+        <v>49181.786082</v>
       </c>
       <c r="F83" s="3"/>
     </row>
     <row r="84" spans="1:6">
       <c r="A84" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B84" s="17">
         <v>15541</v>
       </c>
       <c r="C84" s="17" t="s">
         <v>91</v>
       </c>
       <c r="D84" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E84" s="18">
-        <v>12757.407324</v>
+        <v>13920.181704</v>
       </c>
       <c r="F84" s="3"/>
     </row>
     <row r="85" spans="1:6">
       <c r="A85" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B85" s="17">
         <v>15571</v>
       </c>
       <c r="C85" s="17" t="s">
         <v>92</v>
       </c>
       <c r="D85" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E85" s="18">
-        <v>77905.4804</v>
+        <v>85006.1784</v>
       </c>
       <c r="F85" s="3"/>
     </row>
     <row r="86" spans="1:6">
       <c r="A86" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B86" s="17">
         <v>15572</v>
       </c>
       <c r="C86" s="17" t="s">
         <v>93</v>
       </c>
       <c r="D86" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E86" s="18">
-        <v>99922.2466</v>
+        <v>109029.6636</v>
       </c>
       <c r="F86" s="3"/>
     </row>
     <row r="87" spans="1:6">
       <c r="A87" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B87" s="17">
         <v>17691</v>
       </c>
       <c r="C87" s="17" t="s">
         <v>94</v>
       </c>
       <c r="D87" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E87" s="18">
-        <v>114743.533301</v>
+        <v>125201.837046</v>
       </c>
       <c r="F87" s="3"/>
     </row>
     <row r="88" spans="1:6">
       <c r="A88" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B88" s="17">
         <v>18471</v>
       </c>
       <c r="C88" s="17" t="s">
         <v>95</v>
       </c>
       <c r="D88" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E88" s="18">
-        <v>39436.955093</v>
+        <v>43031.437878</v>
       </c>
       <c r="F88" s="3"/>
     </row>
     <row r="89" spans="1:6">
       <c r="A89" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B89" s="17">
         <v>18472</v>
       </c>
       <c r="C89" s="17" t="s">
         <v>96</v>
       </c>
       <c r="D89" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E89" s="18">
-        <v>49550.041022</v>
+        <v>54066.281412</v>
       </c>
       <c r="F89" s="3"/>
     </row>
     <row r="90" spans="1:6">
       <c r="A90" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B90" s="17">
         <v>18547</v>
       </c>
       <c r="C90" s="17" t="s">
         <v>97</v>
       </c>
       <c r="D90" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E90" s="18">
-        <v>33871.948</v>
+        <v>36959.208</v>
       </c>
       <c r="F90" s="3"/>
     </row>
     <row r="91" spans="1:6">
       <c r="A91" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B91" s="17">
         <v>18548</v>
       </c>
       <c r="C91" s="17" t="s">
         <v>98</v>
       </c>
       <c r="D91" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E91" s="18">
-        <v>41130.552493</v>
+        <v>44879.39827799999</v>
       </c>
       <c r="F91" s="3"/>
     </row>
     <row r="92" spans="1:6">
       <c r="A92" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B92" s="17">
         <v>18549</v>
       </c>
       <c r="C92" s="17" t="s">
         <v>99</v>
       </c>
       <c r="D92" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E92" s="18">
-        <v>62904.826338</v>
+        <v>68638.289148</v>
       </c>
       <c r="F92" s="3"/>
     </row>
     <row r="93" spans="1:6">
       <c r="A93" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B93" s="17">
         <v>18580</v>
       </c>
       <c r="C93" s="17" t="s">
         <v>100</v>
       </c>
       <c r="D93" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E93" s="18">
-        <v>73792.348169</v>
+        <v>80518.154574</v>
       </c>
       <c r="F93" s="3"/>
     </row>
     <row r="94" spans="1:6">
       <c r="A94" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B94" s="17">
         <v>18582</v>
       </c>
       <c r="C94" s="17" t="s">
         <v>101</v>
       </c>
       <c r="D94" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E94" s="18">
-        <v>33871.948</v>
+        <v>36959.208</v>
       </c>
       <c r="F94" s="3"/>
     </row>
     <row r="95" spans="1:6">
       <c r="A95" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B95" s="17">
         <v>18583</v>
       </c>
       <c r="C95" s="17" t="s">
         <v>102</v>
       </c>
       <c r="D95" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E95" s="18">
-        <v>43549.31750700001</v>
+        <v>47518.621722</v>
       </c>
       <c r="F95" s="3"/>
     </row>
     <row r="96" spans="1:6">
       <c r="A96" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B96" s="17">
         <v>18584</v>
       </c>
       <c r="C96" s="17" t="s">
         <v>103</v>
       </c>
       <c r="D96" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E96" s="18">
-        <v>74034.07070700001</v>
+        <v>80781.908922</v>
       </c>
       <c r="F96" s="3"/>
     </row>
     <row r="97" spans="1:6">
       <c r="A97" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B97" s="17">
         <v>18585</v>
       </c>
       <c r="C97" s="17" t="s">
         <v>104</v>
       </c>
       <c r="D97" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E97" s="18">
-        <v>83470.48749300001</v>
+        <v>91078.40827799999</v>
       </c>
       <c r="F97" s="3"/>
     </row>
     <row r="98" spans="1:6">
       <c r="A98" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B98" s="17">
         <v>18587</v>
       </c>
       <c r="C98" s="17" t="s">
         <v>105</v>
       </c>
       <c r="D98" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E98" s="18">
-        <v>38711.01766200001</v>
+        <v>42239.334852</v>
       </c>
       <c r="F98" s="3"/>
     </row>
     <row r="99" spans="1:6">
       <c r="A99" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B99" s="17">
         <v>18588</v>
       </c>
       <c r="C99" s="17" t="s">
         <v>106</v>
       </c>
       <c r="D99" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E99" s="18">
-        <v>46453.067231</v>
+        <v>50687.03382599999</v>
       </c>
       <c r="F99" s="3"/>
     </row>
     <row r="100" spans="1:6">
       <c r="A100" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B100" s="17">
         <v>18589</v>
       </c>
       <c r="C100" s="17" t="s">
         <v>107</v>
       </c>
       <c r="D100" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E100" s="18">
-        <v>41008.921407</v>
+        <v>44746.681122</v>
       </c>
       <c r="F100" s="3"/>
     </row>
     <row r="101" spans="1:6">
       <c r="A101" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B101" s="17">
         <v>18590</v>
       </c>
       <c r="C101" s="17" t="s">
         <v>108</v>
       </c>
       <c r="D101" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E101" s="18">
-        <v>54921.054231</v>
+        <v>59926.83582599999</v>
       </c>
       <c r="F101" s="3"/>
     </row>
     <row r="102" spans="1:6">
       <c r="A102" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B102" s="17">
         <v>18592</v>
       </c>
       <c r="C102" s="17" t="s">
         <v>109</v>
       </c>
       <c r="D102" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E102" s="18">
-        <v>45485.407262</v>
+        <v>49631.176452</v>
       </c>
       <c r="F102" s="3"/>
     </row>
     <row r="103" spans="1:6">
       <c r="A103" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B103" s="17">
         <v>23910</v>
       </c>
       <c r="C103" s="17" t="s">
         <v>110</v>
       </c>
       <c r="D103" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E103" s="18">
-        <v>177827.727</v>
+        <v>194035.842</v>
       </c>
       <c r="F103" s="3"/>
     </row>
     <row r="104" spans="1:6">
       <c r="A104" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B104" s="17">
         <v>23911</v>
       </c>
       <c r="C104" s="17" t="s">
         <v>111</v>
       </c>
       <c r="D104" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E104" s="18">
-        <v>279443.571</v>
+        <v>304913.466</v>
       </c>
       <c r="F104" s="3"/>
     </row>
     <row r="105" spans="1:6">
       <c r="A105" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B105" s="17">
         <v>23912</v>
       </c>
       <c r="C105" s="17" t="s">
         <v>112</v>
       </c>
       <c r="D105" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E105" s="18">
-        <v>114076.101962</v>
+        <v>124473.572652</v>
       </c>
       <c r="F105" s="3"/>
     </row>
     <row r="106" spans="1:6">
       <c r="A106" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B106" s="17">
         <v>24540</v>
       </c>
       <c r="C106" s="17" t="s">
         <v>113</v>
       </c>
       <c r="D106" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E106" s="18">
-        <v>113712.748338</v>
+        <v>124077.101148</v>
       </c>
       <c r="F106" s="3"/>
     </row>
     <row r="107" spans="1:6">
       <c r="A107" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B107" s="17">
         <v>24541</v>
       </c>
       <c r="C107" s="17" t="s">
         <v>114</v>
       </c>
       <c r="D107" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E107" s="18">
-        <v>118551.818</v>
+        <v>129357.228</v>
       </c>
       <c r="F107" s="3"/>
     </row>
     <row r="108" spans="1:6">
       <c r="A108" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B108" s="17">
         <v>24542</v>
       </c>
       <c r="C108" s="17" t="s">
         <v>115</v>
       </c>
       <c r="D108" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E108" s="18">
-        <v>135487.792</v>
+        <v>147836.832</v>
       </c>
       <c r="F108" s="3"/>
     </row>
     <row r="109" spans="1:6">
       <c r="A109" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B109" s="17">
         <v>24543</v>
       </c>
       <c r="C109" s="17" t="s">
         <v>116</v>
       </c>
       <c r="D109" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E109" s="18">
-        <v>140326.861662</v>
+        <v>153116.958852</v>
       </c>
       <c r="F109" s="3"/>
     </row>
     <row r="110" spans="1:6">
       <c r="A110" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B110" s="17" t="s">
         <v>117</v>
       </c>
       <c r="C110" s="17" t="s">
         <v>118</v>
       </c>
       <c r="D110" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E110" s="18">
-        <v>17177.696538</v>
+        <v>18743.358348</v>
       </c>
       <c r="F110" s="3"/>
     </row>
     <row r="111" spans="1:6">
       <c r="A111" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B111" s="17" t="s">
         <v>119</v>
       </c>
       <c r="C111" s="17" t="s">
         <v>120</v>
       </c>
       <c r="D111" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E111" s="18">
-        <v>7258.604493000001</v>
+        <v>7920.190278</v>
       </c>
       <c r="F111" s="3"/>
     </row>
     <row r="112" spans="1:6">
       <c r="A112" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B112" s="17" t="s">
         <v>121</v>
       </c>
       <c r="C112" s="17" t="s">
         <v>122</v>
       </c>
       <c r="D112" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E112" s="18">
-        <v>8467.987000000001</v>
+        <v>9239.802</v>
       </c>
       <c r="F112" s="3"/>
     </row>
     <row r="113" spans="1:6">
       <c r="A113" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B113" s="17" t="s">
         <v>123</v>
       </c>
       <c r="C113" s="17" t="s">
         <v>124</v>
       </c>
       <c r="D113" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E113" s="18">
-        <v>10887.521831</v>
+        <v>11879.865426</v>
       </c>
       <c r="F113" s="3"/>
     </row>
     <row r="114" spans="1:6">
       <c r="A114" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B114" s="17" t="s">
         <v>125</v>
       </c>
       <c r="C114" s="17" t="s">
         <v>126</v>
       </c>
       <c r="D114" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E114" s="18">
-        <v>46694.789769</v>
+        <v>50950.788174</v>
       </c>
       <c r="F114" s="3"/>
     </row>
     <row r="115" spans="1:6">
       <c r="A115" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B115" s="17" t="s">
         <v>127</v>
       </c>
       <c r="C115" s="17" t="s">
         <v>128</v>
       </c>
       <c r="D115" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E115" s="18">
-        <v>60969.50640000001</v>
+        <v>66526.5744</v>
       </c>
       <c r="F115" s="3"/>
     </row>
     <row r="116" spans="1:6">
       <c r="A116" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B116" s="17" t="s">
         <v>129</v>
       </c>
       <c r="C116" s="17" t="s">
         <v>130</v>
       </c>
       <c r="D116" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E116" s="18">
-        <v>80325.01523100001</v>
+        <v>87646.241826</v>
       </c>
       <c r="F116" s="3"/>
     </row>
     <row r="117" spans="1:6">
       <c r="A117" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B117" s="17" t="s">
         <v>131</v>
       </c>
       <c r="C117" s="17" t="s">
         <v>132</v>
       </c>
       <c r="D117" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E117" s="18">
-        <v>84679.87000000001</v>
+        <v>92398.01999999999</v>
       </c>
       <c r="F117" s="3"/>
     </row>
     <row r="118" spans="1:6">
       <c r="A118" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B118" s="17" t="s">
         <v>133</v>
       </c>
       <c r="C118" s="17" t="s">
         <v>134</v>
       </c>
       <c r="D118" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E118" s="18">
-        <v>39436.955093</v>
+        <v>43031.437878</v>
       </c>
       <c r="F118" s="3"/>
     </row>
     <row r="119" spans="1:6">
       <c r="A119" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B119" s="17" t="s">
         <v>135</v>
       </c>
       <c r="C119" s="17" t="s">
         <v>136</v>
       </c>
       <c r="D119" s="17" t="s">
         <v>19</v>
       </c>
       <c r="E119" s="18" t="s">
         <v>137</v>
       </c>
       <c r="F119" s="3"/>
     </row>
     <row r="120" spans="1:6">
       <c r="A120" s="17" t="s">
         <v>17</v>
       </c>
@@ -3421,50 +3421,50 @@
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Прайс-лист за 04.02.2026</vt:lpstr>
+      <vt:lpstr>Прайс-лист за 21.03.2026</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft Corporation</Company>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Unknown Creator</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Untitled Spreadsheet</dc:title>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>