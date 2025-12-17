--- v0 (2025-10-30)
+++ v1 (2025-12-17)
@@ -6,96 +6,96 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="-1" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
-    <sheet name="Прайс-лист за 30.10.2025" sheetId="1" r:id="rId4"/>
+    <sheet name="Прайс-лист за 17.12.2025" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист за 30.10.2025'!$A$11:$E$93</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист за 17.12.2025'!$A$11:$E$93</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="183">
   <si>
     <t>ПРАЙС-ЛИСТ</t>
   </si>
   <si>
     <t>ЕДИНЫЙ НОМЕР</t>
   </si>
   <si>
     <t>8-800-555-7057</t>
   </si>
   <si>
     <t>МОСКВА</t>
   </si>
   <si>
     <t>8-495-646-7057</t>
   </si>
   <si>
     <t>Компания "ТопСети"</t>
   </si>
   <si>
     <t>САНКТ-ПЕТЕРБУРГ</t>
   </si>
   <si>
     <t>8-812-645-7058</t>
   </si>
   <si>
     <t>www.topseti.ru</t>
   </si>
   <si>
     <t>sales@topseti.ru</t>
   </si>
   <si>
     <t>Цены действительны на:</t>
   </si>
   <si>
-    <t>30.10.2025</t>
+    <t>17.12.2025</t>
   </si>
   <si>
     <t>Производитель</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Название</t>
   </si>
   <si>
     <t>Группа</t>
   </si>
   <si>
     <t>Цена, руб.</t>
   </si>
   <si>
     <t>Delta</t>
   </si>
   <si>
     <t>Delta DT 12012</t>
   </si>
   <si>
     <t>Delta DT 12012, Аккумулятор герметичный свинцово-кислотный</t>
   </si>
@@ -771,51 +771,51 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="7" numFmtId="0" fillId="2" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="49" fillId="2" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="2" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39cac894acf97a6c853c58f9e21f22782.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c3d4ea66e3ce895fc56a5ac80ee51462.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>600075</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>76200</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2447925" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1687,1115 +1687,1115 @@
       <c r="C35" s="17" t="s">
         <v>66</v>
       </c>
       <c r="D35" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E35" s="18">
         <v>418.1</v>
       </c>
       <c r="F35" s="3"/>
     </row>
     <row r="36" spans="1:6">
       <c r="A36" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B36" s="17" t="s">
         <v>67</v>
       </c>
       <c r="C36" s="17" t="s">
         <v>68</v>
       </c>
       <c r="D36" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E36" s="18">
-        <v>553.3600545</v>
+        <v>553.0724826000001</v>
       </c>
       <c r="F36" s="3"/>
     </row>
     <row r="37" spans="1:6">
       <c r="A37" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B37" s="17" t="s">
         <v>69</v>
       </c>
       <c r="C37" s="17" t="s">
         <v>70</v>
       </c>
       <c r="D37" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E37" s="18">
-        <v>543.744003</v>
+        <v>543.4614283999999</v>
       </c>
       <c r="F37" s="3"/>
     </row>
     <row r="38" spans="1:6">
       <c r="A38" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B38" s="17" t="s">
         <v>71</v>
       </c>
       <c r="C38" s="17" t="s">
         <v>72</v>
       </c>
       <c r="D38" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E38" s="18">
-        <v>702.845946</v>
+        <v>702.4806887999999</v>
       </c>
       <c r="F38" s="3"/>
     </row>
     <row r="39" spans="1:6">
       <c r="A39" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B39" s="17" t="s">
         <v>73</v>
       </c>
       <c r="C39" s="17" t="s">
         <v>74</v>
       </c>
       <c r="D39" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E39" s="18">
-        <v>792.012969</v>
+        <v>791.6013731999999</v>
       </c>
       <c r="F39" s="3"/>
     </row>
     <row r="40" spans="1:6">
       <c r="A40" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B40" s="17" t="s">
         <v>75</v>
       </c>
       <c r="C40" s="17" t="s">
         <v>76</v>
       </c>
       <c r="D40" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E40" s="18">
-        <v>867.1930080000001</v>
+        <v>866.7423424000001</v>
       </c>
       <c r="F40" s="3"/>
     </row>
     <row r="41" spans="1:6">
       <c r="A41" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B41" s="17" t="s">
         <v>77</v>
       </c>
       <c r="C41" s="17" t="s">
         <v>78</v>
       </c>
       <c r="D41" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E41" s="18">
-        <v>977.3405070000001</v>
+        <v>976.8325996</v>
       </c>
       <c r="F41" s="3"/>
     </row>
     <row r="42" spans="1:6">
       <c r="A42" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B42" s="17" t="s">
         <v>79</v>
       </c>
       <c r="C42" s="17" t="s">
         <v>80</v>
       </c>
       <c r="D42" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E42" s="18">
-        <v>1148.681061</v>
+        <v>1148.0841108</v>
       </c>
       <c r="F42" s="3"/>
     </row>
     <row r="43" spans="1:6">
       <c r="A43" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B43" s="17" t="s">
         <v>81</v>
       </c>
       <c r="C43" s="17" t="s">
         <v>82</v>
       </c>
       <c r="D43" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E43" s="18">
-        <v>1306.9088175</v>
+        <v>1306.229639</v>
       </c>
       <c r="F43" s="3"/>
     </row>
     <row r="44" spans="1:6">
       <c r="A44" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B44" s="17" t="s">
         <v>83</v>
       </c>
       <c r="C44" s="17" t="s">
         <v>84</v>
       </c>
       <c r="D44" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E44" s="18">
-        <v>15907.5717405</v>
+        <v>15899.3048434</v>
       </c>
       <c r="F44" s="3"/>
     </row>
     <row r="45" spans="1:6">
       <c r="A45" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B45" s="17" t="s">
         <v>85</v>
       </c>
       <c r="C45" s="17" t="s">
         <v>86</v>
       </c>
       <c r="D45" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E45" s="18">
-        <v>1852.4011935</v>
+        <v>1851.4385318</v>
       </c>
       <c r="F45" s="3"/>
     </row>
     <row r="46" spans="1:6">
       <c r="A46" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B46" s="17" t="s">
         <v>87</v>
       </c>
       <c r="C46" s="17" t="s">
         <v>88</v>
       </c>
       <c r="D46" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E46" s="18">
-        <v>19385.959824</v>
+        <v>19375.8852672</v>
       </c>
       <c r="F46" s="3"/>
     </row>
     <row r="47" spans="1:6">
       <c r="A47" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B47" s="17" t="s">
         <v>89</v>
       </c>
       <c r="C47" s="17" t="s">
         <v>90</v>
       </c>
       <c r="D47" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E47" s="18">
-        <v>23912.497521</v>
+        <v>23900.0705988</v>
       </c>
       <c r="F47" s="3"/>
     </row>
     <row r="48" spans="1:6">
       <c r="A48" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B48" s="17" t="s">
         <v>91</v>
       </c>
       <c r="C48" s="17" t="s">
         <v>92</v>
       </c>
       <c r="D48" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E48" s="18">
-        <v>2708.229777</v>
+        <v>2706.8223556</v>
       </c>
       <c r="F48" s="3"/>
     </row>
     <row r="49" spans="1:6">
       <c r="A49" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B49" s="17" t="s">
         <v>93</v>
       </c>
       <c r="C49" s="17" t="s">
         <v>94</v>
       </c>
       <c r="D49" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E49" s="18">
-        <v>27259.7576295</v>
+        <v>27245.5911926</v>
       </c>
       <c r="F49" s="3"/>
     </row>
     <row r="50" spans="1:6">
       <c r="A50" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B50" s="17" t="s">
         <v>95</v>
       </c>
       <c r="C50" s="17" t="s">
         <v>96</v>
       </c>
       <c r="D50" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E50" s="18">
-        <v>32227.759509</v>
+        <v>32211.0112852</v>
       </c>
       <c r="F50" s="3"/>
     </row>
     <row r="51" spans="1:6">
       <c r="A51" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B51" s="17" t="s">
         <v>97</v>
       </c>
       <c r="C51" s="17" t="s">
         <v>98</v>
       </c>
       <c r="D51" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E51" s="18">
-        <v>35148.4166055</v>
+        <v>35130.1505654</v>
       </c>
       <c r="F51" s="3"/>
     </row>
     <row r="52" spans="1:6">
       <c r="A52" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B52" s="17" t="s">
         <v>99</v>
       </c>
       <c r="C52" s="17" t="s">
         <v>100</v>
       </c>
       <c r="D52" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E52" s="18">
-        <v>4745.084322000001</v>
+        <v>4742.6183816</v>
       </c>
       <c r="F52" s="3"/>
     </row>
     <row r="53" spans="1:6">
       <c r="A53" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B53" s="17" t="s">
         <v>101</v>
       </c>
       <c r="C53" s="17" t="s">
         <v>102</v>
       </c>
       <c r="D53" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E53" s="18">
-        <v>6174.379249500001</v>
+        <v>6171.1705286</v>
       </c>
       <c r="F53" s="3"/>
     </row>
     <row r="54" spans="1:6">
       <c r="A54" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B54" s="17" t="s">
         <v>103</v>
       </c>
       <c r="C54" s="17" t="s">
         <v>104</v>
       </c>
       <c r="D54" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E54" s="18">
-        <v>7501.394356500001</v>
+        <v>7497.496008200001</v>
       </c>
       <c r="F54" s="3"/>
     </row>
     <row r="55" spans="1:6">
       <c r="A55" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B55" s="17" t="s">
         <v>105</v>
       </c>
       <c r="C55" s="17" t="s">
         <v>106</v>
       </c>
       <c r="D55" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E55" s="18">
-        <v>9032.094918000001</v>
+        <v>9027.401090400001</v>
       </c>
       <c r="F55" s="3"/>
     </row>
     <row r="56" spans="1:6">
       <c r="A56" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B56" s="17" t="s">
         <v>107</v>
       </c>
       <c r="C56" s="17" t="s">
         <v>108</v>
       </c>
       <c r="D56" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E56" s="18">
-        <v>11963.2422525</v>
+        <v>11957.025157</v>
       </c>
       <c r="F56" s="3"/>
     </row>
     <row r="57" spans="1:6">
       <c r="A57" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B57" s="17" t="s">
         <v>109</v>
       </c>
       <c r="C57" s="17" t="s">
         <v>110</v>
       </c>
       <c r="D57" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E57" s="18">
-        <v>13715.1119985</v>
+        <v>13707.9844858</v>
       </c>
       <c r="F57" s="3"/>
     </row>
     <row r="58" spans="1:6">
       <c r="A58" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B58" s="17" t="s">
         <v>111</v>
       </c>
       <c r="C58" s="17" t="s">
         <v>112</v>
       </c>
       <c r="D58" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E58" s="18">
-        <v>14688.081573</v>
+        <v>14680.4484244</v>
       </c>
       <c r="F58" s="3"/>
     </row>
     <row r="59" spans="1:6">
       <c r="A59" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B59" s="17" t="s">
         <v>113</v>
       </c>
       <c r="C59" s="17" t="s">
         <v>114</v>
       </c>
       <c r="D59" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E59" s="18">
-        <v>323.4490050000001</v>
+        <v>323.280914</v>
       </c>
       <c r="F59" s="3"/>
     </row>
     <row r="60" spans="1:6">
       <c r="A60" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B60" s="17" t="s">
         <v>115</v>
       </c>
       <c r="C60" s="17" t="s">
         <v>116</v>
       </c>
       <c r="D60" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E60" s="18">
-        <v>461.570472</v>
+        <v>461.3306016</v>
       </c>
       <c r="F60" s="3"/>
     </row>
     <row r="61" spans="1:6">
       <c r="A61" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B61" s="17" t="s">
         <v>117</v>
       </c>
       <c r="C61" s="17" t="s">
         <v>118</v>
       </c>
       <c r="D61" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E61" s="18">
-        <v>433.596504</v>
+        <v>433.3711712</v>
       </c>
       <c r="F61" s="3"/>
     </row>
     <row r="62" spans="1:6">
       <c r="A62" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B62" s="17" t="s">
         <v>119</v>
       </c>
       <c r="C62" s="17" t="s">
         <v>120</v>
       </c>
       <c r="D62" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E62" s="18">
-        <v>687.9847755000001</v>
+        <v>687.6272414</v>
       </c>
       <c r="F62" s="3"/>
     </row>
     <row r="63" spans="1:6">
       <c r="A63" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B63" s="17" t="s">
         <v>121</v>
       </c>
       <c r="C63" s="17" t="s">
         <v>122</v>
       </c>
       <c r="D63" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E63" s="18">
-        <v>937.1279280000001</v>
+        <v>936.6409184</v>
       </c>
       <c r="F63" s="3"/>
     </row>
     <row r="64" spans="1:6">
       <c r="A64" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B64" s="17" t="s">
         <v>123</v>
       </c>
       <c r="C64" s="17" t="s">
         <v>124</v>
       </c>
       <c r="D64" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E64" s="18">
-        <v>17381.4501795</v>
+        <v>17372.4173326</v>
       </c>
       <c r="F64" s="3"/>
     </row>
     <row r="65" spans="1:6">
       <c r="A65" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B65" s="17" t="s">
         <v>125</v>
       </c>
       <c r="C65" s="17" t="s">
         <v>126</v>
       </c>
       <c r="D65" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E65" s="18">
-        <v>2328.832836</v>
+        <v>2327.6225808</v>
       </c>
       <c r="F65" s="3"/>
     </row>
     <row r="66" spans="1:6">
       <c r="A66" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B66" s="17" t="s">
         <v>127</v>
       </c>
       <c r="C66" s="17" t="s">
         <v>128</v>
       </c>
       <c r="D66" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E66" s="18">
-        <v>3242.3577285</v>
+        <v>3240.6727298</v>
       </c>
       <c r="F66" s="3"/>
     </row>
     <row r="67" spans="1:6">
       <c r="A67" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B67" s="17" t="s">
         <v>129</v>
       </c>
       <c r="C67" s="17" t="s">
         <v>130</v>
       </c>
       <c r="D67" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E67" s="18">
-        <v>1232.602965</v>
+        <v>1231.962402</v>
       </c>
       <c r="F67" s="3"/>
     </row>
     <row r="68" spans="1:6">
       <c r="A68" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B68" s="17" t="s">
         <v>131</v>
       </c>
       <c r="C68" s="17" t="s">
         <v>132</v>
       </c>
       <c r="D68" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E68" s="18">
-        <v>1351.492329</v>
+        <v>1350.7899812</v>
       </c>
       <c r="F68" s="3"/>
     </row>
     <row r="69" spans="1:6">
       <c r="A69" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B69" s="17" t="s">
         <v>133</v>
       </c>
       <c r="C69" s="17" t="s">
         <v>134</v>
       </c>
       <c r="D69" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E69" s="18">
-        <v>5565.071259</v>
+        <v>5562.1791852</v>
       </c>
       <c r="F69" s="3"/>
     </row>
     <row r="70" spans="1:6">
       <c r="A70" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B70" s="17" t="s">
         <v>135</v>
       </c>
       <c r="C70" s="17" t="s">
         <v>136</v>
       </c>
       <c r="D70" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E70" s="18">
-        <v>1134.694077</v>
+        <v>1134.1043956</v>
       </c>
       <c r="F70" s="3"/>
     </row>
     <row r="71" spans="1:6">
       <c r="A71" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B71" s="17" t="s">
         <v>137</v>
       </c>
       <c r="C71" s="17" t="s">
         <v>138</v>
       </c>
       <c r="D71" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E71" s="18">
-        <v>1526.329629</v>
+        <v>1525.5364212</v>
       </c>
       <c r="F71" s="3"/>
     </row>
     <row r="72" spans="1:6">
       <c r="A72" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B72" s="17" t="s">
         <v>139</v>
       </c>
       <c r="C72" s="17" t="s">
         <v>140</v>
       </c>
       <c r="D72" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E72" s="18">
-        <v>1209.874116</v>
+        <v>1209.2453648</v>
       </c>
       <c r="F72" s="3"/>
     </row>
     <row r="73" spans="1:6">
       <c r="A73" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B73" s="17" t="s">
         <v>141</v>
       </c>
       <c r="C73" s="17" t="s">
         <v>142</v>
       </c>
       <c r="D73" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E73" s="18">
-        <v>8227.843338000001</v>
+        <v>8223.5674664</v>
       </c>
       <c r="F73" s="3"/>
     </row>
     <row r="74" spans="1:6">
       <c r="A74" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B74" s="17" t="s">
         <v>143</v>
       </c>
       <c r="C74" s="17" t="s">
         <v>144</v>
       </c>
       <c r="D74" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E74" s="18">
-        <v>1264.9478655</v>
+        <v>1264.2904934</v>
       </c>
       <c r="F74" s="3"/>
     </row>
     <row r="75" spans="1:6">
       <c r="A75" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B75" s="17" t="s">
         <v>145</v>
       </c>
       <c r="C75" s="17" t="s">
         <v>146</v>
       </c>
       <c r="D75" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E75" s="18">
-        <v>2459.960811</v>
+        <v>2458.6824108</v>
       </c>
       <c r="F75" s="3"/>
     </row>
     <row r="76" spans="1:6">
       <c r="A76" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B76" s="17" t="s">
         <v>147</v>
       </c>
       <c r="C76" s="17" t="s">
         <v>148</v>
       </c>
       <c r="D76" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E76" s="18">
-        <v>12208.0144725</v>
+        <v>12201.670173</v>
       </c>
       <c r="F76" s="3"/>
     </row>
     <row r="77" spans="1:6">
       <c r="A77" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B77" s="17" t="s">
         <v>149</v>
       </c>
       <c r="C77" s="17" t="s">
         <v>150</v>
       </c>
       <c r="D77" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E77" s="18">
-        <v>1271.9413575</v>
+        <v>1271.280351</v>
       </c>
       <c r="F77" s="3"/>
     </row>
     <row r="78" spans="1:6">
       <c r="A78" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B78" s="17" t="s">
         <v>151</v>
       </c>
       <c r="C78" s="17" t="s">
         <v>152</v>
       </c>
       <c r="D78" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E78" s="18">
-        <v>3907.613655000001</v>
+        <v>3905.582934</v>
       </c>
       <c r="F78" s="3"/>
     </row>
     <row r="79" spans="1:6">
       <c r="A79" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B79" s="17" t="s">
         <v>153</v>
       </c>
       <c r="C79" s="17" t="s">
         <v>154</v>
       </c>
       <c r="D79" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E79" s="18">
-        <v>1667.947842</v>
+        <v>1667.0810376</v>
       </c>
       <c r="F79" s="3"/>
     </row>
     <row r="80" spans="1:6">
       <c r="A80" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B80" s="17" t="s">
         <v>155</v>
       </c>
       <c r="C80" s="17" t="s">
         <v>156</v>
       </c>
       <c r="D80" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E80" s="18">
-        <v>1132.0715175</v>
+        <v>1131.483199</v>
       </c>
       <c r="F80" s="3"/>
     </row>
     <row r="81" spans="1:6">
       <c r="A81" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B81" s="17" t="s">
         <v>157</v>
       </c>
       <c r="C81" s="17" t="s">
         <v>158</v>
       </c>
       <c r="D81" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E81" s="18">
-        <v>656.5140615</v>
+        <v>656.1728821999999</v>
       </c>
       <c r="F81" s="3"/>
     </row>
     <row r="82" spans="1:6">
       <c r="A82" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B82" s="17" t="s">
         <v>159</v>
       </c>
       <c r="C82" s="17" t="s">
         <v>160</v>
       </c>
       <c r="D82" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E82" s="18">
-        <v>893.4186030000002</v>
+        <v>892.9543084000001</v>
       </c>
       <c r="F82" s="3"/>
     </row>
     <row r="83" spans="1:6">
       <c r="A83" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B83" s="17" t="s">
         <v>161</v>
       </c>
       <c r="C83" s="17" t="s">
         <v>162</v>
       </c>
       <c r="D83" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E83" s="18">
-        <v>19555.552005</v>
+        <v>19545.389314</v>
       </c>
       <c r="F83" s="3"/>
     </row>
     <row r="84" spans="1:6">
       <c r="A84" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B84" s="17" t="s">
         <v>163</v>
       </c>
       <c r="C84" s="17" t="s">
         <v>164</v>
       </c>
       <c r="D84" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E84" s="18">
-        <v>2682.8783685</v>
+        <v>2681.4841218</v>
       </c>
       <c r="F84" s="3"/>
     </row>
     <row r="85" spans="1:6">
       <c r="A85" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B85" s="17" t="s">
         <v>165</v>
       </c>
       <c r="C85" s="17" t="s">
         <v>166</v>
       </c>
       <c r="D85" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E85" s="18">
-        <v>26834.028804</v>
+        <v>26820.0836112</v>
       </c>
       <c r="F85" s="3"/>
     </row>
     <row r="86" spans="1:6">
       <c r="A86" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B86" s="17" t="s">
         <v>167</v>
       </c>
       <c r="C86" s="17" t="s">
         <v>168</v>
       </c>
       <c r="D86" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E86" s="18">
-        <v>6135.040857</v>
+        <v>6131.852579599999</v>
       </c>
       <c r="F86" s="3"/>
     </row>
     <row r="87" spans="1:6">
       <c r="A87" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B87" s="17" t="s">
         <v>169</v>
       </c>
       <c r="C87" s="17" t="s">
         <v>170</v>
       </c>
       <c r="D87" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E87" s="18">
-        <v>7374.637314000001</v>
+        <v>7370.8048392</v>
       </c>
       <c r="F87" s="3"/>
     </row>
     <row r="88" spans="1:6">
       <c r="A88" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B88" s="17" t="s">
         <v>171</v>
       </c>
       <c r="C88" s="17" t="s">
         <v>172</v>
       </c>
       <c r="D88" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E88" s="18">
-        <v>9828.4788195</v>
+        <v>9823.3711246</v>
       </c>
       <c r="F88" s="3"/>
     </row>
     <row r="89" spans="1:6">
       <c r="A89" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B89" s="17" t="s">
         <v>173</v>
       </c>
       <c r="C89" s="17" t="s">
         <v>174</v>
       </c>
       <c r="D89" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E89" s="18">
-        <v>11949.2552685</v>
+        <v>11943.0454418</v>
       </c>
       <c r="F89" s="3"/>
     </row>
     <row r="90" spans="1:6">
       <c r="A90" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B90" s="17" t="s">
         <v>175</v>
       </c>
       <c r="C90" s="17" t="s">
         <v>176</v>
       </c>
       <c r="D90" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E90" s="18">
-        <v>1670.5704015</v>
+        <v>1669.7022342</v>
       </c>
       <c r="F90" s="3"/>
     </row>
     <row r="91" spans="1:6">
       <c r="A91" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B91" s="17" t="s">
         <v>177</v>
       </c>
       <c r="C91" s="17" t="s">
         <v>178</v>
       </c>
       <c r="D91" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E91" s="18">
-        <v>14409.2160795</v>
+        <v>14401.7278526</v>
       </c>
       <c r="F91" s="3"/>
     </row>
     <row r="92" spans="1:6">
       <c r="A92" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B92" s="17" t="s">
         <v>179</v>
       </c>
       <c r="C92" s="17" t="s">
         <v>180</v>
       </c>
       <c r="D92" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E92" s="18">
-        <v>1848.9044475</v>
+        <v>1847.943603</v>
       </c>
       <c r="F92" s="3"/>
     </row>
     <row r="93" spans="1:6">
       <c r="A93" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B93" s="17" t="s">
         <v>181</v>
       </c>
       <c r="C93" s="17" t="s">
         <v>182</v>
       </c>
       <c r="D93" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E93" s="18">
-        <v>17732.8731525</v>
+        <v>17723.657677</v>
       </c>
       <c r="F93" s="3"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <autoFilter ref="A11:E93"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Прайс-лист за 30.10.2025</vt:lpstr>
+      <vt:lpstr>Прайс-лист за 17.12.2025</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft Corporation</Company>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Unknown Creator</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Untitled Spreadsheet</dc:title>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>