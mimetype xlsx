--- v1 (2025-12-17)
+++ v2 (2026-02-04)
@@ -6,96 +6,96 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="-1" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
-    <sheet name="Прайс-лист за 17.12.2025" sheetId="1" r:id="rId4"/>
+    <sheet name="Прайс-лист за 04.02.2026" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист за 17.12.2025'!$A$11:$E$93</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист за 04.02.2026'!$A$11:$E$93</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="183">
   <si>
     <t>ПРАЙС-ЛИСТ</t>
   </si>
   <si>
     <t>ЕДИНЫЙ НОМЕР</t>
   </si>
   <si>
     <t>8-800-555-7057</t>
   </si>
   <si>
     <t>МОСКВА</t>
   </si>
   <si>
     <t>8-495-646-7057</t>
   </si>
   <si>
     <t>Компания "ТопСети"</t>
   </si>
   <si>
     <t>САНКТ-ПЕТЕРБУРГ</t>
   </si>
   <si>
     <t>8-812-645-7058</t>
   </si>
   <si>
     <t>www.topseti.ru</t>
   </si>
   <si>
     <t>sales@topseti.ru</t>
   </si>
   <si>
     <t>Цены действительны на:</t>
   </si>
   <si>
-    <t>17.12.2025</t>
+    <t>04.02.2026</t>
   </si>
   <si>
     <t>Производитель</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Название</t>
   </si>
   <si>
     <t>Группа</t>
   </si>
   <si>
     <t>Цена, руб.</t>
   </si>
   <si>
     <t>Delta</t>
   </si>
   <si>
     <t>Delta DT 12012</t>
   </si>
   <si>
     <t>Delta DT 12012, Аккумулятор герметичный свинцово-кислотный</t>
   </si>
@@ -771,51 +771,51 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="7" numFmtId="0" fillId="2" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="49" fillId="2" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="2" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c3d4ea66e3ce895fc56a5ac80ee51462.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7a7f536bb04eb16ab8dd02323fd47092.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>600075</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>76200</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2447925" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1687,1115 +1687,1115 @@
       <c r="C35" s="17" t="s">
         <v>66</v>
       </c>
       <c r="D35" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E35" s="18">
         <v>418.1</v>
       </c>
       <c r="F35" s="3"/>
     </row>
     <row r="36" spans="1:6">
       <c r="A36" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B36" s="17" t="s">
         <v>67</v>
       </c>
       <c r="C36" s="17" t="s">
         <v>68</v>
       </c>
       <c r="D36" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E36" s="18">
-        <v>553.0724826000001</v>
+        <v>536.0235771</v>
       </c>
       <c r="F36" s="3"/>
     </row>
     <row r="37" spans="1:6">
       <c r="A37" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B37" s="17" t="s">
         <v>69</v>
       </c>
       <c r="C37" s="17" t="s">
         <v>70</v>
       </c>
       <c r="D37" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E37" s="18">
-        <v>543.4614283999999</v>
+        <v>526.7087914</v>
       </c>
       <c r="F37" s="3"/>
     </row>
     <row r="38" spans="1:6">
       <c r="A38" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B38" s="17" t="s">
         <v>71</v>
       </c>
       <c r="C38" s="17" t="s">
         <v>72</v>
       </c>
       <c r="D38" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E38" s="18">
-        <v>702.4806887999999</v>
+        <v>680.8261548</v>
       </c>
       <c r="F38" s="3"/>
     </row>
     <row r="39" spans="1:6">
       <c r="A39" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B39" s="17" t="s">
         <v>73</v>
       </c>
       <c r="C39" s="17" t="s">
         <v>74</v>
       </c>
       <c r="D39" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E39" s="18">
-        <v>791.6013731999999</v>
+        <v>767.1996222</v>
       </c>
       <c r="F39" s="3"/>
     </row>
     <row r="40" spans="1:6">
       <c r="A40" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B40" s="17" t="s">
         <v>75</v>
       </c>
       <c r="C40" s="17" t="s">
         <v>76</v>
       </c>
       <c r="D40" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E40" s="18">
-        <v>866.7423424000001</v>
+        <v>840.0243104000001</v>
       </c>
       <c r="F40" s="3"/>
     </row>
     <row r="41" spans="1:6">
       <c r="A41" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B41" s="17" t="s">
         <v>77</v>
       </c>
       <c r="C41" s="17" t="s">
         <v>78</v>
       </c>
       <c r="D41" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E41" s="18">
-        <v>976.8325996</v>
+        <v>946.7209466</v>
       </c>
       <c r="F41" s="3"/>
     </row>
     <row r="42" spans="1:6">
       <c r="A42" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B42" s="17" t="s">
         <v>79</v>
       </c>
       <c r="C42" s="17" t="s">
         <v>80</v>
       </c>
       <c r="D42" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E42" s="18">
-        <v>1148.0841108</v>
+        <v>1112.6934918</v>
       </c>
       <c r="F42" s="3"/>
     </row>
     <row r="43" spans="1:6">
       <c r="A43" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B43" s="17" t="s">
         <v>81</v>
       </c>
       <c r="C43" s="17" t="s">
         <v>82</v>
       </c>
       <c r="D43" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E43" s="18">
-        <v>1306.229639</v>
+        <v>1265.9640565</v>
       </c>
       <c r="F43" s="3"/>
     </row>
     <row r="44" spans="1:6">
       <c r="A44" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B44" s="17" t="s">
         <v>83</v>
       </c>
       <c r="C44" s="17" t="s">
         <v>84</v>
       </c>
       <c r="D44" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E44" s="18">
-        <v>15899.3048434</v>
+        <v>15409.1959439</v>
       </c>
       <c r="F44" s="3"/>
     </row>
     <row r="45" spans="1:6">
       <c r="A45" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B45" s="17" t="s">
         <v>85</v>
       </c>
       <c r="C45" s="17" t="s">
         <v>86</v>
       </c>
       <c r="D45" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E45" s="18">
-        <v>1851.4385318</v>
+        <v>1794.3664453</v>
       </c>
       <c r="F45" s="3"/>
     </row>
     <row r="46" spans="1:6">
       <c r="A46" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B46" s="17" t="s">
         <v>87</v>
       </c>
       <c r="C46" s="17" t="s">
         <v>88</v>
       </c>
       <c r="D46" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E46" s="18">
-        <v>19375.8852672</v>
+        <v>18778.6079712</v>
       </c>
       <c r="F46" s="3"/>
     </row>
     <row r="47" spans="1:6">
       <c r="A47" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B47" s="17" t="s">
         <v>89</v>
       </c>
       <c r="C47" s="17" t="s">
         <v>90</v>
       </c>
       <c r="D47" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E47" s="18">
-        <v>23900.0705988</v>
+        <v>23163.3316398</v>
       </c>
       <c r="F47" s="3"/>
     </row>
     <row r="48" spans="1:6">
       <c r="A48" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B48" s="17" t="s">
         <v>91</v>
       </c>
       <c r="C48" s="17" t="s">
         <v>92</v>
       </c>
       <c r="D48" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E48" s="18">
-        <v>2706.8223556</v>
+        <v>2623.382372600001</v>
       </c>
       <c r="F48" s="3"/>
     </row>
     <row r="49" spans="1:6">
       <c r="A49" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B49" s="17" t="s">
         <v>93</v>
       </c>
       <c r="C49" s="17" t="s">
         <v>94</v>
       </c>
       <c r="D49" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E49" s="18">
-        <v>27245.5911926</v>
+        <v>26405.7238621</v>
       </c>
       <c r="F49" s="3"/>
     </row>
     <row r="50" spans="1:6">
       <c r="A50" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B50" s="17" t="s">
         <v>95</v>
       </c>
       <c r="C50" s="17" t="s">
         <v>96</v>
       </c>
       <c r="D50" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E50" s="18">
-        <v>32211.0112852</v>
+        <v>31218.0808742</v>
       </c>
       <c r="F50" s="3"/>
     </row>
     <row r="51" spans="1:6">
       <c r="A51" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B51" s="17" t="s">
         <v>97</v>
       </c>
       <c r="C51" s="17" t="s">
         <v>98</v>
       </c>
       <c r="D51" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E51" s="18">
-        <v>35130.1505654</v>
+        <v>34047.2353309</v>
       </c>
       <c r="F51" s="3"/>
     </row>
     <row r="52" spans="1:6">
       <c r="A52" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B52" s="17" t="s">
         <v>99</v>
       </c>
       <c r="C52" s="17" t="s">
         <v>100</v>
       </c>
       <c r="D52" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E52" s="18">
-        <v>4742.6183816</v>
+        <v>4596.4233436</v>
       </c>
       <c r="F52" s="3"/>
     </row>
     <row r="53" spans="1:6">
       <c r="A53" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B53" s="17" t="s">
         <v>101</v>
       </c>
       <c r="C53" s="17" t="s">
         <v>102</v>
       </c>
       <c r="D53" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E53" s="18">
-        <v>6171.1705286</v>
+        <v>5980.9392181</v>
       </c>
       <c r="F53" s="3"/>
     </row>
     <row r="54" spans="1:6">
       <c r="A54" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B54" s="17" t="s">
         <v>103</v>
       </c>
       <c r="C54" s="17" t="s">
         <v>104</v>
       </c>
       <c r="D54" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E54" s="18">
-        <v>7497.496008200001</v>
+        <v>7266.3796447</v>
       </c>
       <c r="F54" s="3"/>
     </row>
     <row r="55" spans="1:6">
       <c r="A55" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B55" s="17" t="s">
         <v>105</v>
       </c>
       <c r="C55" s="17" t="s">
         <v>106</v>
       </c>
       <c r="D55" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E55" s="18">
-        <v>9027.401090400001</v>
+        <v>8749.1241684</v>
       </c>
       <c r="F55" s="3"/>
     </row>
     <row r="56" spans="1:6">
       <c r="A56" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B56" s="17" t="s">
         <v>107</v>
       </c>
       <c r="C56" s="17" t="s">
         <v>108</v>
       </c>
       <c r="D56" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E56" s="18">
-        <v>11957.025157</v>
+        <v>11588.4402095</v>
       </c>
       <c r="F56" s="3"/>
     </row>
     <row r="57" spans="1:6">
       <c r="A57" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B57" s="17" t="s">
         <v>109</v>
       </c>
       <c r="C57" s="17" t="s">
         <v>110</v>
       </c>
       <c r="D57" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E57" s="18">
-        <v>13707.9844858</v>
+        <v>13285.4248043</v>
       </c>
       <c r="F57" s="3"/>
     </row>
     <row r="58" spans="1:6">
       <c r="A58" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B58" s="17" t="s">
         <v>111</v>
       </c>
       <c r="C58" s="17" t="s">
         <v>112</v>
       </c>
       <c r="D58" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E58" s="18">
-        <v>14680.4484244</v>
+        <v>14227.9117574</v>
       </c>
       <c r="F58" s="3"/>
     </row>
     <row r="59" spans="1:6">
       <c r="A59" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B59" s="17" t="s">
         <v>113</v>
       </c>
       <c r="C59" s="17" t="s">
         <v>114</v>
       </c>
       <c r="D59" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E59" s="18">
-        <v>323.280914</v>
+        <v>313.3155190000001</v>
       </c>
       <c r="F59" s="3"/>
     </row>
     <row r="60" spans="1:6">
       <c r="A60" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B60" s="17" t="s">
         <v>115</v>
       </c>
       <c r="C60" s="17" t="s">
         <v>116</v>
       </c>
       <c r="D60" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E60" s="18">
-        <v>461.3306016</v>
+        <v>447.1097136</v>
       </c>
       <c r="F60" s="3"/>
     </row>
     <row r="61" spans="1:6">
       <c r="A61" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B61" s="17" t="s">
         <v>117</v>
       </c>
       <c r="C61" s="17" t="s">
         <v>118</v>
       </c>
       <c r="D61" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E61" s="18">
-        <v>433.3711712</v>
+        <v>420.0121552000001</v>
       </c>
       <c r="F61" s="3"/>
     </row>
     <row r="62" spans="1:6">
       <c r="A62" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B62" s="17" t="s">
         <v>119</v>
       </c>
       <c r="C62" s="17" t="s">
         <v>120</v>
       </c>
       <c r="D62" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E62" s="18">
-        <v>687.6272414</v>
+        <v>666.4305769</v>
       </c>
       <c r="F62" s="3"/>
     </row>
     <row r="63" spans="1:6">
       <c r="A63" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B63" s="17" t="s">
         <v>121</v>
       </c>
       <c r="C63" s="17" t="s">
         <v>122</v>
       </c>
       <c r="D63" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E63" s="18">
-        <v>936.6409184</v>
+        <v>907.7682064000001</v>
       </c>
       <c r="F63" s="3"/>
     </row>
     <row r="64" spans="1:6">
       <c r="A64" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B64" s="17" t="s">
         <v>123</v>
       </c>
       <c r="C64" s="17" t="s">
         <v>124</v>
       </c>
       <c r="D64" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E64" s="18">
-        <v>17372.4173326</v>
+        <v>16836.8985521</v>
       </c>
       <c r="F64" s="3"/>
     </row>
     <row r="65" spans="1:6">
       <c r="A65" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B65" s="17" t="s">
         <v>125</v>
       </c>
       <c r="C65" s="17" t="s">
         <v>126</v>
       </c>
       <c r="D65" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E65" s="18">
-        <v>2327.6225808</v>
+        <v>2255.8717368</v>
       </c>
       <c r="F65" s="3"/>
     </row>
     <row r="66" spans="1:6">
       <c r="A66" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B66" s="17" t="s">
         <v>127</v>
       </c>
       <c r="C66" s="17" t="s">
         <v>128</v>
       </c>
       <c r="D66" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E66" s="18">
-        <v>3240.6727298</v>
+        <v>3140.7763783</v>
       </c>
       <c r="F66" s="3"/>
     </row>
     <row r="67" spans="1:6">
       <c r="A67" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B67" s="17" t="s">
         <v>129</v>
       </c>
       <c r="C67" s="17" t="s">
         <v>130</v>
       </c>
       <c r="D67" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E67" s="18">
-        <v>1231.962402</v>
+        <v>1193.986167</v>
       </c>
       <c r="F67" s="3"/>
     </row>
     <row r="68" spans="1:6">
       <c r="A68" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B68" s="17" t="s">
         <v>131</v>
       </c>
       <c r="C68" s="17" t="s">
         <v>132</v>
       </c>
       <c r="D68" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E68" s="18">
-        <v>1350.7899812</v>
+        <v>1309.1507902</v>
       </c>
       <c r="F68" s="3"/>
     </row>
     <row r="69" spans="1:6">
       <c r="A69" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B69" s="17" t="s">
         <v>133</v>
       </c>
       <c r="C69" s="17" t="s">
         <v>134</v>
       </c>
       <c r="D69" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E69" s="18">
-        <v>5562.1791852</v>
+        <v>5390.7205242</v>
       </c>
       <c r="F69" s="3"/>
     </row>
     <row r="70" spans="1:6">
       <c r="A70" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B70" s="17" t="s">
         <v>135</v>
       </c>
       <c r="C70" s="17" t="s">
         <v>136</v>
       </c>
       <c r="D70" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E70" s="18">
-        <v>1134.1043956</v>
+        <v>1099.1447126</v>
       </c>
       <c r="F70" s="3"/>
     </row>
     <row r="71" spans="1:6">
       <c r="A71" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B71" s="17" t="s">
         <v>137</v>
       </c>
       <c r="C71" s="17" t="s">
         <v>138</v>
       </c>
       <c r="D71" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E71" s="18">
-        <v>1525.5364212</v>
+        <v>1478.5105302</v>
       </c>
       <c r="F71" s="3"/>
     </row>
     <row r="72" spans="1:6">
       <c r="A72" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B72" s="17" t="s">
         <v>139</v>
       </c>
       <c r="C72" s="17" t="s">
         <v>140</v>
       </c>
       <c r="D72" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E72" s="18">
-        <v>1209.2453648</v>
+        <v>1171.9694008</v>
       </c>
       <c r="F72" s="3"/>
     </row>
     <row r="73" spans="1:6">
       <c r="A73" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B73" s="17" t="s">
         <v>141</v>
       </c>
       <c r="C73" s="17" t="s">
         <v>142</v>
       </c>
       <c r="D73" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E73" s="18">
-        <v>8223.5674664</v>
+        <v>7970.0693644</v>
       </c>
       <c r="F73" s="3"/>
     </row>
     <row r="74" spans="1:6">
       <c r="A74" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B74" s="17" t="s">
         <v>143</v>
       </c>
       <c r="C74" s="17" t="s">
         <v>144</v>
       </c>
       <c r="D74" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E74" s="18">
-        <v>1264.2904934</v>
+        <v>1225.3177189</v>
       </c>
       <c r="F74" s="3"/>
     </row>
     <row r="75" spans="1:6">
       <c r="A75" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B75" s="17" t="s">
         <v>145</v>
       </c>
       <c r="C75" s="17" t="s">
         <v>146</v>
       </c>
       <c r="D75" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E75" s="18">
-        <v>2458.6824108</v>
+        <v>2382.8915418</v>
       </c>
       <c r="F75" s="3"/>
     </row>
     <row r="76" spans="1:6">
       <c r="A76" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B76" s="17" t="s">
         <v>147</v>
       </c>
       <c r="C76" s="17" t="s">
         <v>148</v>
       </c>
       <c r="D76" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E76" s="18">
-        <v>12201.670173</v>
+        <v>11825.5438455</v>
       </c>
       <c r="F76" s="3"/>
     </row>
     <row r="77" spans="1:6">
       <c r="A77" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B77" s="17" t="s">
         <v>149</v>
       </c>
       <c r="C77" s="17" t="s">
         <v>150</v>
       </c>
       <c r="D77" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E77" s="18">
-        <v>1271.280351</v>
+        <v>1232.0921085</v>
       </c>
       <c r="F77" s="3"/>
     </row>
     <row r="78" spans="1:6">
       <c r="A78" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B78" s="17" t="s">
         <v>151</v>
       </c>
       <c r="C78" s="17" t="s">
         <v>152</v>
       </c>
       <c r="D78" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E78" s="18">
-        <v>3905.582934</v>
+        <v>3785.190189</v>
       </c>
       <c r="F78" s="3"/>
     </row>
     <row r="79" spans="1:6">
       <c r="A79" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B79" s="17" t="s">
         <v>153</v>
       </c>
       <c r="C79" s="17" t="s">
         <v>154</v>
       </c>
       <c r="D79" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E79" s="18">
-        <v>1667.0810376</v>
+        <v>1615.6919196</v>
       </c>
       <c r="F79" s="3"/>
     </row>
     <row r="80" spans="1:6">
       <c r="A80" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B80" s="17" t="s">
         <v>155</v>
       </c>
       <c r="C80" s="17" t="s">
         <v>156</v>
       </c>
       <c r="D80" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E80" s="18">
-        <v>1131.483199</v>
+        <v>1096.6043165</v>
       </c>
       <c r="F80" s="3"/>
     </row>
     <row r="81" spans="1:6">
       <c r="A81" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B81" s="17" t="s">
         <v>157</v>
       </c>
       <c r="C81" s="17" t="s">
         <v>158</v>
       </c>
       <c r="D81" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E81" s="18">
-        <v>656.1728821999999</v>
+        <v>635.9458237</v>
       </c>
       <c r="F81" s="3"/>
     </row>
     <row r="82" spans="1:6">
       <c r="A82" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B82" s="17" t="s">
         <v>159</v>
       </c>
       <c r="C82" s="17" t="s">
         <v>160</v>
       </c>
       <c r="D82" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E82" s="18">
-        <v>892.9543084000001</v>
+        <v>865.4282714000001</v>
       </c>
       <c r="F82" s="3"/>
     </row>
     <row r="83" spans="1:6">
       <c r="A83" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B83" s="17" t="s">
         <v>161</v>
       </c>
       <c r="C83" s="17" t="s">
         <v>162</v>
       </c>
       <c r="D83" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E83" s="18">
-        <v>19545.389314</v>
+        <v>18942.886919</v>
       </c>
       <c r="F83" s="3"/>
     </row>
     <row r="84" spans="1:6">
       <c r="A84" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B84" s="17" t="s">
         <v>163</v>
       </c>
       <c r="C84" s="17" t="s">
         <v>164</v>
       </c>
       <c r="D84" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E84" s="18">
-        <v>2681.4841218</v>
+        <v>2598.8252103</v>
       </c>
       <c r="F84" s="3"/>
     </row>
     <row r="85" spans="1:6">
       <c r="A85" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B85" s="17" t="s">
         <v>165</v>
       </c>
       <c r="C85" s="17" t="s">
         <v>166</v>
       </c>
       <c r="D85" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E85" s="18">
-        <v>26820.0836112</v>
+        <v>25993.3328952</v>
       </c>
       <c r="F85" s="3"/>
     </row>
     <row r="86" spans="1:6">
       <c r="A86" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B86" s="17" t="s">
         <v>167</v>
       </c>
       <c r="C86" s="17" t="s">
         <v>168</v>
       </c>
       <c r="D86" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E86" s="18">
-        <v>6131.852579599999</v>
+        <v>5942.833276599999</v>
       </c>
       <c r="F86" s="3"/>
     </row>
     <row r="87" spans="1:6">
       <c r="A87" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B87" s="17" t="s">
         <v>169</v>
       </c>
       <c r="C87" s="17" t="s">
         <v>170</v>
       </c>
       <c r="D87" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E87" s="18">
-        <v>7370.8048392</v>
+        <v>7143.593833200001</v>
       </c>
       <c r="F87" s="3"/>
     </row>
     <row r="88" spans="1:6">
       <c r="A88" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B88" s="17" t="s">
         <v>171</v>
       </c>
       <c r="C88" s="17" t="s">
         <v>172</v>
       </c>
       <c r="D88" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E88" s="18">
-        <v>9823.3711246</v>
+        <v>9520.557784100001</v>
       </c>
       <c r="F88" s="3"/>
     </row>
     <row r="89" spans="1:6">
       <c r="A89" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B89" s="17" t="s">
         <v>173</v>
       </c>
       <c r="C89" s="17" t="s">
         <v>174</v>
       </c>
       <c r="D89" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E89" s="18">
-        <v>11943.0454418</v>
+        <v>11574.8914303</v>
       </c>
       <c r="F89" s="3"/>
     </row>
     <row r="90" spans="1:6">
       <c r="A90" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B90" s="17" t="s">
         <v>175</v>
       </c>
       <c r="C90" s="17" t="s">
         <v>176</v>
       </c>
       <c r="D90" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E90" s="18">
-        <v>1669.7022342</v>
+        <v>1618.2323157</v>
       </c>
       <c r="F90" s="3"/>
     </row>
     <row r="91" spans="1:6">
       <c r="A91" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B91" s="17" t="s">
         <v>177</v>
       </c>
       <c r="C91" s="17" t="s">
         <v>178</v>
       </c>
       <c r="D91" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E91" s="18">
-        <v>14401.7278526</v>
+        <v>13957.7829721</v>
       </c>
       <c r="F91" s="3"/>
     </row>
     <row r="92" spans="1:6">
       <c r="A92" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B92" s="17" t="s">
         <v>179</v>
       </c>
       <c r="C92" s="17" t="s">
         <v>180</v>
       </c>
       <c r="D92" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E92" s="18">
-        <v>1847.943603</v>
+        <v>1790.9792505</v>
       </c>
       <c r="F92" s="3"/>
     </row>
     <row r="93" spans="1:6">
       <c r="A93" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B93" s="17" t="s">
         <v>181</v>
       </c>
       <c r="C93" s="17" t="s">
         <v>182</v>
       </c>
       <c r="D93" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E93" s="18">
-        <v>17723.657677</v>
+        <v>17177.3116295</v>
       </c>
       <c r="F93" s="3"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <autoFilter ref="A11:E93"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Прайс-лист за 17.12.2025</vt:lpstr>
+      <vt:lpstr>Прайс-лист за 04.02.2026</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft Corporation</Company>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Unknown Creator</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Untitled Spreadsheet</dc:title>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>