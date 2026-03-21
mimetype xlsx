--- v2 (2026-02-04)
+++ v3 (2026-03-21)
@@ -6,96 +6,96 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="-1" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
-    <sheet name="Прайс-лист за 04.02.2026" sheetId="1" r:id="rId4"/>
+    <sheet name="Прайс-лист за 21.03.2026" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист за 04.02.2026'!$A$11:$E$93</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист за 21.03.2026'!$A$11:$E$93</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="183">
   <si>
     <t>ПРАЙС-ЛИСТ</t>
   </si>
   <si>
     <t>ЕДИНЫЙ НОМЕР</t>
   </si>
   <si>
     <t>8-800-555-7057</t>
   </si>
   <si>
     <t>МОСКВА</t>
   </si>
   <si>
     <t>8-495-646-7057</t>
   </si>
   <si>
     <t>Компания "ТопСети"</t>
   </si>
   <si>
     <t>САНКТ-ПЕТЕРБУРГ</t>
   </si>
   <si>
     <t>8-812-645-7058</t>
   </si>
   <si>
     <t>www.topseti.ru</t>
   </si>
   <si>
     <t>sales@topseti.ru</t>
   </si>
   <si>
     <t>Цены действительны на:</t>
   </si>
   <si>
-    <t>04.02.2026</t>
+    <t>21.03.2026</t>
   </si>
   <si>
     <t>Производитель</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Название</t>
   </si>
   <si>
     <t>Группа</t>
   </si>
   <si>
     <t>Цена, руб.</t>
   </si>
   <si>
     <t>Delta</t>
   </si>
   <si>
     <t>Delta DT 12012</t>
   </si>
   <si>
     <t>Delta DT 12012, Аккумулятор герметичный свинцово-кислотный</t>
   </si>
@@ -771,51 +771,51 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="7" numFmtId="0" fillId="2" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="49" fillId="2" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="2" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7a7f536bb04eb16ab8dd02323fd47092.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a5c8dc6eea64cf3e73b2dd6b61913662.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>600075</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>76200</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2447925" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1687,1115 +1687,1115 @@
       <c r="C35" s="17" t="s">
         <v>66</v>
       </c>
       <c r="D35" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E35" s="18">
         <v>418.1</v>
       </c>
       <c r="F35" s="3"/>
     </row>
     <row r="36" spans="1:6">
       <c r="A36" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B36" s="17" t="s">
         <v>67</v>
       </c>
       <c r="C36" s="17" t="s">
         <v>68</v>
       </c>
       <c r="D36" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E36" s="18">
-        <v>536.0235771</v>
+        <v>584.8794666</v>
       </c>
       <c r="F36" s="3"/>
     </row>
     <row r="37" spans="1:6">
       <c r="A37" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B37" s="17" t="s">
         <v>69</v>
       </c>
       <c r="C37" s="17" t="s">
         <v>70</v>
       </c>
       <c r="D37" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E37" s="18">
-        <v>526.7087914</v>
+        <v>574.7156844</v>
       </c>
       <c r="F37" s="3"/>
     </row>
     <row r="38" spans="1:6">
       <c r="A38" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B38" s="17" t="s">
         <v>71</v>
       </c>
       <c r="C38" s="17" t="s">
         <v>72</v>
       </c>
       <c r="D38" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E38" s="18">
-        <v>680.8261548</v>
+        <v>742.8800808</v>
       </c>
       <c r="F38" s="3"/>
     </row>
     <row r="39" spans="1:6">
       <c r="A39" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B39" s="17" t="s">
         <v>73</v>
       </c>
       <c r="C39" s="17" t="s">
         <v>74</v>
       </c>
       <c r="D39" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E39" s="18">
-        <v>767.1996222</v>
+        <v>837.1260611999999</v>
       </c>
       <c r="F39" s="3"/>
     </row>
     <row r="40" spans="1:6">
       <c r="A40" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B40" s="17" t="s">
         <v>75</v>
       </c>
       <c r="C40" s="17" t="s">
         <v>76</v>
       </c>
       <c r="D40" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E40" s="18">
-        <v>840.0243104000001</v>
+        <v>916.5883584000001</v>
       </c>
       <c r="F40" s="3"/>
     </row>
     <row r="41" spans="1:6">
       <c r="A41" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B41" s="17" t="s">
         <v>77</v>
       </c>
       <c r="C41" s="17" t="s">
         <v>78</v>
       </c>
       <c r="D41" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E41" s="18">
-        <v>946.7209466</v>
+        <v>1033.0098636</v>
       </c>
       <c r="F41" s="3"/>
     </row>
     <row r="42" spans="1:6">
       <c r="A42" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B42" s="17" t="s">
         <v>79</v>
       </c>
       <c r="C42" s="17" t="s">
         <v>80</v>
       </c>
       <c r="D42" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E42" s="18">
-        <v>1112.6934918</v>
+        <v>1214.1099828</v>
       </c>
       <c r="F42" s="3"/>
     </row>
     <row r="43" spans="1:6">
       <c r="A43" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B43" s="17" t="s">
         <v>81</v>
       </c>
       <c r="C43" s="17" t="s">
         <v>82</v>
       </c>
       <c r="D43" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E43" s="18">
-        <v>1265.9640565</v>
+        <v>1381.350399</v>
       </c>
       <c r="F43" s="3"/>
     </row>
     <row r="44" spans="1:6">
       <c r="A44" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B44" s="17" t="s">
         <v>83</v>
       </c>
       <c r="C44" s="17" t="s">
         <v>84</v>
       </c>
       <c r="D44" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E44" s="18">
-        <v>15409.1959439</v>
+        <v>16813.6676994</v>
       </c>
       <c r="F44" s="3"/>
     </row>
     <row r="45" spans="1:6">
       <c r="A45" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B45" s="17" t="s">
         <v>85</v>
       </c>
       <c r="C45" s="17" t="s">
         <v>86</v>
       </c>
       <c r="D45" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E45" s="18">
-        <v>1794.3664453</v>
+        <v>1957.9140438</v>
       </c>
       <c r="F45" s="3"/>
     </row>
     <row r="46" spans="1:6">
       <c r="A46" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B46" s="17" t="s">
         <v>87</v>
       </c>
       <c r="C46" s="17" t="s">
         <v>88</v>
       </c>
       <c r="D46" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E46" s="18">
-        <v>18778.6079712</v>
+        <v>20490.1849152</v>
       </c>
       <c r="F46" s="3"/>
     </row>
     <row r="47" spans="1:6">
       <c r="A47" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B47" s="17" t="s">
         <v>89</v>
       </c>
       <c r="C47" s="17" t="s">
         <v>90</v>
       </c>
       <c r="D47" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E47" s="18">
-        <v>23163.3316398</v>
+        <v>25274.5543908</v>
       </c>
       <c r="F47" s="3"/>
     </row>
     <row r="48" spans="1:6">
       <c r="A48" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B48" s="17" t="s">
         <v>91</v>
       </c>
       <c r="C48" s="17" t="s">
         <v>92</v>
       </c>
       <c r="D48" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E48" s="18">
-        <v>2623.382372600001</v>
+        <v>2862.4906596</v>
       </c>
       <c r="F48" s="3"/>
     </row>
     <row r="49" spans="1:6">
       <c r="A49" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B49" s="17" t="s">
         <v>93</v>
       </c>
       <c r="C49" s="17" t="s">
         <v>94</v>
       </c>
       <c r="D49" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E49" s="18">
-        <v>26405.7238621</v>
+        <v>28812.4745766</v>
       </c>
       <c r="F49" s="3"/>
     </row>
     <row r="50" spans="1:6">
       <c r="A50" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B50" s="17" t="s">
         <v>95</v>
       </c>
       <c r="C50" s="17" t="s">
         <v>96</v>
       </c>
       <c r="D50" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E50" s="18">
-        <v>31218.0808742</v>
+        <v>34063.4540532</v>
       </c>
       <c r="F50" s="3"/>
     </row>
     <row r="51" spans="1:6">
       <c r="A51" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B51" s="17" t="s">
         <v>97</v>
       </c>
       <c r="C51" s="17" t="s">
         <v>98</v>
       </c>
       <c r="D51" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E51" s="18">
-        <v>34047.2353309</v>
+        <v>37150.4719014</v>
       </c>
       <c r="F51" s="3"/>
     </row>
     <row r="52" spans="1:6">
       <c r="A52" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B52" s="17" t="s">
         <v>99</v>
       </c>
       <c r="C52" s="17" t="s">
         <v>100</v>
       </c>
       <c r="D52" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E52" s="18">
-        <v>4596.4233436</v>
+        <v>5015.3645256</v>
       </c>
       <c r="F52" s="3"/>
     </row>
     <row r="53" spans="1:6">
       <c r="A53" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B53" s="17" t="s">
         <v>101</v>
       </c>
       <c r="C53" s="17" t="s">
         <v>102</v>
       </c>
       <c r="D53" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E53" s="18">
-        <v>5980.9392181</v>
+        <v>6526.0721526</v>
       </c>
       <c r="F53" s="3"/>
     </row>
     <row r="54" spans="1:6">
       <c r="A54" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B54" s="17" t="s">
         <v>103</v>
       </c>
       <c r="C54" s="17" t="s">
         <v>104</v>
       </c>
       <c r="D54" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E54" s="18">
-        <v>7266.3796447</v>
+        <v>7928.6740962</v>
       </c>
       <c r="F54" s="3"/>
     </row>
     <row r="55" spans="1:6">
       <c r="A55" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B55" s="17" t="s">
         <v>105</v>
       </c>
       <c r="C55" s="17" t="s">
         <v>106</v>
       </c>
       <c r="D55" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E55" s="18">
-        <v>8749.1241684</v>
+        <v>9546.5634264</v>
       </c>
       <c r="F55" s="3"/>
     </row>
     <row r="56" spans="1:6">
       <c r="A56" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B56" s="17" t="s">
         <v>107</v>
       </c>
       <c r="C56" s="17" t="s">
         <v>108</v>
       </c>
       <c r="D56" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E56" s="18">
-        <v>11588.4402095</v>
+        <v>12644.669037</v>
       </c>
       <c r="F56" s="3"/>
     </row>
     <row r="57" spans="1:6">
       <c r="A57" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B57" s="17" t="s">
         <v>109</v>
       </c>
       <c r="C57" s="17" t="s">
         <v>110</v>
       </c>
       <c r="D57" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E57" s="18">
-        <v>13285.4248043</v>
+        <v>14496.3253578</v>
       </c>
       <c r="F57" s="3"/>
     </row>
     <row r="58" spans="1:6">
       <c r="A58" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B58" s="17" t="s">
         <v>111</v>
       </c>
       <c r="C58" s="17" t="s">
         <v>112</v>
       </c>
       <c r="D58" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E58" s="18">
-        <v>14227.9117574</v>
+        <v>15524.7153204</v>
       </c>
       <c r="F58" s="3"/>
     </row>
     <row r="59" spans="1:6">
       <c r="A59" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B59" s="17" t="s">
         <v>113</v>
       </c>
       <c r="C59" s="17" t="s">
         <v>114</v>
       </c>
       <c r="D59" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E59" s="18">
-        <v>313.3155190000001</v>
+        <v>341.872674</v>
       </c>
       <c r="F59" s="3"/>
     </row>
     <row r="60" spans="1:6">
       <c r="A60" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B60" s="17" t="s">
         <v>115</v>
       </c>
       <c r="C60" s="17" t="s">
         <v>116</v>
       </c>
       <c r="D60" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E60" s="18">
-        <v>447.1097136</v>
+        <v>487.8615455999999</v>
       </c>
       <c r="F60" s="3"/>
     </row>
     <row r="61" spans="1:6">
       <c r="A61" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B61" s="17" t="s">
         <v>117</v>
       </c>
       <c r="C61" s="17" t="s">
         <v>118</v>
       </c>
       <c r="D61" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E61" s="18">
-        <v>420.0121552000001</v>
+        <v>458.2941792</v>
       </c>
       <c r="F61" s="3"/>
     </row>
     <row r="62" spans="1:6">
       <c r="A62" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B62" s="17" t="s">
         <v>119</v>
       </c>
       <c r="C62" s="17" t="s">
         <v>120</v>
       </c>
       <c r="D62" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E62" s="18">
-        <v>666.4305769</v>
+        <v>727.1724174</v>
       </c>
       <c r="F62" s="3"/>
     </row>
     <row r="63" spans="1:6">
       <c r="A63" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B63" s="17" t="s">
         <v>121</v>
       </c>
       <c r="C63" s="17" t="s">
         <v>122</v>
       </c>
       <c r="D63" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E63" s="18">
-        <v>907.7682064000001</v>
+        <v>990.5067743999999</v>
       </c>
       <c r="F63" s="3"/>
     </row>
     <row r="64" spans="1:6">
       <c r="A64" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B64" s="17" t="s">
         <v>123</v>
       </c>
       <c r="C64" s="17" t="s">
         <v>124</v>
       </c>
       <c r="D64" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E64" s="18">
-        <v>16836.8985521</v>
+        <v>18371.4983166</v>
       </c>
       <c r="F64" s="3"/>
     </row>
     <row r="65" spans="1:6">
       <c r="A65" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B65" s="17" t="s">
         <v>125</v>
       </c>
       <c r="C65" s="17" t="s">
         <v>126</v>
       </c>
       <c r="D65" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E65" s="18">
-        <v>2255.8717368</v>
+        <v>2461.4832528</v>
       </c>
       <c r="F65" s="3"/>
     </row>
     <row r="66" spans="1:6">
       <c r="A66" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B66" s="17" t="s">
         <v>127</v>
       </c>
       <c r="C66" s="17" t="s">
         <v>128</v>
       </c>
       <c r="D66" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E66" s="18">
-        <v>3140.7763783</v>
+        <v>3427.0425618</v>
       </c>
       <c r="F66" s="3"/>
     </row>
     <row r="67" spans="1:6">
       <c r="A67" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B67" s="17" t="s">
         <v>129</v>
       </c>
       <c r="C67" s="17" t="s">
         <v>130</v>
       </c>
       <c r="D67" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E67" s="18">
-        <v>1193.986167</v>
+        <v>1302.812082</v>
       </c>
       <c r="F67" s="3"/>
     </row>
     <row r="68" spans="1:6">
       <c r="A68" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B68" s="17" t="s">
         <v>131</v>
       </c>
       <c r="C68" s="17" t="s">
         <v>132</v>
       </c>
       <c r="D68" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E68" s="18">
-        <v>1309.1507902</v>
+        <v>1428.4733892</v>
       </c>
       <c r="F68" s="3"/>
     </row>
     <row r="69" spans="1:6">
       <c r="A69" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B69" s="17" t="s">
         <v>133</v>
       </c>
       <c r="C69" s="17" t="s">
         <v>134</v>
       </c>
       <c r="D69" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E69" s="18">
-        <v>5390.7205242</v>
+        <v>5882.057953199999</v>
       </c>
       <c r="F69" s="3"/>
     </row>
     <row r="70" spans="1:6">
       <c r="A70" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B70" s="17" t="s">
         <v>135</v>
       </c>
       <c r="C70" s="17" t="s">
         <v>136</v>
       </c>
       <c r="D70" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E70" s="18">
-        <v>1099.1447126</v>
+        <v>1199.3262996</v>
       </c>
       <c r="F70" s="3"/>
     </row>
     <row r="71" spans="1:6">
       <c r="A71" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B71" s="17" t="s">
         <v>137</v>
       </c>
       <c r="C71" s="17" t="s">
         <v>138</v>
       </c>
       <c r="D71" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E71" s="18">
-        <v>1478.5105302</v>
+        <v>1613.2694292</v>
       </c>
       <c r="F71" s="3"/>
     </row>
     <row r="72" spans="1:6">
       <c r="A72" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B72" s="17" t="s">
         <v>139</v>
       </c>
       <c r="C72" s="17" t="s">
         <v>140</v>
       </c>
       <c r="D72" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E72" s="18">
-        <v>1171.9694008</v>
+        <v>1278.7885968</v>
       </c>
       <c r="F72" s="3"/>
     </row>
     <row r="73" spans="1:6">
       <c r="A73" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B73" s="17" t="s">
         <v>141</v>
       </c>
       <c r="C73" s="17" t="s">
         <v>142</v>
       </c>
       <c r="D73" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E73" s="18">
-        <v>7970.0693644</v>
+        <v>8696.501642399999</v>
       </c>
       <c r="F73" s="3"/>
     </row>
     <row r="74" spans="1:6">
       <c r="A74" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B74" s="17" t="s">
         <v>143</v>
       </c>
       <c r="C74" s="17" t="s">
         <v>144</v>
       </c>
       <c r="D74" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E74" s="18">
-        <v>1225.3177189</v>
+        <v>1336.9993494</v>
       </c>
       <c r="F74" s="3"/>
     </row>
     <row r="75" spans="1:6">
       <c r="A75" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B75" s="17" t="s">
         <v>145</v>
       </c>
       <c r="C75" s="17" t="s">
         <v>146</v>
       </c>
       <c r="D75" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E75" s="18">
-        <v>2382.8915418</v>
+        <v>2600.0802828</v>
       </c>
       <c r="F75" s="3"/>
     </row>
     <row r="76" spans="1:6">
       <c r="A76" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B76" s="17" t="s">
         <v>147</v>
       </c>
       <c r="C76" s="17" t="s">
         <v>148</v>
       </c>
       <c r="D76" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E76" s="18">
-        <v>11825.5438455</v>
+        <v>12903.383493</v>
       </c>
       <c r="F76" s="3"/>
     </row>
     <row r="77" spans="1:6">
       <c r="A77" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B77" s="17" t="s">
         <v>149</v>
       </c>
       <c r="C77" s="17" t="s">
         <v>150</v>
       </c>
       <c r="D77" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E77" s="18">
-        <v>1232.0921085</v>
+        <v>1344.391191</v>
       </c>
       <c r="F77" s="3"/>
     </row>
     <row r="78" spans="1:6">
       <c r="A78" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B78" s="17" t="s">
         <v>151</v>
       </c>
       <c r="C78" s="17" t="s">
         <v>152</v>
       </c>
       <c r="D78" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E78" s="18">
-        <v>3785.190189</v>
+        <v>4130.191494</v>
       </c>
       <c r="F78" s="3"/>
     </row>
     <row r="79" spans="1:6">
       <c r="A79" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B79" s="17" t="s">
         <v>153</v>
       </c>
       <c r="C79" s="17" t="s">
         <v>154</v>
       </c>
       <c r="D79" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E79" s="18">
-        <v>1615.6919196</v>
+        <v>1762.9542216</v>
       </c>
       <c r="F79" s="3"/>
     </row>
     <row r="80" spans="1:6">
       <c r="A80" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B80" s="17" t="s">
         <v>155</v>
       </c>
       <c r="C80" s="17" t="s">
         <v>156</v>
       </c>
       <c r="D80" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E80" s="18">
-        <v>1096.6043165</v>
+        <v>1196.554359</v>
       </c>
       <c r="F80" s="3"/>
     </row>
     <row r="81" spans="1:6">
       <c r="A81" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B81" s="17" t="s">
         <v>157</v>
       </c>
       <c r="C81" s="17" t="s">
         <v>158</v>
       </c>
       <c r="D81" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E81" s="18">
-        <v>635.9458237</v>
+        <v>693.9091301999999</v>
       </c>
       <c r="F81" s="3"/>
     </row>
     <row r="82" spans="1:6">
       <c r="A82" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B82" s="17" t="s">
         <v>159</v>
       </c>
       <c r="C82" s="17" t="s">
         <v>160</v>
       </c>
       <c r="D82" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E82" s="18">
-        <v>865.4282714000001</v>
+        <v>944.3077644</v>
       </c>
       <c r="F82" s="3"/>
     </row>
     <row r="83" spans="1:6">
       <c r="A83" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B83" s="17" t="s">
         <v>161</v>
       </c>
       <c r="C83" s="17" t="s">
         <v>162</v>
       </c>
       <c r="D83" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E83" s="18">
-        <v>18942.886919</v>
+        <v>20669.437074</v>
       </c>
       <c r="F83" s="3"/>
     </row>
     <row r="84" spans="1:6">
       <c r="A84" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B84" s="17" t="s">
         <v>163</v>
       </c>
       <c r="C84" s="17" t="s">
         <v>164</v>
       </c>
       <c r="D84" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E84" s="18">
-        <v>2598.8252103</v>
+        <v>2835.6952338</v>
       </c>
       <c r="F84" s="3"/>
     </row>
     <row r="85" spans="1:6">
       <c r="A85" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B85" s="17" t="s">
         <v>165</v>
       </c>
       <c r="C85" s="17" t="s">
         <v>166</v>
       </c>
       <c r="D85" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E85" s="18">
-        <v>25993.3328952</v>
+        <v>28362.4962192</v>
       </c>
       <c r="F85" s="3"/>
     </row>
     <row r="86" spans="1:6">
       <c r="A86" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B86" s="17" t="s">
         <v>167</v>
       </c>
       <c r="C86" s="17" t="s">
         <v>168</v>
       </c>
       <c r="D86" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E86" s="18">
-        <v>5942.833276599999</v>
+        <v>6484.4930436</v>
       </c>
       <c r="F86" s="3"/>
     </row>
     <row r="87" spans="1:6">
       <c r="A87" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B87" s="17" t="s">
         <v>169</v>
       </c>
       <c r="C87" s="17" t="s">
         <v>170</v>
       </c>
       <c r="D87" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E87" s="18">
-        <v>7143.593833200001</v>
+        <v>7794.6969672</v>
       </c>
       <c r="F87" s="3"/>
     </row>
     <row r="88" spans="1:6">
       <c r="A88" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B88" s="17" t="s">
         <v>171</v>
       </c>
       <c r="C88" s="17" t="s">
         <v>172</v>
       </c>
       <c r="D88" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E88" s="18">
-        <v>9520.557784100001</v>
+        <v>10388.3093886</v>
       </c>
       <c r="F88" s="3"/>
     </row>
     <row r="89" spans="1:6">
       <c r="A89" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B89" s="17" t="s">
         <v>173</v>
       </c>
       <c r="C89" s="17" t="s">
         <v>174</v>
       </c>
       <c r="D89" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E89" s="18">
-        <v>11574.8914303</v>
+        <v>12629.8853538</v>
       </c>
       <c r="F89" s="3"/>
     </row>
     <row r="90" spans="1:6">
       <c r="A90" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B90" s="17" t="s">
         <v>175</v>
       </c>
       <c r="C90" s="17" t="s">
         <v>176</v>
       </c>
       <c r="D90" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E90" s="18">
-        <v>1618.2323157</v>
+        <v>1765.7261622</v>
       </c>
       <c r="F90" s="3"/>
     </row>
     <row r="91" spans="1:6">
       <c r="A91" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B91" s="17" t="s">
         <v>177</v>
       </c>
       <c r="C91" s="17" t="s">
         <v>178</v>
       </c>
       <c r="D91" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E91" s="18">
-        <v>13957.7829721</v>
+        <v>15229.9656366</v>
       </c>
       <c r="F91" s="3"/>
     </row>
     <row r="92" spans="1:6">
       <c r="A92" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B92" s="17" t="s">
         <v>179</v>
       </c>
       <c r="C92" s="17" t="s">
         <v>180</v>
       </c>
       <c r="D92" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E92" s="18">
-        <v>1790.9792505</v>
+        <v>1954.218123</v>
       </c>
       <c r="F92" s="3"/>
     </row>
     <row r="93" spans="1:6">
       <c r="A93" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B93" s="17" t="s">
         <v>181</v>
       </c>
       <c r="C93" s="17" t="s">
         <v>182</v>
       </c>
       <c r="D93" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E93" s="18">
-        <v>17177.3116295</v>
+        <v>18742.938357</v>
       </c>
       <c r="F93" s="3"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <autoFilter ref="A11:E93"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Прайс-лист за 04.02.2026</vt:lpstr>
+      <vt:lpstr>Прайс-лист за 21.03.2026</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft Corporation</Company>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Unknown Creator</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Untitled Spreadsheet</dc:title>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>