--- v0 (2025-10-30)
+++ v1 (2026-02-04)
@@ -6,96 +6,96 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="-1" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
-    <sheet name="Прайс-лист за 30.10.2025" sheetId="1" r:id="rId4"/>
+    <sheet name="Прайс-лист за 04.02.2026" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист за 30.10.2025'!$A$11:$E$28</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист за 04.02.2026'!$A$11:$E$28</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
   <si>
     <t>ПРАЙС-ЛИСТ</t>
   </si>
   <si>
     <t>ЕДИНЫЙ НОМЕР</t>
   </si>
   <si>
     <t>8-800-555-7057</t>
   </si>
   <si>
     <t>МОСКВА</t>
   </si>
   <si>
     <t>8-495-646-7057</t>
   </si>
   <si>
     <t>Компания "ТопСети"</t>
   </si>
   <si>
     <t>САНКТ-ПЕТЕРБУРГ</t>
   </si>
   <si>
     <t>8-812-645-7058</t>
   </si>
   <si>
     <t>www.topseti.ru</t>
   </si>
   <si>
     <t>sales@topseti.ru</t>
   </si>
   <si>
     <t>Цены действительны на:</t>
   </si>
   <si>
-    <t>30.10.2025</t>
+    <t>04.02.2026</t>
   </si>
   <si>
     <t>Производитель</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Название</t>
   </si>
   <si>
     <t>Группа</t>
   </si>
   <si>
     <t>Цена, руб.</t>
   </si>
   <si>
     <t>Dell</t>
   </si>
   <si>
     <t>2007-3814</t>
   </si>
   <si>
     <t>LCD монитор 20.1 Dell 2007FP 1600x1200, 16мс, TCO'099, черно-серебр. (D-Sub, DVI, RCA, S-Video, USB Hub)</t>
   </si>
@@ -357,51 +357,51 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="7" numFmtId="0" fillId="2" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="49" fillId="2" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="2" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45a05f684f18ac1eb561618f459305c72.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48519c746c3cc56102cf3da84521a3682.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>600075</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>76200</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2447925" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1168,50 +1168,50 @@
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Прайс-лист за 30.10.2025</vt:lpstr>
+      <vt:lpstr>Прайс-лист за 04.02.2026</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft Corporation</Company>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Unknown Creator</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Untitled Spreadsheet</dc:title>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>