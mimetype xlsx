--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -6,195 +6,195 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="-1" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
-    <sheet name="Прайс-лист за 04.02.2026" sheetId="1" r:id="rId4"/>
+    <sheet name="Прайс-лист за 21.03.2026" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист за 04.02.2026'!$A$11:$E$28</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист за 21.03.2026'!$A$11:$E$28</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
   <si>
     <t>ПРАЙС-ЛИСТ</t>
   </si>
   <si>
     <t>ЕДИНЫЙ НОМЕР</t>
   </si>
   <si>
     <t>8-800-555-7057</t>
   </si>
   <si>
     <t>МОСКВА</t>
   </si>
   <si>
     <t>8-495-646-7057</t>
   </si>
   <si>
     <t>Компания "ТопСети"</t>
   </si>
   <si>
     <t>САНКТ-ПЕТЕРБУРГ</t>
   </si>
   <si>
     <t>8-812-645-7058</t>
   </si>
   <si>
     <t>www.topseti.ru</t>
   </si>
   <si>
     <t>sales@topseti.ru</t>
   </si>
   <si>
     <t>Цены действительны на:</t>
   </si>
   <si>
-    <t>04.02.2026</t>
+    <t>21.03.2026</t>
   </si>
   <si>
     <t>Производитель</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Название</t>
   </si>
   <si>
     <t>Группа</t>
   </si>
   <si>
     <t>Цена, руб.</t>
   </si>
   <si>
     <t>Dell</t>
   </si>
   <si>
+    <t>Ноутбук Dell Inspiron N5010 124584 (Core i3 370M-2.40ГГц, 2048МБ, 250ГБ, GMAHD, DVD±RW, LAN, WiFi, BT, WebCam, 15.6 WXGA, W'7 HB 64bit), красный"</t>
+  </si>
+  <si>
+    <t>Мобильные рабочие станции</t>
+  </si>
+  <si>
+    <t>210-30490-002</t>
+  </si>
+  <si>
+    <t>Ноутбук Dell Adamo XPS (P02S) Intel C2D ULV SU9400(1.40GHz,3MB)/ /4GB /128 GB SSD+External USB 500GB /802.11/BT/2.0 WCam /6cell/WIN7HP/1y CIS</t>
+  </si>
+  <si>
+    <t>210-33419-001</t>
+  </si>
+  <si>
+    <t>Ноутбук Dell Inspiron N7010 596338 (Core i3 380M-2.53ГГц, 3072МБ, 320ГБ, HD5470, DVD±RW, LAN, WiFi, BT, WebCam, 17.3 HD+, W'7 HB 64bit)</t>
+  </si>
+  <si>
+    <t>210-34632-001</t>
+  </si>
+  <si>
+    <t>Ноутбук Dell Inspiron N5010 210-34632-001 (Core i5 480M-2.66ГГц, 4096МБ, 500ГБ, HD5650, DVD±RW, LAN, WiFi, BT, WebCam, 15.6 WXGA, W'7 HP 64bit), черный"</t>
+  </si>
+  <si>
+    <t>210-34632-002</t>
+  </si>
+  <si>
+    <t>Ноутбук Dell Inspiron N5010 210-34632-002 (Core i5 480M-2.66ГГц, 4096МБ, 500ГБ, HD5650, DVD±RW, LAN, WiFi, BT, WebCam, 15.6 WXGA, W'7 HP 64bit), красный"</t>
+  </si>
+  <si>
+    <t>210-34650-001</t>
+  </si>
+  <si>
+    <t>Ноутбук Dell Inspiron N7010 210-34650-001 (Core i5 480M-2.66ГГц, 4096МБ, 500ГБ, HD5470, DVD±RW, LAN, WiFi, BT, WebCam, 17.3 HD+, W'7 HP 64bit), черный"</t>
+  </si>
+  <si>
+    <t>210-34650-003</t>
+  </si>
+  <si>
+    <t>Ноутбук Dell Inspiron N7010 210-34650-003 (Core i5 480M-2.66ГГц, 4096МБ, 500ГБ, HD5470, DVD±RW, LAN, WiFi, BT, WebCam, 17.3 HD+, W'7 HP 64bit), синий"</t>
+  </si>
+  <si>
+    <t>Ноутбук Dell Inspiron N7010 598995 (Core i3 380M-2.53ГГц, 4096МБ, 500ГБ, HD5470, DVD±RW, LAN, WiFi, BT, WebCam, 17.3 HD+, W'7 HB 64bit), черный"</t>
+  </si>
+  <si>
+    <t>Ноутбук Dell Inspiron N7010 598996 (Core i3 380M-2.53ГГц, 4096МБ, 500ГБ, HD5470, DVD±RW, LAN, WiFi, BT, WebCam, 17.3 HD+, W'7 HB 64bit), синий"</t>
+  </si>
+  <si>
+    <t>Ноутбук Dell Inspiron N7010 598997 (Core i3 380M-2.53ГГц, 4096МБ, 500ГБ, HD5470, DVD±RW, LAN, WiFi, BT, WebCam, 17.3 HD+, W'7 HB 64bit), красный"</t>
+  </si>
+  <si>
+    <t>Ноутбук Dell Inspiron N5010 598998 (Core i3 380M-2.53ГГц, 3072МБ, 250ГБ, HD5470, DVD±RW, LAN, WiFi, BT, WebCam, 15.6 WXGA, Linux)</t>
+  </si>
+  <si>
+    <t>Ноутбук Dell Inspiron N5110 605945 (Core i3 2310M-2.10ГГц, 3072МБ, 320ГБ, GFGT525M, DVD±RW, LAN, WiFi, BT, WebCam, 15.6 WXGA, W'7 HB 64bit)</t>
+  </si>
+  <si>
+    <t>Ноутбук Dell Inspiron N5110 605946 (Core i5 2410M-2.30ГГц, 4096МБ, 500ГБ, GFGT525M, DVD±RW, LAN, WiFi, BT, WebCam, 15.6 WXGA, W'7 HB 64bit)</t>
+  </si>
+  <si>
+    <t>Ноутбук Dell Inspiron 1545 84920 (Pentium DC T4400-2.20ГГц, 3072МБ, 250ГБ, HD4330, DVD±RW, LAN, WiFi, BT, WebCam 15.6 WXGA, W'7 HB 64bit), синий"</t>
+  </si>
+  <si>
+    <t>Ноутбук Dell Inspiron 1545 84921 (Pentium DC T4400-2.20ГГц, 3072МБ, 250ГБ, HD4330, DVD±RW, LAN, WiFi, BT, WebCam 15.6 WXGA, W'7 HB 64bit), красный"</t>
+  </si>
+  <si>
     <t>2007-3814</t>
   </si>
   <si>
     <t>LCD монитор 20.1 Dell 2007FP 1600x1200, 16мс, TCO'099, черно-серебр. (D-Sub, DVI, RCA, S-Video, USB Hub)</t>
   </si>
   <si>
     <t>Мониторы</t>
   </si>
   <si>
     <t>3011-6488</t>
   </si>
   <si>
     <t>LCD монитор 30.0 Dell U3011 2560x1600, 7мс (GtG), черный (D-Sub, DVI, HDMI, DP, RCA, USB Hub, CR)</t>
-  </si>
-[...64 lines deleted...]
-    <t>Ноутбук Dell Inspiron 1545 84921 (Pentium DC T4400-2.20ГГц, 3072МБ, 250ГБ, HD4330, DVD±RW, LAN, WiFi, BT, WebCam 15.6 WXGA, W'7 HB 64bit), красный"</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00&quot;р.&quot;"/>
   </numFmts>
   <fonts count="8">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -357,51 +357,51 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="7" numFmtId="0" fillId="2" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="49" fillId="2" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="2" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48519c746c3cc56102cf3da84521a3682.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90201b2dd32a887170f1864978eb93c42.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>600075</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>76200</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2447925" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -831,387 +831,387 @@
       <c r="E10" s="3"/>
       <c r="F10" s="3"/>
     </row>
     <row r="11" spans="1:6" customHeight="1" ht="30">
       <c r="A11" s="15" t="s">
         <v>12</v>
       </c>
       <c r="B11" s="15" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>14</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>15</v>
       </c>
       <c r="E11" s="15" t="s">
         <v>16</v>
       </c>
       <c r="F11" s="16"/>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" s="17" t="s">
         <v>17</v>
       </c>
-      <c r="B12" s="17" t="s">
+      <c r="B12" s="17">
+        <v>124584</v>
+      </c>
+      <c r="C12" s="17" t="s">
         <v>18</v>
       </c>
-      <c r="C12" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D12" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E12" s="18">
         <v>0</v>
       </c>
       <c r="F12" s="3"/>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B13" s="17" t="s">
+        <v>20</v>
+      </c>
+      <c r="C13" s="17" t="s">
         <v>21</v>
       </c>
-      <c r="C13" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D13" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E13" s="18">
         <v>0</v>
       </c>
       <c r="F13" s="3"/>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="17" t="s">
         <v>17</v>
       </c>
-      <c r="B14" s="17">
-        <v>124584</v>
+      <c r="B14" s="17" t="s">
+        <v>22</v>
       </c>
       <c r="C14" s="17" t="s">
         <v>23</v>
       </c>
       <c r="D14" s="17" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="E14" s="18">
         <v>0</v>
       </c>
       <c r="F14" s="3"/>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B15" s="17" t="s">
+        <v>24</v>
+      </c>
+      <c r="C15" s="17" t="s">
         <v>25</v>
       </c>
-      <c r="C15" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D15" s="17" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="E15" s="18">
         <v>0</v>
       </c>
       <c r="F15" s="3"/>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B16" s="17" t="s">
+        <v>26</v>
+      </c>
+      <c r="C16" s="17" t="s">
         <v>27</v>
       </c>
-      <c r="C16" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D16" s="17" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="E16" s="18">
         <v>0</v>
       </c>
       <c r="F16" s="3"/>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B17" s="17" t="s">
+        <v>28</v>
+      </c>
+      <c r="C17" s="17" t="s">
         <v>29</v>
       </c>
-      <c r="C17" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D17" s="17" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="E17" s="18">
         <v>0</v>
       </c>
       <c r="F17" s="3"/>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B18" s="17" t="s">
+        <v>30</v>
+      </c>
+      <c r="C18" s="17" t="s">
         <v>31</v>
       </c>
-      <c r="C18" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D18" s="17" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="E18" s="18">
         <v>0</v>
       </c>
       <c r="F18" s="3"/>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" s="17" t="s">
         <v>17</v>
       </c>
-      <c r="B19" s="17" t="s">
-        <v>33</v>
+      <c r="B19" s="17">
+        <v>598995</v>
       </c>
       <c r="C19" s="17" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="D19" s="17" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="E19" s="18">
         <v>0</v>
       </c>
       <c r="F19" s="3"/>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="17" t="s">
         <v>17</v>
       </c>
-      <c r="B20" s="17" t="s">
-        <v>35</v>
+      <c r="B20" s="17">
+        <v>598996</v>
       </c>
       <c r="C20" s="17" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="D20" s="17" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="E20" s="18">
         <v>0</v>
       </c>
       <c r="F20" s="3"/>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B21" s="17">
-        <v>598995</v>
+        <v>598997</v>
       </c>
       <c r="C21" s="17" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="D21" s="17" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="E21" s="18">
         <v>0</v>
       </c>
       <c r="F21" s="3"/>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B22" s="17">
-        <v>598996</v>
+        <v>598998</v>
       </c>
       <c r="C22" s="17" t="s">
-        <v>38</v>
+        <v>35</v>
       </c>
       <c r="D22" s="17" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="E22" s="18">
         <v>0</v>
       </c>
       <c r="F22" s="3"/>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B23" s="17">
-        <v>598997</v>
+        <v>605945</v>
       </c>
       <c r="C23" s="17" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="D23" s="17" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="E23" s="18">
         <v>0</v>
       </c>
       <c r="F23" s="3"/>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B24" s="17">
-        <v>598998</v>
+        <v>605946</v>
       </c>
       <c r="C24" s="17" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="D24" s="17" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="E24" s="18">
         <v>0</v>
       </c>
       <c r="F24" s="3"/>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B25" s="17">
-        <v>605945</v>
+        <v>84920</v>
       </c>
       <c r="C25" s="17" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="D25" s="17" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="E25" s="18">
         <v>0</v>
       </c>
       <c r="F25" s="3"/>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B26" s="17">
-        <v>605946</v>
+        <v>84921</v>
       </c>
       <c r="C26" s="17" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="D26" s="17" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="E26" s="18">
         <v>0</v>
       </c>
       <c r="F26" s="3"/>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" s="17" t="s">
         <v>17</v>
       </c>
-      <c r="B27" s="17">
-        <v>84920</v>
+      <c r="B27" s="17" t="s">
+        <v>40</v>
       </c>
       <c r="C27" s="17" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="D27" s="17" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="E27" s="18">
         <v>0</v>
       </c>
       <c r="F27" s="3"/>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" s="17" t="s">
         <v>17</v>
       </c>
-      <c r="B28" s="17">
-        <v>84921</v>
+      <c r="B28" s="17" t="s">
+        <v>43</v>
       </c>
       <c r="C28" s="17" t="s">
         <v>44</v>
       </c>
       <c r="D28" s="17" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="E28" s="18">
         <v>0</v>
       </c>
       <c r="F28" s="3"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <autoFilter ref="A11:E28"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Прайс-лист за 04.02.2026</vt:lpstr>
+      <vt:lpstr>Прайс-лист за 21.03.2026</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft Corporation</Company>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Unknown Creator</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Untitled Spreadsheet</dc:title>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>