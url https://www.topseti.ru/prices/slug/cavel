--- v0 (2025-10-30)
+++ v1 (2025-12-17)
@@ -6,96 +6,96 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="-1" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
-    <sheet name="Прайс-лист за 30.10.2025" sheetId="1" r:id="rId4"/>
+    <sheet name="Прайс-лист за 17.12.2025" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист за 30.10.2025'!$A$11:$E$56</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист за 17.12.2025'!$A$11:$E$56</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="110">
   <si>
     <t>ПРАЙС-ЛИСТ</t>
   </si>
   <si>
     <t>ЕДИНЫЙ НОМЕР</t>
   </si>
   <si>
     <t>8-800-555-7057</t>
   </si>
   <si>
     <t>МОСКВА</t>
   </si>
   <si>
     <t>8-495-646-7057</t>
   </si>
   <si>
     <t>Компания "ТопСети"</t>
   </si>
   <si>
     <t>САНКТ-ПЕТЕРБУРГ</t>
   </si>
   <si>
     <t>8-812-645-7058</t>
   </si>
   <si>
     <t>www.topseti.ru</t>
   </si>
   <si>
     <t>sales@topseti.ru</t>
   </si>
   <si>
     <t>Цены действительны на:</t>
   </si>
   <si>
-    <t>30.10.2025</t>
+    <t>17.12.2025</t>
   </si>
   <si>
     <t>Производитель</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Название</t>
   </si>
   <si>
     <t>Группа</t>
   </si>
   <si>
     <t>Цена, руб.</t>
   </si>
   <si>
     <t>Cavel</t>
   </si>
   <si>
     <t>17/73 AP</t>
   </si>
   <si>
     <t>Кабель коаксиальный CAVEL 17/73 AP с тросом</t>
   </si>
@@ -552,51 +552,51 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="7" numFmtId="0" fillId="2" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="49" fillId="2" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="2" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f3af4d4ccccf4003a532d80795a700e2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd25c074fb4d4eb9a659e549dd739ffa2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>600075</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>76200</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2447925" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1036,825 +1036,825 @@
       <c r="C11" s="15" t="s">
         <v>14</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>15</v>
       </c>
       <c r="E11" s="15" t="s">
         <v>16</v>
       </c>
       <c r="F11" s="16"/>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B12" s="17" t="s">
         <v>18</v>
       </c>
       <c r="C12" s="17" t="s">
         <v>19</v>
       </c>
       <c r="D12" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E12" s="18">
-        <v>228.083205</v>
+        <v>227.964674</v>
       </c>
       <c r="F12" s="3"/>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B13" s="17" t="s">
         <v>21</v>
       </c>
       <c r="C13" s="17" t="s">
         <v>22</v>
       </c>
       <c r="D13" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E13" s="18">
-        <v>175.632015</v>
+        <v>175.540742</v>
       </c>
       <c r="F13" s="3"/>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B14" s="17" t="s">
         <v>23</v>
       </c>
       <c r="C14" s="17" t="s">
         <v>24</v>
       </c>
       <c r="D14" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E14" s="18">
-        <v>278.15025</v>
+        <v>278.0057</v>
       </c>
       <c r="F14" s="3"/>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B15" s="17" t="s">
         <v>25</v>
       </c>
       <c r="C15" s="17" t="s">
         <v>26</v>
       </c>
       <c r="D15" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E15" s="18">
-        <v>244.77222</v>
+        <v>244.645016</v>
       </c>
       <c r="F15" s="3"/>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B16" s="17" t="s">
         <v>27</v>
       </c>
       <c r="C16" s="17" t="s">
         <v>28</v>
       </c>
       <c r="D16" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E16" s="18">
-        <v>329.806725</v>
+        <v>329.63533</v>
       </c>
       <c r="F16" s="3"/>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B17" s="17" t="s">
         <v>29</v>
       </c>
       <c r="C17" s="17" t="s">
         <v>30</v>
       </c>
       <c r="D17" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E17" s="18">
-        <v>308.34942</v>
+        <v>308.189176</v>
       </c>
       <c r="F17" s="3"/>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B18" s="17" t="s">
         <v>31</v>
       </c>
       <c r="C18" s="17" t="s">
         <v>32</v>
       </c>
       <c r="D18" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E18" s="18">
-        <v>547.558635</v>
+        <v>547.2740779999999</v>
       </c>
       <c r="F18" s="3"/>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B19" s="17" t="s">
         <v>33</v>
       </c>
       <c r="C19" s="17" t="s">
         <v>34</v>
       </c>
       <c r="D19" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E19" s="18">
-        <v>509.412315</v>
+        <v>509.147582</v>
       </c>
       <c r="F19" s="3"/>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B20" s="17" t="s">
         <v>35</v>
       </c>
       <c r="C20" s="17" t="s">
         <v>36</v>
       </c>
       <c r="D20" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E20" s="18">
-        <v>148.611705</v>
+        <v>148.534474</v>
       </c>
       <c r="F20" s="3"/>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B21" s="17" t="s">
         <v>37</v>
       </c>
       <c r="C21" s="17" t="s">
         <v>38</v>
       </c>
       <c r="D21" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E21" s="18">
-        <v>192.32103</v>
+        <v>192.221084</v>
       </c>
       <c r="F21" s="3"/>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B22" s="17" t="s">
         <v>39</v>
       </c>
       <c r="C22" s="17" t="s">
         <v>40</v>
       </c>
       <c r="D22" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E22" s="18">
-        <v>50.06704500000001</v>
+        <v>50.041026</v>
       </c>
       <c r="F22" s="3"/>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B23" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C23" s="17" t="s">
         <v>42</v>
       </c>
       <c r="D23" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E23" s="18">
-        <v>83.445075</v>
+        <v>83.40171000000001</v>
       </c>
       <c r="F23" s="3"/>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B24" s="17" t="s">
         <v>43</v>
       </c>
       <c r="C24" s="17" t="s">
         <v>44</v>
       </c>
       <c r="D24" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E24" s="18">
-        <v>102.518235</v>
+        <v>102.464958</v>
       </c>
       <c r="F24" s="3"/>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B25" s="17" t="s">
         <v>45</v>
       </c>
       <c r="C25" s="17" t="s">
         <v>46</v>
       </c>
       <c r="D25" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E25" s="18">
-        <v>116.823105</v>
+        <v>116.762394</v>
       </c>
       <c r="F25" s="3"/>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B26" s="17" t="s">
         <v>47</v>
       </c>
       <c r="C26" s="17" t="s">
         <v>48</v>
       </c>
       <c r="D26" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E26" s="18">
-        <v>108.875955</v>
+        <v>108.819374</v>
       </c>
       <c r="F26" s="3"/>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B27" s="17" t="s">
         <v>49</v>
       </c>
       <c r="C27" s="17" t="s">
         <v>50</v>
       </c>
       <c r="D27" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E27" s="18">
-        <v>184.37388</v>
+        <v>184.278064</v>
       </c>
       <c r="F27" s="3"/>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B28" s="17" t="s">
         <v>51</v>
       </c>
       <c r="C28" s="17" t="s">
         <v>52</v>
       </c>
       <c r="D28" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E28" s="18">
-        <v>65.96134500000001</v>
+        <v>65.927066</v>
       </c>
       <c r="F28" s="3"/>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B29" s="17" t="s">
         <v>53</v>
       </c>
       <c r="C29" s="17" t="s">
         <v>54</v>
       </c>
       <c r="D29" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E29" s="18">
-        <v>134.306835</v>
+        <v>134.237038</v>
       </c>
       <c r="F29" s="3"/>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B30" s="17" t="s">
         <v>55</v>
       </c>
       <c r="C30" s="17" t="s">
         <v>56</v>
       </c>
       <c r="D30" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E30" s="18">
-        <v>500.67045</v>
+        <v>500.41026</v>
       </c>
       <c r="F30" s="3"/>
     </row>
     <row r="31" spans="1:6">
       <c r="A31" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B31" s="17" t="s">
         <v>57</v>
       </c>
       <c r="C31" s="17" t="s">
         <v>58</v>
       </c>
       <c r="D31" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E31" s="18">
-        <v>823.32474</v>
+        <v>822.8968719999999</v>
       </c>
       <c r="F31" s="3"/>
     </row>
     <row r="32" spans="1:6">
       <c r="A32" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B32" s="17" t="s">
         <v>59</v>
       </c>
       <c r="C32" s="17" t="s">
         <v>60</v>
       </c>
       <c r="D32" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E32" s="18">
-        <v>181.989735</v>
+        <v>181.895158</v>
       </c>
       <c r="F32" s="3"/>
     </row>
     <row r="33" spans="1:6">
       <c r="A33" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B33" s="17" t="s">
         <v>61</v>
       </c>
       <c r="C33" s="17" t="s">
         <v>62</v>
       </c>
       <c r="D33" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E33" s="18">
-        <v>272.5872450000001</v>
+        <v>272.445586</v>
       </c>
       <c r="F33" s="3"/>
     </row>
     <row r="34" spans="1:6">
       <c r="A34" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B34" s="17" t="s">
         <v>63</v>
       </c>
       <c r="C34" s="17" t="s">
         <v>64</v>
       </c>
       <c r="D34" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E34" s="18">
-        <v>95.36580000000001</v>
+        <v>95.31623999999999</v>
       </c>
       <c r="F34" s="3"/>
     </row>
     <row r="35" spans="1:6">
       <c r="A35" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B35" s="17" t="s">
         <v>65</v>
       </c>
       <c r="C35" s="17" t="s">
         <v>66</v>
       </c>
       <c r="D35" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E35" s="18">
-        <v>95.36580000000001</v>
+        <v>95.31623999999999</v>
       </c>
       <c r="F35" s="3"/>
     </row>
     <row r="36" spans="1:6">
       <c r="A36" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B36" s="17" t="s">
         <v>67</v>
       </c>
       <c r="C36" s="17" t="s">
         <v>68</v>
       </c>
       <c r="D36" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E36" s="18">
-        <v>57.21948</v>
+        <v>57.189744</v>
       </c>
       <c r="F36" s="3"/>
     </row>
     <row r="37" spans="1:6">
       <c r="A37" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B37" s="17" t="s">
         <v>69</v>
       </c>
       <c r="C37" s="17" t="s">
         <v>70</v>
       </c>
       <c r="D37" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E37" s="18">
-        <v>170.06901</v>
+        <v>169.980628</v>
       </c>
       <c r="F37" s="3"/>
     </row>
     <row r="38" spans="1:6">
       <c r="A38" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B38" s="17" t="s">
         <v>71</v>
       </c>
       <c r="C38" s="17" t="s">
         <v>72</v>
       </c>
       <c r="D38" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E38" s="18">
-        <v>57.21948</v>
+        <v>57.189744</v>
       </c>
       <c r="F38" s="3"/>
     </row>
     <row r="39" spans="1:6">
       <c r="A39" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B39" s="17" t="s">
         <v>73</v>
       </c>
       <c r="C39" s="17" t="s">
         <v>74</v>
       </c>
       <c r="D39" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E39" s="18">
-        <v>54.04062000000001</v>
+        <v>54.012536</v>
       </c>
       <c r="F39" s="3"/>
     </row>
     <row r="40" spans="1:6">
       <c r="A40" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B40" s="17" t="s">
         <v>75</v>
       </c>
       <c r="C40" s="17" t="s">
         <v>76</v>
       </c>
       <c r="D40" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E40" s="18">
-        <v>104.90238</v>
+        <v>104.847864</v>
       </c>
       <c r="F40" s="3"/>
     </row>
     <row r="41" spans="1:6">
       <c r="A41" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B41" s="17" t="s">
         <v>77</v>
       </c>
       <c r="C41" s="17" t="s">
         <v>78</v>
       </c>
       <c r="D41" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E41" s="18">
-        <v>61.98777</v>
+        <v>61.955556</v>
       </c>
       <c r="F41" s="3"/>
     </row>
     <row r="42" spans="1:6">
       <c r="A42" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B42" s="17" t="s">
         <v>79</v>
       </c>
       <c r="C42" s="17" t="s">
         <v>80</v>
       </c>
       <c r="D42" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E42" s="18">
-        <v>97.74994500000001</v>
+        <v>97.699146</v>
       </c>
       <c r="F42" s="3"/>
     </row>
     <row r="43" spans="1:6">
       <c r="A43" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B43" s="17" t="s">
         <v>81</v>
       </c>
       <c r="C43" s="17" t="s">
         <v>82</v>
       </c>
       <c r="D43" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E43" s="18">
-        <v>70.729635</v>
+        <v>70.69287800000001</v>
       </c>
       <c r="F43" s="3"/>
     </row>
     <row r="44" spans="1:6">
       <c r="A44" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B44" s="17" t="s">
         <v>83</v>
       </c>
       <c r="C44" s="17" t="s">
         <v>84</v>
       </c>
       <c r="D44" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E44" s="18">
-        <v>70.729635</v>
+        <v>70.69287800000001</v>
       </c>
       <c r="F44" s="3"/>
     </row>
     <row r="45" spans="1:6">
       <c r="A45" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B45" s="17" t="s">
         <v>85</v>
       </c>
       <c r="C45" s="17" t="s">
         <v>86</v>
       </c>
       <c r="D45" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E45" s="18">
-        <v>70.729635</v>
+        <v>70.69287800000001</v>
       </c>
       <c r="F45" s="3"/>
     </row>
     <row r="46" spans="1:6">
       <c r="A46" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B46" s="17" t="s">
         <v>87</v>
       </c>
       <c r="C46" s="17" t="s">
         <v>88</v>
       </c>
       <c r="D46" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E46" s="18">
-        <v>70.729635</v>
+        <v>70.69287800000001</v>
       </c>
       <c r="F46" s="3"/>
     </row>
     <row r="47" spans="1:6">
       <c r="A47" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B47" s="17" t="s">
         <v>89</v>
       </c>
       <c r="C47" s="17" t="s">
         <v>90</v>
       </c>
       <c r="D47" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E47" s="18">
-        <v>70.729635</v>
+        <v>70.69287800000001</v>
       </c>
       <c r="F47" s="3"/>
     </row>
     <row r="48" spans="1:6">
       <c r="A48" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B48" s="17" t="s">
         <v>91</v>
       </c>
       <c r="C48" s="17" t="s">
         <v>92</v>
       </c>
       <c r="D48" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E48" s="18">
-        <v>85.82922000000001</v>
+        <v>85.784616</v>
       </c>
       <c r="F48" s="3"/>
     </row>
     <row r="49" spans="1:6">
       <c r="A49" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B49" s="17" t="s">
         <v>93</v>
       </c>
       <c r="C49" s="17" t="s">
         <v>94</v>
       </c>
       <c r="D49" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E49" s="18">
-        <v>100.13409</v>
+        <v>100.082052</v>
       </c>
       <c r="F49" s="3"/>
     </row>
     <row r="50" spans="1:6">
       <c r="A50" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B50" s="17" t="s">
         <v>95</v>
       </c>
       <c r="C50" s="17" t="s">
         <v>96</v>
       </c>
       <c r="D50" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E50" s="18">
-        <v>181.989735</v>
+        <v>181.895158</v>
       </c>
       <c r="F50" s="3"/>
     </row>
     <row r="51" spans="1:6">
       <c r="A51" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B51" s="17" t="s">
         <v>97</v>
       </c>
       <c r="C51" s="17" t="s">
         <v>98</v>
       </c>
       <c r="D51" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E51" s="18">
-        <v>280.534395</v>
+        <v>280.388606</v>
       </c>
       <c r="F51" s="3"/>
     </row>
     <row r="52" spans="1:6">
       <c r="A52" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B52" s="17" t="s">
         <v>99</v>
       </c>
       <c r="C52" s="17" t="s">
         <v>100</v>
       </c>
       <c r="D52" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E52" s="18">
-        <v>344.111595</v>
+        <v>343.932766</v>
       </c>
       <c r="F52" s="3"/>
     </row>
     <row r="53" spans="1:6">
       <c r="A53" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B53" s="17" t="s">
         <v>101</v>
       </c>
       <c r="C53" s="17" t="s">
         <v>102</v>
       </c>
       <c r="D53" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E53" s="18">
-        <v>372.7213350000001</v>
+        <v>372.527638</v>
       </c>
       <c r="F53" s="3"/>
     </row>
     <row r="54" spans="1:6">
       <c r="A54" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B54" s="17" t="s">
         <v>103</v>
       </c>
       <c r="C54" s="17" t="s">
         <v>104</v>
       </c>
       <c r="D54" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E54" s="18">
-        <v>85.03450500000001</v>
+        <v>84.990314</v>
       </c>
       <c r="F54" s="3"/>
     </row>
     <row r="55" spans="1:6">
       <c r="A55" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B55" s="17" t="s">
         <v>105</v>
       </c>
       <c r="C55" s="17" t="s">
         <v>106</v>
       </c>
       <c r="D55" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E55" s="18">
-        <v>95.36580000000001</v>
+        <v>95.31623999999999</v>
       </c>
       <c r="F55" s="3"/>
     </row>
     <row r="56" spans="1:6">
       <c r="A56" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B56" s="17" t="s">
         <v>107</v>
       </c>
       <c r="C56" s="17" t="s">
         <v>108</v>
       </c>
       <c r="D56" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E56" s="18" t="s">
         <v>109</v>
       </c>
       <c r="F56" s="3"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <autoFilter ref="A11:E56"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
@@ -1867,50 +1867,50 @@
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Прайс-лист за 30.10.2025</vt:lpstr>
+      <vt:lpstr>Прайс-лист за 17.12.2025</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft Corporation</Company>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Unknown Creator</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Untitled Spreadsheet</dc:title>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>