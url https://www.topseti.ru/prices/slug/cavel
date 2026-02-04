--- v1 (2025-12-17)
+++ v2 (2026-02-04)
@@ -6,96 +6,96 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="-1" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
-    <sheet name="Прайс-лист за 17.12.2025" sheetId="1" r:id="rId4"/>
+    <sheet name="Прайс-лист за 04.02.2026" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист за 17.12.2025'!$A$11:$E$56</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист за 04.02.2026'!$A$11:$E$56</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="110">
   <si>
     <t>ПРАЙС-ЛИСТ</t>
   </si>
   <si>
     <t>ЕДИНЫЙ НОМЕР</t>
   </si>
   <si>
     <t>8-800-555-7057</t>
   </si>
   <si>
     <t>МОСКВА</t>
   </si>
   <si>
     <t>8-495-646-7057</t>
   </si>
   <si>
     <t>Компания "ТопСети"</t>
   </si>
   <si>
     <t>САНКТ-ПЕТЕРБУРГ</t>
   </si>
   <si>
     <t>8-812-645-7058</t>
   </si>
   <si>
     <t>www.topseti.ru</t>
   </si>
   <si>
     <t>sales@topseti.ru</t>
   </si>
   <si>
     <t>Цены действительны на:</t>
   </si>
   <si>
-    <t>17.12.2025</t>
+    <t>04.02.2026</t>
   </si>
   <si>
     <t>Производитель</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Название</t>
   </si>
   <si>
     <t>Группа</t>
   </si>
   <si>
     <t>Цена, руб.</t>
   </si>
   <si>
     <t>Cavel</t>
   </si>
   <si>
     <t>17/73 AP</t>
   </si>
   <si>
     <t>Кабель коаксиальный CAVEL 17/73 AP с тросом</t>
   </si>
@@ -552,51 +552,51 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="7" numFmtId="0" fillId="2" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="49" fillId="2" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="2" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd25c074fb4d4eb9a659e549dd739ffa2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d28586fe8fd041c20fc6b42495b6b9cf2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>600075</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>76200</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2447925" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1036,825 +1036,825 @@
       <c r="C11" s="15" t="s">
         <v>14</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>15</v>
       </c>
       <c r="E11" s="15" t="s">
         <v>16</v>
       </c>
       <c r="F11" s="16"/>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B12" s="17" t="s">
         <v>18</v>
       </c>
       <c r="C12" s="17" t="s">
         <v>19</v>
       </c>
       <c r="D12" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E12" s="18">
-        <v>227.964674</v>
+        <v>220.937479</v>
       </c>
       <c r="F12" s="3"/>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B13" s="17" t="s">
         <v>21</v>
       </c>
       <c r="C13" s="17" t="s">
         <v>22</v>
       </c>
       <c r="D13" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E13" s="18">
-        <v>175.540742</v>
+        <v>170.129557</v>
       </c>
       <c r="F13" s="3"/>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B14" s="17" t="s">
         <v>23</v>
       </c>
       <c r="C14" s="17" t="s">
         <v>24</v>
       </c>
       <c r="D14" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E14" s="18">
-        <v>278.0057</v>
+        <v>269.43595</v>
       </c>
       <c r="F14" s="3"/>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B15" s="17" t="s">
         <v>25</v>
       </c>
       <c r="C15" s="17" t="s">
         <v>26</v>
       </c>
       <c r="D15" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E15" s="18">
-        <v>244.645016</v>
+        <v>237.103636</v>
       </c>
       <c r="F15" s="3"/>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B16" s="17" t="s">
         <v>27</v>
       </c>
       <c r="C16" s="17" t="s">
         <v>28</v>
       </c>
       <c r="D16" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E16" s="18">
-        <v>329.63533</v>
+        <v>319.474055</v>
       </c>
       <c r="F16" s="3"/>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B17" s="17" t="s">
         <v>29</v>
       </c>
       <c r="C17" s="17" t="s">
         <v>30</v>
       </c>
       <c r="D17" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E17" s="18">
-        <v>308.189176</v>
+        <v>298.688996</v>
       </c>
       <c r="F17" s="3"/>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B18" s="17" t="s">
         <v>31</v>
       </c>
       <c r="C18" s="17" t="s">
         <v>32</v>
       </c>
       <c r="D18" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E18" s="18">
-        <v>547.2740779999999</v>
+        <v>530.403913</v>
       </c>
       <c r="F18" s="3"/>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B19" s="17" t="s">
         <v>33</v>
       </c>
       <c r="C19" s="17" t="s">
         <v>34</v>
       </c>
       <c r="D19" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E19" s="18">
-        <v>509.147582</v>
+        <v>493.4526970000001</v>
       </c>
       <c r="F19" s="3"/>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B20" s="17" t="s">
         <v>35</v>
       </c>
       <c r="C20" s="17" t="s">
         <v>36</v>
       </c>
       <c r="D20" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E20" s="18">
-        <v>148.534474</v>
+        <v>143.955779</v>
       </c>
       <c r="F20" s="3"/>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B21" s="17" t="s">
         <v>37</v>
       </c>
       <c r="C21" s="17" t="s">
         <v>38</v>
       </c>
       <c r="D21" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E21" s="18">
-        <v>192.221084</v>
+        <v>186.295714</v>
       </c>
       <c r="F21" s="3"/>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B22" s="17" t="s">
         <v>39</v>
       </c>
       <c r="C22" s="17" t="s">
         <v>40</v>
       </c>
       <c r="D22" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E22" s="18">
-        <v>50.041026</v>
+        <v>48.498471</v>
       </c>
       <c r="F22" s="3"/>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B23" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C23" s="17" t="s">
         <v>42</v>
       </c>
       <c r="D23" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E23" s="18">
-        <v>83.40171000000001</v>
+        <v>80.83078500000001</v>
       </c>
       <c r="F23" s="3"/>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B24" s="17" t="s">
         <v>43</v>
       </c>
       <c r="C24" s="17" t="s">
         <v>44</v>
       </c>
       <c r="D24" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E24" s="18">
-        <v>102.464958</v>
+        <v>99.30639300000001</v>
       </c>
       <c r="F24" s="3"/>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B25" s="17" t="s">
         <v>45</v>
       </c>
       <c r="C25" s="17" t="s">
         <v>46</v>
       </c>
       <c r="D25" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E25" s="18">
-        <v>116.762394</v>
+        <v>113.163099</v>
       </c>
       <c r="F25" s="3"/>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B26" s="17" t="s">
         <v>47</v>
       </c>
       <c r="C26" s="17" t="s">
         <v>48</v>
       </c>
       <c r="D26" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E26" s="18">
-        <v>108.819374</v>
+        <v>105.464929</v>
       </c>
       <c r="F26" s="3"/>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B27" s="17" t="s">
         <v>49</v>
       </c>
       <c r="C27" s="17" t="s">
         <v>50</v>
       </c>
       <c r="D27" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E27" s="18">
-        <v>184.278064</v>
+        <v>178.597544</v>
       </c>
       <c r="F27" s="3"/>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B28" s="17" t="s">
         <v>51</v>
       </c>
       <c r="C28" s="17" t="s">
         <v>52</v>
       </c>
       <c r="D28" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E28" s="18">
-        <v>65.927066</v>
+        <v>63.894811</v>
       </c>
       <c r="F28" s="3"/>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B29" s="17" t="s">
         <v>53</v>
       </c>
       <c r="C29" s="17" t="s">
         <v>54</v>
       </c>
       <c r="D29" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E29" s="18">
-        <v>134.237038</v>
+        <v>130.099073</v>
       </c>
       <c r="F29" s="3"/>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B30" s="17" t="s">
         <v>55</v>
       </c>
       <c r="C30" s="17" t="s">
         <v>56</v>
       </c>
       <c r="D30" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E30" s="18">
-        <v>500.41026</v>
+        <v>484.98471</v>
       </c>
       <c r="F30" s="3"/>
     </row>
     <row r="31" spans="1:6">
       <c r="A31" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B31" s="17" t="s">
         <v>57</v>
       </c>
       <c r="C31" s="17" t="s">
         <v>58</v>
       </c>
       <c r="D31" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E31" s="18">
-        <v>822.8968719999999</v>
+        <v>797.530412</v>
       </c>
       <c r="F31" s="3"/>
     </row>
     <row r="32" spans="1:6">
       <c r="A32" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B32" s="17" t="s">
         <v>59</v>
       </c>
       <c r="C32" s="17" t="s">
         <v>60</v>
       </c>
       <c r="D32" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E32" s="18">
-        <v>181.895158</v>
+        <v>176.288093</v>
       </c>
       <c r="F32" s="3"/>
     </row>
     <row r="33" spans="1:6">
       <c r="A33" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B33" s="17" t="s">
         <v>61</v>
       </c>
       <c r="C33" s="17" t="s">
         <v>62</v>
       </c>
       <c r="D33" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E33" s="18">
-        <v>272.445586</v>
+        <v>264.047231</v>
       </c>
       <c r="F33" s="3"/>
     </row>
     <row r="34" spans="1:6">
       <c r="A34" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B34" s="17" t="s">
         <v>63</v>
       </c>
       <c r="C34" s="17" t="s">
         <v>64</v>
       </c>
       <c r="D34" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E34" s="18">
-        <v>95.31623999999999</v>
+        <v>92.37804</v>
       </c>
       <c r="F34" s="3"/>
     </row>
     <row r="35" spans="1:6">
       <c r="A35" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B35" s="17" t="s">
         <v>65</v>
       </c>
       <c r="C35" s="17" t="s">
         <v>66</v>
       </c>
       <c r="D35" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E35" s="18">
-        <v>95.31623999999999</v>
+        <v>92.37804</v>
       </c>
       <c r="F35" s="3"/>
     </row>
     <row r="36" spans="1:6">
       <c r="A36" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B36" s="17" t="s">
         <v>67</v>
       </c>
       <c r="C36" s="17" t="s">
         <v>68</v>
       </c>
       <c r="D36" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E36" s="18">
-        <v>57.189744</v>
+        <v>55.426824</v>
       </c>
       <c r="F36" s="3"/>
     </row>
     <row r="37" spans="1:6">
       <c r="A37" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B37" s="17" t="s">
         <v>69</v>
       </c>
       <c r="C37" s="17" t="s">
         <v>70</v>
       </c>
       <c r="D37" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E37" s="18">
-        <v>169.980628</v>
+        <v>164.740838</v>
       </c>
       <c r="F37" s="3"/>
     </row>
     <row r="38" spans="1:6">
       <c r="A38" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B38" s="17" t="s">
         <v>71</v>
       </c>
       <c r="C38" s="17" t="s">
         <v>72</v>
       </c>
       <c r="D38" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E38" s="18">
-        <v>57.189744</v>
+        <v>55.426824</v>
       </c>
       <c r="F38" s="3"/>
     </row>
     <row r="39" spans="1:6">
       <c r="A39" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B39" s="17" t="s">
         <v>73</v>
       </c>
       <c r="C39" s="17" t="s">
         <v>74</v>
       </c>
       <c r="D39" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E39" s="18">
-        <v>54.012536</v>
+        <v>52.347556</v>
       </c>
       <c r="F39" s="3"/>
     </row>
     <row r="40" spans="1:6">
       <c r="A40" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B40" s="17" t="s">
         <v>75</v>
       </c>
       <c r="C40" s="17" t="s">
         <v>76</v>
       </c>
       <c r="D40" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E40" s="18">
-        <v>104.847864</v>
+        <v>101.615844</v>
       </c>
       <c r="F40" s="3"/>
     </row>
     <row r="41" spans="1:6">
       <c r="A41" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B41" s="17" t="s">
         <v>77</v>
       </c>
       <c r="C41" s="17" t="s">
         <v>78</v>
       </c>
       <c r="D41" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E41" s="18">
-        <v>61.955556</v>
+        <v>60.045726</v>
       </c>
       <c r="F41" s="3"/>
     </row>
     <row r="42" spans="1:6">
       <c r="A42" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B42" s="17" t="s">
         <v>79</v>
       </c>
       <c r="C42" s="17" t="s">
         <v>80</v>
       </c>
       <c r="D42" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E42" s="18">
-        <v>97.699146</v>
+        <v>94.68749100000001</v>
       </c>
       <c r="F42" s="3"/>
     </row>
     <row r="43" spans="1:6">
       <c r="A43" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B43" s="17" t="s">
         <v>81</v>
       </c>
       <c r="C43" s="17" t="s">
         <v>82</v>
       </c>
       <c r="D43" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E43" s="18">
-        <v>70.69287800000001</v>
+        <v>68.51371300000001</v>
       </c>
       <c r="F43" s="3"/>
     </row>
     <row r="44" spans="1:6">
       <c r="A44" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B44" s="17" t="s">
         <v>83</v>
       </c>
       <c r="C44" s="17" t="s">
         <v>84</v>
       </c>
       <c r="D44" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E44" s="18">
-        <v>70.69287800000001</v>
+        <v>68.51371300000001</v>
       </c>
       <c r="F44" s="3"/>
     </row>
     <row r="45" spans="1:6">
       <c r="A45" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B45" s="17" t="s">
         <v>85</v>
       </c>
       <c r="C45" s="17" t="s">
         <v>86</v>
       </c>
       <c r="D45" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E45" s="18">
-        <v>70.69287800000001</v>
+        <v>68.51371300000001</v>
       </c>
       <c r="F45" s="3"/>
     </row>
     <row r="46" spans="1:6">
       <c r="A46" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B46" s="17" t="s">
         <v>87</v>
       </c>
       <c r="C46" s="17" t="s">
         <v>88</v>
       </c>
       <c r="D46" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E46" s="18">
-        <v>70.69287800000001</v>
+        <v>68.51371300000001</v>
       </c>
       <c r="F46" s="3"/>
     </row>
     <row r="47" spans="1:6">
       <c r="A47" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B47" s="17" t="s">
         <v>89</v>
       </c>
       <c r="C47" s="17" t="s">
         <v>90</v>
       </c>
       <c r="D47" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E47" s="18">
-        <v>70.69287800000001</v>
+        <v>68.51371300000001</v>
       </c>
       <c r="F47" s="3"/>
     </row>
     <row r="48" spans="1:6">
       <c r="A48" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B48" s="17" t="s">
         <v>91</v>
       </c>
       <c r="C48" s="17" t="s">
         <v>92</v>
       </c>
       <c r="D48" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E48" s="18">
-        <v>85.784616</v>
+        <v>83.14023600000002</v>
       </c>
       <c r="F48" s="3"/>
     </row>
     <row r="49" spans="1:6">
       <c r="A49" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B49" s="17" t="s">
         <v>93</v>
       </c>
       <c r="C49" s="17" t="s">
         <v>94</v>
       </c>
       <c r="D49" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E49" s="18">
-        <v>100.082052</v>
+        <v>96.996942</v>
       </c>
       <c r="F49" s="3"/>
     </row>
     <row r="50" spans="1:6">
       <c r="A50" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B50" s="17" t="s">
         <v>95</v>
       </c>
       <c r="C50" s="17" t="s">
         <v>96</v>
       </c>
       <c r="D50" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E50" s="18">
-        <v>181.895158</v>
+        <v>176.288093</v>
       </c>
       <c r="F50" s="3"/>
     </row>
     <row r="51" spans="1:6">
       <c r="A51" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B51" s="17" t="s">
         <v>97</v>
       </c>
       <c r="C51" s="17" t="s">
         <v>98</v>
       </c>
       <c r="D51" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E51" s="18">
-        <v>280.388606</v>
+        <v>271.745401</v>
       </c>
       <c r="F51" s="3"/>
     </row>
     <row r="52" spans="1:6">
       <c r="A52" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B52" s="17" t="s">
         <v>99</v>
       </c>
       <c r="C52" s="17" t="s">
         <v>100</v>
       </c>
       <c r="D52" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E52" s="18">
-        <v>343.932766</v>
+        <v>333.330761</v>
       </c>
       <c r="F52" s="3"/>
     </row>
     <row r="53" spans="1:6">
       <c r="A53" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B53" s="17" t="s">
         <v>101</v>
       </c>
       <c r="C53" s="17" t="s">
         <v>102</v>
       </c>
       <c r="D53" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E53" s="18">
-        <v>372.527638</v>
+        <v>361.0441730000001</v>
       </c>
       <c r="F53" s="3"/>
     </row>
     <row r="54" spans="1:6">
       <c r="A54" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B54" s="17" t="s">
         <v>103</v>
       </c>
       <c r="C54" s="17" t="s">
         <v>104</v>
       </c>
       <c r="D54" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E54" s="18">
-        <v>84.990314</v>
+        <v>82.37041900000001</v>
       </c>
       <c r="F54" s="3"/>
     </row>
     <row r="55" spans="1:6">
       <c r="A55" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B55" s="17" t="s">
         <v>105</v>
       </c>
       <c r="C55" s="17" t="s">
         <v>106</v>
       </c>
       <c r="D55" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E55" s="18">
-        <v>95.31623999999999</v>
+        <v>92.37804</v>
       </c>
       <c r="F55" s="3"/>
     </row>
     <row r="56" spans="1:6">
       <c r="A56" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B56" s="17" t="s">
         <v>107</v>
       </c>
       <c r="C56" s="17" t="s">
         <v>108</v>
       </c>
       <c r="D56" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E56" s="18" t="s">
         <v>109</v>
       </c>
       <c r="F56" s="3"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <autoFilter ref="A11:E56"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
@@ -1867,50 +1867,50 @@
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Прайс-лист за 17.12.2025</vt:lpstr>
+      <vt:lpstr>Прайс-лист за 04.02.2026</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft Corporation</Company>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Unknown Creator</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Untitled Spreadsheet</dc:title>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>