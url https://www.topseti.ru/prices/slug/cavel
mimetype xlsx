--- v2 (2026-02-04)
+++ v3 (2026-03-21)
@@ -6,96 +6,96 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="-1" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
-    <sheet name="Прайс-лист за 04.02.2026" sheetId="1" r:id="rId4"/>
+    <sheet name="Прайс-лист за 21.03.2026" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист за 04.02.2026'!$A$11:$E$56</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист за 21.03.2026'!$A$11:$E$56</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="110">
   <si>
     <t>ПРАЙС-ЛИСТ</t>
   </si>
   <si>
     <t>ЕДИНЫЙ НОМЕР</t>
   </si>
   <si>
     <t>8-800-555-7057</t>
   </si>
   <si>
     <t>МОСКВА</t>
   </si>
   <si>
     <t>8-495-646-7057</t>
   </si>
   <si>
     <t>Компания "ТопСети"</t>
   </si>
   <si>
     <t>САНКТ-ПЕТЕРБУРГ</t>
   </si>
   <si>
     <t>8-812-645-7058</t>
   </si>
   <si>
     <t>www.topseti.ru</t>
   </si>
   <si>
     <t>sales@topseti.ru</t>
   </si>
   <si>
     <t>Цены действительны на:</t>
   </si>
   <si>
-    <t>04.02.2026</t>
+    <t>21.03.2026</t>
   </si>
   <si>
     <t>Производитель</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Название</t>
   </si>
   <si>
     <t>Группа</t>
   </si>
   <si>
     <t>Цена, руб.</t>
   </si>
   <si>
     <t>Cavel</t>
   </si>
   <si>
     <t>17/73 AP</t>
   </si>
   <si>
     <t>Кабель коаксиальный CAVEL 17/73 AP с тросом</t>
   </si>
@@ -552,51 +552,51 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="7" numFmtId="0" fillId="2" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="49" fillId="2" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="2" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d28586fe8fd041c20fc6b42495b6b9cf2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f1efc0b1b1f2353f99e655d9b83e3892.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>600075</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>76200</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2447925" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1036,825 +1036,825 @@
       <c r="C11" s="15" t="s">
         <v>14</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>15</v>
       </c>
       <c r="E11" s="15" t="s">
         <v>16</v>
       </c>
       <c r="F11" s="16"/>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B12" s="17" t="s">
         <v>18</v>
       </c>
       <c r="C12" s="17" t="s">
         <v>19</v>
       </c>
       <c r="D12" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E12" s="18">
-        <v>220.937479</v>
+        <v>241.074834</v>
       </c>
       <c r="F12" s="3"/>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B13" s="17" t="s">
         <v>21</v>
       </c>
       <c r="C13" s="17" t="s">
         <v>22</v>
       </c>
       <c r="D13" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E13" s="18">
-        <v>170.129557</v>
+        <v>185.636022</v>
       </c>
       <c r="F13" s="3"/>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B14" s="17" t="s">
         <v>23</v>
       </c>
       <c r="C14" s="17" t="s">
         <v>24</v>
       </c>
       <c r="D14" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E14" s="18">
-        <v>269.43595</v>
+        <v>293.9937</v>
       </c>
       <c r="F14" s="3"/>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B15" s="17" t="s">
         <v>25</v>
       </c>
       <c r="C15" s="17" t="s">
         <v>26</v>
       </c>
       <c r="D15" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E15" s="18">
-        <v>237.103636</v>
+        <v>258.714456</v>
       </c>
       <c r="F15" s="3"/>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B16" s="17" t="s">
         <v>27</v>
       </c>
       <c r="C16" s="17" t="s">
         <v>28</v>
       </c>
       <c r="D16" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E16" s="18">
-        <v>319.474055</v>
+        <v>348.59253</v>
       </c>
       <c r="F16" s="3"/>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B17" s="17" t="s">
         <v>29</v>
       </c>
       <c r="C17" s="17" t="s">
         <v>30</v>
       </c>
       <c r="D17" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E17" s="18">
-        <v>298.688996</v>
+        <v>325.913016</v>
       </c>
       <c r="F17" s="3"/>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B18" s="17" t="s">
         <v>31</v>
       </c>
       <c r="C18" s="17" t="s">
         <v>32</v>
       </c>
       <c r="D18" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E18" s="18">
-        <v>530.403913</v>
+        <v>578.7475979999999</v>
       </c>
       <c r="F18" s="3"/>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B19" s="17" t="s">
         <v>33</v>
       </c>
       <c r="C19" s="17" t="s">
         <v>34</v>
       </c>
       <c r="D19" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E19" s="18">
-        <v>493.4526970000001</v>
+        <v>538.428462</v>
       </c>
       <c r="F19" s="3"/>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B20" s="17" t="s">
         <v>35</v>
       </c>
       <c r="C20" s="17" t="s">
         <v>36</v>
       </c>
       <c r="D20" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E20" s="18">
-        <v>143.955779</v>
+        <v>157.076634</v>
       </c>
       <c r="F20" s="3"/>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B21" s="17" t="s">
         <v>37</v>
       </c>
       <c r="C21" s="17" t="s">
         <v>38</v>
       </c>
       <c r="D21" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E21" s="18">
-        <v>186.295714</v>
+        <v>203.275644</v>
       </c>
       <c r="F21" s="3"/>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B22" s="17" t="s">
         <v>39</v>
       </c>
       <c r="C22" s="17" t="s">
         <v>40</v>
       </c>
       <c r="D22" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E22" s="18">
-        <v>48.498471</v>
+        <v>52.918866</v>
       </c>
       <c r="F22" s="3"/>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B23" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C23" s="17" t="s">
         <v>42</v>
       </c>
       <c r="D23" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E23" s="18">
-        <v>80.83078500000001</v>
+        <v>88.19811</v>
       </c>
       <c r="F23" s="3"/>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B24" s="17" t="s">
         <v>43</v>
       </c>
       <c r="C24" s="17" t="s">
         <v>44</v>
       </c>
       <c r="D24" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E24" s="18">
-        <v>99.30639300000001</v>
+        <v>108.357678</v>
       </c>
       <c r="F24" s="3"/>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B25" s="17" t="s">
         <v>45</v>
       </c>
       <c r="C25" s="17" t="s">
         <v>46</v>
       </c>
       <c r="D25" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E25" s="18">
-        <v>113.163099</v>
+        <v>123.477354</v>
       </c>
       <c r="F25" s="3"/>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B26" s="17" t="s">
         <v>47</v>
       </c>
       <c r="C26" s="17" t="s">
         <v>48</v>
       </c>
       <c r="D26" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E26" s="18">
-        <v>105.464929</v>
+        <v>115.077534</v>
       </c>
       <c r="F26" s="3"/>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B27" s="17" t="s">
         <v>49</v>
       </c>
       <c r="C27" s="17" t="s">
         <v>50</v>
       </c>
       <c r="D27" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E27" s="18">
-        <v>178.597544</v>
+        <v>194.875824</v>
       </c>
       <c r="F27" s="3"/>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B28" s="17" t="s">
         <v>51</v>
       </c>
       <c r="C28" s="17" t="s">
         <v>52</v>
       </c>
       <c r="D28" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E28" s="18">
-        <v>63.894811</v>
+        <v>69.71850599999999</v>
       </c>
       <c r="F28" s="3"/>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B29" s="17" t="s">
         <v>53</v>
       </c>
       <c r="C29" s="17" t="s">
         <v>54</v>
       </c>
       <c r="D29" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E29" s="18">
-        <v>130.099073</v>
+        <v>141.956958</v>
       </c>
       <c r="F29" s="3"/>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B30" s="17" t="s">
         <v>55</v>
       </c>
       <c r="C30" s="17" t="s">
         <v>56</v>
       </c>
       <c r="D30" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E30" s="18">
-        <v>484.98471</v>
+        <v>529.1886599999999</v>
       </c>
       <c r="F30" s="3"/>
     </row>
     <row r="31" spans="1:6">
       <c r="A31" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B31" s="17" t="s">
         <v>57</v>
       </c>
       <c r="C31" s="17" t="s">
         <v>58</v>
       </c>
       <c r="D31" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E31" s="18">
-        <v>797.530412</v>
+        <v>870.2213519999999</v>
       </c>
       <c r="F31" s="3"/>
     </row>
     <row r="32" spans="1:6">
       <c r="A32" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B32" s="17" t="s">
         <v>59</v>
       </c>
       <c r="C32" s="17" t="s">
         <v>60</v>
       </c>
       <c r="D32" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E32" s="18">
-        <v>176.288093</v>
+        <v>192.355878</v>
       </c>
       <c r="F32" s="3"/>
     </row>
     <row r="33" spans="1:6">
       <c r="A33" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B33" s="17" t="s">
         <v>61</v>
       </c>
       <c r="C33" s="17" t="s">
         <v>62</v>
       </c>
       <c r="D33" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E33" s="18">
-        <v>264.047231</v>
+        <v>288.113826</v>
       </c>
       <c r="F33" s="3"/>
     </row>
     <row r="34" spans="1:6">
       <c r="A34" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B34" s="17" t="s">
         <v>63</v>
       </c>
       <c r="C34" s="17" t="s">
         <v>64</v>
       </c>
       <c r="D34" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E34" s="18">
-        <v>92.37804</v>
+        <v>100.79784</v>
       </c>
       <c r="F34" s="3"/>
     </row>
     <row r="35" spans="1:6">
       <c r="A35" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B35" s="17" t="s">
         <v>65</v>
       </c>
       <c r="C35" s="17" t="s">
         <v>66</v>
       </c>
       <c r="D35" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E35" s="18">
-        <v>92.37804</v>
+        <v>100.79784</v>
       </c>
       <c r="F35" s="3"/>
     </row>
     <row r="36" spans="1:6">
       <c r="A36" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B36" s="17" t="s">
         <v>67</v>
       </c>
       <c r="C36" s="17" t="s">
         <v>68</v>
       </c>
       <c r="D36" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E36" s="18">
-        <v>55.426824</v>
+        <v>60.47870399999999</v>
       </c>
       <c r="F36" s="3"/>
     </row>
     <row r="37" spans="1:6">
       <c r="A37" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B37" s="17" t="s">
         <v>69</v>
       </c>
       <c r="C37" s="17" t="s">
         <v>70</v>
       </c>
       <c r="D37" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E37" s="18">
-        <v>164.740838</v>
+        <v>179.756148</v>
       </c>
       <c r="F37" s="3"/>
     </row>
     <row r="38" spans="1:6">
       <c r="A38" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B38" s="17" t="s">
         <v>71</v>
       </c>
       <c r="C38" s="17" t="s">
         <v>72</v>
       </c>
       <c r="D38" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E38" s="18">
-        <v>55.426824</v>
+        <v>60.47870399999999</v>
       </c>
       <c r="F38" s="3"/>
     </row>
     <row r="39" spans="1:6">
       <c r="A39" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B39" s="17" t="s">
         <v>73</v>
       </c>
       <c r="C39" s="17" t="s">
         <v>74</v>
       </c>
       <c r="D39" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E39" s="18">
-        <v>52.347556</v>
+        <v>57.118776</v>
       </c>
       <c r="F39" s="3"/>
     </row>
     <row r="40" spans="1:6">
       <c r="A40" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B40" s="17" t="s">
         <v>75</v>
       </c>
       <c r="C40" s="17" t="s">
         <v>76</v>
       </c>
       <c r="D40" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E40" s="18">
-        <v>101.615844</v>
+        <v>110.877624</v>
       </c>
       <c r="F40" s="3"/>
     </row>
     <row r="41" spans="1:6">
       <c r="A41" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B41" s="17" t="s">
         <v>77</v>
       </c>
       <c r="C41" s="17" t="s">
         <v>78</v>
       </c>
       <c r="D41" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E41" s="18">
-        <v>60.045726</v>
+        <v>65.518596</v>
       </c>
       <c r="F41" s="3"/>
     </row>
     <row r="42" spans="1:6">
       <c r="A42" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B42" s="17" t="s">
         <v>79</v>
       </c>
       <c r="C42" s="17" t="s">
         <v>80</v>
       </c>
       <c r="D42" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E42" s="18">
-        <v>94.68749100000001</v>
+        <v>103.317786</v>
       </c>
       <c r="F42" s="3"/>
     </row>
     <row r="43" spans="1:6">
       <c r="A43" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B43" s="17" t="s">
         <v>81</v>
       </c>
       <c r="C43" s="17" t="s">
         <v>82</v>
       </c>
       <c r="D43" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E43" s="18">
-        <v>68.51371300000001</v>
+        <v>74.758398</v>
       </c>
       <c r="F43" s="3"/>
     </row>
     <row r="44" spans="1:6">
       <c r="A44" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B44" s="17" t="s">
         <v>83</v>
       </c>
       <c r="C44" s="17" t="s">
         <v>84</v>
       </c>
       <c r="D44" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E44" s="18">
-        <v>68.51371300000001</v>
+        <v>74.758398</v>
       </c>
       <c r="F44" s="3"/>
     </row>
     <row r="45" spans="1:6">
       <c r="A45" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B45" s="17" t="s">
         <v>85</v>
       </c>
       <c r="C45" s="17" t="s">
         <v>86</v>
       </c>
       <c r="D45" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E45" s="18">
-        <v>68.51371300000001</v>
+        <v>74.758398</v>
       </c>
       <c r="F45" s="3"/>
     </row>
     <row r="46" spans="1:6">
       <c r="A46" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B46" s="17" t="s">
         <v>87</v>
       </c>
       <c r="C46" s="17" t="s">
         <v>88</v>
       </c>
       <c r="D46" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E46" s="18">
-        <v>68.51371300000001</v>
+        <v>74.758398</v>
       </c>
       <c r="F46" s="3"/>
     </row>
     <row r="47" spans="1:6">
       <c r="A47" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B47" s="17" t="s">
         <v>89</v>
       </c>
       <c r="C47" s="17" t="s">
         <v>90</v>
       </c>
       <c r="D47" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E47" s="18">
-        <v>68.51371300000001</v>
+        <v>74.758398</v>
       </c>
       <c r="F47" s="3"/>
     </row>
     <row r="48" spans="1:6">
       <c r="A48" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B48" s="17" t="s">
         <v>91</v>
       </c>
       <c r="C48" s="17" t="s">
         <v>92</v>
       </c>
       <c r="D48" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E48" s="18">
-        <v>83.14023600000002</v>
+        <v>90.718056</v>
       </c>
       <c r="F48" s="3"/>
     </row>
     <row r="49" spans="1:6">
       <c r="A49" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B49" s="17" t="s">
         <v>93</v>
       </c>
       <c r="C49" s="17" t="s">
         <v>94</v>
       </c>
       <c r="D49" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E49" s="18">
-        <v>96.996942</v>
+        <v>105.837732</v>
       </c>
       <c r="F49" s="3"/>
     </row>
     <row r="50" spans="1:6">
       <c r="A50" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B50" s="17" t="s">
         <v>95</v>
       </c>
       <c r="C50" s="17" t="s">
         <v>96</v>
       </c>
       <c r="D50" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E50" s="18">
-        <v>176.288093</v>
+        <v>192.355878</v>
       </c>
       <c r="F50" s="3"/>
     </row>
     <row r="51" spans="1:6">
       <c r="A51" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B51" s="17" t="s">
         <v>97</v>
       </c>
       <c r="C51" s="17" t="s">
         <v>98</v>
       </c>
       <c r="D51" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E51" s="18">
-        <v>271.745401</v>
+        <v>296.513646</v>
       </c>
       <c r="F51" s="3"/>
     </row>
     <row r="52" spans="1:6">
       <c r="A52" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B52" s="17" t="s">
         <v>99</v>
       </c>
       <c r="C52" s="17" t="s">
         <v>100</v>
       </c>
       <c r="D52" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E52" s="18">
-        <v>333.330761</v>
+        <v>363.712206</v>
       </c>
       <c r="F52" s="3"/>
     </row>
     <row r="53" spans="1:6">
       <c r="A53" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B53" s="17" t="s">
         <v>101</v>
       </c>
       <c r="C53" s="17" t="s">
         <v>102</v>
       </c>
       <c r="D53" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E53" s="18">
-        <v>361.0441730000001</v>
+        <v>393.951558</v>
       </c>
       <c r="F53" s="3"/>
     </row>
     <row r="54" spans="1:6">
       <c r="A54" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B54" s="17" t="s">
         <v>103</v>
       </c>
       <c r="C54" s="17" t="s">
         <v>104</v>
       </c>
       <c r="D54" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E54" s="18">
-        <v>82.37041900000001</v>
+        <v>89.878074</v>
       </c>
       <c r="F54" s="3"/>
     </row>
     <row r="55" spans="1:6">
       <c r="A55" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B55" s="17" t="s">
         <v>105</v>
       </c>
       <c r="C55" s="17" t="s">
         <v>106</v>
       </c>
       <c r="D55" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E55" s="18">
-        <v>92.37804</v>
+        <v>100.79784</v>
       </c>
       <c r="F55" s="3"/>
     </row>
     <row r="56" spans="1:6">
       <c r="A56" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B56" s="17" t="s">
         <v>107</v>
       </c>
       <c r="C56" s="17" t="s">
         <v>108</v>
       </c>
       <c r="D56" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E56" s="18" t="s">
         <v>109</v>
       </c>
       <c r="F56" s="3"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <autoFilter ref="A11:E56"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
@@ -1867,50 +1867,50 @@
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Прайс-лист за 04.02.2026</vt:lpstr>
+      <vt:lpstr>Прайс-лист за 21.03.2026</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft Corporation</Company>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Unknown Creator</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Untitled Spreadsheet</dc:title>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>