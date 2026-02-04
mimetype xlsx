--- v0 (2025-10-30)
+++ v1 (2026-02-04)
@@ -6,96 +6,96 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="-1" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
-    <sheet name="Прайс-лист за 30.10.2025" sheetId="1" r:id="rId4"/>
+    <sheet name="Прайс-лист за 04.02.2026" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист за 30.10.2025'!$A$11:$E$98</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист за 04.02.2026'!$A$11:$E$98</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="198">
   <si>
     <t>ПРАЙС-ЛИСТ</t>
   </si>
   <si>
     <t>ЕДИНЫЙ НОМЕР</t>
   </si>
   <si>
     <t>8-800-555-7057</t>
   </si>
   <si>
     <t>МОСКВА</t>
   </si>
   <si>
     <t>8-495-646-7057</t>
   </si>
   <si>
     <t>Компания "ТопСети"</t>
   </si>
   <si>
     <t>САНКТ-ПЕТЕРБУРГ</t>
   </si>
   <si>
     <t>8-812-645-7058</t>
   </si>
   <si>
     <t>www.topseti.ru</t>
   </si>
   <si>
     <t>sales@topseti.ru</t>
   </si>
   <si>
     <t>Цены действительны на:</t>
   </si>
   <si>
-    <t>30.10.2025</t>
+    <t>04.02.2026</t>
   </si>
   <si>
     <t>Производитель</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Название</t>
   </si>
   <si>
     <t>Группа</t>
   </si>
   <si>
     <t>Цена, руб.</t>
   </si>
   <si>
     <t>Biamp</t>
   </si>
   <si>
     <t>911.1869.900</t>
   </si>
   <si>
     <t>Biamp Звуковая панель Parlé SBC 2</t>
   </si>
@@ -816,51 +816,51 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="7" numFmtId="0" fillId="2" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="49" fillId="2" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="2" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b85e91045e07b7d9a12d17daaf31f552.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd477cb01bfd1aa63390bbab63b80f2e2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>600075</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>76200</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2447925" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -2887,50 +2887,50 @@
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Прайс-лист за 30.10.2025</vt:lpstr>
+      <vt:lpstr>Прайс-лист за 04.02.2026</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft Corporation</Company>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Unknown Creator</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Untitled Spreadsheet</dc:title>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>