--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -6,96 +6,96 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="-1" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
-    <sheet name="Прайс-лист за 04.02.2026" sheetId="1" r:id="rId4"/>
+    <sheet name="Прайс-лист за 21.03.2026" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист за 04.02.2026'!$A$11:$E$98</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист за 21.03.2026'!$A$11:$E$98</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="198">
   <si>
     <t>ПРАЙС-ЛИСТ</t>
   </si>
   <si>
     <t>ЕДИНЫЙ НОМЕР</t>
   </si>
   <si>
     <t>8-800-555-7057</t>
   </si>
   <si>
     <t>МОСКВА</t>
   </si>
   <si>
     <t>8-495-646-7057</t>
   </si>
   <si>
     <t>Компания "ТопСети"</t>
   </si>
   <si>
     <t>САНКТ-ПЕТЕРБУРГ</t>
   </si>
   <si>
     <t>8-812-645-7058</t>
   </si>
   <si>
     <t>www.topseti.ru</t>
   </si>
   <si>
     <t>sales@topseti.ru</t>
   </si>
   <si>
     <t>Цены действительны на:</t>
   </si>
   <si>
-    <t>04.02.2026</t>
+    <t>21.03.2026</t>
   </si>
   <si>
     <t>Производитель</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Название</t>
   </si>
   <si>
     <t>Группа</t>
   </si>
   <si>
     <t>Цена, руб.</t>
   </si>
   <si>
     <t>Biamp</t>
   </si>
   <si>
     <t>911.1869.900</t>
   </si>
   <si>
     <t>Biamp Звуковая панель Parlé SBC 2</t>
   </si>
@@ -108,57 +108,468 @@
   <si>
     <t>911.0925.900</t>
   </si>
   <si>
     <t>Biamp Потолочный громкоговоритель Desono C-IC6 White</t>
   </si>
   <si>
     <t>Потолочные громкоговорители</t>
   </si>
   <si>
     <t>910.0499.900</t>
   </si>
   <si>
     <t>Biamp Микрофон потолочный Parle TCM-XA White</t>
   </si>
   <si>
     <t>Микрофоны потолочные</t>
   </si>
   <si>
     <t>910.0500.900</t>
   </si>
   <si>
     <t>Biamp Микрофон потолочный Parle TCM-XEX White</t>
   </si>
   <si>
+    <t>901.0269.900</t>
+  </si>
+  <si>
+    <t>Biamp Vocia PARM-1 Модуль пейджингового активного реле для усилителей VA-8600 и VA-8600c</t>
+  </si>
+  <si>
+    <t>Усилители</t>
+  </si>
+  <si>
+    <t>901.0276.900</t>
+  </si>
+  <si>
+    <t>Biamp Vocia AM-600 Модуль усилителя мощности для VA-8600</t>
+  </si>
+  <si>
+    <t>901.0277.900</t>
+  </si>
+  <si>
+    <t>Biamp Vocia AM-600c Модуль усилителя мощности для VA-8600c</t>
+  </si>
+  <si>
+    <t>901.0411.900</t>
+  </si>
+  <si>
+    <t>Biamp Vocia VFOM-1-3 Модуль аварийного переключения 3:1 для усилителя Vocia VA-8600</t>
+  </si>
+  <si>
+    <t>901.0412.900</t>
+  </si>
+  <si>
+    <t>Biamp Vocia VFOM-1-7 Модуль аварийного переключения 7:1 для усилителя VA-8600</t>
+  </si>
+  <si>
+    <t>909.0263.900</t>
+  </si>
+  <si>
+    <t>Biamp Vocia ELD-1 Сетевое устройство безопасности для использования с усилителем Vocia</t>
+  </si>
+  <si>
+    <t>909.0266.900</t>
+  </si>
+  <si>
+    <t>Biamp Vocia ANC-1 Сетевое устройство для использования с усилителями Vocia</t>
+  </si>
+  <si>
+    <t>909.0293.900</t>
+  </si>
+  <si>
+    <t>Biamp Vocia AM-600c CK Модуль усилителя мощности для VA-8600c</t>
+  </si>
+  <si>
+    <t>909.0294.900</t>
+  </si>
+  <si>
+    <t>Biamp Vocia AM-600 CK Модуль усилителя мощности для VA-8600</t>
+  </si>
+  <si>
+    <t>909.0299.900</t>
+  </si>
+  <si>
+    <t>Biamp Vocia PARM-1 Card Kit Набор модулей пейджингового активного реле для усилителей VA-8600 и VA-8600c</t>
+  </si>
+  <si>
+    <t>909.0336.900</t>
+  </si>
+  <si>
+    <t>Biamp Vocia VFOM-1 CK Модуль отказоустойчивости для усилителей VA-8600 и VA-8600c</t>
+  </si>
+  <si>
+    <t>910.1991.900</t>
+  </si>
+  <si>
+    <t>Biamp Voltera D 4800.4 Контроллер усилителя громкоговорителей 4-канальный 4800Вт</t>
+  </si>
+  <si>
+    <t>910.1992.900</t>
+  </si>
+  <si>
+    <t>Biamp Voltera D 4800.4M Контроллер усилителя громкоговорителей 4-канальный 4800Вт</t>
+  </si>
+  <si>
+    <t>910.1993.900</t>
+  </si>
+  <si>
+    <t>Biamp Voltera D 4800.2M Контроллер усилителя громкоговорителей 2-канальный 4800Вт</t>
+  </si>
+  <si>
+    <t>911.0010.900</t>
+  </si>
+  <si>
+    <t>Biamp Tesira AMP-450P Усилитель мощности 4-канальный с поддержкой AVB/TSN и PoE+</t>
+  </si>
+  <si>
+    <t>911.0014.900</t>
+  </si>
+  <si>
+    <t>Biamp Tesira AMP-450BP Усилитель мощности 4-канальный с поддержкой AVB/TSN и PoE+</t>
+  </si>
+  <si>
+    <t>911.0267.900</t>
+  </si>
+  <si>
+    <t>Biamp Vocia VA-8600 Усилитель мощности цифровой сетевой многоканальный</t>
+  </si>
+  <si>
+    <t>911.0281.900</t>
+  </si>
+  <si>
+    <t>Biamp Vocia VA-8600c Усилитель мощности сетевой многоканальный</t>
+  </si>
+  <si>
+    <t>911.0413.900</t>
+  </si>
+  <si>
+    <t>Biamp Tesira AMP-8175R Усилитель мощности 4-канальный 8х175Вт цифровой сетевой с поддеркой AVB/TSN</t>
+  </si>
+  <si>
+    <t>911.0414.900</t>
+  </si>
+  <si>
+    <t>Biamp Tesira AMP-4175R Усилитель мощности цифровой сетевой 4-канальный с поддержкой AVB/TSN, 4х175Вт</t>
+  </si>
+  <si>
+    <t>911.0415.900</t>
+  </si>
+  <si>
+    <t>Biamp Tesira AMP-4350R Усилитель мощности 4-канальный 4х350Вт цифровой сетевой с поддеркой AVB/TSN</t>
+  </si>
+  <si>
+    <t>911.0416.900</t>
+  </si>
+  <si>
+    <t>Biamp Vocia VA-8150CV Усилитель мощности 8-канальный 8х150Вт цифровой сетевой</t>
+  </si>
+  <si>
+    <t>911.0417.900</t>
+  </si>
+  <si>
+    <t>Biamp Vocia VA-4300CV Усилитель мощности 4-канальный 4х300Вт цифровой сетевой</t>
+  </si>
+  <si>
+    <t>911.0421.900</t>
+  </si>
+  <si>
+    <t>Biamp Tesira AMP-4300R CV Усилитель мощности 4-канальный 4х300Вт цифровой сетевой постоянного напряжения 70 В/100 В с поддеркой AVB/TSN</t>
+  </si>
+  <si>
+    <t>911.0438.900</t>
+  </si>
+  <si>
+    <t>Biamp Tesira AMP-A460H Усилитель мощности 4-канальный, 60Вт/канал</t>
+  </si>
+  <si>
+    <t>911.0478.900</t>
+  </si>
+  <si>
+    <t>Biamp TesiraXEL 1200.1 Цифровой сетевой 4-канальный усилитель мощности с поддержкой AVB/TSN, 1200Вт</t>
+  </si>
+  <si>
+    <t>911.0479.900</t>
+  </si>
+  <si>
+    <t>Biamp TesiraXEL 1200.2 Цифровой сетевой 4-канальный усилитель мощности с поддержкой AVB/TSN, 1200Вт</t>
+  </si>
+  <si>
+    <t>911.0649.900</t>
+  </si>
+  <si>
+    <t>Biamp PREZONE1 cтерео предусилитель микшер с 2 стереозонами громкости</t>
+  </si>
+  <si>
+    <t>911.0650.900</t>
+  </si>
+  <si>
+    <t>Biamp PREZONE2 многофункциональный стерео предусилитель</t>
+  </si>
+  <si>
+    <t>911.0651.900</t>
+  </si>
+  <si>
+    <t>Biamp REVAMP1120T Усилитель мощности цифровой одноканальный 120Вт</t>
+  </si>
+  <si>
+    <t>911.0652.900</t>
+  </si>
+  <si>
+    <t>Biamp REVAMP2060T Усилитель мощности 2-канальный цифровой 2х60Вт</t>
+  </si>
+  <si>
+    <t>911.0653.900</t>
+  </si>
+  <si>
+    <t>Biamp REVAMP2120T Усилитель мощности 2-канальный цифровой 2х120Вт</t>
+  </si>
+  <si>
+    <t>911.0654.900</t>
+  </si>
+  <si>
+    <t>Biamp REVAMP2150 Усилитель мощности 2-канальный цифровой 2х165Вт</t>
+  </si>
+  <si>
+    <t>911.0655.900</t>
+  </si>
+  <si>
+    <t>Biamp REVAMP4100 Усилитель мощности 4-канальный цифровой 4х100Вт</t>
+  </si>
+  <si>
+    <t>911.0656.900</t>
+  </si>
+  <si>
+    <t>Biamp REVAMP4120T Усилитель мощности 4-канальный цифровой 4х120Вт</t>
+  </si>
+  <si>
+    <t>911.0657.900</t>
+  </si>
+  <si>
+    <t>Biamp REVAMP4240T Усилитель мощности 4-канальный цифровой 4х240Вт</t>
+  </si>
+  <si>
+    <t>911.0658.900</t>
+  </si>
+  <si>
+    <t>Biamp REVAMP8250 Усилитель мощности 8-канальный цифровой 8х250Вт</t>
+  </si>
+  <si>
+    <t>911.0659.900</t>
+  </si>
+  <si>
+    <t>Biamp MA120 19-дюймовый микшерный усилитель 120Вт</t>
+  </si>
+  <si>
+    <t>911.0660.900</t>
+  </si>
+  <si>
+    <t>Biamp MA240 19-дюймовый микшерный усилитель 240Вт</t>
+  </si>
+  <si>
+    <t>911.0661.900</t>
+  </si>
+  <si>
+    <t>Biamp MA30 9,5-дюймовый микшерный усилитель мощностью 30Вт</t>
+  </si>
+  <si>
+    <t>911.0662.900</t>
+  </si>
+  <si>
+    <t>Biamp MA60 9,5-дюймовый микшерный усилитель мощностью 60Вт</t>
+  </si>
+  <si>
+    <t>911.0672.900</t>
+  </si>
+  <si>
+    <t>Biamp BUZZSTOP-MKIII Универсальный преобразователь сигнала и изолятор заземления</t>
+  </si>
+  <si>
+    <t>911.1351.900</t>
+  </si>
+  <si>
+    <t>Biamp Community ALC-1604D Контроллер усилителя громкости 4 канала x 1600Вт, DSP, Dante</t>
+  </si>
+  <si>
+    <t>911.1352.900</t>
+  </si>
+  <si>
+    <t>Biamp Community ALC-3202D Контроллер усилителя громкости 2 канала x 3200 Вт, DSP, Dante</t>
+  </si>
+  <si>
+    <t>911.1353.900</t>
+  </si>
+  <si>
+    <t>Biamp Community ALC-404D Контроллер усилителя звука с 4 каналами x 400 Вт с DSP и поддержкой Dante</t>
+  </si>
+  <si>
+    <t>911.1451.900</t>
+  </si>
+  <si>
+    <t>Biamp PA2240BP Усилитель мощности 2-канальный 2х240Вт</t>
+  </si>
+  <si>
+    <t>911.1452.900</t>
+  </si>
+  <si>
+    <t>Biamp PA240P Усилитель мощности 240Вт</t>
+  </si>
+  <si>
+    <t>911.1468.900</t>
+  </si>
+  <si>
+    <t>Biamp REVAMP1680 Усилитель мощности цифровой 16-канальный 16х80Вт</t>
+  </si>
+  <si>
+    <t>911.1469.900</t>
+  </si>
+  <si>
+    <t>Biamp REVAMP2250 Усилитель мощности 2-канальный цифровой 2х250Вт</t>
+  </si>
+  <si>
+    <t>911.1470.900</t>
+  </si>
+  <si>
+    <t>Biamp REVAMP2600 Усилитель мощности 2-канальный цифровой 2х600Вт</t>
+  </si>
+  <si>
+    <t>911.1513.900</t>
+  </si>
+  <si>
+    <t>Biamp ZONE4 Четырехзонный предусилитель 4 зоны стереовыхода</t>
+  </si>
+  <si>
+    <t>911.1537.900</t>
+  </si>
+  <si>
+    <t>Biamp CHAMP-4 Усилитель мощности 4-канальный с низким импедансом 4x125Вт</t>
+  </si>
+  <si>
+    <t>911.1640.900</t>
+  </si>
+  <si>
+    <t>Biamp MA65 компактный микшерный усилитель мощностью 60Вт</t>
+  </si>
+  <si>
+    <t>911.1887.900</t>
+  </si>
+  <si>
+    <t>Biamp AMP-D225H Усилитель мощности 2-канальный 2х25Вт</t>
+  </si>
+  <si>
+    <t>911.1888.900</t>
+  </si>
+  <si>
+    <t>Biamp PM4100 cтерео предусилитель микшер с 4 стереовходами</t>
+  </si>
+  <si>
+    <t>911.1946.900</t>
+  </si>
+  <si>
+    <t>Biamp Voltera A 600.2 Усилитель мощности 2-канальный, 600Вт</t>
+  </si>
+  <si>
+    <t>911.1947.900</t>
+  </si>
+  <si>
+    <t>Biamp Voltera A 600.4 Усилитель мощности 4-канальный, 600Вт</t>
+  </si>
+  <si>
+    <t>911.1948.900</t>
+  </si>
+  <si>
+    <t>Biamp Voltera A 300.2 Усилитель мощности аналоговый 2-канальный, 300Вт</t>
+  </si>
+  <si>
+    <t>911.1949.900</t>
+  </si>
+  <si>
+    <t>Biamp Voltera A 300.4 Усилитель мощности аналоговый 4-канальный, 300Вт</t>
+  </si>
+  <si>
+    <t>911.1954.900</t>
+  </si>
+  <si>
+    <t>Biamp Voltera D 1200.4 Усилитель мощности 4-канальный 1200Вт</t>
+  </si>
+  <si>
+    <t>911.1955.900</t>
+  </si>
+  <si>
+    <t>Biamp Voltera D 2400.4  Усилитель мощности 4-канальный 2400Вт</t>
+  </si>
+  <si>
+    <t>911.1956.900</t>
+  </si>
+  <si>
+    <t>Biamp Voltera D 1200.8 Усилитель мощности 8-канальный 1200Вт</t>
+  </si>
+  <si>
+    <t>911.1957.900</t>
+  </si>
+  <si>
+    <t>Biamp Voltera D 2400.8 Усилитель мощности 8-канальный 2400Вт</t>
+  </si>
+  <si>
+    <t>911.1982.900</t>
+  </si>
+  <si>
+    <t>Biamp Voltera D 1200.4M Усилитель мощности 4-канальный 1200Вт</t>
+  </si>
+  <si>
+    <t>911.1983.900</t>
+  </si>
+  <si>
+    <t>Biamp Voltera D 2400.4M Усилитель мощности 4-канальный 2400Вт</t>
+  </si>
+  <si>
+    <t>911.1984.900</t>
+  </si>
+  <si>
+    <t>Biamp Voltera D 1200.2M Усилитель мощности 2-канальный 1200Вт</t>
+  </si>
+  <si>
+    <t>911.1985.900</t>
+  </si>
+  <si>
+    <t>Biamp Voltera D 2400.2M Усилитель мощности 2-канальный 2400Вт</t>
+  </si>
+  <si>
+    <t>911.1986.900</t>
+  </si>
+  <si>
+    <t>Biamp Voltera D 600.4M Усилитель мощности 4-канальный 600Вт</t>
+  </si>
+  <si>
     <t>910.0542.900</t>
   </si>
   <si>
     <t>Biamp Цифровой аудио сервер TesiraFORTÉ AVB VT4</t>
   </si>
   <si>
-    <t>Серия Biamp Tesira DSPs</t>
+    <t>Цифровые аудиопроцессоры</t>
   </si>
   <si>
     <t>911.0278.900</t>
   </si>
   <si>
     <t>Biamp Tesira SERVER-IO Настраиваемый цифровой сетевой сервер DSP ввода-вывода с 48 каналами ввода-вывода</t>
   </si>
   <si>
     <t>911.0300.900</t>
   </si>
   <si>
     <t>Biamp Tesira SERVER Настраиваемый цифровой сетевой сервер DSP ввода/вывода</t>
   </si>
   <si>
     <t>911.0301.900</t>
   </si>
   <si>
     <t>Biamp Tesira SERVER-IO AVB Настраиваемый DSP-процессор ввода-вывода с 48 каналами ввода-вывода</t>
   </si>
   <si>
     <t>911.0395.900</t>
   </si>
   <si>
     <t>Biamp TesiraFORTE AVB CI Фиксированный DSP-процессор ввода/вывода с 12 аналоговыми входами, 8 аналоговыми выходами, 8 настраиваемыми каналами USB-аудио, 128 x 128 каналами AVB и технологией AEC</t>
   </si>
@@ -199,461 +610,50 @@
     <t>Biamp TesiraFORTE VT Фиксированный DSP-процессор ввода-вывода с 12 аналоговыми входами, 8 аналоговыми выходами, 8 настраиваемыми каналами USB-аудио, технологией AEC</t>
   </si>
   <si>
     <t>911.0450.900</t>
   </si>
   <si>
     <t>Biamp TesiraFORTE AVB VT Цифровой аудиосервер с 12 аналоговыми входами и 8 аналоговыми выходами</t>
   </si>
   <si>
     <t>911.0451.900</t>
   </si>
   <si>
     <t>Biamp TesiraFORTE DAN VT Фиксированный DSP-процессор ввода-вывода с 12 аналоговыми входами, 8 аналоговыми выходами, 8 настраиваемыми каналами USB-аудио, 32 x 32 канала Dante, технологией AEC</t>
   </si>
   <si>
     <t>911.0453.900</t>
   </si>
   <si>
     <t>Biamp TesiraFORTE DAN VT4 Фиксированный DSP-процессор ввода-вывода с 4 аналоговыми входами, 4 аналоговыми выходами, 8 настраиваемыми каналами USB-аудио, 32 x 32 канала Dante, технологией AEC</t>
   </si>
   <si>
     <t>912.0039.900</t>
   </si>
   <si>
     <t>Biamp Устройство расширения TesiraCONNECT TC-5</t>
-  </si>
-[...409 lines deleted...]
-    <t>Biamp Voltera D 600.4M Усилитель мощности 4-канальный 600Вт</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00&quot;р.&quot;"/>
   </numFmts>
   <fonts count="8">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -816,51 +816,51 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="7" numFmtId="0" fillId="2" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="49" fillId="2" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="2" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd477cb01bfd1aa63390bbab63b80f2e2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e9c42c02cfd2d426438ddfb1af5e4d02.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>600075</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>76200</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2447925" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1639,1298 +1639,1298 @@
       <c r="B30" s="17" t="s">
         <v>59</v>
       </c>
       <c r="C30" s="17" t="s">
         <v>60</v>
       </c>
       <c r="D30" s="17" t="s">
         <v>32</v>
       </c>
       <c r="E30" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F30" s="3"/>
     </row>
     <row r="31" spans="1:6">
       <c r="A31" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B31" s="17" t="s">
         <v>61</v>
       </c>
       <c r="C31" s="17" t="s">
         <v>62</v>
       </c>
       <c r="D31" s="17" t="s">
-        <v>63</v>
+        <v>32</v>
       </c>
       <c r="E31" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F31" s="3"/>
     </row>
     <row r="32" spans="1:6">
       <c r="A32" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B32" s="17" t="s">
+        <v>63</v>
+      </c>
+      <c r="C32" s="17" t="s">
         <v>64</v>
       </c>
-      <c r="C32" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D32" s="17" t="s">
-        <v>63</v>
+        <v>32</v>
       </c>
       <c r="E32" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F32" s="3"/>
     </row>
     <row r="33" spans="1:6">
       <c r="A33" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B33" s="17" t="s">
+        <v>65</v>
+      </c>
+      <c r="C33" s="17" t="s">
         <v>66</v>
       </c>
-      <c r="C33" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D33" s="17" t="s">
-        <v>63</v>
+        <v>32</v>
       </c>
       <c r="E33" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F33" s="3"/>
     </row>
     <row r="34" spans="1:6">
       <c r="A34" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B34" s="17" t="s">
+        <v>67</v>
+      </c>
+      <c r="C34" s="17" t="s">
         <v>68</v>
       </c>
-      <c r="C34" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D34" s="17" t="s">
-        <v>63</v>
+        <v>32</v>
       </c>
       <c r="E34" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F34" s="3"/>
     </row>
     <row r="35" spans="1:6">
       <c r="A35" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B35" s="17" t="s">
+        <v>69</v>
+      </c>
+      <c r="C35" s="17" t="s">
         <v>70</v>
       </c>
-      <c r="C35" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D35" s="17" t="s">
-        <v>63</v>
+        <v>32</v>
       </c>
       <c r="E35" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F35" s="3"/>
     </row>
     <row r="36" spans="1:6">
       <c r="A36" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B36" s="17" t="s">
+        <v>71</v>
+      </c>
+      <c r="C36" s="17" t="s">
         <v>72</v>
       </c>
-      <c r="C36" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D36" s="17" t="s">
-        <v>63</v>
+        <v>32</v>
       </c>
       <c r="E36" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F36" s="3"/>
     </row>
     <row r="37" spans="1:6">
       <c r="A37" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B37" s="17" t="s">
+        <v>73</v>
+      </c>
+      <c r="C37" s="17" t="s">
         <v>74</v>
       </c>
-      <c r="C37" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D37" s="17" t="s">
-        <v>63</v>
+        <v>32</v>
       </c>
       <c r="E37" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F37" s="3"/>
     </row>
     <row r="38" spans="1:6">
       <c r="A38" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B38" s="17" t="s">
+        <v>75</v>
+      </c>
+      <c r="C38" s="17" t="s">
         <v>76</v>
       </c>
-      <c r="C38" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D38" s="17" t="s">
-        <v>63</v>
+        <v>32</v>
       </c>
       <c r="E38" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F38" s="3"/>
     </row>
     <row r="39" spans="1:6">
       <c r="A39" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B39" s="17" t="s">
+        <v>77</v>
+      </c>
+      <c r="C39" s="17" t="s">
         <v>78</v>
       </c>
-      <c r="C39" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D39" s="17" t="s">
-        <v>63</v>
+        <v>32</v>
       </c>
       <c r="E39" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F39" s="3"/>
     </row>
     <row r="40" spans="1:6">
       <c r="A40" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B40" s="17" t="s">
+        <v>79</v>
+      </c>
+      <c r="C40" s="17" t="s">
         <v>80</v>
       </c>
-      <c r="C40" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D40" s="17" t="s">
-        <v>63</v>
+        <v>32</v>
       </c>
       <c r="E40" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F40" s="3"/>
     </row>
     <row r="41" spans="1:6">
       <c r="A41" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B41" s="17" t="s">
+        <v>81</v>
+      </c>
+      <c r="C41" s="17" t="s">
         <v>82</v>
       </c>
-      <c r="C41" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D41" s="17" t="s">
-        <v>63</v>
+        <v>32</v>
       </c>
       <c r="E41" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F41" s="3"/>
     </row>
     <row r="42" spans="1:6">
       <c r="A42" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B42" s="17" t="s">
+        <v>83</v>
+      </c>
+      <c r="C42" s="17" t="s">
         <v>84</v>
       </c>
-      <c r="C42" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D42" s="17" t="s">
-        <v>63</v>
+        <v>32</v>
       </c>
       <c r="E42" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F42" s="3"/>
     </row>
     <row r="43" spans="1:6">
       <c r="A43" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B43" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="C43" s="17" t="s">
         <v>86</v>
       </c>
-      <c r="C43" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D43" s="17" t="s">
-        <v>63</v>
+        <v>32</v>
       </c>
       <c r="E43" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F43" s="3"/>
     </row>
     <row r="44" spans="1:6">
       <c r="A44" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B44" s="17" t="s">
+        <v>87</v>
+      </c>
+      <c r="C44" s="17" t="s">
         <v>88</v>
       </c>
-      <c r="C44" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D44" s="17" t="s">
-        <v>63</v>
+        <v>32</v>
       </c>
       <c r="E44" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F44" s="3"/>
     </row>
     <row r="45" spans="1:6">
       <c r="A45" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B45" s="17" t="s">
+        <v>89</v>
+      </c>
+      <c r="C45" s="17" t="s">
         <v>90</v>
       </c>
-      <c r="C45" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D45" s="17" t="s">
-        <v>63</v>
+        <v>32</v>
       </c>
       <c r="E45" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F45" s="3"/>
     </row>
     <row r="46" spans="1:6">
       <c r="A46" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B46" s="17" t="s">
+        <v>91</v>
+      </c>
+      <c r="C46" s="17" t="s">
         <v>92</v>
       </c>
-      <c r="C46" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D46" s="17" t="s">
-        <v>63</v>
+        <v>32</v>
       </c>
       <c r="E46" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F46" s="3"/>
     </row>
     <row r="47" spans="1:6">
       <c r="A47" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B47" s="17" t="s">
+        <v>93</v>
+      </c>
+      <c r="C47" s="17" t="s">
         <v>94</v>
       </c>
-      <c r="C47" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D47" s="17" t="s">
-        <v>63</v>
+        <v>32</v>
       </c>
       <c r="E47" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F47" s="3"/>
     </row>
     <row r="48" spans="1:6">
       <c r="A48" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B48" s="17" t="s">
+        <v>95</v>
+      </c>
+      <c r="C48" s="17" t="s">
         <v>96</v>
       </c>
-      <c r="C48" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D48" s="17" t="s">
-        <v>63</v>
+        <v>32</v>
       </c>
       <c r="E48" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F48" s="3"/>
     </row>
     <row r="49" spans="1:6">
       <c r="A49" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B49" s="17" t="s">
+        <v>97</v>
+      </c>
+      <c r="C49" s="17" t="s">
         <v>98</v>
       </c>
-      <c r="C49" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D49" s="17" t="s">
-        <v>63</v>
+        <v>32</v>
       </c>
       <c r="E49" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F49" s="3"/>
     </row>
     <row r="50" spans="1:6">
       <c r="A50" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B50" s="17" t="s">
+        <v>99</v>
+      </c>
+      <c r="C50" s="17" t="s">
         <v>100</v>
       </c>
-      <c r="C50" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D50" s="17" t="s">
-        <v>63</v>
+        <v>32</v>
       </c>
       <c r="E50" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F50" s="3"/>
     </row>
     <row r="51" spans="1:6">
       <c r="A51" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B51" s="17" t="s">
+        <v>101</v>
+      </c>
+      <c r="C51" s="17" t="s">
         <v>102</v>
       </c>
-      <c r="C51" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D51" s="17" t="s">
-        <v>63</v>
+        <v>32</v>
       </c>
       <c r="E51" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F51" s="3"/>
     </row>
     <row r="52" spans="1:6">
       <c r="A52" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B52" s="17" t="s">
+        <v>103</v>
+      </c>
+      <c r="C52" s="17" t="s">
         <v>104</v>
       </c>
-      <c r="C52" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D52" s="17" t="s">
-        <v>63</v>
+        <v>32</v>
       </c>
       <c r="E52" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F52" s="3"/>
     </row>
     <row r="53" spans="1:6">
       <c r="A53" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B53" s="17" t="s">
+        <v>105</v>
+      </c>
+      <c r="C53" s="17" t="s">
         <v>106</v>
       </c>
-      <c r="C53" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D53" s="17" t="s">
-        <v>63</v>
+        <v>32</v>
       </c>
       <c r="E53" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F53" s="3"/>
     </row>
     <row r="54" spans="1:6">
       <c r="A54" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B54" s="17" t="s">
+        <v>107</v>
+      </c>
+      <c r="C54" s="17" t="s">
         <v>108</v>
       </c>
-      <c r="C54" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D54" s="17" t="s">
-        <v>63</v>
+        <v>32</v>
       </c>
       <c r="E54" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F54" s="3"/>
     </row>
     <row r="55" spans="1:6">
       <c r="A55" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B55" s="17" t="s">
+        <v>109</v>
+      </c>
+      <c r="C55" s="17" t="s">
         <v>110</v>
       </c>
-      <c r="C55" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D55" s="17" t="s">
-        <v>63</v>
+        <v>32</v>
       </c>
       <c r="E55" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F55" s="3"/>
     </row>
     <row r="56" spans="1:6">
       <c r="A56" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B56" s="17" t="s">
+        <v>111</v>
+      </c>
+      <c r="C56" s="17" t="s">
         <v>112</v>
       </c>
-      <c r="C56" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D56" s="17" t="s">
-        <v>63</v>
+        <v>32</v>
       </c>
       <c r="E56" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F56" s="3"/>
     </row>
     <row r="57" spans="1:6">
       <c r="A57" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B57" s="17" t="s">
+        <v>113</v>
+      </c>
+      <c r="C57" s="17" t="s">
         <v>114</v>
       </c>
-      <c r="C57" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D57" s="17" t="s">
-        <v>63</v>
+        <v>32</v>
       </c>
       <c r="E57" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F57" s="3"/>
     </row>
     <row r="58" spans="1:6">
       <c r="A58" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B58" s="17" t="s">
+        <v>115</v>
+      </c>
+      <c r="C58" s="17" t="s">
         <v>116</v>
       </c>
-      <c r="C58" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D58" s="17" t="s">
-        <v>63</v>
+        <v>32</v>
       </c>
       <c r="E58" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F58" s="3"/>
     </row>
     <row r="59" spans="1:6">
       <c r="A59" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B59" s="17" t="s">
+        <v>117</v>
+      </c>
+      <c r="C59" s="17" t="s">
         <v>118</v>
       </c>
-      <c r="C59" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D59" s="17" t="s">
-        <v>63</v>
+        <v>32</v>
       </c>
       <c r="E59" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F59" s="3"/>
     </row>
     <row r="60" spans="1:6">
       <c r="A60" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B60" s="17" t="s">
+        <v>119</v>
+      </c>
+      <c r="C60" s="17" t="s">
         <v>120</v>
       </c>
-      <c r="C60" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D60" s="17" t="s">
-        <v>63</v>
+        <v>32</v>
       </c>
       <c r="E60" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F60" s="3"/>
     </row>
     <row r="61" spans="1:6">
       <c r="A61" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B61" s="17" t="s">
+        <v>121</v>
+      </c>
+      <c r="C61" s="17" t="s">
         <v>122</v>
       </c>
-      <c r="C61" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D61" s="17" t="s">
-        <v>63</v>
+        <v>32</v>
       </c>
       <c r="E61" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F61" s="3"/>
     </row>
     <row r="62" spans="1:6">
       <c r="A62" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B62" s="17" t="s">
+        <v>123</v>
+      </c>
+      <c r="C62" s="17" t="s">
         <v>124</v>
       </c>
-      <c r="C62" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D62" s="17" t="s">
-        <v>63</v>
+        <v>32</v>
       </c>
       <c r="E62" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F62" s="3"/>
     </row>
     <row r="63" spans="1:6">
       <c r="A63" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B63" s="17" t="s">
+        <v>125</v>
+      </c>
+      <c r="C63" s="17" t="s">
         <v>126</v>
       </c>
-      <c r="C63" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D63" s="17" t="s">
-        <v>63</v>
+        <v>32</v>
       </c>
       <c r="E63" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F63" s="3"/>
     </row>
     <row r="64" spans="1:6">
       <c r="A64" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B64" s="17" t="s">
+        <v>127</v>
+      </c>
+      <c r="C64" s="17" t="s">
         <v>128</v>
       </c>
-      <c r="C64" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D64" s="17" t="s">
-        <v>63</v>
+        <v>32</v>
       </c>
       <c r="E64" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F64" s="3"/>
     </row>
     <row r="65" spans="1:6">
       <c r="A65" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B65" s="17" t="s">
+        <v>129</v>
+      </c>
+      <c r="C65" s="17" t="s">
         <v>130</v>
       </c>
-      <c r="C65" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D65" s="17" t="s">
-        <v>63</v>
+        <v>32</v>
       </c>
       <c r="E65" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F65" s="3"/>
     </row>
     <row r="66" spans="1:6">
       <c r="A66" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B66" s="17" t="s">
+        <v>131</v>
+      </c>
+      <c r="C66" s="17" t="s">
         <v>132</v>
       </c>
-      <c r="C66" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D66" s="17" t="s">
-        <v>63</v>
+        <v>32</v>
       </c>
       <c r="E66" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F66" s="3"/>
     </row>
     <row r="67" spans="1:6">
       <c r="A67" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B67" s="17" t="s">
+        <v>133</v>
+      </c>
+      <c r="C67" s="17" t="s">
         <v>134</v>
       </c>
-      <c r="C67" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D67" s="17" t="s">
-        <v>63</v>
+        <v>32</v>
       </c>
       <c r="E67" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F67" s="3"/>
     </row>
     <row r="68" spans="1:6">
       <c r="A68" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B68" s="17" t="s">
+        <v>135</v>
+      </c>
+      <c r="C68" s="17" t="s">
         <v>136</v>
       </c>
-      <c r="C68" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D68" s="17" t="s">
-        <v>63</v>
+        <v>32</v>
       </c>
       <c r="E68" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F68" s="3"/>
     </row>
     <row r="69" spans="1:6">
       <c r="A69" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B69" s="17" t="s">
+        <v>137</v>
+      </c>
+      <c r="C69" s="17" t="s">
         <v>138</v>
       </c>
-      <c r="C69" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D69" s="17" t="s">
-        <v>63</v>
+        <v>32</v>
       </c>
       <c r="E69" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F69" s="3"/>
     </row>
     <row r="70" spans="1:6">
       <c r="A70" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B70" s="17" t="s">
+        <v>139</v>
+      </c>
+      <c r="C70" s="17" t="s">
         <v>140</v>
       </c>
-      <c r="C70" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D70" s="17" t="s">
-        <v>63</v>
+        <v>32</v>
       </c>
       <c r="E70" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F70" s="3"/>
     </row>
     <row r="71" spans="1:6">
       <c r="A71" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B71" s="17" t="s">
+        <v>141</v>
+      </c>
+      <c r="C71" s="17" t="s">
         <v>142</v>
       </c>
-      <c r="C71" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D71" s="17" t="s">
-        <v>63</v>
+        <v>32</v>
       </c>
       <c r="E71" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F71" s="3"/>
     </row>
     <row r="72" spans="1:6">
       <c r="A72" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B72" s="17" t="s">
+        <v>143</v>
+      </c>
+      <c r="C72" s="17" t="s">
         <v>144</v>
       </c>
-      <c r="C72" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D72" s="17" t="s">
-        <v>63</v>
+        <v>32</v>
       </c>
       <c r="E72" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F72" s="3"/>
     </row>
     <row r="73" spans="1:6">
       <c r="A73" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B73" s="17" t="s">
+        <v>145</v>
+      </c>
+      <c r="C73" s="17" t="s">
         <v>146</v>
       </c>
-      <c r="C73" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D73" s="17" t="s">
-        <v>63</v>
+        <v>32</v>
       </c>
       <c r="E73" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F73" s="3"/>
     </row>
     <row r="74" spans="1:6">
       <c r="A74" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B74" s="17" t="s">
+        <v>147</v>
+      </c>
+      <c r="C74" s="17" t="s">
         <v>148</v>
       </c>
-      <c r="C74" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D74" s="17" t="s">
-        <v>63</v>
+        <v>32</v>
       </c>
       <c r="E74" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F74" s="3"/>
     </row>
     <row r="75" spans="1:6">
       <c r="A75" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B75" s="17" t="s">
+        <v>149</v>
+      </c>
+      <c r="C75" s="17" t="s">
         <v>150</v>
       </c>
-      <c r="C75" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D75" s="17" t="s">
-        <v>63</v>
+        <v>32</v>
       </c>
       <c r="E75" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F75" s="3"/>
     </row>
     <row r="76" spans="1:6">
       <c r="A76" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B76" s="17" t="s">
+        <v>151</v>
+      </c>
+      <c r="C76" s="17" t="s">
         <v>152</v>
       </c>
-      <c r="C76" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D76" s="17" t="s">
-        <v>63</v>
+        <v>32</v>
       </c>
       <c r="E76" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F76" s="3"/>
     </row>
     <row r="77" spans="1:6">
       <c r="A77" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B77" s="17" t="s">
+        <v>153</v>
+      </c>
+      <c r="C77" s="17" t="s">
         <v>154</v>
       </c>
-      <c r="C77" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D77" s="17" t="s">
-        <v>63</v>
+        <v>32</v>
       </c>
       <c r="E77" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F77" s="3"/>
     </row>
     <row r="78" spans="1:6">
       <c r="A78" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B78" s="17" t="s">
+        <v>155</v>
+      </c>
+      <c r="C78" s="17" t="s">
         <v>156</v>
       </c>
-      <c r="C78" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D78" s="17" t="s">
-        <v>63</v>
+        <v>32</v>
       </c>
       <c r="E78" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F78" s="3"/>
     </row>
     <row r="79" spans="1:6">
       <c r="A79" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B79" s="17" t="s">
+        <v>157</v>
+      </c>
+      <c r="C79" s="17" t="s">
         <v>158</v>
       </c>
-      <c r="C79" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D79" s="17" t="s">
-        <v>63</v>
+        <v>32</v>
       </c>
       <c r="E79" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F79" s="3"/>
     </row>
     <row r="80" spans="1:6">
       <c r="A80" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B80" s="17" t="s">
+        <v>159</v>
+      </c>
+      <c r="C80" s="17" t="s">
         <v>160</v>
       </c>
-      <c r="C80" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D80" s="17" t="s">
-        <v>63</v>
+        <v>32</v>
       </c>
       <c r="E80" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F80" s="3"/>
     </row>
     <row r="81" spans="1:6">
       <c r="A81" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B81" s="17" t="s">
+        <v>161</v>
+      </c>
+      <c r="C81" s="17" t="s">
         <v>162</v>
       </c>
-      <c r="C81" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D81" s="17" t="s">
-        <v>63</v>
+        <v>32</v>
       </c>
       <c r="E81" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F81" s="3"/>
     </row>
     <row r="82" spans="1:6">
       <c r="A82" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B82" s="17" t="s">
+        <v>163</v>
+      </c>
+      <c r="C82" s="17" t="s">
         <v>164</v>
       </c>
-      <c r="C82" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D82" s="17" t="s">
-        <v>63</v>
+        <v>32</v>
       </c>
       <c r="E82" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F82" s="3"/>
     </row>
     <row r="83" spans="1:6">
       <c r="A83" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B83" s="17" t="s">
+        <v>165</v>
+      </c>
+      <c r="C83" s="17" t="s">
         <v>166</v>
       </c>
-      <c r="C83" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D83" s="17" t="s">
-        <v>63</v>
+        <v>32</v>
       </c>
       <c r="E83" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F83" s="3"/>
     </row>
     <row r="84" spans="1:6">
       <c r="A84" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B84" s="17" t="s">
+        <v>167</v>
+      </c>
+      <c r="C84" s="17" t="s">
         <v>168</v>
       </c>
-      <c r="C84" s="17" t="s">
+      <c r="D84" s="17" t="s">
         <v>169</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
       <c r="E84" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F84" s="3"/>
     </row>
     <row r="85" spans="1:6">
       <c r="A85" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B85" s="17" t="s">
         <v>170</v>
       </c>
       <c r="C85" s="17" t="s">
         <v>171</v>
       </c>
       <c r="D85" s="17" t="s">
-        <v>63</v>
+        <v>169</v>
       </c>
       <c r="E85" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F85" s="3"/>
     </row>
     <row r="86" spans="1:6">
       <c r="A86" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B86" s="17" t="s">
         <v>172</v>
       </c>
       <c r="C86" s="17" t="s">
         <v>173</v>
       </c>
       <c r="D86" s="17" t="s">
-        <v>63</v>
+        <v>169</v>
       </c>
       <c r="E86" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F86" s="3"/>
     </row>
     <row r="87" spans="1:6">
       <c r="A87" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B87" s="17" t="s">
         <v>174</v>
       </c>
       <c r="C87" s="17" t="s">
         <v>175</v>
       </c>
       <c r="D87" s="17" t="s">
-        <v>63</v>
+        <v>169</v>
       </c>
       <c r="E87" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F87" s="3"/>
     </row>
     <row r="88" spans="1:6">
       <c r="A88" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B88" s="17" t="s">
         <v>176</v>
       </c>
       <c r="C88" s="17" t="s">
         <v>177</v>
       </c>
       <c r="D88" s="17" t="s">
-        <v>63</v>
+        <v>169</v>
       </c>
       <c r="E88" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F88" s="3"/>
     </row>
     <row r="89" spans="1:6">
       <c r="A89" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B89" s="17" t="s">
         <v>178</v>
       </c>
       <c r="C89" s="17" t="s">
         <v>179</v>
       </c>
       <c r="D89" s="17" t="s">
-        <v>63</v>
+        <v>169</v>
       </c>
       <c r="E89" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F89" s="3"/>
     </row>
     <row r="90" spans="1:6">
       <c r="A90" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B90" s="17" t="s">
         <v>180</v>
       </c>
       <c r="C90" s="17" t="s">
         <v>181</v>
       </c>
       <c r="D90" s="17" t="s">
-        <v>63</v>
+        <v>169</v>
       </c>
       <c r="E90" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F90" s="3"/>
     </row>
     <row r="91" spans="1:6">
       <c r="A91" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B91" s="17" t="s">
         <v>182</v>
       </c>
       <c r="C91" s="17" t="s">
         <v>183</v>
       </c>
       <c r="D91" s="17" t="s">
-        <v>63</v>
+        <v>169</v>
       </c>
       <c r="E91" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F91" s="3"/>
     </row>
     <row r="92" spans="1:6">
       <c r="A92" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B92" s="17" t="s">
         <v>184</v>
       </c>
       <c r="C92" s="17" t="s">
         <v>185</v>
       </c>
       <c r="D92" s="17" t="s">
-        <v>63</v>
+        <v>169</v>
       </c>
       <c r="E92" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F92" s="3"/>
     </row>
     <row r="93" spans="1:6">
       <c r="A93" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B93" s="17" t="s">
         <v>186</v>
       </c>
       <c r="C93" s="17" t="s">
         <v>187</v>
       </c>
       <c r="D93" s="17" t="s">
-        <v>63</v>
+        <v>169</v>
       </c>
       <c r="E93" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F93" s="3"/>
     </row>
     <row r="94" spans="1:6">
       <c r="A94" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B94" s="17" t="s">
         <v>188</v>
       </c>
       <c r="C94" s="17" t="s">
         <v>189</v>
       </c>
       <c r="D94" s="17" t="s">
-        <v>63</v>
+        <v>169</v>
       </c>
       <c r="E94" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F94" s="3"/>
     </row>
     <row r="95" spans="1:6">
       <c r="A95" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B95" s="17" t="s">
         <v>190</v>
       </c>
       <c r="C95" s="17" t="s">
         <v>191</v>
       </c>
       <c r="D95" s="17" t="s">
-        <v>63</v>
+        <v>169</v>
       </c>
       <c r="E95" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F95" s="3"/>
     </row>
     <row r="96" spans="1:6">
       <c r="A96" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B96" s="17" t="s">
         <v>192</v>
       </c>
       <c r="C96" s="17" t="s">
         <v>193</v>
       </c>
       <c r="D96" s="17" t="s">
-        <v>63</v>
+        <v>169</v>
       </c>
       <c r="E96" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F96" s="3"/>
     </row>
     <row r="97" spans="1:6">
       <c r="A97" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B97" s="17" t="s">
         <v>194</v>
       </c>
       <c r="C97" s="17" t="s">
         <v>195</v>
       </c>
       <c r="D97" s="17" t="s">
-        <v>63</v>
+        <v>169</v>
       </c>
       <c r="E97" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F97" s="3"/>
     </row>
     <row r="98" spans="1:6">
       <c r="A98" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B98" s="17" t="s">
         <v>196</v>
       </c>
       <c r="C98" s="17" t="s">
         <v>197</v>
       </c>
       <c r="D98" s="17" t="s">
-        <v>63</v>
+        <v>169</v>
       </c>
       <c r="E98" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F98" s="3"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <autoFilter ref="A11:E98"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Прайс-лист за 04.02.2026</vt:lpstr>
+      <vt:lpstr>Прайс-лист за 21.03.2026</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft Corporation</Company>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Unknown Creator</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Untitled Spreadsheet</dc:title>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>