--- v0 (2025-10-30)
+++ v1 (2025-12-17)
@@ -6,96 +6,96 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="-1" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
-    <sheet name="Прайс-лист за 30.10.2025" sheetId="1" r:id="rId4"/>
+    <sheet name="Прайс-лист за 17.12.2025" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист за 30.10.2025'!$A$11:$E$208</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист за 17.12.2025'!$A$11:$E$208</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="417">
   <si>
     <t>ПРАЙС-ЛИСТ</t>
   </si>
   <si>
     <t>ЕДИНЫЙ НОМЕР</t>
   </si>
   <si>
     <t>8-800-555-7057</t>
   </si>
   <si>
     <t>МОСКВА</t>
   </si>
   <si>
     <t>8-495-646-7057</t>
   </si>
   <si>
     <t>Компания "ТопСети"</t>
   </si>
   <si>
     <t>САНКТ-ПЕТЕРБУРГ</t>
   </si>
   <si>
     <t>8-812-645-7058</t>
   </si>
   <si>
     <t>www.topseti.ru</t>
   </si>
   <si>
     <t>sales@topseti.ru</t>
   </si>
   <si>
     <t>Цены действительны на:</t>
   </si>
   <si>
-    <t>30.10.2025</t>
+    <t>17.12.2025</t>
   </si>
   <si>
     <t>Производитель</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Название</t>
   </si>
   <si>
     <t>Группа</t>
   </si>
   <si>
     <t>Цена, руб.</t>
   </si>
   <si>
     <t>Belden</t>
   </si>
   <si>
     <t>1232A</t>
   </si>
   <si>
     <t>Belden 1232A Кабель витая пара (U/UTP), категория 3, 25 пар (24 AWG, 0,51 мм), одножильный (solid), (-30°C - +75°C), PVC</t>
   </si>
@@ -1473,51 +1473,51 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="7" numFmtId="0" fillId="2" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="49" fillId="2" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="2" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4583c69971dd25affc31da415c88f8812.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2fd263ba368527911b5ba051140520ae2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>600075</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>76200</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2447925" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1957,3617 +1957,3617 @@
       <c r="C11" s="15" t="s">
         <v>14</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>15</v>
       </c>
       <c r="E11" s="15" t="s">
         <v>16</v>
       </c>
       <c r="F11" s="16"/>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B12" s="17" t="s">
         <v>18</v>
       </c>
       <c r="C12" s="17" t="s">
         <v>19</v>
       </c>
       <c r="D12" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E12" s="18">
-        <v>414.0465150000001</v>
+        <v>413.831342</v>
       </c>
       <c r="F12" s="3"/>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B13" s="17" t="s">
         <v>21</v>
       </c>
       <c r="C13" s="17" t="s">
         <v>22</v>
       </c>
       <c r="D13" s="17" t="s">
         <v>23</v>
       </c>
       <c r="E13" s="18">
-        <v>8286.493305</v>
+        <v>8282.186953999999</v>
       </c>
       <c r="F13" s="3"/>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B14" s="17" t="s">
         <v>24</v>
       </c>
       <c r="C14" s="17" t="s">
         <v>25</v>
       </c>
       <c r="D14" s="17" t="s">
         <v>23</v>
       </c>
       <c r="E14" s="18">
-        <v>11239.654245</v>
+        <v>11233.813186</v>
       </c>
       <c r="F14" s="3"/>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B15" s="17" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="17" t="s">
         <v>27</v>
       </c>
       <c r="D15" s="17" t="s">
         <v>23</v>
       </c>
       <c r="E15" s="18">
-        <v>40.53046500000001</v>
+        <v>40.509402</v>
       </c>
       <c r="F15" s="3"/>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B16" s="17" t="s">
         <v>28</v>
       </c>
       <c r="C16" s="17" t="s">
         <v>29</v>
       </c>
       <c r="D16" s="17" t="s">
         <v>23</v>
       </c>
       <c r="E16" s="18">
-        <v>65.16663</v>
+        <v>65.13276399999999</v>
       </c>
       <c r="F16" s="3"/>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B17" s="17" t="s">
         <v>30</v>
       </c>
       <c r="C17" s="17" t="s">
         <v>31</v>
       </c>
       <c r="D17" s="17" t="s">
         <v>23</v>
       </c>
       <c r="E17" s="18">
-        <v>65.16663</v>
+        <v>65.13276399999999</v>
       </c>
       <c r="F17" s="3"/>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B18" s="17" t="s">
         <v>32</v>
       </c>
       <c r="C18" s="17" t="s">
         <v>33</v>
       </c>
       <c r="D18" s="17" t="s">
         <v>23</v>
       </c>
       <c r="E18" s="18">
-        <v>143.843415</v>
+        <v>143.768662</v>
       </c>
       <c r="F18" s="3"/>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B19" s="17" t="s">
         <v>34</v>
       </c>
       <c r="C19" s="17" t="s">
         <v>35</v>
       </c>
       <c r="D19" s="17" t="s">
         <v>23</v>
       </c>
       <c r="E19" s="18">
-        <v>143.843415</v>
+        <v>143.768662</v>
       </c>
       <c r="F19" s="3"/>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B20" s="17" t="s">
         <v>36</v>
       </c>
       <c r="C20" s="17" t="s">
         <v>37</v>
       </c>
       <c r="D20" s="17" t="s">
         <v>23</v>
       </c>
       <c r="E20" s="18">
-        <v>65.16663</v>
+        <v>65.13276399999999</v>
       </c>
       <c r="F20" s="3"/>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B21" s="17" t="s">
         <v>38</v>
       </c>
       <c r="C21" s="17" t="s">
         <v>39</v>
       </c>
       <c r="D21" s="17" t="s">
         <v>23</v>
       </c>
       <c r="E21" s="18">
-        <v>143.843415</v>
+        <v>143.768662</v>
       </c>
       <c r="F21" s="3"/>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B22" s="17" t="s">
         <v>40</v>
       </c>
       <c r="C22" s="17" t="s">
         <v>41</v>
       </c>
       <c r="D22" s="17" t="s">
         <v>23</v>
       </c>
       <c r="E22" s="18">
-        <v>65.16663</v>
+        <v>65.13276399999999</v>
       </c>
       <c r="F22" s="3"/>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B23" s="17" t="s">
         <v>42</v>
       </c>
       <c r="C23" s="17" t="s">
         <v>43</v>
       </c>
       <c r="D23" s="17" t="s">
         <v>23</v>
       </c>
       <c r="E23" s="18">
-        <v>65.16663</v>
+        <v>65.13276399999999</v>
       </c>
       <c r="F23" s="3"/>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B24" s="17" t="s">
         <v>44</v>
       </c>
       <c r="C24" s="17" t="s">
         <v>45</v>
       </c>
       <c r="D24" s="17" t="s">
         <v>23</v>
       </c>
       <c r="E24" s="18">
-        <v>31832.309325</v>
+        <v>31815.76661</v>
       </c>
       <c r="F24" s="3"/>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B25" s="17" t="s">
         <v>46</v>
       </c>
       <c r="C25" s="17" t="s">
         <v>47</v>
       </c>
       <c r="D25" s="17" t="s">
         <v>23</v>
       </c>
       <c r="E25" s="18">
-        <v>106.49181</v>
+        <v>106.436468</v>
       </c>
       <c r="F25" s="3"/>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B26" s="17" t="s">
         <v>48</v>
       </c>
       <c r="C26" s="17" t="s">
         <v>49</v>
       </c>
       <c r="D26" s="17" t="s">
         <v>23</v>
       </c>
       <c r="E26" s="18">
-        <v>16818.553545</v>
+        <v>16809.813226</v>
       </c>
       <c r="F26" s="3"/>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B27" s="17" t="s">
         <v>50</v>
       </c>
       <c r="C27" s="17" t="s">
         <v>51</v>
       </c>
       <c r="D27" s="17" t="s">
         <v>23</v>
       </c>
       <c r="E27" s="18">
-        <v>18540.70095</v>
+        <v>18531.06566</v>
       </c>
       <c r="F27" s="3"/>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B28" s="17" t="s">
         <v>52</v>
       </c>
       <c r="C28" s="17" t="s">
         <v>53</v>
       </c>
       <c r="D28" s="17" t="s">
         <v>23</v>
       </c>
       <c r="E28" s="18">
-        <v>55542.63135</v>
+        <v>55513.76678</v>
       </c>
       <c r="F28" s="3"/>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B29" s="17" t="s">
         <v>54</v>
       </c>
       <c r="C29" s="17" t="s">
         <v>55</v>
       </c>
       <c r="D29" s="17" t="s">
         <v>23</v>
       </c>
       <c r="E29" s="18">
-        <v>52916.89299000001</v>
+        <v>52889.392972</v>
       </c>
       <c r="F29" s="3"/>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B30" s="17" t="s">
         <v>56</v>
       </c>
       <c r="C30" s="17" t="s">
         <v>57</v>
       </c>
       <c r="D30" s="17" t="s">
         <v>23</v>
       </c>
       <c r="E30" s="18">
-        <v>114.43896</v>
+        <v>114.379488</v>
       </c>
       <c r="F30" s="3"/>
     </row>
     <row r="31" spans="1:6">
       <c r="A31" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B31" s="17">
         <v>24570161</v>
       </c>
       <c r="C31" s="17" t="s">
         <v>58</v>
       </c>
       <c r="D31" s="17" t="s">
         <v>23</v>
       </c>
       <c r="E31" s="18">
-        <v>46.09347</v>
+        <v>46.06951599999999</v>
       </c>
       <c r="F31" s="3"/>
     </row>
     <row r="32" spans="1:6">
       <c r="A32" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B32" s="17" t="s">
         <v>59</v>
       </c>
       <c r="C32" s="17" t="s">
         <v>60</v>
       </c>
       <c r="D32" s="17" t="s">
         <v>23</v>
       </c>
       <c r="E32" s="18">
-        <v>157.35357</v>
+        <v>157.271796</v>
       </c>
       <c r="F32" s="3"/>
     </row>
     <row r="33" spans="1:6">
       <c r="A33" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B33" s="17" t="s">
         <v>61</v>
       </c>
       <c r="C33" s="17" t="s">
         <v>62</v>
       </c>
       <c r="D33" s="17" t="s">
         <v>23</v>
       </c>
       <c r="E33" s="18">
-        <v>33.37803</v>
+        <v>33.360684</v>
       </c>
       <c r="F33" s="3"/>
     </row>
     <row r="34" spans="1:6">
       <c r="A34" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B34" s="17" t="s">
         <v>63</v>
       </c>
       <c r="C34" s="17" t="s">
         <v>64</v>
       </c>
       <c r="D34" s="17" t="s">
         <v>65</v>
       </c>
       <c r="E34" s="18">
-        <v>96.160515</v>
+        <v>96.110542</v>
       </c>
       <c r="F34" s="3"/>
     </row>
     <row r="35" spans="1:6">
       <c r="A35" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B35" s="17" t="s">
         <v>66</v>
       </c>
       <c r="C35" s="17" t="s">
         <v>67</v>
       </c>
       <c r="D35" s="17" t="s">
         <v>65</v>
       </c>
       <c r="E35" s="18">
-        <v>75.49792500000001</v>
+        <v>75.45868999999999</v>
       </c>
       <c r="F35" s="3"/>
     </row>
     <row r="36" spans="1:6">
       <c r="A36" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B36" s="17" t="s">
         <v>68</v>
       </c>
       <c r="C36" s="17" t="s">
         <v>69</v>
       </c>
       <c r="D36" s="17" t="s">
         <v>65</v>
       </c>
       <c r="E36" s="18">
-        <v>80.266215</v>
+        <v>80.224502</v>
       </c>
       <c r="F36" s="3"/>
     </row>
     <row r="37" spans="1:6">
       <c r="A37" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B37" s="17" t="s">
         <v>70</v>
       </c>
       <c r="C37" s="17" t="s">
         <v>71</v>
       </c>
       <c r="D37" s="17" t="s">
         <v>65</v>
       </c>
       <c r="E37" s="18">
-        <v>87.41865000000001</v>
+        <v>87.37322</v>
       </c>
       <c r="F37" s="3"/>
     </row>
     <row r="38" spans="1:6">
       <c r="A38" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B38" s="17">
         <v>24568015</v>
       </c>
       <c r="C38" s="17" t="s">
         <v>72</v>
       </c>
       <c r="D38" s="17" t="s">
         <v>65</v>
       </c>
       <c r="E38" s="18">
-        <v>61.19305500000001</v>
+        <v>61.161254</v>
       </c>
       <c r="F38" s="3"/>
     </row>
     <row r="39" spans="1:6">
       <c r="A39" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B39" s="17">
         <v>24588085</v>
       </c>
       <c r="C39" s="17" t="s">
         <v>73</v>
       </c>
       <c r="D39" s="17" t="s">
         <v>65</v>
       </c>
       <c r="E39" s="18">
-        <v>98.54466000000001</v>
+        <v>98.493448</v>
       </c>
       <c r="F39" s="3"/>
     </row>
     <row r="40" spans="1:6">
       <c r="A40" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B40" s="17" t="s">
         <v>74</v>
       </c>
       <c r="C40" s="17" t="s">
         <v>75</v>
       </c>
       <c r="D40" s="17" t="s">
         <v>65</v>
       </c>
       <c r="E40" s="18">
-        <v>73.11378000000001</v>
+        <v>73.075784</v>
       </c>
       <c r="F40" s="3"/>
     </row>
     <row r="41" spans="1:6">
       <c r="A41" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B41" s="17" t="s">
         <v>76</v>
       </c>
       <c r="C41" s="17" t="s">
         <v>77</v>
       </c>
       <c r="D41" s="17" t="s">
         <v>65</v>
       </c>
       <c r="E41" s="18">
-        <v>21659.16261</v>
+        <v>21647.906708</v>
       </c>
       <c r="F41" s="3"/>
     </row>
     <row r="42" spans="1:6">
       <c r="A42" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B42" s="17" t="s">
         <v>78</v>
       </c>
       <c r="C42" s="17" t="s">
         <v>79</v>
       </c>
       <c r="D42" s="17" t="s">
         <v>65</v>
       </c>
       <c r="E42" s="18">
-        <v>31667.00860500001</v>
+        <v>31650.551794</v>
       </c>
       <c r="F42" s="3"/>
     </row>
     <row r="43" spans="1:6">
       <c r="A43" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B43" s="17" t="s">
         <v>80</v>
       </c>
       <c r="C43" s="17" t="s">
         <v>81</v>
       </c>
       <c r="D43" s="17" t="s">
         <v>65</v>
       </c>
       <c r="E43" s="18">
-        <v>90.59751</v>
+        <v>90.550428</v>
       </c>
       <c r="F43" s="3"/>
     </row>
     <row r="44" spans="1:6">
       <c r="A44" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B44" s="17" t="s">
         <v>82</v>
       </c>
       <c r="C44" s="17" t="s">
         <v>83</v>
       </c>
       <c r="D44" s="17" t="s">
         <v>65</v>
       </c>
       <c r="E44" s="18">
-        <v>70308.43605</v>
+        <v>70271.89794000001</v>
       </c>
       <c r="F44" s="3"/>
     </row>
     <row r="45" spans="1:6">
       <c r="A45" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B45" s="17" t="s">
         <v>84</v>
       </c>
       <c r="C45" s="17" t="s">
         <v>85</v>
       </c>
       <c r="D45" s="17" t="s">
         <v>65</v>
       </c>
       <c r="E45" s="18">
-        <v>16325.830245</v>
+        <v>16317.345986</v>
       </c>
       <c r="F45" s="3"/>
     </row>
     <row r="46" spans="1:6">
       <c r="A46" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B46" s="17" t="s">
         <v>86</v>
       </c>
       <c r="C46" s="17" t="s">
         <v>87</v>
       </c>
       <c r="D46" s="17" t="s">
         <v>65</v>
       </c>
       <c r="E46" s="18">
-        <v>24858.6852</v>
+        <v>24845.76656</v>
       </c>
       <c r="F46" s="3"/>
     </row>
     <row r="47" spans="1:6">
       <c r="A47" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B47" s="17" t="s">
         <v>88</v>
       </c>
       <c r="C47" s="17" t="s">
         <v>89</v>
       </c>
       <c r="D47" s="17" t="s">
         <v>65</v>
       </c>
       <c r="E47" s="18">
-        <v>18376.98966</v>
+        <v>18367.439448</v>
       </c>
       <c r="F47" s="3"/>
     </row>
     <row r="48" spans="1:6">
       <c r="A48" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B48" s="17" t="s">
         <v>90</v>
       </c>
       <c r="C48" s="17" t="s">
         <v>91</v>
       </c>
       <c r="D48" s="17" t="s">
         <v>92</v>
       </c>
       <c r="E48" s="18">
-        <v>58495.79229</v>
+        <v>58465.39301199999</v>
       </c>
       <c r="F48" s="3"/>
     </row>
     <row r="49" spans="1:6">
       <c r="A49" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B49" s="17" t="s">
         <v>93</v>
       </c>
       <c r="C49" s="17" t="s">
         <v>94</v>
       </c>
       <c r="D49" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E49" s="18">
-        <v>174.8373</v>
+        <v>174.74644</v>
       </c>
       <c r="F49" s="3"/>
     </row>
     <row r="50" spans="1:6">
       <c r="A50" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B50" s="17" t="s">
         <v>96</v>
       </c>
       <c r="C50" s="17" t="s">
         <v>97</v>
       </c>
       <c r="D50" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E50" s="18">
-        <v>212.98362</v>
+        <v>212.872936</v>
       </c>
       <c r="F50" s="3"/>
     </row>
     <row r="51" spans="1:6">
       <c r="A51" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B51" s="17" t="s">
         <v>98</v>
       </c>
       <c r="C51" s="17" t="s">
         <v>99</v>
       </c>
       <c r="D51" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E51" s="18">
-        <v>209.010045</v>
+        <v>208.901426</v>
       </c>
       <c r="F51" s="3"/>
     </row>
     <row r="52" spans="1:6">
       <c r="A52" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B52" s="17" t="s">
         <v>100</v>
       </c>
       <c r="C52" s="17" t="s">
         <v>101</v>
       </c>
       <c r="D52" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E52" s="18">
-        <v>273.38196</v>
+        <v>273.239888</v>
       </c>
       <c r="F52" s="3"/>
     </row>
     <row r="53" spans="1:6">
       <c r="A53" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B53" s="17" t="s">
         <v>102</v>
       </c>
       <c r="C53" s="17" t="s">
         <v>103</v>
       </c>
       <c r="D53" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E53" s="18">
-        <v>313.11771</v>
+        <v>312.954988</v>
       </c>
       <c r="F53" s="3"/>
     </row>
     <row r="54" spans="1:6">
       <c r="A54" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B54" s="17" t="s">
         <v>104</v>
       </c>
       <c r="C54" s="17" t="s">
         <v>105</v>
       </c>
       <c r="D54" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E54" s="18">
-        <v>393.383925</v>
+        <v>393.17949</v>
       </c>
       <c r="F54" s="3"/>
     </row>
     <row r="55" spans="1:6">
       <c r="A55" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B55" s="17" t="s">
         <v>106</v>
       </c>
       <c r="C55" s="17" t="s">
         <v>107</v>
       </c>
       <c r="D55" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E55" s="18">
-        <v>160.53243</v>
+        <v>160.449004</v>
       </c>
       <c r="F55" s="3"/>
     </row>
     <row r="56" spans="1:6">
       <c r="A56" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B56" s="17" t="s">
         <v>108</v>
       </c>
       <c r="C56" s="17" t="s">
         <v>109</v>
       </c>
       <c r="D56" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E56" s="18">
-        <v>192.32103</v>
+        <v>192.221084</v>
       </c>
       <c r="F56" s="3"/>
     </row>
     <row r="57" spans="1:6">
       <c r="A57" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B57" s="17" t="s">
         <v>110</v>
       </c>
       <c r="C57" s="17" t="s">
         <v>111</v>
       </c>
       <c r="D57" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E57" s="18">
-        <v>182.78445</v>
+        <v>182.68946</v>
       </c>
       <c r="F57" s="3"/>
     </row>
     <row r="58" spans="1:6">
       <c r="A58" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B58" s="17" t="s">
         <v>112</v>
       </c>
       <c r="C58" s="17" t="s">
         <v>113</v>
       </c>
       <c r="D58" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E58" s="18">
-        <v>229.672635</v>
+        <v>229.553278</v>
       </c>
       <c r="F58" s="3"/>
     </row>
     <row r="59" spans="1:6">
       <c r="A59" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B59" s="17" t="s">
         <v>114</v>
       </c>
       <c r="C59" s="17" t="s">
         <v>115</v>
       </c>
       <c r="D59" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E59" s="18">
-        <v>256.692945</v>
+        <v>256.559546</v>
       </c>
       <c r="F59" s="3"/>
     </row>
     <row r="60" spans="1:6">
       <c r="A60" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B60" s="17" t="s">
         <v>116</v>
       </c>
       <c r="C60" s="17" t="s">
         <v>117</v>
       </c>
       <c r="D60" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E60" s="18">
-        <v>308.34942</v>
+        <v>308.189176</v>
       </c>
       <c r="F60" s="3"/>
     </row>
     <row r="61" spans="1:6">
       <c r="A61" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B61" s="17" t="s">
         <v>118</v>
       </c>
       <c r="C61" s="17" t="s">
         <v>119</v>
       </c>
       <c r="D61" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E61" s="18">
-        <v>212.98362</v>
+        <v>212.872936</v>
       </c>
       <c r="F61" s="3"/>
     </row>
     <row r="62" spans="1:6">
       <c r="A62" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B62" s="17" t="s">
         <v>120</v>
       </c>
       <c r="C62" s="17" t="s">
         <v>121</v>
       </c>
       <c r="D62" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E62" s="18">
-        <v>246.36165</v>
+        <v>246.23362</v>
       </c>
       <c r="F62" s="3"/>
     </row>
     <row r="63" spans="1:6">
       <c r="A63" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B63" s="17" t="s">
         <v>122</v>
       </c>
       <c r="C63" s="17" t="s">
         <v>123</v>
       </c>
       <c r="D63" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E63" s="18">
-        <v>275.766105</v>
+        <v>275.622794</v>
       </c>
       <c r="F63" s="3"/>
     </row>
     <row r="64" spans="1:6">
       <c r="A64" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B64" s="17" t="s">
         <v>124</v>
       </c>
       <c r="C64" s="17" t="s">
         <v>125</v>
       </c>
       <c r="D64" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E64" s="18">
-        <v>339.343305</v>
+        <v>339.166954</v>
       </c>
       <c r="F64" s="3"/>
     </row>
     <row r="65" spans="1:6">
       <c r="A65" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B65" s="17" t="s">
         <v>126</v>
       </c>
       <c r="C65" s="17" t="s">
         <v>127</v>
       </c>
       <c r="D65" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E65" s="18">
-        <v>398.152215</v>
+        <v>397.945302</v>
       </c>
       <c r="F65" s="3"/>
     </row>
     <row r="66" spans="1:6">
       <c r="A66" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B66" s="17" t="s">
         <v>128</v>
       </c>
       <c r="C66" s="17" t="s">
         <v>129</v>
       </c>
       <c r="D66" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E66" s="18">
-        <v>522.1277550000001</v>
+        <v>521.856414</v>
       </c>
       <c r="F66" s="3"/>
     </row>
     <row r="67" spans="1:6">
       <c r="A67" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B67" s="17" t="s">
         <v>130</v>
       </c>
       <c r="C67" s="17" t="s">
         <v>131</v>
       </c>
       <c r="D67" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E67" s="18">
-        <v>319.47543</v>
+        <v>319.309404</v>
       </c>
       <c r="F67" s="3"/>
     </row>
     <row r="68" spans="1:6">
       <c r="A68" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B68" s="17" t="s">
         <v>132</v>
       </c>
       <c r="C68" s="17" t="s">
         <v>133</v>
       </c>
       <c r="D68" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E68" s="18">
-        <v>372.7213350000001</v>
+        <v>372.527638</v>
       </c>
       <c r="F68" s="3"/>
     </row>
     <row r="69" spans="1:6">
       <c r="A69" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B69" s="17" t="s">
         <v>134</v>
       </c>
       <c r="C69" s="17" t="s">
         <v>135</v>
       </c>
       <c r="D69" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E69" s="18">
-        <v>421.993665</v>
+        <v>421.7743619999999</v>
       </c>
       <c r="F69" s="3"/>
     </row>
     <row r="70" spans="1:6">
       <c r="A70" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B70" s="17" t="s">
         <v>136</v>
       </c>
       <c r="C70" s="17" t="s">
         <v>137</v>
       </c>
       <c r="D70" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E70" s="18">
-        <v>545.9692050000001</v>
+        <v>545.685474</v>
       </c>
       <c r="F70" s="3"/>
     </row>
     <row r="71" spans="1:6">
       <c r="A71" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B71" s="17" t="s">
         <v>138</v>
       </c>
       <c r="C71" s="17" t="s">
         <v>139</v>
       </c>
       <c r="D71" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E71" s="18">
-        <v>721.60122</v>
+        <v>721.226216</v>
       </c>
       <c r="F71" s="3"/>
     </row>
     <row r="72" spans="1:6">
       <c r="A72" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B72" s="17" t="s">
         <v>140</v>
       </c>
       <c r="C72" s="17" t="s">
         <v>141</v>
       </c>
       <c r="D72" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E72" s="18">
-        <v>1031.54007</v>
+        <v>1031.003996</v>
       </c>
       <c r="F72" s="3"/>
     </row>
     <row r="73" spans="1:6">
       <c r="A73" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B73" s="17" t="s">
         <v>142</v>
       </c>
       <c r="C73" s="17" t="s">
         <v>143</v>
       </c>
       <c r="D73" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E73" s="18">
-        <v>146.22756</v>
+        <v>146.151568</v>
       </c>
       <c r="F73" s="3"/>
     </row>
     <row r="74" spans="1:6">
       <c r="A74" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B74" s="17" t="s">
         <v>144</v>
       </c>
       <c r="C74" s="17" t="s">
         <v>145</v>
       </c>
       <c r="D74" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E74" s="18">
-        <v>170.06901</v>
+        <v>169.980628</v>
       </c>
       <c r="F74" s="3"/>
     </row>
     <row r="75" spans="1:6">
       <c r="A75" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B75" s="17" t="s">
         <v>146</v>
       </c>
       <c r="C75" s="17" t="s">
         <v>147</v>
       </c>
       <c r="D75" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E75" s="18">
-        <v>154.969425</v>
+        <v>154.88889</v>
       </c>
       <c r="F75" s="3"/>
     </row>
     <row r="76" spans="1:6">
       <c r="A76" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B76" s="17" t="s">
         <v>148</v>
       </c>
       <c r="C76" s="17" t="s">
         <v>149</v>
       </c>
       <c r="D76" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E76" s="18">
-        <v>185.168595</v>
+        <v>185.072366</v>
       </c>
       <c r="F76" s="3"/>
     </row>
     <row r="77" spans="1:6">
       <c r="A77" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B77" s="17" t="s">
         <v>150</v>
       </c>
       <c r="C77" s="17" t="s">
         <v>151</v>
       </c>
       <c r="D77" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E77" s="18">
-        <v>196.294605</v>
+        <v>196.192594</v>
       </c>
       <c r="F77" s="3"/>
     </row>
     <row r="78" spans="1:6">
       <c r="A78" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B78" s="17" t="s">
         <v>152</v>
       </c>
       <c r="C78" s="17" t="s">
         <v>153</v>
       </c>
       <c r="D78" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E78" s="18">
-        <v>216.957195</v>
+        <v>216.844446</v>
       </c>
       <c r="F78" s="3"/>
     </row>
     <row r="79" spans="1:6">
       <c r="A79" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B79" s="17" t="s">
         <v>154</v>
       </c>
       <c r="C79" s="17" t="s">
         <v>155</v>
       </c>
       <c r="D79" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E79" s="18">
-        <v>108.08124</v>
+        <v>108.025072</v>
       </c>
       <c r="F79" s="3"/>
     </row>
     <row r="80" spans="1:6">
       <c r="A80" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B80" s="17" t="s">
         <v>156</v>
       </c>
       <c r="C80" s="17" t="s">
         <v>157</v>
       </c>
       <c r="D80" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E80" s="18">
-        <v>148.611705</v>
+        <v>148.534474</v>
       </c>
       <c r="F80" s="3"/>
     </row>
     <row r="81" spans="1:6">
       <c r="A81" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B81" s="17" t="s">
         <v>158</v>
       </c>
       <c r="C81" s="17" t="s">
         <v>159</v>
       </c>
       <c r="D81" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E81" s="18">
-        <v>170.863725</v>
+        <v>170.77493</v>
       </c>
       <c r="F81" s="3"/>
     </row>
     <row r="82" spans="1:6">
       <c r="A82" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B82" s="17" t="s">
         <v>160</v>
       </c>
       <c r="C82" s="17" t="s">
         <v>161</v>
       </c>
       <c r="D82" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E82" s="18">
-        <v>87.41865000000001</v>
+        <v>87.37322</v>
       </c>
       <c r="F82" s="3"/>
     </row>
     <row r="83" spans="1:6">
       <c r="A83" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B83" s="17" t="s">
         <v>162</v>
       </c>
       <c r="C83" s="17" t="s">
         <v>163</v>
       </c>
       <c r="D83" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E83" s="18">
-        <v>109.67067</v>
+        <v>109.613676</v>
       </c>
       <c r="F83" s="3"/>
     </row>
     <row r="84" spans="1:6">
       <c r="A84" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B84" s="17" t="s">
         <v>164</v>
       </c>
       <c r="C84" s="17" t="s">
         <v>165</v>
       </c>
       <c r="D84" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E84" s="18">
-        <v>71.52435000000001</v>
+        <v>71.48718</v>
       </c>
       <c r="F84" s="3"/>
     </row>
     <row r="85" spans="1:6">
       <c r="A85" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B85" s="17" t="s">
         <v>166</v>
       </c>
       <c r="C85" s="17" t="s">
         <v>167</v>
       </c>
       <c r="D85" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E85" s="18">
-        <v>85.03450500000001</v>
+        <v>84.990314</v>
       </c>
       <c r="F85" s="3"/>
     </row>
     <row r="86" spans="1:6">
       <c r="A86" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B86" s="17" t="s">
         <v>168</v>
       </c>
       <c r="C86" s="17" t="s">
         <v>169</v>
       </c>
       <c r="D86" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E86" s="18">
-        <v>85.03450500000001</v>
+        <v>84.990314</v>
       </c>
       <c r="F86" s="3"/>
     </row>
     <row r="87" spans="1:6">
       <c r="A87" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B87" s="17" t="s">
         <v>170</v>
       </c>
       <c r="C87" s="17" t="s">
         <v>171</v>
       </c>
       <c r="D87" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E87" s="18">
-        <v>92.981655</v>
+        <v>92.93333399999999</v>
       </c>
       <c r="F87" s="3"/>
     </row>
     <row r="88" spans="1:6">
       <c r="A88" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B88" s="17" t="s">
         <v>172</v>
       </c>
       <c r="C88" s="17" t="s">
         <v>173</v>
       </c>
       <c r="D88" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E88" s="18">
-        <v>89.00808000000002</v>
+        <v>88.96182400000001</v>
       </c>
       <c r="F88" s="3"/>
     </row>
     <row r="89" spans="1:6">
       <c r="A89" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B89" s="17" t="s">
         <v>174</v>
       </c>
       <c r="C89" s="17" t="s">
         <v>175</v>
       </c>
       <c r="D89" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E89" s="18">
-        <v>108.08124</v>
+        <v>108.025072</v>
       </c>
       <c r="F89" s="3"/>
     </row>
     <row r="90" spans="1:6">
       <c r="A90" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B90" s="17" t="s">
         <v>176</v>
       </c>
       <c r="C90" s="17" t="s">
         <v>177</v>
       </c>
       <c r="D90" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E90" s="18">
-        <v>127.949115</v>
+        <v>127.882622</v>
       </c>
       <c r="F90" s="3"/>
     </row>
     <row r="91" spans="1:6">
       <c r="A91" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B91" s="17" t="s">
         <v>178</v>
       </c>
       <c r="C91" s="17" t="s">
         <v>179</v>
       </c>
       <c r="D91" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E91" s="18">
-        <v>115.233675</v>
+        <v>115.17379</v>
       </c>
       <c r="F91" s="3"/>
     </row>
     <row r="92" spans="1:6">
       <c r="A92" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B92" s="17" t="s">
         <v>180</v>
       </c>
       <c r="C92" s="17" t="s">
         <v>181</v>
       </c>
       <c r="D92" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E92" s="18">
-        <v>207.420615</v>
+        <v>207.312822</v>
       </c>
       <c r="F92" s="3"/>
     </row>
     <row r="93" spans="1:6">
       <c r="A93" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B93" s="17" t="s">
         <v>182</v>
       </c>
       <c r="C93" s="17" t="s">
         <v>183</v>
       </c>
       <c r="D93" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E93" s="18">
-        <v>288.481545</v>
+        <v>288.331626</v>
       </c>
       <c r="F93" s="3"/>
     </row>
     <row r="94" spans="1:6">
       <c r="A94" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B94" s="17" t="s">
         <v>184</v>
       </c>
       <c r="C94" s="17" t="s">
         <v>185</v>
       </c>
       <c r="D94" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E94" s="18">
-        <v>73.90849500000002</v>
+        <v>73.870086</v>
       </c>
       <c r="F94" s="3"/>
     </row>
     <row r="95" spans="1:6">
       <c r="A95" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B95" s="17" t="s">
         <v>186</v>
       </c>
       <c r="C95" s="17" t="s">
         <v>187</v>
       </c>
       <c r="D95" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E95" s="18">
-        <v>87.41865000000001</v>
+        <v>87.37322</v>
       </c>
       <c r="F95" s="3"/>
     </row>
     <row r="96" spans="1:6">
       <c r="A96" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B96" s="17" t="s">
         <v>188</v>
       </c>
       <c r="C96" s="17" t="s">
         <v>189</v>
       </c>
       <c r="D96" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E96" s="18">
-        <v>104.90238</v>
+        <v>104.847864</v>
       </c>
       <c r="F96" s="3"/>
     </row>
     <row r="97" spans="1:6">
       <c r="A97" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B97" s="17" t="s">
         <v>190</v>
       </c>
       <c r="C97" s="17" t="s">
         <v>191</v>
       </c>
       <c r="D97" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E97" s="18">
-        <v>150.99585</v>
+        <v>150.91738</v>
       </c>
       <c r="F97" s="3"/>
     </row>
     <row r="98" spans="1:6">
       <c r="A98" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B98" s="17" t="s">
         <v>192</v>
       </c>
       <c r="C98" s="17" t="s">
         <v>193</v>
       </c>
       <c r="D98" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E98" s="18">
-        <v>203.44704</v>
+        <v>203.341312</v>
       </c>
       <c r="F98" s="3"/>
     </row>
     <row r="99" spans="1:6">
       <c r="A99" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B99" s="17" t="s">
         <v>194</v>
       </c>
       <c r="C99" s="17" t="s">
         <v>195</v>
       </c>
       <c r="D99" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E99" s="18">
-        <v>108.875955</v>
+        <v>108.819374</v>
       </c>
       <c r="F99" s="3"/>
     </row>
     <row r="100" spans="1:6">
       <c r="A100" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B100" s="17" t="s">
         <v>196</v>
       </c>
       <c r="C100" s="17" t="s">
         <v>197</v>
       </c>
       <c r="D100" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E100" s="18">
-        <v>139.075125</v>
+        <v>139.00285</v>
       </c>
       <c r="F100" s="3"/>
     </row>
     <row r="101" spans="1:6">
       <c r="A101" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B101" s="17" t="s">
         <v>198</v>
       </c>
       <c r="C101" s="17" t="s">
         <v>199</v>
       </c>
       <c r="D101" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E101" s="18">
-        <v>170.863725</v>
+        <v>170.77493</v>
       </c>
       <c r="F101" s="3"/>
     </row>
     <row r="102" spans="1:6">
       <c r="A102" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B102" s="17" t="s">
         <v>200</v>
       </c>
       <c r="C102" s="17" t="s">
         <v>201</v>
       </c>
       <c r="D102" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E102" s="18">
-        <v>232.05678</v>
+        <v>231.936184</v>
       </c>
       <c r="F102" s="3"/>
     </row>
     <row r="103" spans="1:6">
       <c r="A103" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B103" s="17" t="s">
         <v>202</v>
       </c>
       <c r="C103" s="17" t="s">
         <v>203</v>
       </c>
       <c r="D103" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E103" s="18">
-        <v>293.249835</v>
+        <v>293.097438</v>
       </c>
       <c r="F103" s="3"/>
     </row>
     <row r="104" spans="1:6">
       <c r="A104" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B104" s="17" t="s">
         <v>204</v>
       </c>
       <c r="C104" s="17" t="s">
         <v>205</v>
       </c>
       <c r="D104" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E104" s="18">
-        <v>415.635945</v>
+        <v>415.419946</v>
       </c>
       <c r="F104" s="3"/>
     </row>
     <row r="105" spans="1:6">
       <c r="A105" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B105" s="17" t="s">
         <v>206</v>
       </c>
       <c r="C105" s="17" t="s">
         <v>207</v>
       </c>
       <c r="D105" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E105" s="18">
-        <v>193.91046</v>
+        <v>193.809688</v>
       </c>
       <c r="F105" s="3"/>
     </row>
     <row r="106" spans="1:6">
       <c r="A106" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B106" s="17" t="s">
         <v>208</v>
       </c>
       <c r="C106" s="17" t="s">
         <v>209</v>
       </c>
       <c r="D106" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E106" s="18">
-        <v>268.61367</v>
+        <v>268.474076</v>
       </c>
       <c r="F106" s="3"/>
     </row>
     <row r="107" spans="1:6">
       <c r="A107" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B107" s="17" t="s">
         <v>210</v>
       </c>
       <c r="C107" s="17" t="s">
         <v>211</v>
       </c>
       <c r="D107" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E107" s="18">
-        <v>341.72745</v>
+        <v>341.54986</v>
       </c>
       <c r="F107" s="3"/>
     </row>
     <row r="108" spans="1:6">
       <c r="A108" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B108" s="17" t="s">
         <v>212</v>
       </c>
       <c r="C108" s="17" t="s">
         <v>213</v>
       </c>
       <c r="D108" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E108" s="18">
-        <v>489.5444400000001</v>
+        <v>489.290032</v>
       </c>
       <c r="F108" s="3"/>
     </row>
     <row r="109" spans="1:6">
       <c r="A109" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B109" s="17" t="s">
         <v>214</v>
       </c>
       <c r="C109" s="17" t="s">
         <v>215</v>
       </c>
       <c r="D109" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E109" s="18">
-        <v>637.36143</v>
+        <v>637.0302039999999</v>
       </c>
       <c r="F109" s="3"/>
     </row>
     <row r="110" spans="1:6">
       <c r="A110" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B110" s="17" t="s">
         <v>216</v>
       </c>
       <c r="C110" s="17" t="s">
         <v>217</v>
       </c>
       <c r="D110" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E110" s="18">
-        <v>929.81655</v>
+        <v>929.3333399999999</v>
       </c>
       <c r="F110" s="3"/>
     </row>
     <row r="111" spans="1:6">
       <c r="A111" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B111" s="17" t="s">
         <v>218</v>
       </c>
       <c r="C111" s="17" t="s">
         <v>219</v>
       </c>
       <c r="D111" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E111" s="18">
-        <v>58.014195</v>
+        <v>57.984046</v>
       </c>
       <c r="F111" s="3"/>
     </row>
     <row r="112" spans="1:6">
       <c r="A112" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B112" s="17" t="s">
         <v>220</v>
       </c>
       <c r="C112" s="17" t="s">
         <v>221</v>
       </c>
       <c r="D112" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E112" s="18">
-        <v>65.16663</v>
+        <v>65.13276399999999</v>
       </c>
       <c r="F112" s="3"/>
     </row>
     <row r="113" spans="1:6">
       <c r="A113" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B113" s="17" t="s">
         <v>222</v>
       </c>
       <c r="C113" s="17" t="s">
         <v>223</v>
       </c>
       <c r="D113" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E113" s="18">
-        <v>69.93492000000001</v>
+        <v>69.89857600000001</v>
       </c>
       <c r="F113" s="3"/>
     </row>
     <row r="114" spans="1:6">
       <c r="A114" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B114" s="17" t="s">
         <v>224</v>
       </c>
       <c r="C114" s="17" t="s">
         <v>225</v>
       </c>
       <c r="D114" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E114" s="18">
-        <v>80.266215</v>
+        <v>80.224502</v>
       </c>
       <c r="F114" s="3"/>
     </row>
     <row r="115" spans="1:6">
       <c r="A115" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B115" s="17" t="s">
         <v>226</v>
       </c>
       <c r="C115" s="17" t="s">
         <v>227</v>
       </c>
       <c r="D115" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E115" s="18">
-        <v>90.59751</v>
+        <v>90.550428</v>
       </c>
       <c r="F115" s="3"/>
     </row>
     <row r="116" spans="1:6">
       <c r="A116" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B116" s="17" t="s">
         <v>228</v>
       </c>
       <c r="C116" s="17" t="s">
         <v>229</v>
       </c>
       <c r="D116" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E116" s="18">
-        <v>110.465385</v>
+        <v>110.407978</v>
       </c>
       <c r="F116" s="3"/>
     </row>
     <row r="117" spans="1:6">
       <c r="A117" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B117" s="17" t="s">
         <v>230</v>
       </c>
       <c r="C117" s="17" t="s">
         <v>231</v>
       </c>
       <c r="D117" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E117" s="18">
-        <v>369.5424750000001</v>
+        <v>369.35043</v>
       </c>
       <c r="F117" s="3"/>
     </row>
     <row r="118" spans="1:6">
       <c r="A118" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B118" s="17" t="s">
         <v>232</v>
       </c>
       <c r="C118" s="17" t="s">
         <v>233</v>
       </c>
       <c r="D118" s="17" t="s">
         <v>234</v>
       </c>
       <c r="E118" s="18">
-        <v>97.74994500000001</v>
+        <v>97.699146</v>
       </c>
       <c r="F118" s="3"/>
     </row>
     <row r="119" spans="1:6">
       <c r="A119" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B119" s="17" t="s">
         <v>235</v>
       </c>
       <c r="C119" s="17" t="s">
         <v>236</v>
       </c>
       <c r="D119" s="17" t="s">
         <v>234</v>
       </c>
       <c r="E119" s="18">
-        <v>176.42673</v>
+        <v>176.335044</v>
       </c>
       <c r="F119" s="3"/>
     </row>
     <row r="120" spans="1:6">
       <c r="A120" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B120" s="17" t="s">
         <v>237</v>
       </c>
       <c r="C120" s="17" t="s">
         <v>238</v>
       </c>
       <c r="D120" s="17" t="s">
         <v>234</v>
       </c>
       <c r="E120" s="18">
-        <v>207.420615</v>
+        <v>207.312822</v>
       </c>
       <c r="F120" s="3"/>
     </row>
     <row r="121" spans="1:6">
       <c r="A121" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B121" s="17" t="s">
         <v>239</v>
       </c>
       <c r="C121" s="17" t="s">
         <v>240</v>
       </c>
       <c r="D121" s="17" t="s">
         <v>234</v>
       </c>
       <c r="E121" s="18">
-        <v>270.9978150000001</v>
+        <v>270.856982</v>
       </c>
       <c r="F121" s="3"/>
     </row>
     <row r="122" spans="1:6">
       <c r="A122" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B122" s="17" t="s">
         <v>241</v>
       </c>
       <c r="C122" s="17" t="s">
         <v>242</v>
       </c>
       <c r="D122" s="17" t="s">
         <v>234</v>
       </c>
       <c r="E122" s="18">
-        <v>452.1928350000001</v>
+        <v>451.957838</v>
       </c>
       <c r="F122" s="3"/>
     </row>
     <row r="123" spans="1:6">
       <c r="A123" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B123" s="17" t="s">
         <v>243</v>
       </c>
       <c r="C123" s="17" t="s">
         <v>244</v>
       </c>
       <c r="D123" s="17" t="s">
         <v>234</v>
       </c>
       <c r="E123" s="18">
-        <v>638.95086</v>
+        <v>638.6188079999999</v>
       </c>
       <c r="F123" s="3"/>
     </row>
     <row r="124" spans="1:6">
       <c r="A124" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B124" s="17" t="s">
         <v>245</v>
       </c>
       <c r="C124" s="17" t="s">
         <v>246</v>
       </c>
       <c r="D124" s="17" t="s">
         <v>234</v>
       </c>
       <c r="E124" s="18">
-        <v>99.339375</v>
+        <v>99.28775</v>
       </c>
       <c r="F124" s="3"/>
     </row>
     <row r="125" spans="1:6">
       <c r="A125" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B125" s="17" t="s">
         <v>247</v>
       </c>
       <c r="C125" s="17" t="s">
         <v>248</v>
       </c>
       <c r="D125" s="17" t="s">
         <v>234</v>
       </c>
       <c r="E125" s="18">
-        <v>143.843415</v>
+        <v>143.768662</v>
       </c>
       <c r="F125" s="3"/>
     </row>
     <row r="126" spans="1:6">
       <c r="A126" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B126" s="17" t="s">
         <v>249</v>
       </c>
       <c r="C126" s="17" t="s">
         <v>250</v>
       </c>
       <c r="D126" s="17" t="s">
         <v>234</v>
       </c>
       <c r="E126" s="18">
-        <v>201.85761</v>
+        <v>201.752708</v>
       </c>
       <c r="F126" s="3"/>
     </row>
     <row r="127" spans="1:6">
       <c r="A127" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B127" s="17" t="s">
         <v>251</v>
       </c>
       <c r="C127" s="17" t="s">
         <v>252</v>
       </c>
       <c r="D127" s="17" t="s">
         <v>234</v>
       </c>
       <c r="E127" s="18">
-        <v>404.509935</v>
+        <v>404.299718</v>
       </c>
       <c r="F127" s="3"/>
     </row>
     <row r="128" spans="1:6">
       <c r="A128" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B128" s="17" t="s">
         <v>253</v>
       </c>
       <c r="C128" s="17" t="s">
         <v>254</v>
       </c>
       <c r="D128" s="17" t="s">
         <v>234</v>
       </c>
       <c r="E128" s="18">
-        <v>564.24765</v>
+        <v>563.9544199999999</v>
       </c>
       <c r="F128" s="3"/>
     </row>
     <row r="129" spans="1:6">
       <c r="A129" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B129" s="17" t="s">
         <v>255</v>
       </c>
       <c r="C129" s="17" t="s">
         <v>256</v>
       </c>
       <c r="D129" s="17" t="s">
         <v>234</v>
       </c>
       <c r="E129" s="18">
-        <v>162.12186</v>
+        <v>162.037608</v>
       </c>
       <c r="F129" s="3"/>
     </row>
     <row r="130" spans="1:6">
       <c r="A130" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B130" s="17" t="s">
         <v>257</v>
       </c>
       <c r="C130" s="17" t="s">
         <v>258</v>
       </c>
       <c r="D130" s="17" t="s">
         <v>234</v>
       </c>
       <c r="E130" s="18">
-        <v>256.692945</v>
+        <v>256.559546</v>
       </c>
       <c r="F130" s="3"/>
     </row>
     <row r="131" spans="1:6">
       <c r="A131" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B131" s="17" t="s">
         <v>259</v>
       </c>
       <c r="C131" s="17" t="s">
         <v>260</v>
       </c>
       <c r="D131" s="17" t="s">
         <v>234</v>
       </c>
       <c r="E131" s="18">
-        <v>363.1847550000001</v>
+        <v>362.996014</v>
       </c>
       <c r="F131" s="3"/>
     </row>
     <row r="132" spans="1:6">
       <c r="A132" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B132" s="17" t="s">
         <v>261</v>
       </c>
       <c r="C132" s="17" t="s">
         <v>262</v>
       </c>
       <c r="D132" s="17" t="s">
         <v>234</v>
       </c>
       <c r="E132" s="18">
-        <v>501.465165</v>
+        <v>501.204562</v>
       </c>
       <c r="F132" s="3"/>
     </row>
     <row r="133" spans="1:6">
       <c r="A133" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B133" s="17" t="s">
         <v>263</v>
       </c>
       <c r="C133" s="17" t="s">
         <v>264</v>
       </c>
       <c r="D133" s="17" t="s">
         <v>234</v>
       </c>
       <c r="E133" s="18">
-        <v>717.627645</v>
+        <v>717.2547059999999</v>
       </c>
       <c r="F133" s="3"/>
     </row>
     <row r="134" spans="1:6">
       <c r="A134" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B134" s="17" t="s">
         <v>265</v>
       </c>
       <c r="C134" s="17" t="s">
         <v>266</v>
       </c>
       <c r="D134" s="17" t="s">
         <v>234</v>
       </c>
       <c r="E134" s="18">
-        <v>259.871805</v>
+        <v>259.736754</v>
       </c>
       <c r="F134" s="3"/>
     </row>
     <row r="135" spans="1:6">
       <c r="A135" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B135" s="17" t="s">
         <v>267</v>
       </c>
       <c r="C135" s="17" t="s">
         <v>268</v>
       </c>
       <c r="D135" s="17" t="s">
         <v>234</v>
       </c>
       <c r="E135" s="18">
-        <v>363.1847550000001</v>
+        <v>362.996014</v>
       </c>
       <c r="F135" s="3"/>
     </row>
     <row r="136" spans="1:6">
       <c r="A136" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B136" s="17" t="s">
         <v>269</v>
       </c>
       <c r="C136" s="17" t="s">
         <v>270</v>
       </c>
       <c r="D136" s="17" t="s">
         <v>234</v>
       </c>
       <c r="E136" s="18">
-        <v>455.371695</v>
+        <v>455.135046</v>
       </c>
       <c r="F136" s="3"/>
     </row>
     <row r="137" spans="1:6">
       <c r="A137" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B137" s="17" t="s">
         <v>271</v>
       </c>
       <c r="C137" s="17" t="s">
         <v>272</v>
       </c>
       <c r="D137" s="17" t="s">
         <v>234</v>
       </c>
       <c r="E137" s="18">
-        <v>661.2028800000001</v>
+        <v>660.8592640000001</v>
       </c>
       <c r="F137" s="3"/>
     </row>
     <row r="138" spans="1:6">
       <c r="A138" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B138" s="17" t="s">
         <v>273</v>
       </c>
       <c r="C138" s="17" t="s">
         <v>274</v>
       </c>
       <c r="D138" s="17" t="s">
         <v>234</v>
       </c>
       <c r="E138" s="18">
-        <v>897.233235</v>
+        <v>896.7669579999999</v>
       </c>
       <c r="F138" s="3"/>
     </row>
     <row r="139" spans="1:6">
       <c r="A139" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B139" s="17" t="s">
         <v>275</v>
       </c>
       <c r="C139" s="17" t="s">
         <v>276</v>
       </c>
       <c r="D139" s="17" t="s">
         <v>234</v>
       </c>
       <c r="E139" s="18">
-        <v>1310.485035</v>
+        <v>1309.803998</v>
       </c>
       <c r="F139" s="3"/>
     </row>
     <row r="140" spans="1:6">
       <c r="A140" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B140" s="17" t="s">
         <v>277</v>
       </c>
       <c r="C140" s="17" t="s">
         <v>278</v>
       </c>
       <c r="D140" s="17" t="s">
         <v>234</v>
       </c>
       <c r="E140" s="18">
-        <v>146.22756</v>
+        <v>146.151568</v>
       </c>
       <c r="F140" s="3"/>
     </row>
     <row r="141" spans="1:6">
       <c r="A141" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B141" s="17" t="s">
         <v>279</v>
       </c>
       <c r="C141" s="17" t="s">
         <v>280</v>
       </c>
       <c r="D141" s="17" t="s">
         <v>234</v>
       </c>
       <c r="E141" s="18">
-        <v>108.08124</v>
+        <v>108.025072</v>
       </c>
       <c r="F141" s="3"/>
     </row>
     <row r="142" spans="1:6">
       <c r="A142" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B142" s="17" t="s">
         <v>281</v>
       </c>
       <c r="C142" s="17" t="s">
         <v>282</v>
       </c>
       <c r="D142" s="17" t="s">
         <v>234</v>
       </c>
       <c r="E142" s="18">
-        <v>150.201135</v>
+        <v>150.123078</v>
       </c>
       <c r="F142" s="3"/>
     </row>
     <row r="143" spans="1:6">
       <c r="A143" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B143" s="17" t="s">
         <v>283</v>
       </c>
       <c r="C143" s="17" t="s">
         <v>284</v>
       </c>
       <c r="D143" s="17" t="s">
         <v>234</v>
       </c>
       <c r="E143" s="18">
-        <v>59.60362500000001</v>
+        <v>59.57265</v>
       </c>
       <c r="F143" s="3"/>
     </row>
     <row r="144" spans="1:6">
       <c r="A144" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B144" s="17" t="s">
         <v>285</v>
       </c>
       <c r="C144" s="17" t="s">
         <v>286</v>
       </c>
       <c r="D144" s="17" t="s">
         <v>234</v>
       </c>
       <c r="E144" s="18">
-        <v>61.19305500000001</v>
+        <v>61.161254</v>
       </c>
       <c r="F144" s="3"/>
     </row>
     <row r="145" spans="1:6">
       <c r="A145" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B145" s="17" t="s">
         <v>287</v>
       </c>
       <c r="C145" s="17" t="s">
         <v>288</v>
       </c>
       <c r="D145" s="17" t="s">
         <v>234</v>
       </c>
       <c r="E145" s="18">
-        <v>87.41865000000001</v>
+        <v>87.37322</v>
       </c>
       <c r="F145" s="3"/>
     </row>
     <row r="146" spans="1:6">
       <c r="A146" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B146" s="17" t="s">
         <v>289</v>
       </c>
       <c r="C146" s="17" t="s">
         <v>290</v>
       </c>
       <c r="D146" s="17" t="s">
         <v>234</v>
       </c>
       <c r="E146" s="18">
-        <v>168.47958</v>
+        <v>168.392024</v>
       </c>
       <c r="F146" s="3"/>
     </row>
     <row r="147" spans="1:6">
       <c r="A147" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B147" s="17" t="s">
         <v>291</v>
       </c>
       <c r="C147" s="17" t="s">
         <v>292</v>
       </c>
       <c r="D147" s="17" t="s">
         <v>293</v>
       </c>
       <c r="E147" s="18">
-        <v>117.61782</v>
+        <v>117.556696</v>
       </c>
       <c r="F147" s="3"/>
     </row>
     <row r="148" spans="1:6">
       <c r="A148" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B148" s="17" t="s">
         <v>294</v>
       </c>
       <c r="C148" s="17" t="s">
         <v>295</v>
       </c>
       <c r="D148" s="17" t="s">
         <v>293</v>
       </c>
       <c r="E148" s="18">
-        <v>154.969425</v>
+        <v>154.88889</v>
       </c>
       <c r="F148" s="3"/>
     </row>
     <row r="149" spans="1:6">
       <c r="A149" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B149" s="17" t="s">
         <v>296</v>
       </c>
       <c r="C149" s="17" t="s">
         <v>297</v>
       </c>
       <c r="D149" s="17" t="s">
         <v>293</v>
       </c>
       <c r="E149" s="18">
-        <v>247.156365</v>
+        <v>247.027922</v>
       </c>
       <c r="F149" s="3"/>
     </row>
     <row r="150" spans="1:6">
       <c r="A150" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B150" s="17" t="s">
         <v>298</v>
       </c>
       <c r="C150" s="17" t="s">
         <v>299</v>
       </c>
       <c r="D150" s="17" t="s">
         <v>293</v>
       </c>
       <c r="E150" s="18">
-        <v>352.85346</v>
+        <v>352.670088</v>
       </c>
       <c r="F150" s="3"/>
     </row>
     <row r="151" spans="1:6">
       <c r="A151" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B151" s="17" t="s">
         <v>300</v>
       </c>
       <c r="C151" s="17" t="s">
         <v>301</v>
       </c>
       <c r="D151" s="17" t="s">
         <v>293</v>
       </c>
       <c r="E151" s="18">
-        <v>489.5444400000001</v>
+        <v>489.290032</v>
       </c>
       <c r="F151" s="3"/>
     </row>
     <row r="152" spans="1:6">
       <c r="A152" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B152" s="17" t="s">
         <v>302</v>
       </c>
       <c r="C152" s="17" t="s">
         <v>303</v>
       </c>
       <c r="D152" s="17" t="s">
         <v>293</v>
       </c>
       <c r="E152" s="18">
-        <v>96.160515</v>
+        <v>96.110542</v>
       </c>
       <c r="F152" s="3"/>
     </row>
     <row r="153" spans="1:6">
       <c r="A153" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B153" s="17" t="s">
         <v>304</v>
       </c>
       <c r="C153" s="17" t="s">
         <v>305</v>
       </c>
       <c r="D153" s="17" t="s">
         <v>293</v>
       </c>
       <c r="E153" s="18">
-        <v>137.485695</v>
+        <v>137.414246</v>
       </c>
       <c r="F153" s="3"/>
     </row>
     <row r="154" spans="1:6">
       <c r="A154" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B154" s="17" t="s">
         <v>306</v>
       </c>
       <c r="C154" s="17" t="s">
         <v>307</v>
       </c>
       <c r="D154" s="17" t="s">
         <v>293</v>
       </c>
       <c r="E154" s="18">
-        <v>205.831185</v>
+        <v>205.724218</v>
       </c>
       <c r="F154" s="3"/>
     </row>
     <row r="155" spans="1:6">
       <c r="A155" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B155" s="17" t="s">
         <v>308</v>
       </c>
       <c r="C155" s="17" t="s">
         <v>309</v>
       </c>
       <c r="D155" s="17" t="s">
         <v>293</v>
       </c>
       <c r="E155" s="18">
-        <v>295.6339800000001</v>
+        <v>295.480344</v>
       </c>
       <c r="F155" s="3"/>
     </row>
     <row r="156" spans="1:6">
       <c r="A156" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B156" s="17" t="s">
         <v>310</v>
       </c>
       <c r="C156" s="17" t="s">
         <v>311</v>
       </c>
       <c r="D156" s="17" t="s">
         <v>293</v>
       </c>
       <c r="E156" s="18">
-        <v>406.89408</v>
+        <v>406.682624</v>
       </c>
       <c r="F156" s="3"/>
     </row>
     <row r="157" spans="1:6">
       <c r="A157" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B157" s="17" t="s">
         <v>312</v>
       </c>
       <c r="C157" s="17" t="s">
         <v>313</v>
       </c>
       <c r="D157" s="17" t="s">
         <v>293</v>
       </c>
       <c r="E157" s="18">
-        <v>180.400305</v>
+        <v>180.306554</v>
       </c>
       <c r="F157" s="3"/>
     </row>
     <row r="158" spans="1:6">
       <c r="A158" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B158" s="17" t="s">
         <v>314</v>
       </c>
       <c r="C158" s="17" t="s">
         <v>315</v>
       </c>
       <c r="D158" s="17" t="s">
         <v>293</v>
       </c>
       <c r="E158" s="18">
-        <v>220.93077</v>
+        <v>220.815956</v>
       </c>
       <c r="F158" s="3"/>
     </row>
     <row r="159" spans="1:6">
       <c r="A159" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B159" s="17" t="s">
         <v>316</v>
       </c>
       <c r="C159" s="17" t="s">
         <v>317</v>
       </c>
       <c r="D159" s="17" t="s">
         <v>293</v>
       </c>
       <c r="E159" s="18">
-        <v>441.066825</v>
+        <v>440.83761</v>
       </c>
       <c r="F159" s="3"/>
     </row>
     <row r="160" spans="1:6">
       <c r="A160" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B160" s="17" t="s">
         <v>318</v>
       </c>
       <c r="C160" s="17" t="s">
         <v>319</v>
       </c>
       <c r="D160" s="17" t="s">
         <v>293</v>
       </c>
       <c r="E160" s="18">
-        <v>622.2618450000001</v>
+        <v>621.9384659999999</v>
       </c>
       <c r="F160" s="3"/>
     </row>
     <row r="161" spans="1:6">
       <c r="A161" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B161" s="17" t="s">
         <v>320</v>
       </c>
       <c r="C161" s="17" t="s">
         <v>321</v>
       </c>
       <c r="D161" s="17" t="s">
         <v>293</v>
       </c>
       <c r="E161" s="18">
-        <v>227.28849</v>
+        <v>227.170372</v>
       </c>
       <c r="F161" s="3"/>
     </row>
     <row r="162" spans="1:6">
       <c r="A162" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B162" s="17" t="s">
         <v>322</v>
       </c>
       <c r="C162" s="17" t="s">
         <v>323</v>
       </c>
       <c r="D162" s="17" t="s">
         <v>293</v>
       </c>
       <c r="E162" s="18">
-        <v>313.11771</v>
+        <v>312.954988</v>
       </c>
       <c r="F162" s="3"/>
     </row>
     <row r="163" spans="1:6">
       <c r="A163" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B163" s="17" t="s">
         <v>324</v>
       </c>
       <c r="C163" s="17" t="s">
         <v>325</v>
       </c>
       <c r="D163" s="17" t="s">
         <v>293</v>
       </c>
       <c r="E163" s="18">
-        <v>398.152215</v>
+        <v>397.945302</v>
       </c>
       <c r="F163" s="3"/>
     </row>
     <row r="164" spans="1:6">
       <c r="A164" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B164" s="17" t="s">
         <v>326</v>
       </c>
       <c r="C164" s="17" t="s">
         <v>327</v>
       </c>
       <c r="D164" s="17" t="s">
         <v>293</v>
       </c>
       <c r="E164" s="18">
-        <v>578.5525200000001</v>
+        <v>578.251856</v>
       </c>
       <c r="F164" s="3"/>
     </row>
     <row r="165" spans="1:6">
       <c r="A165" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B165" s="17" t="s">
         <v>328</v>
       </c>
       <c r="C165" s="17" t="s">
         <v>329</v>
       </c>
       <c r="D165" s="17" t="s">
         <v>293</v>
       </c>
       <c r="E165" s="18">
-        <v>793.920285</v>
+        <v>793.507698</v>
       </c>
       <c r="F165" s="3"/>
     </row>
     <row r="166" spans="1:6">
       <c r="A166" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B166" s="17" t="s">
         <v>330</v>
       </c>
       <c r="C166" s="17" t="s">
         <v>331</v>
       </c>
       <c r="D166" s="17" t="s">
         <v>293</v>
       </c>
       <c r="E166" s="18">
-        <v>1151.542035</v>
+        <v>1150.943598</v>
       </c>
       <c r="F166" s="3"/>
     </row>
     <row r="167" spans="1:6">
       <c r="A167" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B167" s="17" t="s">
         <v>332</v>
       </c>
       <c r="C167" s="17" t="s">
         <v>333</v>
       </c>
       <c r="D167" s="17" t="s">
         <v>293</v>
       </c>
       <c r="E167" s="18">
-        <v>92.18694000000001</v>
+        <v>92.13903199999999</v>
       </c>
       <c r="F167" s="3"/>
     </row>
     <row r="168" spans="1:6">
       <c r="A168" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B168" s="17" t="s">
         <v>334</v>
       </c>
       <c r="C168" s="17" t="s">
         <v>335</v>
       </c>
       <c r="D168" s="17" t="s">
         <v>293</v>
       </c>
       <c r="E168" s="18">
-        <v>124.770255</v>
+        <v>124.705414</v>
       </c>
       <c r="F168" s="3"/>
     </row>
     <row r="169" spans="1:6">
       <c r="A169" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B169" s="17" t="s">
         <v>336</v>
       </c>
       <c r="C169" s="17" t="s">
         <v>337</v>
       </c>
       <c r="D169" s="17" t="s">
         <v>293</v>
       </c>
       <c r="E169" s="18">
-        <v>248.745795</v>
+        <v>248.616526</v>
       </c>
       <c r="F169" s="3"/>
     </row>
     <row r="170" spans="1:6">
       <c r="A170" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B170" s="17" t="s">
         <v>338</v>
       </c>
       <c r="C170" s="17" t="s">
         <v>339</v>
       </c>
       <c r="D170" s="17" t="s">
         <v>293</v>
       </c>
       <c r="E170" s="18">
-        <v>334.575015</v>
+        <v>334.401142</v>
       </c>
       <c r="F170" s="3"/>
     </row>
     <row r="171" spans="1:6">
       <c r="A171" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B171" s="17" t="s">
         <v>340</v>
       </c>
       <c r="C171" s="17" t="s">
         <v>341</v>
       </c>
       <c r="D171" s="17" t="s">
         <v>293</v>
       </c>
       <c r="E171" s="18">
-        <v>106.49181</v>
+        <v>106.436468</v>
       </c>
       <c r="F171" s="3"/>
     </row>
     <row r="172" spans="1:6">
       <c r="A172" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B172" s="17" t="s">
         <v>342</v>
       </c>
       <c r="C172" s="17" t="s">
         <v>343</v>
       </c>
       <c r="D172" s="17" t="s">
         <v>293</v>
       </c>
       <c r="E172" s="18">
-        <v>87.41865000000001</v>
+        <v>87.37322</v>
       </c>
       <c r="F172" s="3"/>
     </row>
     <row r="173" spans="1:6">
       <c r="A173" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B173" s="17" t="s">
         <v>344</v>
       </c>
       <c r="C173" s="17" t="s">
         <v>345</v>
       </c>
       <c r="D173" s="17" t="s">
         <v>293</v>
       </c>
       <c r="E173" s="18">
-        <v>118.412535</v>
+        <v>118.350998</v>
       </c>
       <c r="F173" s="3"/>
     </row>
     <row r="174" spans="1:6">
       <c r="A174" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B174" s="17" t="s">
         <v>346</v>
       </c>
       <c r="C174" s="17" t="s">
         <v>347</v>
       </c>
       <c r="D174" s="17" t="s">
         <v>293</v>
       </c>
       <c r="E174" s="18">
-        <v>135.10155</v>
+        <v>135.03134</v>
       </c>
       <c r="F174" s="3"/>
     </row>
     <row r="175" spans="1:6">
       <c r="A175" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B175" s="17" t="s">
         <v>348</v>
       </c>
       <c r="C175" s="17" t="s">
         <v>349</v>
       </c>
       <c r="D175" s="17" t="s">
         <v>293</v>
       </c>
       <c r="E175" s="18">
-        <v>120.001965</v>
+        <v>119.939602</v>
       </c>
       <c r="F175" s="3"/>
     </row>
     <row r="176" spans="1:6">
       <c r="A176" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B176" s="17" t="s">
         <v>350</v>
       </c>
       <c r="C176" s="17" t="s">
         <v>351</v>
       </c>
       <c r="D176" s="17" t="s">
         <v>293</v>
       </c>
       <c r="E176" s="18">
-        <v>193.115745</v>
+        <v>193.015386</v>
       </c>
       <c r="F176" s="3"/>
     </row>
     <row r="177" spans="1:6">
       <c r="A177" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B177" s="17" t="s">
         <v>352</v>
       </c>
       <c r="C177" s="17" t="s">
         <v>353</v>
       </c>
       <c r="D177" s="17" t="s">
         <v>293</v>
       </c>
       <c r="E177" s="18">
-        <v>65.16663</v>
+        <v>65.13276399999999</v>
       </c>
       <c r="F177" s="3"/>
     </row>
     <row r="178" spans="1:6">
       <c r="A178" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B178" s="17" t="s">
         <v>354</v>
       </c>
       <c r="C178" s="17" t="s">
         <v>355</v>
       </c>
       <c r="D178" s="17" t="s">
         <v>293</v>
       </c>
       <c r="E178" s="18">
-        <v>73.90849500000002</v>
+        <v>73.870086</v>
       </c>
       <c r="F178" s="3"/>
     </row>
     <row r="179" spans="1:6">
       <c r="A179" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B179" s="17" t="s">
         <v>356</v>
       </c>
       <c r="C179" s="17" t="s">
         <v>357</v>
       </c>
       <c r="D179" s="17" t="s">
         <v>293</v>
       </c>
       <c r="E179" s="18">
-        <v>106.49181</v>
+        <v>106.436468</v>
       </c>
       <c r="F179" s="3"/>
     </row>
     <row r="180" spans="1:6">
       <c r="A180" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B180" s="17" t="s">
         <v>358</v>
       </c>
       <c r="C180" s="17" t="s">
         <v>359</v>
       </c>
       <c r="D180" s="17" t="s">
         <v>293</v>
       </c>
       <c r="E180" s="18">
-        <v>148.611705</v>
+        <v>148.534474</v>
       </c>
       <c r="F180" s="3"/>
     </row>
     <row r="181" spans="1:6">
       <c r="A181" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B181" s="17" t="s">
         <v>360</v>
       </c>
       <c r="C181" s="17" t="s">
         <v>361</v>
       </c>
       <c r="D181" s="17" t="s">
         <v>293</v>
       </c>
       <c r="E181" s="18">
-        <v>189.936885</v>
+        <v>189.838178</v>
       </c>
       <c r="F181" s="3"/>
     </row>
     <row r="182" spans="1:6">
       <c r="A182" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B182" s="17" t="s">
         <v>362</v>
       </c>
       <c r="C182" s="17" t="s">
         <v>363</v>
       </c>
       <c r="D182" s="17" t="s">
         <v>293</v>
       </c>
       <c r="E182" s="18">
-        <v>87.41865000000001</v>
+        <v>87.37322</v>
       </c>
       <c r="F182" s="3"/>
     </row>
     <row r="183" spans="1:6">
       <c r="A183" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B183" s="17" t="s">
         <v>364</v>
       </c>
       <c r="C183" s="17" t="s">
         <v>365</v>
       </c>
       <c r="D183" s="17" t="s">
         <v>293</v>
       </c>
       <c r="E183" s="18">
-        <v>118.412535</v>
+        <v>118.350998</v>
       </c>
       <c r="F183" s="3"/>
     </row>
     <row r="184" spans="1:6">
       <c r="A184" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B184" s="17" t="s">
         <v>366</v>
       </c>
       <c r="C184" s="17" t="s">
         <v>367</v>
       </c>
       <c r="D184" s="17" t="s">
         <v>293</v>
       </c>
       <c r="E184" s="18">
-        <v>135.10155</v>
+        <v>135.03134</v>
       </c>
       <c r="F184" s="3"/>
     </row>
     <row r="185" spans="1:6">
       <c r="A185" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B185" s="17" t="s">
         <v>368</v>
       </c>
       <c r="C185" s="17" t="s">
         <v>369</v>
       </c>
       <c r="D185" s="17" t="s">
         <v>293</v>
       </c>
       <c r="E185" s="18">
-        <v>120.001965</v>
+        <v>119.939602</v>
       </c>
       <c r="F185" s="3"/>
     </row>
     <row r="186" spans="1:6">
       <c r="A186" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B186" s="17" t="s">
         <v>370</v>
       </c>
       <c r="C186" s="17" t="s">
         <v>371</v>
       </c>
       <c r="D186" s="17" t="s">
         <v>293</v>
       </c>
       <c r="E186" s="18">
-        <v>193.115745</v>
+        <v>193.015386</v>
       </c>
       <c r="F186" s="3"/>
     </row>
     <row r="187" spans="1:6">
       <c r="A187" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B187" s="17" t="s">
         <v>372</v>
       </c>
       <c r="C187" s="17" t="s">
         <v>373</v>
       </c>
       <c r="D187" s="17" t="s">
         <v>293</v>
       </c>
       <c r="E187" s="18">
-        <v>257.4876600000001</v>
+        <v>257.353848</v>
       </c>
       <c r="F187" s="3"/>
     </row>
     <row r="188" spans="1:6">
       <c r="A188" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B188" s="17" t="s">
         <v>374</v>
       </c>
       <c r="C188" s="17" t="s">
         <v>375</v>
       </c>
       <c r="D188" s="17" t="s">
         <v>293</v>
       </c>
       <c r="E188" s="18">
-        <v>218.546625</v>
+        <v>218.43305</v>
       </c>
       <c r="F188" s="3"/>
     </row>
     <row r="189" spans="1:6">
       <c r="A189" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B189" s="17" t="s">
         <v>376</v>
       </c>
       <c r="C189" s="17" t="s">
         <v>377</v>
       </c>
       <c r="D189" s="17" t="s">
         <v>293</v>
       </c>
       <c r="E189" s="18">
-        <v>373.5160500000001</v>
+        <v>373.32194</v>
       </c>
       <c r="F189" s="3"/>
     </row>
     <row r="190" spans="1:6">
       <c r="A190" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B190" s="17" t="s">
         <v>378</v>
       </c>
       <c r="C190" s="17" t="s">
         <v>379</v>
       </c>
       <c r="D190" s="17" t="s">
         <v>293</v>
       </c>
       <c r="E190" s="18">
-        <v>527.6907600000001</v>
+        <v>527.416528</v>
       </c>
       <c r="F190" s="3"/>
     </row>
     <row r="191" spans="1:6">
       <c r="A191" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B191" s="17" t="s">
         <v>380</v>
       </c>
       <c r="C191" s="17" t="s">
         <v>381</v>
       </c>
       <c r="D191" s="17" t="s">
         <v>293</v>
       </c>
       <c r="E191" s="18">
-        <v>65.16663</v>
+        <v>65.13276399999999</v>
       </c>
       <c r="F191" s="3"/>
     </row>
     <row r="192" spans="1:6">
       <c r="A192" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B192" s="17" t="s">
         <v>382</v>
       </c>
       <c r="C192" s="17" t="s">
         <v>383</v>
       </c>
       <c r="D192" s="17" t="s">
         <v>293</v>
       </c>
       <c r="E192" s="18">
-        <v>73.90849500000002</v>
+        <v>73.870086</v>
       </c>
       <c r="F192" s="3"/>
     </row>
     <row r="193" spans="1:6">
       <c r="A193" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B193" s="17" t="s">
         <v>384</v>
       </c>
       <c r="C193" s="17" t="s">
         <v>385</v>
       </c>
       <c r="D193" s="17" t="s">
         <v>293</v>
       </c>
       <c r="E193" s="18">
-        <v>98.54466000000001</v>
+        <v>98.493448</v>
       </c>
       <c r="F193" s="3"/>
     </row>
     <row r="194" spans="1:6">
       <c r="A194" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B194" s="17" t="s">
         <v>386</v>
       </c>
       <c r="C194" s="17" t="s">
         <v>387</v>
       </c>
       <c r="D194" s="17" t="s">
         <v>388</v>
       </c>
       <c r="E194" s="18">
-        <v>104.90238</v>
+        <v>104.847864</v>
       </c>
       <c r="F194" s="3"/>
     </row>
     <row r="195" spans="1:6">
       <c r="A195" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B195" s="17" t="s">
         <v>389</v>
       </c>
       <c r="C195" s="17" t="s">
         <v>390</v>
       </c>
       <c r="D195" s="17" t="s">
         <v>388</v>
       </c>
       <c r="E195" s="18">
-        <v>240.798645</v>
+        <v>240.673506</v>
       </c>
       <c r="F195" s="3"/>
     </row>
     <row r="196" spans="1:6">
       <c r="A196" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B196" s="17">
         <v>9104</v>
       </c>
       <c r="C196" s="17" t="s">
         <v>391</v>
       </c>
       <c r="D196" s="17" t="s">
         <v>388</v>
       </c>
       <c r="E196" s="18">
-        <v>50.86176</v>
+        <v>50.835328</v>
       </c>
       <c r="F196" s="3"/>
     </row>
     <row r="197" spans="1:6">
       <c r="A197" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B197" s="17">
         <v>9116</v>
       </c>
       <c r="C197" s="17" t="s">
         <v>392</v>
       </c>
       <c r="D197" s="17" t="s">
         <v>388</v>
       </c>
       <c r="E197" s="18">
-        <v>54.835335</v>
+        <v>54.80683799999999</v>
       </c>
       <c r="F197" s="3"/>
     </row>
     <row r="198" spans="1:6">
       <c r="A198" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B198" s="17" t="s">
         <v>393</v>
       </c>
       <c r="C198" s="17" t="s">
         <v>394</v>
       </c>
       <c r="D198" s="17" t="s">
         <v>388</v>
       </c>
       <c r="E198" s="18">
-        <v>36.55689</v>
+        <v>36.537892</v>
       </c>
       <c r="F198" s="3"/>
     </row>
     <row r="199" spans="1:6">
       <c r="A199" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B199" s="17" t="s">
         <v>395</v>
       </c>
       <c r="C199" s="17" t="s">
         <v>396</v>
       </c>
       <c r="D199" s="17" t="s">
         <v>388</v>
       </c>
       <c r="E199" s="18">
-        <v>56.424765</v>
+        <v>56.395442</v>
       </c>
       <c r="F199" s="3"/>
     </row>
     <row r="200" spans="1:6">
       <c r="A200" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B200" s="17" t="s">
         <v>397</v>
       </c>
       <c r="C200" s="17" t="s">
         <v>398</v>
       </c>
       <c r="D200" s="17" t="s">
         <v>388</v>
       </c>
       <c r="E200" s="18">
-        <v>75.49792500000001</v>
+        <v>75.45868999999999</v>
       </c>
       <c r="F200" s="3"/>
     </row>
     <row r="201" spans="1:6">
       <c r="A201" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B201" s="17" t="s">
         <v>399</v>
       </c>
       <c r="C201" s="17" t="s">
         <v>400</v>
       </c>
       <c r="D201" s="17" t="s">
         <v>388</v>
       </c>
       <c r="E201" s="18">
-        <v>147.81699</v>
+        <v>147.740172</v>
       </c>
       <c r="F201" s="3"/>
     </row>
     <row r="202" spans="1:6">
       <c r="A202" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B202" s="17" t="s">
         <v>401</v>
       </c>
       <c r="C202" s="17" t="s">
         <v>402</v>
       </c>
       <c r="D202" s="17" t="s">
         <v>388</v>
       </c>
       <c r="E202" s="18">
-        <v>97.74994500000001</v>
+        <v>97.699146</v>
       </c>
       <c r="F202" s="3"/>
     </row>
     <row r="203" spans="1:6">
       <c r="A203" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B203" s="17" t="s">
         <v>403</v>
       </c>
       <c r="C203" s="17" t="s">
         <v>404</v>
       </c>
       <c r="D203" s="17" t="s">
         <v>388</v>
       </c>
       <c r="E203" s="18">
-        <v>81.06093000000001</v>
+        <v>81.018804</v>
       </c>
       <c r="F203" s="3"/>
     </row>
     <row r="204" spans="1:6">
       <c r="A204" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B204" s="17" t="s">
         <v>405</v>
       </c>
       <c r="C204" s="17" t="s">
         <v>406</v>
       </c>
       <c r="D204" s="17" t="s">
         <v>407</v>
       </c>
       <c r="E204" s="18">
-        <v>41.32518</v>
+        <v>41.303704</v>
       </c>
       <c r="F204" s="3"/>
     </row>
     <row r="205" spans="1:6">
       <c r="A205" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B205" s="17" t="s">
         <v>408</v>
       </c>
       <c r="C205" s="17" t="s">
         <v>409</v>
       </c>
       <c r="D205" s="17" t="s">
         <v>407</v>
       </c>
       <c r="E205" s="18">
-        <v>57.21948</v>
+        <v>57.189744</v>
       </c>
       <c r="F205" s="3"/>
     </row>
     <row r="206" spans="1:6">
       <c r="A206" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B206" s="17" t="s">
         <v>410</v>
       </c>
       <c r="C206" s="17" t="s">
         <v>411</v>
       </c>
       <c r="D206" s="17" t="s">
         <v>407</v>
       </c>
       <c r="E206" s="18">
-        <v>820.940595</v>
+        <v>820.513966</v>
       </c>
       <c r="F206" s="3"/>
     </row>
     <row r="207" spans="1:6">
       <c r="A207" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B207" s="17" t="s">
         <v>412</v>
       </c>
       <c r="C207" s="17" t="s">
         <v>413</v>
       </c>
       <c r="D207" s="17" t="s">
         <v>407</v>
       </c>
       <c r="E207" s="18">
-        <v>90.59751</v>
+        <v>90.550428</v>
       </c>
       <c r="F207" s="3"/>
     </row>
     <row r="208" spans="1:6">
       <c r="A208" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B208" s="17" t="s">
         <v>414</v>
       </c>
       <c r="C208" s="17" t="s">
         <v>415</v>
       </c>
       <c r="D208" s="17" t="s">
         <v>416</v>
       </c>
       <c r="E208" s="18">
-        <v>15683.700525</v>
+        <v>15675.54997</v>
       </c>
       <c r="F208" s="3"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <autoFilter ref="A11:E208"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Прайс-лист за 30.10.2025</vt:lpstr>
+      <vt:lpstr>Прайс-лист за 17.12.2025</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft Corporation</Company>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Unknown Creator</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Untitled Spreadsheet</dc:title>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>