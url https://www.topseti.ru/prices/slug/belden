--- v1 (2025-12-17)
+++ v2 (2026-02-04)
@@ -6,96 +6,96 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="-1" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
-    <sheet name="Прайс-лист за 17.12.2025" sheetId="1" r:id="rId4"/>
+    <sheet name="Прайс-лист за 04.02.2026" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист за 17.12.2025'!$A$11:$E$208</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист за 04.02.2026'!$A$11:$E$208</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="417">
   <si>
     <t>ПРАЙС-ЛИСТ</t>
   </si>
   <si>
     <t>ЕДИНЫЙ НОМЕР</t>
   </si>
   <si>
     <t>8-800-555-7057</t>
   </si>
   <si>
     <t>МОСКВА</t>
   </si>
   <si>
     <t>8-495-646-7057</t>
   </si>
   <si>
     <t>Компания "ТопСети"</t>
   </si>
   <si>
     <t>САНКТ-ПЕТЕРБУРГ</t>
   </si>
   <si>
     <t>8-812-645-7058</t>
   </si>
   <si>
     <t>www.topseti.ru</t>
   </si>
   <si>
     <t>sales@topseti.ru</t>
   </si>
   <si>
     <t>Цены действительны на:</t>
   </si>
   <si>
-    <t>17.12.2025</t>
+    <t>04.02.2026</t>
   </si>
   <si>
     <t>Производитель</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Название</t>
   </si>
   <si>
     <t>Группа</t>
   </si>
   <si>
     <t>Цена, руб.</t>
   </si>
   <si>
     <t>Belden</t>
   </si>
   <si>
     <t>1232A</t>
   </si>
   <si>
     <t>Belden 1232A Кабель витая пара (U/UTP), категория 3, 25 пар (24 AWG, 0,51 мм), одножильный (solid), (-30°C - +75°C), PVC</t>
   </si>
@@ -1473,51 +1473,51 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="7" numFmtId="0" fillId="2" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="49" fillId="2" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="2" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2fd263ba368527911b5ba051140520ae2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ad31022f4777a9103962098dd766b6b2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>600075</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>76200</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2447925" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1957,3617 +1957,3617 @@
       <c r="C11" s="15" t="s">
         <v>14</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>15</v>
       </c>
       <c r="E11" s="15" t="s">
         <v>16</v>
       </c>
       <c r="F11" s="16"/>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B12" s="17" t="s">
         <v>18</v>
       </c>
       <c r="C12" s="17" t="s">
         <v>19</v>
       </c>
       <c r="D12" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E12" s="18">
-        <v>413.831342</v>
+        <v>401.074657</v>
       </c>
       <c r="F12" s="3"/>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B13" s="17" t="s">
         <v>21</v>
       </c>
       <c r="C13" s="17" t="s">
         <v>22</v>
       </c>
       <c r="D13" s="17" t="s">
         <v>23</v>
       </c>
       <c r="E13" s="18">
-        <v>8282.186953999999</v>
+        <v>8026.881859</v>
       </c>
       <c r="F13" s="3"/>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B14" s="17" t="s">
         <v>24</v>
       </c>
       <c r="C14" s="17" t="s">
         <v>25</v>
       </c>
       <c r="D14" s="17" t="s">
         <v>23</v>
       </c>
       <c r="E14" s="18">
-        <v>11233.813186</v>
+        <v>10887.521831</v>
       </c>
       <c r="F14" s="3"/>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B15" s="17" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="17" t="s">
         <v>27</v>
       </c>
       <c r="D15" s="17" t="s">
         <v>23</v>
       </c>
       <c r="E15" s="18">
-        <v>40.509402</v>
+        <v>39.26066700000001</v>
       </c>
       <c r="F15" s="3"/>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B16" s="17" t="s">
         <v>28</v>
       </c>
       <c r="C16" s="17" t="s">
         <v>29</v>
       </c>
       <c r="D16" s="17" t="s">
         <v>23</v>
       </c>
       <c r="E16" s="18">
-        <v>65.13276399999999</v>
+        <v>63.124994</v>
       </c>
       <c r="F16" s="3"/>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B17" s="17" t="s">
         <v>30</v>
       </c>
       <c r="C17" s="17" t="s">
         <v>31</v>
       </c>
       <c r="D17" s="17" t="s">
         <v>23</v>
       </c>
       <c r="E17" s="18">
-        <v>65.13276399999999</v>
+        <v>63.124994</v>
       </c>
       <c r="F17" s="3"/>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B18" s="17" t="s">
         <v>32</v>
       </c>
       <c r="C18" s="17" t="s">
         <v>33</v>
       </c>
       <c r="D18" s="17" t="s">
         <v>23</v>
       </c>
       <c r="E18" s="18">
-        <v>143.768662</v>
+        <v>139.336877</v>
       </c>
       <c r="F18" s="3"/>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B19" s="17" t="s">
         <v>34</v>
       </c>
       <c r="C19" s="17" t="s">
         <v>35</v>
       </c>
       <c r="D19" s="17" t="s">
         <v>23</v>
       </c>
       <c r="E19" s="18">
-        <v>143.768662</v>
+        <v>139.336877</v>
       </c>
       <c r="F19" s="3"/>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B20" s="17" t="s">
         <v>36</v>
       </c>
       <c r="C20" s="17" t="s">
         <v>37</v>
       </c>
       <c r="D20" s="17" t="s">
         <v>23</v>
       </c>
       <c r="E20" s="18">
-        <v>65.13276399999999</v>
+        <v>63.124994</v>
       </c>
       <c r="F20" s="3"/>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B21" s="17" t="s">
         <v>38</v>
       </c>
       <c r="C21" s="17" t="s">
         <v>39</v>
       </c>
       <c r="D21" s="17" t="s">
         <v>23</v>
       </c>
       <c r="E21" s="18">
-        <v>143.768662</v>
+        <v>139.336877</v>
       </c>
       <c r="F21" s="3"/>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B22" s="17" t="s">
         <v>40</v>
       </c>
       <c r="C22" s="17" t="s">
         <v>41</v>
       </c>
       <c r="D22" s="17" t="s">
         <v>23</v>
       </c>
       <c r="E22" s="18">
-        <v>65.13276399999999</v>
+        <v>63.124994</v>
       </c>
       <c r="F22" s="3"/>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B23" s="17" t="s">
         <v>42</v>
       </c>
       <c r="C23" s="17" t="s">
         <v>43</v>
       </c>
       <c r="D23" s="17" t="s">
         <v>23</v>
       </c>
       <c r="E23" s="18">
-        <v>65.13276399999999</v>
+        <v>63.124994</v>
       </c>
       <c r="F23" s="3"/>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B24" s="17" t="s">
         <v>44</v>
       </c>
       <c r="C24" s="17" t="s">
         <v>45</v>
       </c>
       <c r="D24" s="17" t="s">
         <v>23</v>
       </c>
       <c r="E24" s="18">
-        <v>31815.76661</v>
+        <v>30835.019935</v>
       </c>
       <c r="F24" s="3"/>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B25" s="17" t="s">
         <v>46</v>
       </c>
       <c r="C25" s="17" t="s">
         <v>47</v>
       </c>
       <c r="D25" s="17" t="s">
         <v>23</v>
       </c>
       <c r="E25" s="18">
-        <v>106.436468</v>
+        <v>103.155478</v>
       </c>
       <c r="F25" s="3"/>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B26" s="17" t="s">
         <v>48</v>
       </c>
       <c r="C26" s="17" t="s">
         <v>49</v>
       </c>
       <c r="D26" s="17" t="s">
         <v>23</v>
       </c>
       <c r="E26" s="18">
-        <v>16809.813226</v>
+        <v>16291.637171</v>
       </c>
       <c r="F26" s="3"/>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B27" s="17" t="s">
         <v>50</v>
       </c>
       <c r="C27" s="17" t="s">
         <v>51</v>
       </c>
       <c r="D27" s="17" t="s">
         <v>23</v>
       </c>
       <c r="E27" s="18">
-        <v>18531.06566</v>
+        <v>17959.83061</v>
       </c>
       <c r="F27" s="3"/>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B28" s="17" t="s">
         <v>52</v>
       </c>
       <c r="C28" s="17" t="s">
         <v>53</v>
       </c>
       <c r="D28" s="17" t="s">
         <v>23</v>
       </c>
       <c r="E28" s="18">
-        <v>55513.76678</v>
+        <v>53802.51013</v>
       </c>
       <c r="F28" s="3"/>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B29" s="17" t="s">
         <v>54</v>
       </c>
       <c r="C29" s="17" t="s">
         <v>55</v>
       </c>
       <c r="D29" s="17" t="s">
         <v>23</v>
       </c>
       <c r="E29" s="18">
-        <v>52889.392972</v>
+        <v>51259.034762</v>
       </c>
       <c r="F29" s="3"/>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B30" s="17" t="s">
         <v>56</v>
       </c>
       <c r="C30" s="17" t="s">
         <v>57</v>
       </c>
       <c r="D30" s="17" t="s">
         <v>23</v>
       </c>
       <c r="E30" s="18">
-        <v>114.379488</v>
+        <v>110.853648</v>
       </c>
       <c r="F30" s="3"/>
     </row>
     <row r="31" spans="1:6">
       <c r="A31" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B31" s="17">
         <v>24570161</v>
       </c>
       <c r="C31" s="17" t="s">
         <v>58</v>
       </c>
       <c r="D31" s="17" t="s">
         <v>23</v>
       </c>
       <c r="E31" s="18">
-        <v>46.06951599999999</v>
+        <v>44.649386</v>
       </c>
       <c r="F31" s="3"/>
     </row>
     <row r="32" spans="1:6">
       <c r="A32" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B32" s="17" t="s">
         <v>59</v>
       </c>
       <c r="C32" s="17" t="s">
         <v>60</v>
       </c>
       <c r="D32" s="17" t="s">
         <v>23</v>
       </c>
       <c r="E32" s="18">
-        <v>157.271796</v>
+        <v>152.423766</v>
       </c>
       <c r="F32" s="3"/>
     </row>
     <row r="33" spans="1:6">
       <c r="A33" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B33" s="17" t="s">
         <v>61</v>
       </c>
       <c r="C33" s="17" t="s">
         <v>62</v>
       </c>
       <c r="D33" s="17" t="s">
         <v>23</v>
       </c>
       <c r="E33" s="18">
-        <v>33.360684</v>
+        <v>32.332314</v>
       </c>
       <c r="F33" s="3"/>
     </row>
     <row r="34" spans="1:6">
       <c r="A34" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B34" s="17" t="s">
         <v>63</v>
       </c>
       <c r="C34" s="17" t="s">
         <v>64</v>
       </c>
       <c r="D34" s="17" t="s">
         <v>65</v>
       </c>
       <c r="E34" s="18">
-        <v>96.110542</v>
+        <v>93.147857</v>
       </c>
       <c r="F34" s="3"/>
     </row>
     <row r="35" spans="1:6">
       <c r="A35" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B35" s="17" t="s">
         <v>66</v>
       </c>
       <c r="C35" s="17" t="s">
         <v>67</v>
       </c>
       <c r="D35" s="17" t="s">
         <v>65</v>
       </c>
       <c r="E35" s="18">
-        <v>75.45868999999999</v>
+        <v>73.132615</v>
       </c>
       <c r="F35" s="3"/>
     </row>
     <row r="36" spans="1:6">
       <c r="A36" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B36" s="17" t="s">
         <v>68</v>
       </c>
       <c r="C36" s="17" t="s">
         <v>69</v>
       </c>
       <c r="D36" s="17" t="s">
         <v>65</v>
       </c>
       <c r="E36" s="18">
-        <v>80.224502</v>
+        <v>77.75151700000001</v>
       </c>
       <c r="F36" s="3"/>
     </row>
     <row r="37" spans="1:6">
       <c r="A37" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B37" s="17" t="s">
         <v>70</v>
       </c>
       <c r="C37" s="17" t="s">
         <v>71</v>
       </c>
       <c r="D37" s="17" t="s">
         <v>65</v>
       </c>
       <c r="E37" s="18">
-        <v>87.37322</v>
+        <v>84.67987000000001</v>
       </c>
       <c r="F37" s="3"/>
     </row>
     <row r="38" spans="1:6">
       <c r="A38" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B38" s="17">
         <v>24568015</v>
       </c>
       <c r="C38" s="17" t="s">
         <v>72</v>
       </c>
       <c r="D38" s="17" t="s">
         <v>65</v>
       </c>
       <c r="E38" s="18">
-        <v>61.161254</v>
+        <v>59.27590900000001</v>
       </c>
       <c r="F38" s="3"/>
     </row>
     <row r="39" spans="1:6">
       <c r="A39" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B39" s="17">
         <v>24588085</v>
       </c>
       <c r="C39" s="17" t="s">
         <v>73</v>
       </c>
       <c r="D39" s="17" t="s">
         <v>65</v>
       </c>
       <c r="E39" s="18">
-        <v>98.493448</v>
+        <v>95.457308</v>
       </c>
       <c r="F39" s="3"/>
     </row>
     <row r="40" spans="1:6">
       <c r="A40" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B40" s="17" t="s">
         <v>74</v>
       </c>
       <c r="C40" s="17" t="s">
         <v>75</v>
       </c>
       <c r="D40" s="17" t="s">
         <v>65</v>
       </c>
       <c r="E40" s="18">
-        <v>73.075784</v>
+        <v>70.82316400000001</v>
       </c>
       <c r="F40" s="3"/>
     </row>
     <row r="41" spans="1:6">
       <c r="A41" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B41" s="17" t="s">
         <v>76</v>
       </c>
       <c r="C41" s="17" t="s">
         <v>77</v>
       </c>
       <c r="D41" s="17" t="s">
         <v>65</v>
       </c>
       <c r="E41" s="18">
-        <v>21647.906708</v>
+        <v>20980.592518</v>
       </c>
       <c r="F41" s="3"/>
     </row>
     <row r="42" spans="1:6">
       <c r="A42" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B42" s="17" t="s">
         <v>78</v>
       </c>
       <c r="C42" s="17" t="s">
         <v>79</v>
       </c>
       <c r="D42" s="17" t="s">
         <v>65</v>
       </c>
       <c r="E42" s="18">
-        <v>31650.551794</v>
+        <v>30674.897999</v>
       </c>
       <c r="F42" s="3"/>
     </row>
     <row r="43" spans="1:6">
       <c r="A43" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B43" s="17" t="s">
         <v>80</v>
       </c>
       <c r="C43" s="17" t="s">
         <v>81</v>
       </c>
       <c r="D43" s="17" t="s">
         <v>65</v>
       </c>
       <c r="E43" s="18">
-        <v>90.550428</v>
+        <v>87.75913799999999</v>
       </c>
       <c r="F43" s="3"/>
     </row>
     <row r="44" spans="1:6">
       <c r="A44" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B44" s="17" t="s">
         <v>82</v>
       </c>
       <c r="C44" s="17" t="s">
         <v>83</v>
       </c>
       <c r="D44" s="17" t="s">
         <v>65</v>
       </c>
       <c r="E44" s="18">
-        <v>70271.89794000001</v>
+        <v>68105.70999</v>
       </c>
       <c r="F44" s="3"/>
     </row>
     <row r="45" spans="1:6">
       <c r="A45" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B45" s="17" t="s">
         <v>84</v>
       </c>
       <c r="C45" s="17" t="s">
         <v>85</v>
       </c>
       <c r="D45" s="17" t="s">
         <v>65</v>
       </c>
       <c r="E45" s="18">
-        <v>16317.345986</v>
+        <v>15814.350631</v>
       </c>
       <c r="F45" s="3"/>
     </row>
     <row r="46" spans="1:6">
       <c r="A46" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B46" s="17" t="s">
         <v>86</v>
       </c>
       <c r="C46" s="17" t="s">
         <v>87</v>
       </c>
       <c r="D46" s="17" t="s">
         <v>65</v>
       </c>
       <c r="E46" s="18">
-        <v>24845.76656</v>
+        <v>24079.87576</v>
       </c>
       <c r="F46" s="3"/>
     </row>
     <row r="47" spans="1:6">
       <c r="A47" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B47" s="17" t="s">
         <v>88</v>
       </c>
       <c r="C47" s="17" t="s">
         <v>89</v>
       </c>
       <c r="D47" s="17" t="s">
         <v>65</v>
       </c>
       <c r="E47" s="18">
-        <v>18367.439448</v>
+        <v>17801.248308</v>
       </c>
       <c r="F47" s="3"/>
     </row>
     <row r="48" spans="1:6">
       <c r="A48" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B48" s="17" t="s">
         <v>90</v>
       </c>
       <c r="C48" s="17" t="s">
         <v>91</v>
       </c>
       <c r="D48" s="17" t="s">
         <v>92</v>
       </c>
       <c r="E48" s="18">
-        <v>58465.39301199999</v>
+        <v>56663.150102</v>
       </c>
       <c r="F48" s="3"/>
     </row>
     <row r="49" spans="1:6">
       <c r="A49" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B49" s="17" t="s">
         <v>93</v>
       </c>
       <c r="C49" s="17" t="s">
         <v>94</v>
       </c>
       <c r="D49" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E49" s="18">
-        <v>174.74644</v>
+        <v>169.35974</v>
       </c>
       <c r="F49" s="3"/>
     </row>
     <row r="50" spans="1:6">
       <c r="A50" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B50" s="17" t="s">
         <v>96</v>
       </c>
       <c r="C50" s="17" t="s">
         <v>97</v>
       </c>
       <c r="D50" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E50" s="18">
-        <v>212.872936</v>
+        <v>206.310956</v>
       </c>
       <c r="F50" s="3"/>
     </row>
     <row r="51" spans="1:6">
       <c r="A51" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B51" s="17" t="s">
         <v>98</v>
       </c>
       <c r="C51" s="17" t="s">
         <v>99</v>
       </c>
       <c r="D51" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E51" s="18">
-        <v>208.901426</v>
+        <v>202.461871</v>
       </c>
       <c r="F51" s="3"/>
     </row>
     <row r="52" spans="1:6">
       <c r="A52" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B52" s="17" t="s">
         <v>100</v>
       </c>
       <c r="C52" s="17" t="s">
         <v>101</v>
       </c>
       <c r="D52" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E52" s="18">
-        <v>273.239888</v>
+        <v>264.817048</v>
       </c>
       <c r="F52" s="3"/>
     </row>
     <row r="53" spans="1:6">
       <c r="A53" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B53" s="17" t="s">
         <v>102</v>
       </c>
       <c r="C53" s="17" t="s">
         <v>103</v>
       </c>
       <c r="D53" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E53" s="18">
-        <v>312.954988</v>
+        <v>303.307898</v>
       </c>
       <c r="F53" s="3"/>
     </row>
     <row r="54" spans="1:6">
       <c r="A54" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B54" s="17" t="s">
         <v>104</v>
       </c>
       <c r="C54" s="17" t="s">
         <v>105</v>
       </c>
       <c r="D54" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E54" s="18">
-        <v>393.17949</v>
+        <v>381.0594150000001</v>
       </c>
       <c r="F54" s="3"/>
     </row>
     <row r="55" spans="1:6">
       <c r="A55" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B55" s="17" t="s">
         <v>106</v>
       </c>
       <c r="C55" s="17" t="s">
         <v>107</v>
       </c>
       <c r="D55" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E55" s="18">
-        <v>160.449004</v>
+        <v>155.503034</v>
       </c>
       <c r="F55" s="3"/>
     </row>
     <row r="56" spans="1:6">
       <c r="A56" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B56" s="17" t="s">
         <v>108</v>
       </c>
       <c r="C56" s="17" t="s">
         <v>109</v>
       </c>
       <c r="D56" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E56" s="18">
-        <v>192.221084</v>
+        <v>186.295714</v>
       </c>
       <c r="F56" s="3"/>
     </row>
     <row r="57" spans="1:6">
       <c r="A57" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B57" s="17" t="s">
         <v>110</v>
       </c>
       <c r="C57" s="17" t="s">
         <v>111</v>
       </c>
       <c r="D57" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E57" s="18">
-        <v>182.68946</v>
+        <v>177.05791</v>
       </c>
       <c r="F57" s="3"/>
     </row>
     <row r="58" spans="1:6">
       <c r="A58" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B58" s="17" t="s">
         <v>112</v>
       </c>
       <c r="C58" s="17" t="s">
         <v>113</v>
       </c>
       <c r="D58" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E58" s="18">
-        <v>229.553278</v>
+        <v>222.477113</v>
       </c>
       <c r="F58" s="3"/>
     </row>
     <row r="59" spans="1:6">
       <c r="A59" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B59" s="17" t="s">
         <v>114</v>
       </c>
       <c r="C59" s="17" t="s">
         <v>115</v>
       </c>
       <c r="D59" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E59" s="18">
-        <v>256.559546</v>
+        <v>248.650891</v>
       </c>
       <c r="F59" s="3"/>
     </row>
     <row r="60" spans="1:6">
       <c r="A60" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B60" s="17" t="s">
         <v>116</v>
       </c>
       <c r="C60" s="17" t="s">
         <v>117</v>
       </c>
       <c r="D60" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E60" s="18">
-        <v>308.189176</v>
+        <v>298.688996</v>
       </c>
       <c r="F60" s="3"/>
     </row>
     <row r="61" spans="1:6">
       <c r="A61" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B61" s="17" t="s">
         <v>118</v>
       </c>
       <c r="C61" s="17" t="s">
         <v>119</v>
       </c>
       <c r="D61" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E61" s="18">
-        <v>212.872936</v>
+        <v>206.310956</v>
       </c>
       <c r="F61" s="3"/>
     </row>
     <row r="62" spans="1:6">
       <c r="A62" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B62" s="17" t="s">
         <v>120</v>
       </c>
       <c r="C62" s="17" t="s">
         <v>121</v>
       </c>
       <c r="D62" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E62" s="18">
-        <v>246.23362</v>
+        <v>238.64327</v>
       </c>
       <c r="F62" s="3"/>
     </row>
     <row r="63" spans="1:6">
       <c r="A63" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B63" s="17" t="s">
         <v>122</v>
       </c>
       <c r="C63" s="17" t="s">
         <v>123</v>
       </c>
       <c r="D63" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E63" s="18">
-        <v>275.622794</v>
+        <v>267.126499</v>
       </c>
       <c r="F63" s="3"/>
     </row>
     <row r="64" spans="1:6">
       <c r="A64" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B64" s="17" t="s">
         <v>124</v>
       </c>
       <c r="C64" s="17" t="s">
         <v>125</v>
       </c>
       <c r="D64" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E64" s="18">
-        <v>339.166954</v>
+        <v>328.711859</v>
       </c>
       <c r="F64" s="3"/>
     </row>
     <row r="65" spans="1:6">
       <c r="A65" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B65" s="17" t="s">
         <v>126</v>
       </c>
       <c r="C65" s="17" t="s">
         <v>127</v>
       </c>
       <c r="D65" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E65" s="18">
-        <v>397.945302</v>
+        <v>385.678317</v>
       </c>
       <c r="F65" s="3"/>
     </row>
     <row r="66" spans="1:6">
       <c r="A66" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B66" s="17" t="s">
         <v>128</v>
       </c>
       <c r="C66" s="17" t="s">
         <v>129</v>
       </c>
       <c r="D66" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E66" s="18">
-        <v>521.856414</v>
+        <v>505.7697690000001</v>
       </c>
       <c r="F66" s="3"/>
     </row>
     <row r="67" spans="1:6">
       <c r="A67" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B67" s="17" t="s">
         <v>130</v>
       </c>
       <c r="C67" s="17" t="s">
         <v>131</v>
       </c>
       <c r="D67" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E67" s="18">
-        <v>319.309404</v>
+        <v>309.466434</v>
       </c>
       <c r="F67" s="3"/>
     </row>
     <row r="68" spans="1:6">
       <c r="A68" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B68" s="17" t="s">
         <v>132</v>
       </c>
       <c r="C68" s="17" t="s">
         <v>133</v>
       </c>
       <c r="D68" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E68" s="18">
-        <v>372.527638</v>
+        <v>361.0441730000001</v>
       </c>
       <c r="F68" s="3"/>
     </row>
     <row r="69" spans="1:6">
       <c r="A69" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B69" s="17" t="s">
         <v>134</v>
       </c>
       <c r="C69" s="17" t="s">
         <v>135</v>
       </c>
       <c r="D69" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E69" s="18">
-        <v>421.7743619999999</v>
+        <v>408.772827</v>
       </c>
       <c r="F69" s="3"/>
     </row>
     <row r="70" spans="1:6">
       <c r="A70" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B70" s="17" t="s">
         <v>136</v>
       </c>
       <c r="C70" s="17" t="s">
         <v>137</v>
       </c>
       <c r="D70" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E70" s="18">
-        <v>545.685474</v>
+        <v>528.864279</v>
       </c>
       <c r="F70" s="3"/>
     </row>
     <row r="71" spans="1:6">
       <c r="A71" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B71" s="17" t="s">
         <v>138</v>
       </c>
       <c r="C71" s="17" t="s">
         <v>139</v>
       </c>
       <c r="D71" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E71" s="18">
-        <v>721.226216</v>
+        <v>698.993836</v>
       </c>
       <c r="F71" s="3"/>
     </row>
     <row r="72" spans="1:6">
       <c r="A72" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B72" s="17" t="s">
         <v>140</v>
       </c>
       <c r="C72" s="17" t="s">
         <v>141</v>
       </c>
       <c r="D72" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E72" s="18">
-        <v>1031.003996</v>
+        <v>999.2224660000001</v>
       </c>
       <c r="F72" s="3"/>
     </row>
     <row r="73" spans="1:6">
       <c r="A73" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B73" s="17" t="s">
         <v>142</v>
       </c>
       <c r="C73" s="17" t="s">
         <v>143</v>
       </c>
       <c r="D73" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E73" s="18">
-        <v>146.151568</v>
+        <v>141.646328</v>
       </c>
       <c r="F73" s="3"/>
     </row>
     <row r="74" spans="1:6">
       <c r="A74" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B74" s="17" t="s">
         <v>144</v>
       </c>
       <c r="C74" s="17" t="s">
         <v>145</v>
       </c>
       <c r="D74" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E74" s="18">
-        <v>169.980628</v>
+        <v>164.740838</v>
       </c>
       <c r="F74" s="3"/>
     </row>
     <row r="75" spans="1:6">
       <c r="A75" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B75" s="17" t="s">
         <v>146</v>
       </c>
       <c r="C75" s="17" t="s">
         <v>147</v>
       </c>
       <c r="D75" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E75" s="18">
-        <v>154.88889</v>
+        <v>150.114315</v>
       </c>
       <c r="F75" s="3"/>
     </row>
     <row r="76" spans="1:6">
       <c r="A76" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B76" s="17" t="s">
         <v>148</v>
       </c>
       <c r="C76" s="17" t="s">
         <v>149</v>
       </c>
       <c r="D76" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E76" s="18">
-        <v>185.072366</v>
+        <v>179.367361</v>
       </c>
       <c r="F76" s="3"/>
     </row>
     <row r="77" spans="1:6">
       <c r="A77" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B77" s="17" t="s">
         <v>150</v>
       </c>
       <c r="C77" s="17" t="s">
         <v>151</v>
       </c>
       <c r="D77" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E77" s="18">
-        <v>196.192594</v>
+        <v>190.144799</v>
       </c>
       <c r="F77" s="3"/>
     </row>
     <row r="78" spans="1:6">
       <c r="A78" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B78" s="17" t="s">
         <v>152</v>
       </c>
       <c r="C78" s="17" t="s">
         <v>153</v>
       </c>
       <c r="D78" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E78" s="18">
-        <v>216.844446</v>
+        <v>210.160041</v>
       </c>
       <c r="F78" s="3"/>
     </row>
     <row r="79" spans="1:6">
       <c r="A79" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B79" s="17" t="s">
         <v>154</v>
       </c>
       <c r="C79" s="17" t="s">
         <v>155</v>
       </c>
       <c r="D79" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E79" s="18">
-        <v>108.025072</v>
+        <v>104.695112</v>
       </c>
       <c r="F79" s="3"/>
     </row>
     <row r="80" spans="1:6">
       <c r="A80" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B80" s="17" t="s">
         <v>156</v>
       </c>
       <c r="C80" s="17" t="s">
         <v>157</v>
       </c>
       <c r="D80" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E80" s="18">
-        <v>148.534474</v>
+        <v>143.955779</v>
       </c>
       <c r="F80" s="3"/>
     </row>
     <row r="81" spans="1:6">
       <c r="A81" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B81" s="17" t="s">
         <v>158</v>
       </c>
       <c r="C81" s="17" t="s">
         <v>159</v>
       </c>
       <c r="D81" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E81" s="18">
-        <v>170.77493</v>
+        <v>165.510655</v>
       </c>
       <c r="F81" s="3"/>
     </row>
     <row r="82" spans="1:6">
       <c r="A82" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B82" s="17" t="s">
         <v>160</v>
       </c>
       <c r="C82" s="17" t="s">
         <v>161</v>
       </c>
       <c r="D82" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E82" s="18">
-        <v>87.37322</v>
+        <v>84.67987000000001</v>
       </c>
       <c r="F82" s="3"/>
     </row>
     <row r="83" spans="1:6">
       <c r="A83" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B83" s="17" t="s">
         <v>162</v>
       </c>
       <c r="C83" s="17" t="s">
         <v>163</v>
       </c>
       <c r="D83" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E83" s="18">
-        <v>109.613676</v>
+        <v>106.234746</v>
       </c>
       <c r="F83" s="3"/>
     </row>
     <row r="84" spans="1:6">
       <c r="A84" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B84" s="17" t="s">
         <v>164</v>
       </c>
       <c r="C84" s="17" t="s">
         <v>165</v>
       </c>
       <c r="D84" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E84" s="18">
-        <v>71.48718</v>
+        <v>69.28353</v>
       </c>
       <c r="F84" s="3"/>
     </row>
     <row r="85" spans="1:6">
       <c r="A85" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B85" s="17" t="s">
         <v>166</v>
       </c>
       <c r="C85" s="17" t="s">
         <v>167</v>
       </c>
       <c r="D85" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E85" s="18">
-        <v>84.990314</v>
+        <v>82.37041900000001</v>
       </c>
       <c r="F85" s="3"/>
     </row>
     <row r="86" spans="1:6">
       <c r="A86" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B86" s="17" t="s">
         <v>168</v>
       </c>
       <c r="C86" s="17" t="s">
         <v>169</v>
       </c>
       <c r="D86" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E86" s="18">
-        <v>84.990314</v>
+        <v>82.37041900000001</v>
       </c>
       <c r="F86" s="3"/>
     </row>
     <row r="87" spans="1:6">
       <c r="A87" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B87" s="17" t="s">
         <v>170</v>
       </c>
       <c r="C87" s="17" t="s">
         <v>171</v>
       </c>
       <c r="D87" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E87" s="18">
-        <v>92.93333399999999</v>
+        <v>90.068589</v>
       </c>
       <c r="F87" s="3"/>
     </row>
     <row r="88" spans="1:6">
       <c r="A88" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B88" s="17" t="s">
         <v>172</v>
       </c>
       <c r="C88" s="17" t="s">
         <v>173</v>
       </c>
       <c r="D88" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E88" s="18">
-        <v>88.96182400000001</v>
+        <v>86.21950400000001</v>
       </c>
       <c r="F88" s="3"/>
     </row>
     <row r="89" spans="1:6">
       <c r="A89" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B89" s="17" t="s">
         <v>174</v>
       </c>
       <c r="C89" s="17" t="s">
         <v>175</v>
       </c>
       <c r="D89" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E89" s="18">
-        <v>108.025072</v>
+        <v>104.695112</v>
       </c>
       <c r="F89" s="3"/>
     </row>
     <row r="90" spans="1:6">
       <c r="A90" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B90" s="17" t="s">
         <v>176</v>
       </c>
       <c r="C90" s="17" t="s">
         <v>177</v>
       </c>
       <c r="D90" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E90" s="18">
-        <v>127.882622</v>
+        <v>123.940537</v>
       </c>
       <c r="F90" s="3"/>
     </row>
     <row r="91" spans="1:6">
       <c r="A91" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B91" s="17" t="s">
         <v>178</v>
       </c>
       <c r="C91" s="17" t="s">
         <v>179</v>
       </c>
       <c r="D91" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E91" s="18">
-        <v>115.17379</v>
+        <v>111.623465</v>
       </c>
       <c r="F91" s="3"/>
     </row>
     <row r="92" spans="1:6">
       <c r="A92" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B92" s="17" t="s">
         <v>180</v>
       </c>
       <c r="C92" s="17" t="s">
         <v>181</v>
       </c>
       <c r="D92" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E92" s="18">
-        <v>207.312822</v>
+        <v>200.922237</v>
       </c>
       <c r="F92" s="3"/>
     </row>
     <row r="93" spans="1:6">
       <c r="A93" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B93" s="17" t="s">
         <v>182</v>
       </c>
       <c r="C93" s="17" t="s">
         <v>183</v>
       </c>
       <c r="D93" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E93" s="18">
-        <v>288.331626</v>
+        <v>279.443571</v>
       </c>
       <c r="F93" s="3"/>
     </row>
     <row r="94" spans="1:6">
       <c r="A94" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B94" s="17" t="s">
         <v>184</v>
       </c>
       <c r="C94" s="17" t="s">
         <v>185</v>
       </c>
       <c r="D94" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E94" s="18">
-        <v>73.870086</v>
+        <v>71.59298100000001</v>
       </c>
       <c r="F94" s="3"/>
     </row>
     <row r="95" spans="1:6">
       <c r="A95" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B95" s="17" t="s">
         <v>186</v>
       </c>
       <c r="C95" s="17" t="s">
         <v>187</v>
       </c>
       <c r="D95" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E95" s="18">
-        <v>87.37322</v>
+        <v>84.67987000000001</v>
       </c>
       <c r="F95" s="3"/>
     </row>
     <row r="96" spans="1:6">
       <c r="A96" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B96" s="17" t="s">
         <v>188</v>
       </c>
       <c r="C96" s="17" t="s">
         <v>189</v>
       </c>
       <c r="D96" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E96" s="18">
-        <v>104.847864</v>
+        <v>101.615844</v>
       </c>
       <c r="F96" s="3"/>
     </row>
     <row r="97" spans="1:6">
       <c r="A97" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B97" s="17" t="s">
         <v>190</v>
       </c>
       <c r="C97" s="17" t="s">
         <v>191</v>
       </c>
       <c r="D97" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E97" s="18">
-        <v>150.91738</v>
+        <v>146.26523</v>
       </c>
       <c r="F97" s="3"/>
     </row>
     <row r="98" spans="1:6">
       <c r="A98" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B98" s="17" t="s">
         <v>192</v>
       </c>
       <c r="C98" s="17" t="s">
         <v>193</v>
       </c>
       <c r="D98" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E98" s="18">
-        <v>203.341312</v>
+        <v>197.073152</v>
       </c>
       <c r="F98" s="3"/>
     </row>
     <row r="99" spans="1:6">
       <c r="A99" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B99" s="17" t="s">
         <v>194</v>
       </c>
       <c r="C99" s="17" t="s">
         <v>195</v>
       </c>
       <c r="D99" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E99" s="18">
-        <v>108.819374</v>
+        <v>105.464929</v>
       </c>
       <c r="F99" s="3"/>
     </row>
     <row r="100" spans="1:6">
       <c r="A100" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B100" s="17" t="s">
         <v>196</v>
       </c>
       <c r="C100" s="17" t="s">
         <v>197</v>
       </c>
       <c r="D100" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E100" s="18">
-        <v>139.00285</v>
+        <v>134.717975</v>
       </c>
       <c r="F100" s="3"/>
     </row>
     <row r="101" spans="1:6">
       <c r="A101" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B101" s="17" t="s">
         <v>198</v>
       </c>
       <c r="C101" s="17" t="s">
         <v>199</v>
       </c>
       <c r="D101" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E101" s="18">
-        <v>170.77493</v>
+        <v>165.510655</v>
       </c>
       <c r="F101" s="3"/>
     </row>
     <row r="102" spans="1:6">
       <c r="A102" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B102" s="17" t="s">
         <v>200</v>
       </c>
       <c r="C102" s="17" t="s">
         <v>201</v>
       </c>
       <c r="D102" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E102" s="18">
-        <v>231.936184</v>
+        <v>224.786564</v>
       </c>
       <c r="F102" s="3"/>
     </row>
     <row r="103" spans="1:6">
       <c r="A103" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B103" s="17" t="s">
         <v>202</v>
       </c>
       <c r="C103" s="17" t="s">
         <v>203</v>
       </c>
       <c r="D103" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E103" s="18">
-        <v>293.097438</v>
+        <v>284.062473</v>
       </c>
       <c r="F103" s="3"/>
     </row>
     <row r="104" spans="1:6">
       <c r="A104" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B104" s="17" t="s">
         <v>204</v>
       </c>
       <c r="C104" s="17" t="s">
         <v>205</v>
       </c>
       <c r="D104" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E104" s="18">
-        <v>415.419946</v>
+        <v>402.614291</v>
       </c>
       <c r="F104" s="3"/>
     </row>
     <row r="105" spans="1:6">
       <c r="A105" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B105" s="17" t="s">
         <v>206</v>
       </c>
       <c r="C105" s="17" t="s">
         <v>207</v>
       </c>
       <c r="D105" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E105" s="18">
-        <v>193.809688</v>
+        <v>187.835348</v>
       </c>
       <c r="F105" s="3"/>
     </row>
     <row r="106" spans="1:6">
       <c r="A106" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B106" s="17" t="s">
         <v>208</v>
       </c>
       <c r="C106" s="17" t="s">
         <v>209</v>
       </c>
       <c r="D106" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E106" s="18">
-        <v>268.474076</v>
+        <v>260.198146</v>
       </c>
       <c r="F106" s="3"/>
     </row>
     <row r="107" spans="1:6">
       <c r="A107" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B107" s="17" t="s">
         <v>210</v>
       </c>
       <c r="C107" s="17" t="s">
         <v>211</v>
       </c>
       <c r="D107" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E107" s="18">
-        <v>341.54986</v>
+        <v>331.02131</v>
       </c>
       <c r="F107" s="3"/>
     </row>
     <row r="108" spans="1:6">
       <c r="A108" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B108" s="17" t="s">
         <v>212</v>
       </c>
       <c r="C108" s="17" t="s">
         <v>213</v>
       </c>
       <c r="D108" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E108" s="18">
-        <v>489.290032</v>
+        <v>474.207272</v>
       </c>
       <c r="F108" s="3"/>
     </row>
     <row r="109" spans="1:6">
       <c r="A109" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B109" s="17" t="s">
         <v>214</v>
       </c>
       <c r="C109" s="17" t="s">
         <v>215</v>
       </c>
       <c r="D109" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E109" s="18">
-        <v>637.0302039999999</v>
+        <v>617.393234</v>
       </c>
       <c r="F109" s="3"/>
     </row>
     <row r="110" spans="1:6">
       <c r="A110" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B110" s="17" t="s">
         <v>216</v>
       </c>
       <c r="C110" s="17" t="s">
         <v>217</v>
       </c>
       <c r="D110" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E110" s="18">
-        <v>929.3333399999999</v>
+        <v>900.68589</v>
       </c>
       <c r="F110" s="3"/>
     </row>
     <row r="111" spans="1:6">
       <c r="A111" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B111" s="17" t="s">
         <v>218</v>
       </c>
       <c r="C111" s="17" t="s">
         <v>219</v>
       </c>
       <c r="D111" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E111" s="18">
-        <v>57.984046</v>
+        <v>56.196641</v>
       </c>
       <c r="F111" s="3"/>
     </row>
     <row r="112" spans="1:6">
       <c r="A112" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B112" s="17" t="s">
         <v>220</v>
       </c>
       <c r="C112" s="17" t="s">
         <v>221</v>
       </c>
       <c r="D112" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E112" s="18">
-        <v>65.13276399999999</v>
+        <v>63.124994</v>
       </c>
       <c r="F112" s="3"/>
     </row>
     <row r="113" spans="1:6">
       <c r="A113" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B113" s="17" t="s">
         <v>222</v>
       </c>
       <c r="C113" s="17" t="s">
         <v>223</v>
       </c>
       <c r="D113" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E113" s="18">
-        <v>69.89857600000001</v>
+        <v>67.74389600000001</v>
       </c>
       <c r="F113" s="3"/>
     </row>
     <row r="114" spans="1:6">
       <c r="A114" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B114" s="17" t="s">
         <v>224</v>
       </c>
       <c r="C114" s="17" t="s">
         <v>225</v>
       </c>
       <c r="D114" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E114" s="18">
-        <v>80.224502</v>
+        <v>77.75151700000001</v>
       </c>
       <c r="F114" s="3"/>
     </row>
     <row r="115" spans="1:6">
       <c r="A115" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B115" s="17" t="s">
         <v>226</v>
       </c>
       <c r="C115" s="17" t="s">
         <v>227</v>
       </c>
       <c r="D115" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E115" s="18">
-        <v>90.550428</v>
+        <v>87.75913799999999</v>
       </c>
       <c r="F115" s="3"/>
     </row>
     <row r="116" spans="1:6">
       <c r="A116" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B116" s="17" t="s">
         <v>228</v>
       </c>
       <c r="C116" s="17" t="s">
         <v>229</v>
       </c>
       <c r="D116" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E116" s="18">
-        <v>110.407978</v>
+        <v>107.004563</v>
       </c>
       <c r="F116" s="3"/>
     </row>
     <row r="117" spans="1:6">
       <c r="A117" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B117" s="17" t="s">
         <v>230</v>
       </c>
       <c r="C117" s="17" t="s">
         <v>231</v>
       </c>
       <c r="D117" s="17" t="s">
         <v>95</v>
       </c>
       <c r="E117" s="18">
-        <v>369.35043</v>
+        <v>357.964905</v>
       </c>
       <c r="F117" s="3"/>
     </row>
     <row r="118" spans="1:6">
       <c r="A118" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B118" s="17" t="s">
         <v>232</v>
       </c>
       <c r="C118" s="17" t="s">
         <v>233</v>
       </c>
       <c r="D118" s="17" t="s">
         <v>234</v>
       </c>
       <c r="E118" s="18">
-        <v>97.699146</v>
+        <v>94.68749100000001</v>
       </c>
       <c r="F118" s="3"/>
     </row>
     <row r="119" spans="1:6">
       <c r="A119" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B119" s="17" t="s">
         <v>235</v>
       </c>
       <c r="C119" s="17" t="s">
         <v>236</v>
       </c>
       <c r="D119" s="17" t="s">
         <v>234</v>
       </c>
       <c r="E119" s="18">
-        <v>176.335044</v>
+        <v>170.899374</v>
       </c>
       <c r="F119" s="3"/>
     </row>
     <row r="120" spans="1:6">
       <c r="A120" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B120" s="17" t="s">
         <v>237</v>
       </c>
       <c r="C120" s="17" t="s">
         <v>238</v>
       </c>
       <c r="D120" s="17" t="s">
         <v>234</v>
       </c>
       <c r="E120" s="18">
-        <v>207.312822</v>
+        <v>200.922237</v>
       </c>
       <c r="F120" s="3"/>
     </row>
     <row r="121" spans="1:6">
       <c r="A121" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B121" s="17" t="s">
         <v>239</v>
       </c>
       <c r="C121" s="17" t="s">
         <v>240</v>
       </c>
       <c r="D121" s="17" t="s">
         <v>234</v>
       </c>
       <c r="E121" s="18">
-        <v>270.856982</v>
+        <v>262.507597</v>
       </c>
       <c r="F121" s="3"/>
     </row>
     <row r="122" spans="1:6">
       <c r="A122" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B122" s="17" t="s">
         <v>241</v>
       </c>
       <c r="C122" s="17" t="s">
         <v>242</v>
       </c>
       <c r="D122" s="17" t="s">
         <v>234</v>
       </c>
       <c r="E122" s="18">
-        <v>451.957838</v>
+        <v>438.025873</v>
       </c>
       <c r="F122" s="3"/>
     </row>
     <row r="123" spans="1:6">
       <c r="A123" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B123" s="17" t="s">
         <v>243</v>
       </c>
       <c r="C123" s="17" t="s">
         <v>244</v>
       </c>
       <c r="D123" s="17" t="s">
         <v>234</v>
       </c>
       <c r="E123" s="18">
-        <v>638.6188079999999</v>
+        <v>618.932868</v>
       </c>
       <c r="F123" s="3"/>
     </row>
     <row r="124" spans="1:6">
       <c r="A124" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B124" s="17" t="s">
         <v>245</v>
       </c>
       <c r="C124" s="17" t="s">
         <v>246</v>
       </c>
       <c r="D124" s="17" t="s">
         <v>234</v>
       </c>
       <c r="E124" s="18">
-        <v>99.28775</v>
+        <v>96.227125</v>
       </c>
       <c r="F124" s="3"/>
     </row>
     <row r="125" spans="1:6">
       <c r="A125" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B125" s="17" t="s">
         <v>247</v>
       </c>
       <c r="C125" s="17" t="s">
         <v>248</v>
       </c>
       <c r="D125" s="17" t="s">
         <v>234</v>
       </c>
       <c r="E125" s="18">
-        <v>143.768662</v>
+        <v>139.336877</v>
       </c>
       <c r="F125" s="3"/>
     </row>
     <row r="126" spans="1:6">
       <c r="A126" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B126" s="17" t="s">
         <v>249</v>
       </c>
       <c r="C126" s="17" t="s">
         <v>250</v>
       </c>
       <c r="D126" s="17" t="s">
         <v>234</v>
       </c>
       <c r="E126" s="18">
-        <v>201.752708</v>
+        <v>195.533518</v>
       </c>
       <c r="F126" s="3"/>
     </row>
     <row r="127" spans="1:6">
       <c r="A127" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B127" s="17" t="s">
         <v>251</v>
       </c>
       <c r="C127" s="17" t="s">
         <v>252</v>
       </c>
       <c r="D127" s="17" t="s">
         <v>234</v>
       </c>
       <c r="E127" s="18">
-        <v>404.299718</v>
+        <v>391.836853</v>
       </c>
       <c r="F127" s="3"/>
     </row>
     <row r="128" spans="1:6">
       <c r="A128" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B128" s="17" t="s">
         <v>253</v>
       </c>
       <c r="C128" s="17" t="s">
         <v>254</v>
       </c>
       <c r="D128" s="17" t="s">
         <v>234</v>
       </c>
       <c r="E128" s="18">
-        <v>563.9544199999999</v>
+        <v>546.57007</v>
       </c>
       <c r="F128" s="3"/>
     </row>
     <row r="129" spans="1:6">
       <c r="A129" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B129" s="17" t="s">
         <v>255</v>
       </c>
       <c r="C129" s="17" t="s">
         <v>256</v>
       </c>
       <c r="D129" s="17" t="s">
         <v>234</v>
       </c>
       <c r="E129" s="18">
-        <v>162.037608</v>
+        <v>157.042668</v>
       </c>
       <c r="F129" s="3"/>
     </row>
     <row r="130" spans="1:6">
       <c r="A130" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B130" s="17" t="s">
         <v>257</v>
       </c>
       <c r="C130" s="17" t="s">
         <v>258</v>
       </c>
       <c r="D130" s="17" t="s">
         <v>234</v>
       </c>
       <c r="E130" s="18">
-        <v>256.559546</v>
+        <v>248.650891</v>
       </c>
       <c r="F130" s="3"/>
     </row>
     <row r="131" spans="1:6">
       <c r="A131" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B131" s="17" t="s">
         <v>259</v>
       </c>
       <c r="C131" s="17" t="s">
         <v>260</v>
       </c>
       <c r="D131" s="17" t="s">
         <v>234</v>
       </c>
       <c r="E131" s="18">
-        <v>362.996014</v>
+        <v>351.806369</v>
       </c>
       <c r="F131" s="3"/>
     </row>
     <row r="132" spans="1:6">
       <c r="A132" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B132" s="17" t="s">
         <v>261</v>
       </c>
       <c r="C132" s="17" t="s">
         <v>262</v>
       </c>
       <c r="D132" s="17" t="s">
         <v>234</v>
       </c>
       <c r="E132" s="18">
-        <v>501.204562</v>
+        <v>485.754527</v>
       </c>
       <c r="F132" s="3"/>
     </row>
     <row r="133" spans="1:6">
       <c r="A133" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B133" s="17" t="s">
         <v>263</v>
       </c>
       <c r="C133" s="17" t="s">
         <v>264</v>
       </c>
       <c r="D133" s="17" t="s">
         <v>234</v>
       </c>
       <c r="E133" s="18">
-        <v>717.2547059999999</v>
+        <v>695.1447509999999</v>
       </c>
       <c r="F133" s="3"/>
     </row>
     <row r="134" spans="1:6">
       <c r="A134" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B134" s="17" t="s">
         <v>265</v>
       </c>
       <c r="C134" s="17" t="s">
         <v>266</v>
       </c>
       <c r="D134" s="17" t="s">
         <v>234</v>
       </c>
       <c r="E134" s="18">
-        <v>259.736754</v>
+        <v>251.730159</v>
       </c>
       <c r="F134" s="3"/>
     </row>
     <row r="135" spans="1:6">
       <c r="A135" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B135" s="17" t="s">
         <v>267</v>
       </c>
       <c r="C135" s="17" t="s">
         <v>268</v>
       </c>
       <c r="D135" s="17" t="s">
         <v>234</v>
       </c>
       <c r="E135" s="18">
-        <v>362.996014</v>
+        <v>351.806369</v>
       </c>
       <c r="F135" s="3"/>
     </row>
     <row r="136" spans="1:6">
       <c r="A136" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B136" s="17" t="s">
         <v>269</v>
       </c>
       <c r="C136" s="17" t="s">
         <v>270</v>
       </c>
       <c r="D136" s="17" t="s">
         <v>234</v>
       </c>
       <c r="E136" s="18">
-        <v>455.135046</v>
+        <v>441.1051410000001</v>
       </c>
       <c r="F136" s="3"/>
     </row>
     <row r="137" spans="1:6">
       <c r="A137" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B137" s="17" t="s">
         <v>271</v>
       </c>
       <c r="C137" s="17" t="s">
         <v>272</v>
       </c>
       <c r="D137" s="17" t="s">
         <v>234</v>
       </c>
       <c r="E137" s="18">
-        <v>660.8592640000001</v>
+        <v>640.487744</v>
       </c>
       <c r="F137" s="3"/>
     </row>
     <row r="138" spans="1:6">
       <c r="A138" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B138" s="17" t="s">
         <v>273</v>
       </c>
       <c r="C138" s="17" t="s">
         <v>274</v>
       </c>
       <c r="D138" s="17" t="s">
         <v>234</v>
       </c>
       <c r="E138" s="18">
-        <v>896.7669579999999</v>
+        <v>869.123393</v>
       </c>
       <c r="F138" s="3"/>
     </row>
     <row r="139" spans="1:6">
       <c r="A139" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B139" s="17" t="s">
         <v>275</v>
       </c>
       <c r="C139" s="17" t="s">
         <v>276</v>
       </c>
       <c r="D139" s="17" t="s">
         <v>234</v>
       </c>
       <c r="E139" s="18">
-        <v>1309.803998</v>
+        <v>1269.428233</v>
       </c>
       <c r="F139" s="3"/>
     </row>
     <row r="140" spans="1:6">
       <c r="A140" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B140" s="17" t="s">
         <v>277</v>
       </c>
       <c r="C140" s="17" t="s">
         <v>278</v>
       </c>
       <c r="D140" s="17" t="s">
         <v>234</v>
       </c>
       <c r="E140" s="18">
-        <v>146.151568</v>
+        <v>141.646328</v>
       </c>
       <c r="F140" s="3"/>
     </row>
     <row r="141" spans="1:6">
       <c r="A141" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B141" s="17" t="s">
         <v>279</v>
       </c>
       <c r="C141" s="17" t="s">
         <v>280</v>
       </c>
       <c r="D141" s="17" t="s">
         <v>234</v>
       </c>
       <c r="E141" s="18">
-        <v>108.025072</v>
+        <v>104.695112</v>
       </c>
       <c r="F141" s="3"/>
     </row>
     <row r="142" spans="1:6">
       <c r="A142" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B142" s="17" t="s">
         <v>281</v>
       </c>
       <c r="C142" s="17" t="s">
         <v>282</v>
       </c>
       <c r="D142" s="17" t="s">
         <v>234</v>
       </c>
       <c r="E142" s="18">
-        <v>150.123078</v>
+        <v>145.495413</v>
       </c>
       <c r="F142" s="3"/>
     </row>
     <row r="143" spans="1:6">
       <c r="A143" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B143" s="17" t="s">
         <v>283</v>
       </c>
       <c r="C143" s="17" t="s">
         <v>284</v>
       </c>
       <c r="D143" s="17" t="s">
         <v>234</v>
       </c>
       <c r="E143" s="18">
-        <v>59.57265</v>
+        <v>57.73627500000001</v>
       </c>
       <c r="F143" s="3"/>
     </row>
     <row r="144" spans="1:6">
       <c r="A144" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B144" s="17" t="s">
         <v>285</v>
       </c>
       <c r="C144" s="17" t="s">
         <v>286</v>
       </c>
       <c r="D144" s="17" t="s">
         <v>234</v>
       </c>
       <c r="E144" s="18">
-        <v>61.161254</v>
+        <v>59.27590900000001</v>
       </c>
       <c r="F144" s="3"/>
     </row>
     <row r="145" spans="1:6">
       <c r="A145" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B145" s="17" t="s">
         <v>287</v>
       </c>
       <c r="C145" s="17" t="s">
         <v>288</v>
       </c>
       <c r="D145" s="17" t="s">
         <v>234</v>
       </c>
       <c r="E145" s="18">
-        <v>87.37322</v>
+        <v>84.67987000000001</v>
       </c>
       <c r="F145" s="3"/>
     </row>
     <row r="146" spans="1:6">
       <c r="A146" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B146" s="17" t="s">
         <v>289</v>
       </c>
       <c r="C146" s="17" t="s">
         <v>290</v>
       </c>
       <c r="D146" s="17" t="s">
         <v>234</v>
       </c>
       <c r="E146" s="18">
-        <v>168.392024</v>
+        <v>163.201204</v>
       </c>
       <c r="F146" s="3"/>
     </row>
     <row r="147" spans="1:6">
       <c r="A147" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B147" s="17" t="s">
         <v>291</v>
       </c>
       <c r="C147" s="17" t="s">
         <v>292</v>
       </c>
       <c r="D147" s="17" t="s">
         <v>293</v>
       </c>
       <c r="E147" s="18">
-        <v>117.556696</v>
+        <v>113.932916</v>
       </c>
       <c r="F147" s="3"/>
     </row>
     <row r="148" spans="1:6">
       <c r="A148" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B148" s="17" t="s">
         <v>294</v>
       </c>
       <c r="C148" s="17" t="s">
         <v>295</v>
       </c>
       <c r="D148" s="17" t="s">
         <v>293</v>
       </c>
       <c r="E148" s="18">
-        <v>154.88889</v>
+        <v>150.114315</v>
       </c>
       <c r="F148" s="3"/>
     </row>
     <row r="149" spans="1:6">
       <c r="A149" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B149" s="17" t="s">
         <v>296</v>
       </c>
       <c r="C149" s="17" t="s">
         <v>297</v>
       </c>
       <c r="D149" s="17" t="s">
         <v>293</v>
       </c>
       <c r="E149" s="18">
-        <v>247.027922</v>
+        <v>239.413087</v>
       </c>
       <c r="F149" s="3"/>
     </row>
     <row r="150" spans="1:6">
       <c r="A150" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B150" s="17" t="s">
         <v>298</v>
       </c>
       <c r="C150" s="17" t="s">
         <v>299</v>
       </c>
       <c r="D150" s="17" t="s">
         <v>293</v>
       </c>
       <c r="E150" s="18">
-        <v>352.670088</v>
+        <v>341.798748</v>
       </c>
       <c r="F150" s="3"/>
     </row>
     <row r="151" spans="1:6">
       <c r="A151" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B151" s="17" t="s">
         <v>300</v>
       </c>
       <c r="C151" s="17" t="s">
         <v>301</v>
       </c>
       <c r="D151" s="17" t="s">
         <v>293</v>
       </c>
       <c r="E151" s="18">
-        <v>489.290032</v>
+        <v>474.207272</v>
       </c>
       <c r="F151" s="3"/>
     </row>
     <row r="152" spans="1:6">
       <c r="A152" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B152" s="17" t="s">
         <v>302</v>
       </c>
       <c r="C152" s="17" t="s">
         <v>303</v>
       </c>
       <c r="D152" s="17" t="s">
         <v>293</v>
       </c>
       <c r="E152" s="18">
-        <v>96.110542</v>
+        <v>93.147857</v>
       </c>
       <c r="F152" s="3"/>
     </row>
     <row r="153" spans="1:6">
       <c r="A153" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B153" s="17" t="s">
         <v>304</v>
       </c>
       <c r="C153" s="17" t="s">
         <v>305</v>
       </c>
       <c r="D153" s="17" t="s">
         <v>293</v>
       </c>
       <c r="E153" s="18">
-        <v>137.414246</v>
+        <v>133.178341</v>
       </c>
       <c r="F153" s="3"/>
     </row>
     <row r="154" spans="1:6">
       <c r="A154" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B154" s="17" t="s">
         <v>306</v>
       </c>
       <c r="C154" s="17" t="s">
         <v>307</v>
       </c>
       <c r="D154" s="17" t="s">
         <v>293</v>
       </c>
       <c r="E154" s="18">
-        <v>205.724218</v>
+        <v>199.382603</v>
       </c>
       <c r="F154" s="3"/>
     </row>
     <row r="155" spans="1:6">
       <c r="A155" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B155" s="17" t="s">
         <v>308</v>
       </c>
       <c r="C155" s="17" t="s">
         <v>309</v>
       </c>
       <c r="D155" s="17" t="s">
         <v>293</v>
       </c>
       <c r="E155" s="18">
-        <v>295.480344</v>
+        <v>286.371924</v>
       </c>
       <c r="F155" s="3"/>
     </row>
     <row r="156" spans="1:6">
       <c r="A156" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B156" s="17" t="s">
         <v>310</v>
       </c>
       <c r="C156" s="17" t="s">
         <v>311</v>
       </c>
       <c r="D156" s="17" t="s">
         <v>293</v>
       </c>
       <c r="E156" s="18">
-        <v>406.682624</v>
+        <v>394.146304</v>
       </c>
       <c r="F156" s="3"/>
     </row>
     <row r="157" spans="1:6">
       <c r="A157" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B157" s="17" t="s">
         <v>312</v>
       </c>
       <c r="C157" s="17" t="s">
         <v>313</v>
       </c>
       <c r="D157" s="17" t="s">
         <v>293</v>
       </c>
       <c r="E157" s="18">
-        <v>180.306554</v>
+        <v>174.748459</v>
       </c>
       <c r="F157" s="3"/>
     </row>
     <row r="158" spans="1:6">
       <c r="A158" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B158" s="17" t="s">
         <v>314</v>
       </c>
       <c r="C158" s="17" t="s">
         <v>315</v>
       </c>
       <c r="D158" s="17" t="s">
         <v>293</v>
       </c>
       <c r="E158" s="18">
-        <v>220.815956</v>
+        <v>214.009126</v>
       </c>
       <c r="F158" s="3"/>
     </row>
     <row r="159" spans="1:6">
       <c r="A159" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B159" s="17" t="s">
         <v>316</v>
       </c>
       <c r="C159" s="17" t="s">
         <v>317</v>
       </c>
       <c r="D159" s="17" t="s">
         <v>293</v>
       </c>
       <c r="E159" s="18">
-        <v>440.83761</v>
+        <v>427.248435</v>
       </c>
       <c r="F159" s="3"/>
     </row>
     <row r="160" spans="1:6">
       <c r="A160" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B160" s="17" t="s">
         <v>318</v>
       </c>
       <c r="C160" s="17" t="s">
         <v>319</v>
       </c>
       <c r="D160" s="17" t="s">
         <v>293</v>
       </c>
       <c r="E160" s="18">
-        <v>621.9384659999999</v>
+        <v>602.766711</v>
       </c>
       <c r="F160" s="3"/>
     </row>
     <row r="161" spans="1:6">
       <c r="A161" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B161" s="17" t="s">
         <v>320</v>
       </c>
       <c r="C161" s="17" t="s">
         <v>321</v>
       </c>
       <c r="D161" s="17" t="s">
         <v>293</v>
       </c>
       <c r="E161" s="18">
-        <v>227.170372</v>
+        <v>220.167662</v>
       </c>
       <c r="F161" s="3"/>
     </row>
     <row r="162" spans="1:6">
       <c r="A162" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B162" s="17" t="s">
         <v>322</v>
       </c>
       <c r="C162" s="17" t="s">
         <v>323</v>
       </c>
       <c r="D162" s="17" t="s">
         <v>293</v>
       </c>
       <c r="E162" s="18">
-        <v>312.954988</v>
+        <v>303.307898</v>
       </c>
       <c r="F162" s="3"/>
     </row>
     <row r="163" spans="1:6">
       <c r="A163" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B163" s="17" t="s">
         <v>324</v>
       </c>
       <c r="C163" s="17" t="s">
         <v>325</v>
       </c>
       <c r="D163" s="17" t="s">
         <v>293</v>
       </c>
       <c r="E163" s="18">
-        <v>397.945302</v>
+        <v>385.678317</v>
       </c>
       <c r="F163" s="3"/>
     </row>
     <row r="164" spans="1:6">
       <c r="A164" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B164" s="17" t="s">
         <v>326</v>
       </c>
       <c r="C164" s="17" t="s">
         <v>327</v>
       </c>
       <c r="D164" s="17" t="s">
         <v>293</v>
       </c>
       <c r="E164" s="18">
-        <v>578.251856</v>
+        <v>560.426776</v>
       </c>
       <c r="F164" s="3"/>
     </row>
     <row r="165" spans="1:6">
       <c r="A165" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B165" s="17" t="s">
         <v>328</v>
       </c>
       <c r="C165" s="17" t="s">
         <v>329</v>
       </c>
       <c r="D165" s="17" t="s">
         <v>293</v>
       </c>
       <c r="E165" s="18">
-        <v>793.507698</v>
+        <v>769.047183</v>
       </c>
       <c r="F165" s="3"/>
     </row>
     <row r="166" spans="1:6">
       <c r="A166" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B166" s="17" t="s">
         <v>330</v>
       </c>
       <c r="C166" s="17" t="s">
         <v>331</v>
       </c>
       <c r="D166" s="17" t="s">
         <v>293</v>
       </c>
       <c r="E166" s="18">
-        <v>1150.943598</v>
+        <v>1115.464833</v>
       </c>
       <c r="F166" s="3"/>
     </row>
     <row r="167" spans="1:6">
       <c r="A167" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B167" s="17" t="s">
         <v>332</v>
       </c>
       <c r="C167" s="17" t="s">
         <v>333</v>
       </c>
       <c r="D167" s="17" t="s">
         <v>293</v>
       </c>
       <c r="E167" s="18">
-        <v>92.13903199999999</v>
+        <v>89.298772</v>
       </c>
       <c r="F167" s="3"/>
     </row>
     <row r="168" spans="1:6">
       <c r="A168" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B168" s="17" t="s">
         <v>334</v>
       </c>
       <c r="C168" s="17" t="s">
         <v>335</v>
       </c>
       <c r="D168" s="17" t="s">
         <v>293</v>
       </c>
       <c r="E168" s="18">
-        <v>124.705414</v>
+        <v>120.861269</v>
       </c>
       <c r="F168" s="3"/>
     </row>
     <row r="169" spans="1:6">
       <c r="A169" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B169" s="17" t="s">
         <v>336</v>
       </c>
       <c r="C169" s="17" t="s">
         <v>337</v>
       </c>
       <c r="D169" s="17" t="s">
         <v>293</v>
       </c>
       <c r="E169" s="18">
-        <v>248.616526</v>
+        <v>240.952721</v>
       </c>
       <c r="F169" s="3"/>
     </row>
     <row r="170" spans="1:6">
       <c r="A170" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B170" s="17" t="s">
         <v>338</v>
       </c>
       <c r="C170" s="17" t="s">
         <v>339</v>
       </c>
       <c r="D170" s="17" t="s">
         <v>293</v>
       </c>
       <c r="E170" s="18">
-        <v>334.401142</v>
+        <v>324.092957</v>
       </c>
       <c r="F170" s="3"/>
     </row>
     <row r="171" spans="1:6">
       <c r="A171" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B171" s="17" t="s">
         <v>340</v>
       </c>
       <c r="C171" s="17" t="s">
         <v>341</v>
       </c>
       <c r="D171" s="17" t="s">
         <v>293</v>
       </c>
       <c r="E171" s="18">
-        <v>106.436468</v>
+        <v>103.155478</v>
       </c>
       <c r="F171" s="3"/>
     </row>
     <row r="172" spans="1:6">
       <c r="A172" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B172" s="17" t="s">
         <v>342</v>
       </c>
       <c r="C172" s="17" t="s">
         <v>343</v>
       </c>
       <c r="D172" s="17" t="s">
         <v>293</v>
       </c>
       <c r="E172" s="18">
-        <v>87.37322</v>
+        <v>84.67987000000001</v>
       </c>
       <c r="F172" s="3"/>
     </row>
     <row r="173" spans="1:6">
       <c r="A173" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B173" s="17" t="s">
         <v>344</v>
       </c>
       <c r="C173" s="17" t="s">
         <v>345</v>
       </c>
       <c r="D173" s="17" t="s">
         <v>293</v>
       </c>
       <c r="E173" s="18">
-        <v>118.350998</v>
+        <v>114.702733</v>
       </c>
       <c r="F173" s="3"/>
     </row>
     <row r="174" spans="1:6">
       <c r="A174" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B174" s="17" t="s">
         <v>346</v>
       </c>
       <c r="C174" s="17" t="s">
         <v>347</v>
       </c>
       <c r="D174" s="17" t="s">
         <v>293</v>
       </c>
       <c r="E174" s="18">
-        <v>135.03134</v>
+        <v>130.86889</v>
       </c>
       <c r="F174" s="3"/>
     </row>
     <row r="175" spans="1:6">
       <c r="A175" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B175" s="17" t="s">
         <v>348</v>
       </c>
       <c r="C175" s="17" t="s">
         <v>349</v>
       </c>
       <c r="D175" s="17" t="s">
         <v>293</v>
       </c>
       <c r="E175" s="18">
-        <v>119.939602</v>
+        <v>116.242367</v>
       </c>
       <c r="F175" s="3"/>
     </row>
     <row r="176" spans="1:6">
       <c r="A176" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B176" s="17" t="s">
         <v>350</v>
       </c>
       <c r="C176" s="17" t="s">
         <v>351</v>
       </c>
       <c r="D176" s="17" t="s">
         <v>293</v>
       </c>
       <c r="E176" s="18">
-        <v>193.015386</v>
+        <v>187.065531</v>
       </c>
       <c r="F176" s="3"/>
     </row>
     <row r="177" spans="1:6">
       <c r="A177" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B177" s="17" t="s">
         <v>352</v>
       </c>
       <c r="C177" s="17" t="s">
         <v>353</v>
       </c>
       <c r="D177" s="17" t="s">
         <v>293</v>
       </c>
       <c r="E177" s="18">
-        <v>65.13276399999999</v>
+        <v>63.124994</v>
       </c>
       <c r="F177" s="3"/>
     </row>
     <row r="178" spans="1:6">
       <c r="A178" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B178" s="17" t="s">
         <v>354</v>
       </c>
       <c r="C178" s="17" t="s">
         <v>355</v>
       </c>
       <c r="D178" s="17" t="s">
         <v>293</v>
       </c>
       <c r="E178" s="18">
-        <v>73.870086</v>
+        <v>71.59298100000001</v>
       </c>
       <c r="F178" s="3"/>
     </row>
     <row r="179" spans="1:6">
       <c r="A179" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B179" s="17" t="s">
         <v>356</v>
       </c>
       <c r="C179" s="17" t="s">
         <v>357</v>
       </c>
       <c r="D179" s="17" t="s">
         <v>293</v>
       </c>
       <c r="E179" s="18">
-        <v>106.436468</v>
+        <v>103.155478</v>
       </c>
       <c r="F179" s="3"/>
     </row>
     <row r="180" spans="1:6">
       <c r="A180" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B180" s="17" t="s">
         <v>358</v>
       </c>
       <c r="C180" s="17" t="s">
         <v>359</v>
       </c>
       <c r="D180" s="17" t="s">
         <v>293</v>
       </c>
       <c r="E180" s="18">
-        <v>148.534474</v>
+        <v>143.955779</v>
       </c>
       <c r="F180" s="3"/>
     </row>
     <row r="181" spans="1:6">
       <c r="A181" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B181" s="17" t="s">
         <v>360</v>
       </c>
       <c r="C181" s="17" t="s">
         <v>361</v>
       </c>
       <c r="D181" s="17" t="s">
         <v>293</v>
       </c>
       <c r="E181" s="18">
-        <v>189.838178</v>
+        <v>183.986263</v>
       </c>
       <c r="F181" s="3"/>
     </row>
     <row r="182" spans="1:6">
       <c r="A182" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B182" s="17" t="s">
         <v>362</v>
       </c>
       <c r="C182" s="17" t="s">
         <v>363</v>
       </c>
       <c r="D182" s="17" t="s">
         <v>293</v>
       </c>
       <c r="E182" s="18">
-        <v>87.37322</v>
+        <v>84.67987000000001</v>
       </c>
       <c r="F182" s="3"/>
     </row>
     <row r="183" spans="1:6">
       <c r="A183" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B183" s="17" t="s">
         <v>364</v>
       </c>
       <c r="C183" s="17" t="s">
         <v>365</v>
       </c>
       <c r="D183" s="17" t="s">
         <v>293</v>
       </c>
       <c r="E183" s="18">
-        <v>118.350998</v>
+        <v>114.702733</v>
       </c>
       <c r="F183" s="3"/>
     </row>
     <row r="184" spans="1:6">
       <c r="A184" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B184" s="17" t="s">
         <v>366</v>
       </c>
       <c r="C184" s="17" t="s">
         <v>367</v>
       </c>
       <c r="D184" s="17" t="s">
         <v>293</v>
       </c>
       <c r="E184" s="18">
-        <v>135.03134</v>
+        <v>130.86889</v>
       </c>
       <c r="F184" s="3"/>
     </row>
     <row r="185" spans="1:6">
       <c r="A185" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B185" s="17" t="s">
         <v>368</v>
       </c>
       <c r="C185" s="17" t="s">
         <v>369</v>
       </c>
       <c r="D185" s="17" t="s">
         <v>293</v>
       </c>
       <c r="E185" s="18">
-        <v>119.939602</v>
+        <v>116.242367</v>
       </c>
       <c r="F185" s="3"/>
     </row>
     <row r="186" spans="1:6">
       <c r="A186" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B186" s="17" t="s">
         <v>370</v>
       </c>
       <c r="C186" s="17" t="s">
         <v>371</v>
       </c>
       <c r="D186" s="17" t="s">
         <v>293</v>
       </c>
       <c r="E186" s="18">
-        <v>193.015386</v>
+        <v>187.065531</v>
       </c>
       <c r="F186" s="3"/>
     </row>
     <row r="187" spans="1:6">
       <c r="A187" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B187" s="17" t="s">
         <v>372</v>
       </c>
       <c r="C187" s="17" t="s">
         <v>373</v>
       </c>
       <c r="D187" s="17" t="s">
         <v>293</v>
       </c>
       <c r="E187" s="18">
-        <v>257.353848</v>
+        <v>249.420708</v>
       </c>
       <c r="F187" s="3"/>
     </row>
     <row r="188" spans="1:6">
       <c r="A188" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B188" s="17" t="s">
         <v>374</v>
       </c>
       <c r="C188" s="17" t="s">
         <v>375</v>
       </c>
       <c r="D188" s="17" t="s">
         <v>293</v>
       </c>
       <c r="E188" s="18">
-        <v>218.43305</v>
+        <v>211.699675</v>
       </c>
       <c r="F188" s="3"/>
     </row>
     <row r="189" spans="1:6">
       <c r="A189" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B189" s="17" t="s">
         <v>376</v>
       </c>
       <c r="C189" s="17" t="s">
         <v>377</v>
       </c>
       <c r="D189" s="17" t="s">
         <v>293</v>
       </c>
       <c r="E189" s="18">
-        <v>373.32194</v>
+        <v>361.81399</v>
       </c>
       <c r="F189" s="3"/>
     </row>
     <row r="190" spans="1:6">
       <c r="A190" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B190" s="17" t="s">
         <v>378</v>
       </c>
       <c r="C190" s="17" t="s">
         <v>379</v>
       </c>
       <c r="D190" s="17" t="s">
         <v>293</v>
       </c>
       <c r="E190" s="18">
-        <v>527.416528</v>
+        <v>511.158488</v>
       </c>
       <c r="F190" s="3"/>
     </row>
     <row r="191" spans="1:6">
       <c r="A191" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B191" s="17" t="s">
         <v>380</v>
       </c>
       <c r="C191" s="17" t="s">
         <v>381</v>
       </c>
       <c r="D191" s="17" t="s">
         <v>293</v>
       </c>
       <c r="E191" s="18">
-        <v>65.13276399999999</v>
+        <v>63.124994</v>
       </c>
       <c r="F191" s="3"/>
     </row>
     <row r="192" spans="1:6">
       <c r="A192" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B192" s="17" t="s">
         <v>382</v>
       </c>
       <c r="C192" s="17" t="s">
         <v>383</v>
       </c>
       <c r="D192" s="17" t="s">
         <v>293</v>
       </c>
       <c r="E192" s="18">
-        <v>73.870086</v>
+        <v>71.59298100000001</v>
       </c>
       <c r="F192" s="3"/>
     </row>
     <row r="193" spans="1:6">
       <c r="A193" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B193" s="17" t="s">
         <v>384</v>
       </c>
       <c r="C193" s="17" t="s">
         <v>385</v>
       </c>
       <c r="D193" s="17" t="s">
         <v>293</v>
       </c>
       <c r="E193" s="18">
-        <v>98.493448</v>
+        <v>95.457308</v>
       </c>
       <c r="F193" s="3"/>
     </row>
     <row r="194" spans="1:6">
       <c r="A194" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B194" s="17" t="s">
         <v>386</v>
       </c>
       <c r="C194" s="17" t="s">
         <v>387</v>
       </c>
       <c r="D194" s="17" t="s">
         <v>388</v>
       </c>
       <c r="E194" s="18">
-        <v>104.847864</v>
+        <v>101.615844</v>
       </c>
       <c r="F194" s="3"/>
     </row>
     <row r="195" spans="1:6">
       <c r="A195" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B195" s="17" t="s">
         <v>389</v>
       </c>
       <c r="C195" s="17" t="s">
         <v>390</v>
       </c>
       <c r="D195" s="17" t="s">
         <v>388</v>
       </c>
       <c r="E195" s="18">
-        <v>240.673506</v>
+        <v>233.254551</v>
       </c>
       <c r="F195" s="3"/>
     </row>
     <row r="196" spans="1:6">
       <c r="A196" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B196" s="17">
         <v>9104</v>
       </c>
       <c r="C196" s="17" t="s">
         <v>391</v>
       </c>
       <c r="D196" s="17" t="s">
         <v>388</v>
       </c>
       <c r="E196" s="18">
-        <v>50.835328</v>
+        <v>49.26828800000001</v>
       </c>
       <c r="F196" s="3"/>
     </row>
     <row r="197" spans="1:6">
       <c r="A197" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B197" s="17">
         <v>9116</v>
       </c>
       <c r="C197" s="17" t="s">
         <v>392</v>
       </c>
       <c r="D197" s="17" t="s">
         <v>388</v>
       </c>
       <c r="E197" s="18">
-        <v>54.80683799999999</v>
+        <v>53.117373</v>
       </c>
       <c r="F197" s="3"/>
     </row>
     <row r="198" spans="1:6">
       <c r="A198" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B198" s="17" t="s">
         <v>393</v>
       </c>
       <c r="C198" s="17" t="s">
         <v>394</v>
       </c>
       <c r="D198" s="17" t="s">
         <v>388</v>
       </c>
       <c r="E198" s="18">
-        <v>36.537892</v>
+        <v>35.411582</v>
       </c>
       <c r="F198" s="3"/>
     </row>
     <row r="199" spans="1:6">
       <c r="A199" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B199" s="17" t="s">
         <v>395</v>
       </c>
       <c r="C199" s="17" t="s">
         <v>396</v>
       </c>
       <c r="D199" s="17" t="s">
         <v>388</v>
       </c>
       <c r="E199" s="18">
-        <v>56.395442</v>
+        <v>54.657007</v>
       </c>
       <c r="F199" s="3"/>
     </row>
     <row r="200" spans="1:6">
       <c r="A200" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B200" s="17" t="s">
         <v>397</v>
       </c>
       <c r="C200" s="17" t="s">
         <v>398</v>
       </c>
       <c r="D200" s="17" t="s">
         <v>388</v>
       </c>
       <c r="E200" s="18">
-        <v>75.45868999999999</v>
+        <v>73.132615</v>
       </c>
       <c r="F200" s="3"/>
     </row>
     <row r="201" spans="1:6">
       <c r="A201" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B201" s="17" t="s">
         <v>399</v>
       </c>
       <c r="C201" s="17" t="s">
         <v>400</v>
       </c>
       <c r="D201" s="17" t="s">
         <v>388</v>
       </c>
       <c r="E201" s="18">
-        <v>147.740172</v>
+        <v>143.185962</v>
       </c>
       <c r="F201" s="3"/>
     </row>
     <row r="202" spans="1:6">
       <c r="A202" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B202" s="17" t="s">
         <v>401</v>
       </c>
       <c r="C202" s="17" t="s">
         <v>402</v>
       </c>
       <c r="D202" s="17" t="s">
         <v>388</v>
       </c>
       <c r="E202" s="18">
-        <v>97.699146</v>
+        <v>94.68749100000001</v>
       </c>
       <c r="F202" s="3"/>
     </row>
     <row r="203" spans="1:6">
       <c r="A203" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B203" s="17" t="s">
         <v>403</v>
       </c>
       <c r="C203" s="17" t="s">
         <v>404</v>
       </c>
       <c r="D203" s="17" t="s">
         <v>388</v>
       </c>
       <c r="E203" s="18">
-        <v>81.018804</v>
+        <v>78.52133400000001</v>
       </c>
       <c r="F203" s="3"/>
     </row>
     <row r="204" spans="1:6">
       <c r="A204" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B204" s="17" t="s">
         <v>405</v>
       </c>
       <c r="C204" s="17" t="s">
         <v>406</v>
       </c>
       <c r="D204" s="17" t="s">
         <v>407</v>
       </c>
       <c r="E204" s="18">
-        <v>41.303704</v>
+        <v>40.030484</v>
       </c>
       <c r="F204" s="3"/>
     </row>
     <row r="205" spans="1:6">
       <c r="A205" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B205" s="17" t="s">
         <v>408</v>
       </c>
       <c r="C205" s="17" t="s">
         <v>409</v>
       </c>
       <c r="D205" s="17" t="s">
         <v>407</v>
       </c>
       <c r="E205" s="18">
-        <v>57.189744</v>
+        <v>55.426824</v>
       </c>
       <c r="F205" s="3"/>
     </row>
     <row r="206" spans="1:6">
       <c r="A206" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B206" s="17" t="s">
         <v>410</v>
       </c>
       <c r="C206" s="17" t="s">
         <v>411</v>
       </c>
       <c r="D206" s="17" t="s">
         <v>407</v>
       </c>
       <c r="E206" s="18">
-        <v>820.513966</v>
+        <v>795.220961</v>
       </c>
       <c r="F206" s="3"/>
     </row>
     <row r="207" spans="1:6">
       <c r="A207" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B207" s="17" t="s">
         <v>412</v>
       </c>
       <c r="C207" s="17" t="s">
         <v>413</v>
       </c>
       <c r="D207" s="17" t="s">
         <v>407</v>
       </c>
       <c r="E207" s="18">
-        <v>90.550428</v>
+        <v>87.75913799999999</v>
       </c>
       <c r="F207" s="3"/>
     </row>
     <row r="208" spans="1:6">
       <c r="A208" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B208" s="17" t="s">
         <v>414</v>
       </c>
       <c r="C208" s="17" t="s">
         <v>415</v>
       </c>
       <c r="D208" s="17" t="s">
         <v>416</v>
       </c>
       <c r="E208" s="18">
-        <v>15675.54997</v>
+        <v>15192.338495</v>
       </c>
       <c r="F208" s="3"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <autoFilter ref="A11:E208"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Прайс-лист за 17.12.2025</vt:lpstr>
+      <vt:lpstr>Прайс-лист за 04.02.2026</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft Corporation</Company>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Unknown Creator</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Untitled Spreadsheet</dc:title>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>