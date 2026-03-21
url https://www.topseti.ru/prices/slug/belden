--- v2 (2026-02-04)
+++ v3 (2026-03-21)
@@ -6,1218 +6,114 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="-1" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
-    <sheet name="Прайс-лист за 04.02.2026" sheetId="1" r:id="rId4"/>
+    <sheet name="Прайс-лист за 21.03.2026" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист за 04.02.2026'!$A$11:$E$208</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист за 21.03.2026'!$A$11:$E$26</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="417">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
   <si>
     <t>ПРАЙС-ЛИСТ</t>
   </si>
   <si>
     <t>ЕДИНЫЙ НОМЕР</t>
   </si>
   <si>
     <t>8-800-555-7057</t>
   </si>
   <si>
     <t>МОСКВА</t>
   </si>
   <si>
     <t>8-495-646-7057</t>
   </si>
   <si>
     <t>Компания "ТопСети"</t>
   </si>
   <si>
     <t>САНКТ-ПЕТЕРБУРГ</t>
   </si>
   <si>
     <t>8-812-645-7058</t>
   </si>
   <si>
     <t>www.topseti.ru</t>
   </si>
   <si>
     <t>sales@topseti.ru</t>
   </si>
   <si>
     <t>Цены действительны на:</t>
   </si>
   <si>
-    <t>04.02.2026</t>
+    <t>21.03.2026</t>
   </si>
   <si>
     <t>Производитель</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Название</t>
   </si>
   <si>
     <t>Группа</t>
   </si>
   <si>
     <t>Цена, руб.</t>
   </si>
   <si>
     <t>Belden</t>
-  </si>
-[...1102 lines deleted...]
-    <t>Belden GUSL812.002100 Кабель волоконно-оптический 9/125 одномодовый, 12 волокон, Central Loose Tube, внутренний/внешний, FRNC и LSNH, оранжевый, аналог A/I-DQ(ZN)BH</t>
   </si>
   <si>
     <t>1523AN</t>
   </si>
   <si>
     <t>Belden 1523AN Кабель коаксиальный RG-11, 75 Ом, 14 AWG (1,63 мм, омедненная сталь, одножильный), двухслойный экран (100% + 60%), (-40°С - + 80°С), PVC, черный</t>
   </si>
   <si>
     <t>Коаксиальный</t>
   </si>
   <si>
     <t>3092A 0101000</t>
   </si>
   <si>
     <t>Belden 3092A 0101000 Кабель коаксиальный RG-6 промышленный, серия ControlNet™, 75 Ом, 18 AWG (1,02 мм, омедненная сталь, одножильный), четырехслойный экран Duobond® IV, (-30°C - +75°C), PVC</t>
   </si>
   <si>
     <t>Belden 9104 Кабель коаксиальный RG-59, 75 Ом, 20 AWG (0,81 мм, омедненная сталь, одножильный), двухслойный экран (100% + 67%), (-40°С - +80°С), PVC</t>
   </si>
   <si>
     <t>Belden 9116 Кабель коаксиальный RG-6, 75 Ом, 18 AWG (1,02 мм, омедненная сталь, одножильный), двухслойный экран (100% + 60%), (-40°С - +80°С), PVC</t>
   </si>
   <si>
     <t>9116E.00305</t>
   </si>
@@ -1473,51 +369,51 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="7" numFmtId="0" fillId="2" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="49" fillId="2" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="2" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ad31022f4777a9103962098dd766b6b2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06ffac4a0ac05aec0f614036c8196bb32.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>600075</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>76200</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2447925" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1805,51 +701,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F208"/>
+  <dimension ref="A1:F26"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="24.1640625" customWidth="true" style="0"/>
     <col min="2" max="2" width="23.6640625" customWidth="true" style="0"/>
     <col min="3" max="3" width="53.83203125" customWidth="true" style="0"/>
     <col min="4" max="4" width="28.33203125" customWidth="true" style="0"/>
     <col min="5" max="5" width="20.5" customWidth="true" style="0"/>
     <col min="6" max="6" width="9.10" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1"/>
       <c r="B1" s="2"/>
       <c r="C1" s="3"/>
       <c r="D1" s="3"/>
       <c r="E1" s="3"/>
       <c r="F1" s="3"/>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" s="4"/>
@@ -1957,3617 +853,341 @@
       <c r="C11" s="15" t="s">
         <v>14</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>15</v>
       </c>
       <c r="E11" s="15" t="s">
         <v>16</v>
       </c>
       <c r="F11" s="16"/>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B12" s="17" t="s">
         <v>18</v>
       </c>
       <c r="C12" s="17" t="s">
         <v>19</v>
       </c>
       <c r="D12" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E12" s="18">
-        <v>401.074657</v>
+        <v>110.877624</v>
       </c>
       <c r="F12" s="3"/>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B13" s="17" t="s">
         <v>21</v>
       </c>
       <c r="C13" s="17" t="s">
         <v>22</v>
       </c>
       <c r="D13" s="17" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="E13" s="18">
-        <v>8026.881859</v>
+        <v>254.514546</v>
       </c>
       <c r="F13" s="3"/>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="17" t="s">
         <v>17</v>
       </c>
-      <c r="B14" s="17" t="s">
-        <v>24</v>
+      <c r="B14" s="17">
+        <v>9104</v>
       </c>
       <c r="C14" s="17" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="D14" s="17" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="E14" s="18">
-        <v>10887.521831</v>
+        <v>53.758848</v>
       </c>
       <c r="F14" s="3"/>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="17" t="s">
         <v>17</v>
       </c>
-      <c r="B15" s="17" t="s">
-        <v>26</v>
+      <c r="B15" s="17">
+        <v>9116</v>
       </c>
       <c r="C15" s="17" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D15" s="17" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="E15" s="18">
-        <v>39.26066700000001</v>
+        <v>57.958758</v>
       </c>
       <c r="F15" s="3"/>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B16" s="17" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="C16" s="17" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="D16" s="17" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="E16" s="18">
-        <v>63.124994</v>
+        <v>38.639172</v>
       </c>
       <c r="F16" s="3"/>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B17" s="17" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="C17" s="17" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="D17" s="17" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="E17" s="18">
-        <v>63.124994</v>
+        <v>59.63872199999999</v>
       </c>
       <c r="F17" s="3"/>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B18" s="17" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="C18" s="17" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="D18" s="17" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="E18" s="18">
-        <v>139.336877</v>
+        <v>79.79828999999999</v>
       </c>
       <c r="F18" s="3"/>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B19" s="17" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="C19" s="17" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="D19" s="17" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="E19" s="18">
-        <v>139.336877</v>
+        <v>156.236652</v>
       </c>
       <c r="F19" s="3"/>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B20" s="17" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="C20" s="17" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="D20" s="17" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="E20" s="18">
-        <v>63.124994</v>
+        <v>103.317786</v>
       </c>
       <c r="F20" s="3"/>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B21" s="17" t="s">
-        <v>38</v>
+        <v>35</v>
       </c>
       <c r="C21" s="17" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="D21" s="17" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="E21" s="18">
-        <v>139.336877</v>
+        <v>85.678164</v>
       </c>
       <c r="F21" s="3"/>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B22" s="17" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="C22" s="17" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="D22" s="17" t="s">
-        <v>23</v>
+        <v>39</v>
       </c>
       <c r="E22" s="18">
-        <v>63.124994</v>
+        <v>43.679064</v>
       </c>
       <c r="F22" s="3"/>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B23" s="17" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="C23" s="17" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="D23" s="17" t="s">
-        <v>23</v>
+        <v>39</v>
       </c>
       <c r="E23" s="18">
-        <v>63.124994</v>
+        <v>60.47870399999999</v>
       </c>
       <c r="F23" s="3"/>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B24" s="17" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="C24" s="17" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="D24" s="17" t="s">
-        <v>23</v>
+        <v>39</v>
       </c>
       <c r="E24" s="18">
-        <v>30835.019935</v>
+        <v>867.701406</v>
       </c>
       <c r="F24" s="3"/>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B25" s="17" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="C25" s="17" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="D25" s="17" t="s">
-        <v>23</v>
+        <v>39</v>
       </c>
       <c r="E25" s="18">
-        <v>103.155478</v>
+        <v>95.75794799999998</v>
       </c>
       <c r="F25" s="3"/>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B26" s="17" t="s">
+        <v>46</v>
+      </c>
+      <c r="C26" s="17" t="s">
+        <v>47</v>
+      </c>
+      <c r="D26" s="17" t="s">
         <v>48</v>
       </c>
-      <c r="C26" s="17" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E26" s="18">
-        <v>16291.637171</v>
+        <v>16577.04477</v>
       </c>
       <c r="F26" s="3"/>
-    </row>
-[...3274 lines deleted...]
-      <c r="F208" s="3"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
-  <autoFilter ref="A11:E208"/>
+  <autoFilter ref="A11:E26"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Прайс-лист за 04.02.2026</vt:lpstr>
+      <vt:lpstr>Прайс-лист за 21.03.2026</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft Corporation</Company>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Unknown Creator</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Untitled Spreadsheet</dc:title>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>