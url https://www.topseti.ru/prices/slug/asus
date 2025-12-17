--- v0 (2025-10-30)
+++ v1 (2025-12-17)
@@ -6,96 +6,96 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="-1" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
-    <sheet name="Прайс-лист за 30.10.2025" sheetId="1" r:id="rId4"/>
+    <sheet name="Прайс-лист за 17.12.2025" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист за 30.10.2025'!$A$11:$E$104</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист за 17.12.2025'!$A$11:$E$104</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="211">
   <si>
     <t>ПРАЙС-ЛИСТ</t>
   </si>
   <si>
     <t>ЕДИНЫЙ НОМЕР</t>
   </si>
   <si>
     <t>8-800-555-7057</t>
   </si>
   <si>
     <t>МОСКВА</t>
   </si>
   <si>
     <t>8-495-646-7057</t>
   </si>
   <si>
     <t>Компания "ТопСети"</t>
   </si>
   <si>
     <t>САНКТ-ПЕТЕРБУРГ</t>
   </si>
   <si>
     <t>8-812-645-7058</t>
   </si>
   <si>
     <t>www.topseti.ru</t>
   </si>
   <si>
     <t>sales@topseti.ru</t>
   </si>
   <si>
     <t>Цены действительны на:</t>
   </si>
   <si>
-    <t>30.10.2025</t>
+    <t>17.12.2025</t>
   </si>
   <si>
     <t>Производитель</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Название</t>
   </si>
   <si>
     <t>Группа</t>
   </si>
   <si>
     <t>Цена, руб.</t>
   </si>
   <si>
     <t>ASUS</t>
   </si>
   <si>
     <t>WL-330gE</t>
   </si>
   <si>
     <t>Точка доступа Wi-Fi ASUS WL-330gE 802.11b/g 54Мбит/сек."</t>
   </si>
@@ -855,51 +855,51 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="7" numFmtId="0" fillId="2" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="49" fillId="2" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="2" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47f529ee82fbb6ee565d278bfaf477b62.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5347a26df6242730be51621293ffd7c2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>600075</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>76200</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2447925" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -3034,50 +3034,50 @@
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Прайс-лист за 30.10.2025</vt:lpstr>
+      <vt:lpstr>Прайс-лист за 17.12.2025</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft Corporation</Company>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Unknown Creator</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Untitled Spreadsheet</dc:title>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>