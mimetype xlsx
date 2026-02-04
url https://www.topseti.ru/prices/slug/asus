--- v1 (2025-12-17)
+++ v2 (2026-02-04)
@@ -6,96 +6,96 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="-1" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
-    <sheet name="Прайс-лист за 17.12.2025" sheetId="1" r:id="rId4"/>
+    <sheet name="Прайс-лист за 04.02.2026" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист за 17.12.2025'!$A$11:$E$104</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист за 04.02.2026'!$A$11:$E$104</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="211">
   <si>
     <t>ПРАЙС-ЛИСТ</t>
   </si>
   <si>
     <t>ЕДИНЫЙ НОМЕР</t>
   </si>
   <si>
     <t>8-800-555-7057</t>
   </si>
   <si>
     <t>МОСКВА</t>
   </si>
   <si>
     <t>8-495-646-7057</t>
   </si>
   <si>
     <t>Компания "ТопСети"</t>
   </si>
   <si>
     <t>САНКТ-ПЕТЕРБУРГ</t>
   </si>
   <si>
     <t>8-812-645-7058</t>
   </si>
   <si>
     <t>www.topseti.ru</t>
   </si>
   <si>
     <t>sales@topseti.ru</t>
   </si>
   <si>
     <t>Цены действительны на:</t>
   </si>
   <si>
-    <t>17.12.2025</t>
+    <t>04.02.2026</t>
   </si>
   <si>
     <t>Производитель</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Название</t>
   </si>
   <si>
     <t>Группа</t>
   </si>
   <si>
     <t>Цена, руб.</t>
   </si>
   <si>
     <t>ASUS</t>
   </si>
   <si>
     <t>WL-330gE</t>
   </si>
   <si>
     <t>Точка доступа Wi-Fi ASUS WL-330gE 802.11b/g 54Мбит/сек."</t>
   </si>
@@ -855,51 +855,51 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="7" numFmtId="0" fillId="2" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="49" fillId="2" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="2" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5347a26df6242730be51621293ffd7c2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/960754b854886e3344ae5d838171cc762.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>600075</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>76200</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2447925" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -3034,50 +3034,50 @@
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Прайс-лист за 17.12.2025</vt:lpstr>
+      <vt:lpstr>Прайс-лист за 04.02.2026</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft Corporation</Company>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Unknown Creator</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Untitled Spreadsheet</dc:title>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>