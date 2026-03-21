--- v2 (2026-02-04)
+++ v3 (2026-03-21)
@@ -6,96 +6,96 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="-1" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
-    <sheet name="Прайс-лист за 04.02.2026" sheetId="1" r:id="rId4"/>
+    <sheet name="Прайс-лист за 21.03.2026" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист за 04.02.2026'!$A$11:$E$104</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист за 21.03.2026'!$A$11:$E$104</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="211">
   <si>
     <t>ПРАЙС-ЛИСТ</t>
   </si>
   <si>
     <t>ЕДИНЫЙ НОМЕР</t>
   </si>
   <si>
     <t>8-800-555-7057</t>
   </si>
   <si>
     <t>МОСКВА</t>
   </si>
   <si>
     <t>8-495-646-7057</t>
   </si>
   <si>
     <t>Компания "ТопСети"</t>
   </si>
   <si>
     <t>САНКТ-ПЕТЕРБУРГ</t>
   </si>
   <si>
     <t>8-812-645-7058</t>
   </si>
   <si>
     <t>www.topseti.ru</t>
   </si>
   <si>
     <t>sales@topseti.ru</t>
   </si>
   <si>
     <t>Цены действительны на:</t>
   </si>
   <si>
-    <t>04.02.2026</t>
+    <t>21.03.2026</t>
   </si>
   <si>
     <t>Производитель</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Название</t>
   </si>
   <si>
     <t>Группа</t>
   </si>
   <si>
     <t>Цена, руб.</t>
   </si>
   <si>
     <t>ASUS</t>
   </si>
   <si>
     <t>WL-330gE</t>
   </si>
   <si>
     <t>Точка доступа Wi-Fi ASUS WL-330gE 802.11b/g 54Мбит/сек."</t>
   </si>
@@ -144,50 +144,419 @@
   <si>
     <t>Коммутатор ASUS GigaX1008B 8 портов 100Мбит/сек."</t>
   </si>
   <si>
     <t>GX-D1051</t>
   </si>
   <si>
     <t>Коммутатор ASUS GX-D1051 5 портов 1Гбит/сек.</t>
   </si>
   <si>
     <t>GX-D1081</t>
   </si>
   <si>
     <t>Коммутатор ASUS GX-D1081 8 портов 1Гбит/сек."</t>
   </si>
   <si>
     <t>RX3041</t>
   </si>
   <si>
     <t>Маршрутизатор ASUS RX3041_V2 4 порта LAN + 1 порт WAN 100Мбит/сек."</t>
   </si>
   <si>
     <t>Маршрутизаторы</t>
   </si>
   <si>
+    <t>90N0IA714W2421RD13AU</t>
+  </si>
+  <si>
+    <t>Ноутбук ASUS K72JU (Core i3 380M-2.53ГГц, 3072МБ, 320ГБ, HD6370M, DVD±RW, 1Гбит LAN, WiFi, WebCam, 17.3 HD+, W'7 HB 64bit)</t>
+  </si>
+  <si>
+    <t>Мобильные рабочие станции</t>
+  </si>
+  <si>
+    <t>90N15A514W2324RD13AY</t>
+  </si>
+  <si>
+    <t>Ноутбук ASUS K52DE (Turion II X2 P520-2.30ГГц, 3072МБ, 320ГБ, HD5470, DVD±RW, 1Гбит LAN, WiFi, WebCam, 15.6 WXGA, W'7 HB 64bit)</t>
+  </si>
+  <si>
+    <t>90N1LA444W1E2BVD53AY</t>
+  </si>
+  <si>
+    <t>Ноутбук ASUS U41JF (Core i5 480M-2.66ГГц, 4096МБ, 500ГБ, GFGT425M, DVD±RW, LAN, WiFi, BT, WebCam, 14.0 WXGA, W'7 HP 64bit)</t>
+  </si>
+  <si>
+    <t>90N3IA132W3322VD53AY</t>
+  </si>
+  <si>
+    <t>Ноутбук ASUS G73SW (Core i7 2630QM-2.00 ГГц, 8192МБ, 2x750ГБ, GFGTX460M, BD-ROM/DVD±RW, 1Гбит LAN, WiFi, BT, TV, WebCam, 17.3 Full HD, W'7 HP 64bit)</t>
+  </si>
+  <si>
+    <t>90NXNA154W2612RD43AU</t>
+  </si>
+  <si>
+    <t>Ноутбук ASUS K52F (Core i3 350M-2.26ГГц, 3072МБ, 500ГБ, GMAHD, DVD±RW, LAN, WiFi, BT, WebCam, 15.6" WXGA, W'7 HB 64bit)</t>
+  </si>
+  <si>
+    <t>90NZ5A264W3E31VD93AY</t>
+  </si>
+  <si>
+    <t>Ноутбук ASUS U53JC (Core i5 480M-2.66ГГц, 4096МБ, 500ГБ, GF310M, DVD±RW, 1Гбит LAN, WiFi, BT, WebCam, 15.6 WXGA, W'7 HP 64bit)</t>
+  </si>
+  <si>
+    <t>90NZSA758W2A246093AY</t>
+  </si>
+  <si>
+    <t>Ноутбук ASUS K52N (Sempron V140-2.30ГГц, 3072МБ, 320ГБ, HD4200, DVD±RW, 1Гбит LAN, WiFi, WebCam, 15.6 WXGA, FreeDOS)</t>
+  </si>
+  <si>
+    <t>90N03A514W1A3BVD93AY</t>
+  </si>
+  <si>
+    <t>Ноутбук ASUS U33JC (Core i5 460M-2.53 ГГц, 4096МБ, 500ГБ, GF310M, LAN, WiFi, BT, WebCam, 13.3" WXGA, W'7 HP 64bit)</t>
+  </si>
+  <si>
+    <t>90N07A814W1944RD13AY</t>
+  </si>
+  <si>
+    <t>Ноутбук ASUS K52JB (Core i3 370M-2.40ГГц, 2048МБ, 320ГБ, HD5145, DVD±RW, LAN, WiFi, WebCam, 15.6" WXGA, W'7 HB 64bit)</t>
+  </si>
+  <si>
+    <t>90N0TAA44W1655RD23AY</t>
+  </si>
+  <si>
+    <t>Ноутбук ASUS 35JC (Core i3 370M-2.40ГГц, 307220ГБ, GF310M, DVD±RW, 1Гбит LAN, WiFi, BT, WebCam, 14.0" WXGA, W'7 HB 64bit)</t>
+  </si>
+  <si>
+    <t>90N0WA678W1A47VD13AY</t>
+  </si>
+  <si>
+    <t>Ноутбук ASUS N53JF (Core i5 460M-2.53ГГц, 4096МБ, 500ГБ, GFGT425M, DVD±RW, 1Гбит LAN, WiFi, BT, WebCam, 15.6" Full HD, W'7 HP 64bit)</t>
+  </si>
+  <si>
+    <t>90N0ZAC12W2JDAVD53AY</t>
+  </si>
+  <si>
+    <t>Ноутбук ASUS G53JW (Core i7 740QM-1.73ГГц, 8192МБ, 2x500ГБ, GFGTX460M, BD-ROM/DVD±RW, 1Гбит LAN, WiFi, BT, WebCam, 15.6" WXGA, W'7 HP 64bit)</t>
+  </si>
+  <si>
+    <t>90N1BA234W1413RD53AY</t>
+  </si>
+  <si>
+    <t>Ноутбук ASUS U31JG (Core i3 380M-2.53 ГГц, 3072МБ, 320ГБ, GFGT415M, 1Гбит LAN, WiFi, BT, WebCam, 13.3" WXGA, W'7 HB 64bit)</t>
+  </si>
+  <si>
+    <t>90N1IY518W3724RD13AY</t>
+  </si>
+  <si>
+    <t>Ноутбук ASUS N53JG (Core i3 380M-2.53ГГц, 3072МБ, 320ГБ, GFGT415M, DVD±RW, 1Гбит LAN, WiFi, BT, WebCam, 15.6" WXGA, W'7 HB 64bit)</t>
+  </si>
+  <si>
+    <t>90N1LA464W191BVD53AY</t>
+  </si>
+  <si>
+    <t>Ноутбук ASUS U41JF (Core i3 380M-2.53ГГц, 4096МБ, 320ГБ, GFGT425M, DVD±RW, LAN, WiFi, BT, WebCam, 14.0" WXGA, W'7 HP 64bit), серебр.</t>
+  </si>
+  <si>
+    <t>90N1QA758W1329VD13AY</t>
+  </si>
+  <si>
+    <t>Ноутбук ASUS N53SV (Core i7 2630QM-2.00ГГц, 6144МБ, 750ГБ, GFGT540M, BD-ROM/DVD±RW, 1Гбит LAN, WiFi, BT, WebCam, 15.6" Full HD, W'7 HP 64bit)</t>
+  </si>
+  <si>
+    <t>90N1QA758W6A74RD13AY</t>
+  </si>
+  <si>
+    <t>Ноутбук ASUS N53SV (Core i3 2310M-2.10ГГц, 4096МБ, 320ГБ, GFGT540M, DVD±RW, 1Гбит LAN, WiFi, BT, WebCam, 15.6" Full HD, W'7 HB 64bit)</t>
+  </si>
+  <si>
+    <t>90N1RA128W5ADKVD93AU</t>
+  </si>
+  <si>
+    <t>Ноутбук ASUS N73SV (Core i7 2630QM-2.00 ГГц, 4096МБ, 500ГБ, GFGT540M, DVD±RW, 1Гбит LAN, WiFi, BT, TV, WebCam, 17.3" Full HD, W'7 HP 64bit)</t>
+  </si>
+  <si>
+    <t>90N1RA138W324BVDD3AU</t>
+  </si>
+  <si>
+    <t>Ноутбук ASUS N73SV (Core i7 2630QM-2.00 ГГц, 6144МБ, 2x500ГБ, GFGT540M, BD-ROM/DVD±RW, 1Гбит LAN, WiFi, BT, TV, WebCam, 17.3" Full HD, W'7 HP 64bit) 90N1RA138W324BVDD3AU</t>
+  </si>
+  <si>
+    <t>90N1WW378W1814RD13AU</t>
+  </si>
+  <si>
+    <t>Ноутбук ASUS A52JT (Core i3 380M-2.53ГГц, 3072МБ, 320ГБ, HD6370M, DVD±RW, 1Гбит LAN, WiFi, WebCam, 15.6" WXGA, W'7 HB 64bit)</t>
+  </si>
+  <si>
+    <t>90N1WW378W1B126013AU</t>
+  </si>
+  <si>
+    <t>Ноутбук ASUS A52JT (Core i3 380M 2.53ГГц, 3072МБ, 320ГБ, HD6370M, DVD±RW, 1Гбит LAN, WiFi, WebCam, 15.6" WXGA, FreeDOS)</t>
+  </si>
+  <si>
+    <t>90N1YA224W1735RD13AY</t>
+  </si>
+  <si>
+    <t>Ноутбук ASUS K42JY (Core i3 380M-2.53ГГц, 4096МБ, 320ГБ, HD6470M, DVD±RW, 1Гбит LAN, WiFi, BT, WebCam, 14.0" WXGA, W'7 HB 64bit)</t>
+  </si>
+  <si>
+    <t>90N1YA424W1A336013AY</t>
+  </si>
+  <si>
+    <t>Ноутбук ASUS K42JY (Pentium DC P6200-2.13ГГц, 2048МБ, 320ГБ, HD6470M, DVD±RW, 1Гбит LAN, WiFi, WebCam, 14.0" WXGA, FreeDOS)</t>
+  </si>
+  <si>
+    <t>90N3CAE34W2813RD13AY</t>
+  </si>
+  <si>
+    <t>Ноутбук ASUS K53E (Core i3 2310M-2.10ГГц, 3072МБ, 320ГБ, GMAHD, DVD±RW, 1Гбит LAN, WiFi, BT, WebCam, 15.6" WXGA, W'7 HB 64bit)</t>
+  </si>
+  <si>
+    <t>90N3YA544W17D3VD53AY</t>
+  </si>
+  <si>
+    <t>Ноутбук ASUS K73E (Core i5 2410M-2.30ГГц, 4096МБ, 750ГБ, GMAHD, DVD±RW, 1Гбит LAN, WiFi, BT, WebCam, 17.3" HD+, W'7 HP 64bit)</t>
+  </si>
+  <si>
+    <t>90N4BLD44W172BVD13AY</t>
+  </si>
+  <si>
+    <t>Ноутбук ASUS K53SJ (Core i5 2410M-2.30ГГц, 4096МБ, 500ГБ, GFGT520M, DVD±RW, 1Гбит LAN, WiFi, BT, WebCam, 15.6" WXGA, W'7 HP 64bit)</t>
+  </si>
+  <si>
+    <t>90N4BLD44W181BVD13AY</t>
+  </si>
+  <si>
+    <t>Ноутбук ASUS K53SJ (Core i3 2310M-2.10ГГц, 4096МБ, 320ГБ, GFGT520M, DVD±RW, 1Гбит LAN, WiFi, BT, WebCam, 15.6" WXGA, W'7 HP 64bit)</t>
+  </si>
+  <si>
+    <t>90N4LA414W1415VD73AY</t>
+  </si>
+  <si>
+    <t>Ноутбук ASUS U31JG (Core i5 480M-2.66 ГГц, 4096МБ, 500ГБ, GFGT415M, 1Гбит LAN, WiFi, BT, WebCam, 13.3" WXGA, W'7 HP 64bit)</t>
+  </si>
+  <si>
+    <t>90NXNA154W2C42RD43AU</t>
+  </si>
+  <si>
+    <t>Ноутбук ASUS K52F (Pentium DC P6100-2.00ГГц, 3072МБ, 320ГБ, GMAHD, DVD±RW, LAN, WiFi, BT, WebCam, 15.6" WXGA, W'7 HB 64bit)</t>
+  </si>
+  <si>
+    <t>90NXNA454W2C436043AU</t>
+  </si>
+  <si>
+    <t>Ноутбук ASUS K52F (Pentium DC P6200-2.13ГГц, 2048МБ, 320ГБ, GMAHD, DVD±RW, LAN, WiFi, WebCam, 15.6" WXGA, FreeDOS)</t>
+  </si>
+  <si>
+    <t>90NXTW814W1B216073AY</t>
+  </si>
+  <si>
+    <t>Ноутбук ASUS A42F (Pentium DC P6100-2.00ГГц, 2048МБ, 320ГБ, GMAHD, DVD±RW, LAN, WiFi, WebCam, 14.0" WXGA, FreeDOS)</t>
+  </si>
+  <si>
+    <t>90NY7A614W3E45RD23AU</t>
+  </si>
+  <si>
+    <t>Ноутбук ASUS K72F (Core i3 380M-2.53ГГц, 4096МБ, 500ГБ, GMAHD, DVD±RW, LAN, WiFi, BT, WebCam, 17.3" HD+, W'7 HB 64bit) 90NY7A614W3E45RD23AU</t>
+  </si>
+  <si>
+    <t>90NY7A614W3I65VD23AU</t>
+  </si>
+  <si>
+    <t>Ноутбук ASUS K72F (Core i5 480M-2.66ГГц, 4096МБ, 640ГБ, GMAHD, DVD±RW, LAN, WiFi, BT, WebCam, 17.3" HD+, W'7 HP 64bit) 90NY7A614W3I65VD23AU</t>
+  </si>
+  <si>
+    <t>90NZ1A310W1C436013AY</t>
+  </si>
+  <si>
+    <t>Ноутбук ASUS K50IE (Core 2 Duo T6500-2.10ГГц, 2048МБ, 320ГБ, GF310M, DVD±RW, LAN, WiFi, WebCam, 15.6" WXGA, FreeDOS) 90NZ1A310W1C436013AY</t>
+  </si>
+  <si>
+    <t>90OA1PD38211987E60AQ</t>
+  </si>
+  <si>
+    <t>Ноутбук ASUS Eee PC 1008P (Atom N570-1.66ГГц, 2048МБ, 320ГБ, GMA3150, LAN, WiFi, BT, WebCam, 10.1" WSVGA, W'7 S), розовый</t>
+  </si>
+  <si>
+    <t>90OA1PD48211987E60AQ</t>
+  </si>
+  <si>
+    <t>Ноутбук ASUS Eee PC 1008P (Atom N570-1.66ГГц, 2048МБ, 320ГБ, GMA3150, LAN, WiFi, BT, WebCam, 10.1" WSVGA, W'7 S), коричневый</t>
+  </si>
+  <si>
+    <t>90OA1QD29214987E10AQ</t>
+  </si>
+  <si>
+    <t>Ноутбук ASUS Eee PC T101MT (Atom N455-1.66ГГц, 1024МБ, 250ГБ, GMA3150, LAN, WiFi, WebCam, 10.1" WSVGA, W'7 S), белый</t>
+  </si>
+  <si>
+    <t>90OA1QD2B111987E10AQ</t>
+  </si>
+  <si>
+    <t>ASUS EeePC T101MT 10.1"(1024x600)/Intel Atom N570(1.66Ghz)/2048Mb/320Gb/noDVD/Int:Intel GMA 3150/Cam/BT/WiFi/4900mAh/war 1y/1.3kg/black/W7Start</t>
+  </si>
+  <si>
+    <t>90OA28B68218987E20AQ</t>
+  </si>
+  <si>
+    <t>Ноутбук ASUS Eee PC 1018P (Atom N550-1.50ГГц, 2048МБ, 250ГБ, GMA3150, 1Гбит LAN, WiFi, BT, WebCam, 10.1 WSVGA, W'7 S), черный</t>
+  </si>
+  <si>
+    <t>90OA2BB21111987E20AQ</t>
+  </si>
+  <si>
+    <t>Ноутбук ASUS Eee PC 1001PX (Atom N450-1.66ГГц, 1024МБ, 160ГБ, GMA3150, LAN, WiFi, WebCam, 10.1  WSVGA, W 7), белый</t>
+  </si>
+  <si>
+    <t>90OA2CB11114937E13EQ</t>
+  </si>
+  <si>
+    <t>Ноутбук ASUS Eee PC 1201K (Geode NX1750-1.40ГГц, 1024МБ, 160ГБ, Mirage, LAN, WiFi, WebCam, 12.1" WXGA, W'XP HE), черный"</t>
+  </si>
+  <si>
+    <t>90OA2HB584159A7E43EQ</t>
+  </si>
+  <si>
+    <t>Ноутбук ASUS Eee PC 1215N (Atom D525-1.80ГГц, 2048МБ, 500ГБ, Ion, LAN, WiFi, BT, WebCam, 12.1" WXGA, W'7 HP), черный</t>
+  </si>
+  <si>
+    <t>90OA2HB784159A7E43E</t>
+  </si>
+  <si>
+    <t>Ноутбук ASUS Eee PC 1215N (Atom D525-1.80ГГц, 2048МБ, 500ГБ, Ion, LAN, WiFi, BT, WebCam, 12.1" WXGA, W'7 HP), серебр.</t>
+  </si>
+  <si>
+    <t>90OA2HB784159A7E43EQ</t>
+  </si>
+  <si>
+    <t>Ноутбук ASUS Eee PC 1215N (Atom D525-1.80ГГц, 2048МБ, 320ГБ, Ion, LAN, WiFi, BT, WebCam, 12.1" WXGA, W'7 HP), серебр</t>
+  </si>
+  <si>
+    <t>90OA2HB884159A7E43EQ</t>
+  </si>
+  <si>
+    <t>Ноутбук ASUS Eee PC 1215N (Atom D525-1.80ГГц, 2048МБ, 500ГБ, Ion, LAN, WiFi, BT, WebCam, 12.1" WXGA, W'7 HP), красный</t>
+  </si>
+  <si>
+    <t>90OA2TB263119A7E23EQ</t>
+  </si>
+  <si>
+    <t>Ноутбук ASUS Lamborghini Eee PC VX6 (Atom D525-1.80ГГц, 4096МБ, 500ГБ, LAN, WiFi, BT, WebCam, 12.1" WXGA, W'7 HP), черный</t>
+  </si>
+  <si>
+    <t>90OA2YB13113987E13EQ</t>
+  </si>
+  <si>
+    <t>Ноутбук ASUS Eee PC 1001PXD (Atom N455-1.66ГГц, 1024МБ, 320ГБ, GMA3150, LAN, WiFi, WebCam, 10.1 WSVGA, W'7 S), белый</t>
+  </si>
+  <si>
+    <t>90OA2YB22111987E23EQ</t>
+  </si>
+  <si>
+    <t>Ноутбук ASUS Eee PC 1001PXD Atom N455-1.66ГГц, 1024МБ, 250ГБ, GMA31(50, LAN, WiFi, WebCam, 10.1" WSVGA, W'7 S), белый</t>
+  </si>
+  <si>
+    <t>90OA2YB23113987E13EQ</t>
+  </si>
+  <si>
+    <t>Ноутбук ASUS Eee PC 1001PXD (Atom N455-1.66ГГц, 1024МБ, 320ГБ, GMA3150, LAN, WiFi, WebCam, 10.1 WSVGA, W'7 S), черный</t>
+  </si>
+  <si>
+    <t>90OA2ZB13113987E13EQ</t>
+  </si>
+  <si>
+    <t>Ноутбук ASUS Eee PC 1005PXD (Atom N455-1.66ГГц, 1024МБ, 320ГБ, GMA3150, LAN, WiFi, WebCam, 10.1" WSVGA, W'7 S), белый</t>
+  </si>
+  <si>
+    <t>90OA2ZB23113987E13EQ</t>
+  </si>
+  <si>
+    <t>Ноутбук ASUS Eee PC 1005PXD (Atom N455-1.66ГГц, 1024МБ, 320ГБ, GMA3150, LAN, WiFi, WebCam, 10.1" WSVGA, W'7 S), черный</t>
+  </si>
+  <si>
+    <t>90OA33B43214987E33EQ</t>
+  </si>
+  <si>
+    <t>Ноутбук ASUS Eee PC 1015PEM (Atom N550-1.50ГГц, 2048МБ, 250ГБ, GMA3150, LAN, WiFi, BT, WebCam, 10.1 WSVGA, W'7 S), синий"</t>
+  </si>
+  <si>
+    <t>90OA33B63214987E33EQ</t>
+  </si>
+  <si>
+    <t>Ноутбук ASUS Eee PC 1015PEM (Atom N550-1.50ГГц, 2048МБ, 250ГБ, GMA3150, LAN, WiFi, BT, WebCam, 10.1" WSVGA, W'7 S), красный</t>
+  </si>
+  <si>
+    <t>90OA39B14213987E13EQ</t>
+  </si>
+  <si>
+    <t>Ноутбук ASUS Eee PC 1015PW (Atom N570-1.66ГГц, 2048МБ, 320ГБ, GMA3150, LAN, WiFi, BT, WebCam, 10.1" WSVGA, W'7 S), фиолетовый</t>
+  </si>
+  <si>
+    <t>90OA39B24213987E13EQ</t>
+  </si>
+  <si>
+    <t>Ноутбук ASUS Eee PC 1015PW (Atom N570-1.66ГГц, 2048МБ, 320ГБ, GMA3150, LAN, WiFi, BT, WebCam, 10.1 WSVGA, W'7 S), золотистый</t>
+  </si>
+  <si>
+    <t>90OA39B31214987E13EQ</t>
+  </si>
+  <si>
+    <t>Ноутбук ASUS Eee PC 1015PW (Atom N550-1.50ГГц, 2048МБ, 250ГБ, GMA3150, LAN, WiFi, BT, WebCam, 10.1" WSVGA, W'7 S), розовый 90OA39B31214987E13EQ</t>
+  </si>
+  <si>
+    <t>90OA39B34213987E13EQ</t>
+  </si>
+  <si>
+    <t>Ноутбук ASUS Eee PC 1015PW (Atom N570-1.66ГГц, 2048МБ, 320ГБ, GMA3150, LAN, WiFi, BT, WebCam, 10.1" WSVGA, W'7 S), розовый</t>
+  </si>
+  <si>
+    <t>90OA3AB14214987E23EU</t>
+  </si>
+  <si>
+    <t>Ноутбук ASUS Eee PC 1015B (Fusion C-50-1.00ГГц, 2048МБ, 320ГБ, HD6250, LAN, WiFi, BT, WebCam, 10.1" WSVGA, W'7 S), черный</t>
+  </si>
+  <si>
+    <t>90OA3AB34214987E23EU</t>
+  </si>
+  <si>
+    <t>Ноутбук ASUS Eee PC 1015B (Fusion C-50-1.00ГГц, 2048МБ, 320ГБ, HD6250, LAN, WiFi, BT, WebCam, 10.1" WSVGA, W'7 S), белый</t>
+  </si>
+  <si>
+    <t>90OA3DB16213987E53EU</t>
+  </si>
+  <si>
+    <t>Ноутбук ASUS Eee PC 1015PX (Atom N570-1.66ГГц, 2048МБ, 320ГБ, GMA3150, LAN, WiFi, BT, WebCam, 10.1" WSVGA, W'7 S), белый"</t>
+  </si>
+  <si>
+    <t>90OA3DB36213987E53EU</t>
+  </si>
+  <si>
+    <t>Ноутбук ASUS Eee PC 1015PX (Atom N570-1.66ГГц, 2048МБ, 320ГБ, GMA3150, LAN, WiFi, BT, WebCam, 10.1" WSVGA, W'7 S), черный</t>
+  </si>
+  <si>
     <t>90LM311015R0001C</t>
   </si>
   <si>
     <t>LCD монитор 19.0 Asus VW193DR 1440x900, 5мс, TCO'03, чёрный (D-Sub)</t>
   </si>
   <si>
     <t>Мониторы</t>
   </si>
   <si>
     <t>90LM54101201241C-</t>
   </si>
   <si>
     <t>LCD монитор 22.0 Asus VK222H 1680x1050, 2мс (GtG) ТСО'06, черный (D-Sub, DVI, HDMI, MM, WebCam)</t>
   </si>
   <si>
     <t>90LM68101201021C</t>
   </si>
   <si>
     <t>LCD монитор 24.0 Asus VW246U 1920x1080, 2мс (GtG), черный (D-Sub, DVI, MM)</t>
   </si>
   <si>
     <t>90LM72101501041C-</t>
   </si>
   <si>
     <t>LCD монитор 23.6 Asus VH242H 1920x1080, 5мс, черный (D-Sub, DVI, HDMI, MM)</t>
@@ -235,419 +604,50 @@
     <t>LCD монитор 20.0 Asus VE208D 1600x900, 5мс, чёрный (D-Sub)</t>
   </si>
   <si>
     <t>90LMB4101Q01041C-</t>
   </si>
   <si>
     <t>LCD монитор 21.5 Asus VE228H 1920x1080, 5мс, черный (D-Sub, DVI, HDMI, MM)</t>
   </si>
   <si>
     <t>90LMB7101N00001C-</t>
   </si>
   <si>
     <t>LCD монитор 21.5 Asus VW227D 1920x1080, 5мс, TCO5.0, чёрный (D-Sub)</t>
   </si>
   <si>
     <t>90LMC2101Q01041C-</t>
   </si>
   <si>
     <t>LCD монитор 23.6 Asus VE247H 1920x1080, 2мс (GtG), черный (D-Sub, DVI, HDMI, MM)</t>
   </si>
   <si>
     <t>90LMC8101T01041C-</t>
   </si>
   <si>
     <t>LCD монитор 23.6 Asus VW247H 1920x1080, 5мс, черный (D-Sub, DVI, HDMI, MM)</t>
-  </si>
-[...367 lines deleted...]
-    <t>Ноутбук ASUS Eee PC 1015PX (Atom N570-1.66ГГц, 2048МБ, 320ГБ, GMA3150, LAN, WiFi, BT, WebCam, 10.1" WSVGA, W'7 S), черный</t>
   </si>
   <si>
     <t>90S5IA0000C120UEZ</t>
   </si>
   <si>
     <t>Сервер ASUS RS300-E6-PS4 1U Server (LGA1156, Intel 3420 PCH, 6xDDR3 1333 (Reg/ECC), 4xHot-swap 3.5", 2xLAN, Gb LAN)(90S5IA0000C120UEZ) 90S5IA0000C120UEZ</t>
   </si>
   <si>
     <t>Серверы</t>
   </si>
   <si>
     <t>90S62A0000C800UEZ</t>
   </si>
   <si>
     <t>Сервер ASUS RS700-E6/ERS4 1U Server (2xLGA1366, Intel 5500, 12xDDR3 1333 (Reg/ECC), 4xHot-swap 3.5", 2 * Intel 82574L + 1 * Mgmt LAN ) 90S62A0000C800UEZ</t>
   </si>
   <si>
     <t>RS100-E6-PI2</t>
   </si>
   <si>
     <t>Сервер ASUS RS100-E6-PI2 1U Server (LGA1156, Intel 3420 PCH, 4xDDR3 1333, 2xInternal 3.5", 2xLAN, Gb LAN) RS100-E6/PI2</t>
   </si>
   <si>
     <t>RS100-E7-PI2</t>
   </si>
@@ -855,51 +855,51 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="7" numFmtId="0" fillId="2" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="49" fillId="2" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="2" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/960754b854886e3344ae5d838171cc762.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1787d69df98068b9743e9f61866cc4cc2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>600075</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>76200</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2447925" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1644,1276 +1644,1276 @@
       </c>
       <c r="C28" s="17" t="s">
         <v>56</v>
       </c>
       <c r="D28" s="17" t="s">
         <v>44</v>
       </c>
       <c r="E28" s="18">
         <v>0</v>
       </c>
       <c r="F28" s="3"/>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B29" s="17" t="s">
         <v>57</v>
       </c>
       <c r="C29" s="17" t="s">
         <v>58</v>
       </c>
       <c r="D29" s="17" t="s">
         <v>44</v>
       </c>
-      <c r="E29" s="18">
-        <v>0</v>
+      <c r="E29" s="18" t="s">
+        <v>21</v>
       </c>
       <c r="F29" s="3"/>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B30" s="17" t="s">
         <v>59</v>
       </c>
       <c r="C30" s="17" t="s">
         <v>60</v>
       </c>
       <c r="D30" s="17" t="s">
         <v>44</v>
       </c>
-      <c r="E30" s="18">
-        <v>0</v>
+      <c r="E30" s="18" t="s">
+        <v>21</v>
       </c>
       <c r="F30" s="3"/>
     </row>
     <row r="31" spans="1:6">
       <c r="A31" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B31" s="17" t="s">
         <v>61</v>
       </c>
       <c r="C31" s="17" t="s">
         <v>62</v>
       </c>
       <c r="D31" s="17" t="s">
         <v>44</v>
       </c>
-      <c r="E31" s="18">
-        <v>0</v>
+      <c r="E31" s="18" t="s">
+        <v>21</v>
       </c>
       <c r="F31" s="3"/>
     </row>
     <row r="32" spans="1:6">
       <c r="A32" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B32" s="17" t="s">
         <v>63</v>
       </c>
       <c r="C32" s="17" t="s">
         <v>64</v>
       </c>
       <c r="D32" s="17" t="s">
         <v>44</v>
       </c>
-      <c r="E32" s="18">
-        <v>0</v>
+      <c r="E32" s="18" t="s">
+        <v>21</v>
       </c>
       <c r="F32" s="3"/>
     </row>
     <row r="33" spans="1:6">
       <c r="A33" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B33" s="17" t="s">
         <v>65</v>
       </c>
       <c r="C33" s="17" t="s">
         <v>66</v>
       </c>
       <c r="D33" s="17" t="s">
         <v>44</v>
       </c>
-      <c r="E33" s="18">
-        <v>0</v>
+      <c r="E33" s="18" t="s">
+        <v>21</v>
       </c>
       <c r="F33" s="3"/>
     </row>
     <row r="34" spans="1:6">
       <c r="A34" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B34" s="17" t="s">
         <v>67</v>
       </c>
       <c r="C34" s="17" t="s">
         <v>68</v>
       </c>
       <c r="D34" s="17" t="s">
         <v>44</v>
       </c>
-      <c r="E34" s="18">
-        <v>0</v>
+      <c r="E34" s="18" t="s">
+        <v>21</v>
       </c>
       <c r="F34" s="3"/>
     </row>
     <row r="35" spans="1:6">
       <c r="A35" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B35" s="17" t="s">
         <v>69</v>
       </c>
       <c r="C35" s="17" t="s">
         <v>70</v>
       </c>
       <c r="D35" s="17" t="s">
         <v>44</v>
       </c>
-      <c r="E35" s="18">
-        <v>0</v>
+      <c r="E35" s="18" t="s">
+        <v>21</v>
       </c>
       <c r="F35" s="3"/>
     </row>
     <row r="36" spans="1:6">
       <c r="A36" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B36" s="17" t="s">
         <v>71</v>
       </c>
       <c r="C36" s="17" t="s">
         <v>72</v>
       </c>
       <c r="D36" s="17" t="s">
         <v>44</v>
       </c>
-      <c r="E36" s="18">
-        <v>0</v>
+      <c r="E36" s="18" t="s">
+        <v>21</v>
       </c>
       <c r="F36" s="3"/>
     </row>
     <row r="37" spans="1:6">
       <c r="A37" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B37" s="17" t="s">
         <v>73</v>
       </c>
       <c r="C37" s="17" t="s">
         <v>74</v>
       </c>
       <c r="D37" s="17" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>44</v>
+      </c>
+      <c r="E37" s="18" t="s">
+        <v>21</v>
       </c>
       <c r="F37" s="3"/>
     </row>
     <row r="38" spans="1:6">
       <c r="A38" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B38" s="17" t="s">
+        <v>75</v>
+      </c>
+      <c r="C38" s="17" t="s">
         <v>76</v>
       </c>
-      <c r="C38" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D38" s="17" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>44</v>
+      </c>
+      <c r="E38" s="18" t="s">
+        <v>21</v>
       </c>
       <c r="F38" s="3"/>
     </row>
     <row r="39" spans="1:6">
       <c r="A39" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B39" s="17" t="s">
+        <v>77</v>
+      </c>
+      <c r="C39" s="17" t="s">
         <v>78</v>
       </c>
-      <c r="C39" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D39" s="17" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>44</v>
+      </c>
+      <c r="E39" s="18" t="s">
+        <v>21</v>
       </c>
       <c r="F39" s="3"/>
     </row>
     <row r="40" spans="1:6">
       <c r="A40" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B40" s="17" t="s">
+        <v>79</v>
+      </c>
+      <c r="C40" s="17" t="s">
         <v>80</v>
       </c>
-      <c r="C40" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D40" s="17" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>44</v>
+      </c>
+      <c r="E40" s="18" t="s">
+        <v>21</v>
       </c>
       <c r="F40" s="3"/>
     </row>
     <row r="41" spans="1:6">
       <c r="A41" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B41" s="17" t="s">
+        <v>81</v>
+      </c>
+      <c r="C41" s="17" t="s">
         <v>82</v>
       </c>
-      <c r="C41" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D41" s="17" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>44</v>
+      </c>
+      <c r="E41" s="18" t="s">
+        <v>21</v>
       </c>
       <c r="F41" s="3"/>
     </row>
     <row r="42" spans="1:6">
       <c r="A42" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B42" s="17" t="s">
+        <v>83</v>
+      </c>
+      <c r="C42" s="17" t="s">
         <v>84</v>
       </c>
-      <c r="C42" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D42" s="17" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>44</v>
+      </c>
+      <c r="E42" s="18" t="s">
+        <v>21</v>
       </c>
       <c r="F42" s="3"/>
     </row>
     <row r="43" spans="1:6">
       <c r="A43" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B43" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="C43" s="17" t="s">
         <v>86</v>
       </c>
-      <c r="C43" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D43" s="17" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>44</v>
+      </c>
+      <c r="E43" s="18" t="s">
+        <v>21</v>
       </c>
       <c r="F43" s="3"/>
     </row>
     <row r="44" spans="1:6">
       <c r="A44" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B44" s="17" t="s">
+        <v>87</v>
+      </c>
+      <c r="C44" s="17" t="s">
         <v>88</v>
       </c>
-      <c r="C44" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D44" s="17" t="s">
-        <v>75</v>
+        <v>44</v>
       </c>
       <c r="E44" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F44" s="3"/>
     </row>
     <row r="45" spans="1:6">
       <c r="A45" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B45" s="17" t="s">
+        <v>89</v>
+      </c>
+      <c r="C45" s="17" t="s">
         <v>90</v>
       </c>
-      <c r="C45" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D45" s="17" t="s">
-        <v>75</v>
+        <v>44</v>
       </c>
       <c r="E45" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F45" s="3"/>
     </row>
     <row r="46" spans="1:6">
       <c r="A46" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B46" s="17" t="s">
+        <v>91</v>
+      </c>
+      <c r="C46" s="17" t="s">
         <v>92</v>
       </c>
-      <c r="C46" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D46" s="17" t="s">
-        <v>75</v>
+        <v>44</v>
       </c>
       <c r="E46" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F46" s="3"/>
     </row>
     <row r="47" spans="1:6">
       <c r="A47" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B47" s="17" t="s">
+        <v>93</v>
+      </c>
+      <c r="C47" s="17" t="s">
         <v>94</v>
       </c>
-      <c r="C47" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D47" s="17" t="s">
-        <v>75</v>
+        <v>44</v>
       </c>
       <c r="E47" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F47" s="3"/>
     </row>
     <row r="48" spans="1:6">
       <c r="A48" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B48" s="17" t="s">
+        <v>95</v>
+      </c>
+      <c r="C48" s="17" t="s">
         <v>96</v>
       </c>
-      <c r="C48" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D48" s="17" t="s">
-        <v>75</v>
+        <v>44</v>
       </c>
       <c r="E48" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F48" s="3"/>
     </row>
     <row r="49" spans="1:6">
       <c r="A49" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B49" s="17" t="s">
+        <v>97</v>
+      </c>
+      <c r="C49" s="17" t="s">
         <v>98</v>
       </c>
-      <c r="C49" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D49" s="17" t="s">
-        <v>75</v>
+        <v>44</v>
       </c>
       <c r="E49" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F49" s="3"/>
     </row>
     <row r="50" spans="1:6">
       <c r="A50" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B50" s="17" t="s">
+        <v>99</v>
+      </c>
+      <c r="C50" s="17" t="s">
         <v>100</v>
       </c>
-      <c r="C50" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D50" s="17" t="s">
-        <v>75</v>
+        <v>44</v>
       </c>
       <c r="E50" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F50" s="3"/>
     </row>
     <row r="51" spans="1:6">
       <c r="A51" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B51" s="17" t="s">
+        <v>101</v>
+      </c>
+      <c r="C51" s="17" t="s">
         <v>102</v>
       </c>
-      <c r="C51" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D51" s="17" t="s">
-        <v>75</v>
+        <v>44</v>
       </c>
       <c r="E51" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F51" s="3"/>
     </row>
     <row r="52" spans="1:6">
       <c r="A52" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B52" s="17" t="s">
+        <v>103</v>
+      </c>
+      <c r="C52" s="17" t="s">
         <v>104</v>
       </c>
-      <c r="C52" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D52" s="17" t="s">
-        <v>75</v>
+        <v>44</v>
       </c>
       <c r="E52" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F52" s="3"/>
     </row>
     <row r="53" spans="1:6">
       <c r="A53" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B53" s="17" t="s">
+        <v>105</v>
+      </c>
+      <c r="C53" s="17" t="s">
         <v>106</v>
       </c>
-      <c r="C53" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D53" s="17" t="s">
-        <v>75</v>
+        <v>44</v>
       </c>
       <c r="E53" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F53" s="3"/>
     </row>
     <row r="54" spans="1:6">
       <c r="A54" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B54" s="17" t="s">
+        <v>107</v>
+      </c>
+      <c r="C54" s="17" t="s">
         <v>108</v>
       </c>
-      <c r="C54" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D54" s="17" t="s">
-        <v>75</v>
+        <v>44</v>
       </c>
       <c r="E54" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F54" s="3"/>
     </row>
     <row r="55" spans="1:6">
       <c r="A55" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B55" s="17" t="s">
+        <v>109</v>
+      </c>
+      <c r="C55" s="17" t="s">
         <v>110</v>
       </c>
-      <c r="C55" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D55" s="17" t="s">
-        <v>75</v>
+        <v>44</v>
       </c>
       <c r="E55" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F55" s="3"/>
     </row>
     <row r="56" spans="1:6">
       <c r="A56" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B56" s="17" t="s">
+        <v>111</v>
+      </c>
+      <c r="C56" s="17" t="s">
         <v>112</v>
       </c>
-      <c r="C56" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D56" s="17" t="s">
-        <v>75</v>
+        <v>44</v>
       </c>
       <c r="E56" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F56" s="3"/>
     </row>
     <row r="57" spans="1:6">
       <c r="A57" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B57" s="17" t="s">
+        <v>113</v>
+      </c>
+      <c r="C57" s="17" t="s">
         <v>114</v>
       </c>
-      <c r="C57" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D57" s="17" t="s">
-        <v>75</v>
+        <v>44</v>
       </c>
       <c r="E57" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F57" s="3"/>
     </row>
     <row r="58" spans="1:6">
       <c r="A58" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B58" s="17" t="s">
+        <v>115</v>
+      </c>
+      <c r="C58" s="17" t="s">
         <v>116</v>
       </c>
-      <c r="C58" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D58" s="17" t="s">
-        <v>75</v>
+        <v>44</v>
       </c>
       <c r="E58" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F58" s="3"/>
     </row>
     <row r="59" spans="1:6">
       <c r="A59" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B59" s="17" t="s">
+        <v>117</v>
+      </c>
+      <c r="C59" s="17" t="s">
         <v>118</v>
       </c>
-      <c r="C59" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D59" s="17" t="s">
-        <v>75</v>
+        <v>44</v>
       </c>
       <c r="E59" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F59" s="3"/>
     </row>
     <row r="60" spans="1:6">
       <c r="A60" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B60" s="17" t="s">
+        <v>119</v>
+      </c>
+      <c r="C60" s="17" t="s">
         <v>120</v>
       </c>
-      <c r="C60" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D60" s="17" t="s">
-        <v>75</v>
+        <v>44</v>
       </c>
       <c r="E60" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F60" s="3"/>
     </row>
     <row r="61" spans="1:6">
       <c r="A61" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B61" s="17" t="s">
+        <v>121</v>
+      </c>
+      <c r="C61" s="17" t="s">
         <v>122</v>
       </c>
-      <c r="C61" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D61" s="17" t="s">
-        <v>75</v>
+        <v>44</v>
       </c>
       <c r="E61" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F61" s="3"/>
     </row>
     <row r="62" spans="1:6">
       <c r="A62" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B62" s="17" t="s">
+        <v>123</v>
+      </c>
+      <c r="C62" s="17" t="s">
         <v>124</v>
       </c>
-      <c r="C62" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D62" s="17" t="s">
-        <v>75</v>
+        <v>44</v>
       </c>
       <c r="E62" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F62" s="3"/>
     </row>
     <row r="63" spans="1:6">
       <c r="A63" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B63" s="17" t="s">
+        <v>125</v>
+      </c>
+      <c r="C63" s="17" t="s">
         <v>126</v>
       </c>
-      <c r="C63" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D63" s="17" t="s">
-        <v>75</v>
+        <v>44</v>
       </c>
       <c r="E63" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F63" s="3"/>
     </row>
     <row r="64" spans="1:6">
       <c r="A64" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B64" s="17" t="s">
+        <v>127</v>
+      </c>
+      <c r="C64" s="17" t="s">
         <v>128</v>
       </c>
-      <c r="C64" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D64" s="17" t="s">
-        <v>75</v>
+        <v>44</v>
       </c>
       <c r="E64" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F64" s="3"/>
     </row>
     <row r="65" spans="1:6">
       <c r="A65" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B65" s="17" t="s">
+        <v>129</v>
+      </c>
+      <c r="C65" s="17" t="s">
         <v>130</v>
       </c>
-      <c r="C65" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D65" s="17" t="s">
-        <v>75</v>
+        <v>44</v>
       </c>
       <c r="E65" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F65" s="3"/>
     </row>
     <row r="66" spans="1:6">
       <c r="A66" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B66" s="17" t="s">
+        <v>131</v>
+      </c>
+      <c r="C66" s="17" t="s">
         <v>132</v>
       </c>
-      <c r="C66" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D66" s="17" t="s">
-        <v>75</v>
+        <v>44</v>
       </c>
       <c r="E66" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F66" s="3"/>
     </row>
     <row r="67" spans="1:6">
       <c r="A67" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B67" s="17" t="s">
+        <v>133</v>
+      </c>
+      <c r="C67" s="17" t="s">
         <v>134</v>
       </c>
-      <c r="C67" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D67" s="17" t="s">
-        <v>75</v>
+        <v>44</v>
       </c>
       <c r="E67" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F67" s="3"/>
     </row>
     <row r="68" spans="1:6">
       <c r="A68" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B68" s="17" t="s">
+        <v>135</v>
+      </c>
+      <c r="C68" s="17" t="s">
         <v>136</v>
       </c>
-      <c r="C68" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D68" s="17" t="s">
-        <v>75</v>
+        <v>44</v>
       </c>
       <c r="E68" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F68" s="3"/>
     </row>
     <row r="69" spans="1:6">
       <c r="A69" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B69" s="17" t="s">
+        <v>137</v>
+      </c>
+      <c r="C69" s="17" t="s">
         <v>138</v>
       </c>
-      <c r="C69" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D69" s="17" t="s">
-        <v>75</v>
+        <v>44</v>
       </c>
       <c r="E69" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F69" s="3"/>
     </row>
     <row r="70" spans="1:6">
       <c r="A70" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B70" s="17" t="s">
+        <v>139</v>
+      </c>
+      <c r="C70" s="17" t="s">
         <v>140</v>
       </c>
-      <c r="C70" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D70" s="17" t="s">
-        <v>75</v>
+        <v>44</v>
       </c>
       <c r="E70" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F70" s="3"/>
     </row>
     <row r="71" spans="1:6">
       <c r="A71" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B71" s="17" t="s">
+        <v>141</v>
+      </c>
+      <c r="C71" s="17" t="s">
         <v>142</v>
       </c>
-      <c r="C71" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D71" s="17" t="s">
-        <v>75</v>
+        <v>44</v>
       </c>
       <c r="E71" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F71" s="3"/>
     </row>
     <row r="72" spans="1:6">
       <c r="A72" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B72" s="17" t="s">
+        <v>143</v>
+      </c>
+      <c r="C72" s="17" t="s">
         <v>144</v>
       </c>
-      <c r="C72" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D72" s="17" t="s">
-        <v>75</v>
+        <v>44</v>
       </c>
       <c r="E72" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F72" s="3"/>
     </row>
     <row r="73" spans="1:6">
       <c r="A73" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B73" s="17" t="s">
+        <v>145</v>
+      </c>
+      <c r="C73" s="17" t="s">
         <v>146</v>
       </c>
-      <c r="C73" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D73" s="17" t="s">
-        <v>75</v>
+        <v>44</v>
       </c>
       <c r="E73" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F73" s="3"/>
     </row>
     <row r="74" spans="1:6">
       <c r="A74" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B74" s="17" t="s">
+        <v>147</v>
+      </c>
+      <c r="C74" s="17" t="s">
         <v>148</v>
       </c>
-      <c r="C74" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D74" s="17" t="s">
-        <v>75</v>
+        <v>44</v>
       </c>
       <c r="E74" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F74" s="3"/>
     </row>
     <row r="75" spans="1:6">
       <c r="A75" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B75" s="17" t="s">
+        <v>149</v>
+      </c>
+      <c r="C75" s="17" t="s">
         <v>150</v>
       </c>
-      <c r="C75" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D75" s="17" t="s">
-        <v>75</v>
+        <v>44</v>
       </c>
       <c r="E75" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F75" s="3"/>
     </row>
     <row r="76" spans="1:6">
       <c r="A76" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B76" s="17" t="s">
+        <v>151</v>
+      </c>
+      <c r="C76" s="17" t="s">
         <v>152</v>
       </c>
-      <c r="C76" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D76" s="17" t="s">
-        <v>75</v>
+        <v>44</v>
       </c>
       <c r="E76" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F76" s="3"/>
     </row>
     <row r="77" spans="1:6">
       <c r="A77" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B77" s="17" t="s">
+        <v>153</v>
+      </c>
+      <c r="C77" s="17" t="s">
         <v>154</v>
       </c>
-      <c r="C77" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D77" s="17" t="s">
-        <v>75</v>
+        <v>44</v>
       </c>
       <c r="E77" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F77" s="3"/>
     </row>
     <row r="78" spans="1:6">
       <c r="A78" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B78" s="17" t="s">
+        <v>155</v>
+      </c>
+      <c r="C78" s="17" t="s">
         <v>156</v>
       </c>
-      <c r="C78" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D78" s="17" t="s">
-        <v>75</v>
+        <v>44</v>
       </c>
       <c r="E78" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F78" s="3"/>
     </row>
     <row r="79" spans="1:6">
       <c r="A79" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B79" s="17" t="s">
+        <v>157</v>
+      </c>
+      <c r="C79" s="17" t="s">
         <v>158</v>
       </c>
-      <c r="C79" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D79" s="17" t="s">
-        <v>75</v>
+        <v>44</v>
       </c>
       <c r="E79" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F79" s="3"/>
     </row>
     <row r="80" spans="1:6">
       <c r="A80" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B80" s="17" t="s">
+        <v>159</v>
+      </c>
+      <c r="C80" s="17" t="s">
         <v>160</v>
       </c>
-      <c r="C80" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D80" s="17" t="s">
-        <v>75</v>
+        <v>44</v>
       </c>
       <c r="E80" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F80" s="3"/>
     </row>
     <row r="81" spans="1:6">
       <c r="A81" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B81" s="17" t="s">
+        <v>161</v>
+      </c>
+      <c r="C81" s="17" t="s">
         <v>162</v>
       </c>
-      <c r="C81" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D81" s="17" t="s">
-        <v>75</v>
+        <v>44</v>
       </c>
       <c r="E81" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F81" s="3"/>
     </row>
     <row r="82" spans="1:6">
       <c r="A82" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B82" s="17" t="s">
+        <v>163</v>
+      </c>
+      <c r="C82" s="17" t="s">
         <v>164</v>
       </c>
-      <c r="C82" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D82" s="17" t="s">
-        <v>75</v>
+        <v>44</v>
       </c>
       <c r="E82" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F82" s="3"/>
     </row>
     <row r="83" spans="1:6">
       <c r="A83" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B83" s="17" t="s">
+        <v>165</v>
+      </c>
+      <c r="C83" s="17" t="s">
         <v>166</v>
       </c>
-      <c r="C83" s="17" t="s">
+      <c r="D83" s="17" t="s">
         <v>167</v>
       </c>
-      <c r="D83" s="17" t="s">
-[...3 lines deleted...]
-        <v>21</v>
+      <c r="E83" s="18">
+        <v>0</v>
       </c>
       <c r="F83" s="3"/>
     </row>
     <row r="84" spans="1:6">
       <c r="A84" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B84" s="17" t="s">
         <v>168</v>
       </c>
       <c r="C84" s="17" t="s">
         <v>169</v>
       </c>
       <c r="D84" s="17" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>167</v>
+      </c>
+      <c r="E84" s="18">
+        <v>0</v>
       </c>
       <c r="F84" s="3"/>
     </row>
     <row r="85" spans="1:6">
       <c r="A85" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B85" s="17" t="s">
         <v>170</v>
       </c>
       <c r="C85" s="17" t="s">
         <v>171</v>
       </c>
       <c r="D85" s="17" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>167</v>
+      </c>
+      <c r="E85" s="18">
+        <v>0</v>
       </c>
       <c r="F85" s="3"/>
     </row>
     <row r="86" spans="1:6">
       <c r="A86" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B86" s="17" t="s">
         <v>172</v>
       </c>
       <c r="C86" s="17" t="s">
         <v>173</v>
       </c>
       <c r="D86" s="17" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>167</v>
+      </c>
+      <c r="E86" s="18">
+        <v>0</v>
       </c>
       <c r="F86" s="3"/>
     </row>
     <row r="87" spans="1:6">
       <c r="A87" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B87" s="17" t="s">
         <v>174</v>
       </c>
       <c r="C87" s="17" t="s">
         <v>175</v>
       </c>
       <c r="D87" s="17" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>167</v>
+      </c>
+      <c r="E87" s="18">
+        <v>0</v>
       </c>
       <c r="F87" s="3"/>
     </row>
     <row r="88" spans="1:6">
       <c r="A88" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B88" s="17" t="s">
         <v>176</v>
       </c>
       <c r="C88" s="17" t="s">
         <v>177</v>
       </c>
       <c r="D88" s="17" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>167</v>
+      </c>
+      <c r="E88" s="18">
+        <v>0</v>
       </c>
       <c r="F88" s="3"/>
     </row>
     <row r="89" spans="1:6">
       <c r="A89" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B89" s="17" t="s">
         <v>178</v>
       </c>
       <c r="C89" s="17" t="s">
         <v>179</v>
       </c>
       <c r="D89" s="17" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>167</v>
+      </c>
+      <c r="E89" s="18">
+        <v>0</v>
       </c>
       <c r="F89" s="3"/>
     </row>
     <row r="90" spans="1:6">
       <c r="A90" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B90" s="17" t="s">
         <v>180</v>
       </c>
       <c r="C90" s="17" t="s">
         <v>181</v>
       </c>
       <c r="D90" s="17" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>167</v>
+      </c>
+      <c r="E90" s="18">
+        <v>0</v>
       </c>
       <c r="F90" s="3"/>
     </row>
     <row r="91" spans="1:6">
       <c r="A91" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B91" s="17" t="s">
         <v>182</v>
       </c>
       <c r="C91" s="17" t="s">
         <v>183</v>
       </c>
       <c r="D91" s="17" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>167</v>
+      </c>
+      <c r="E91" s="18">
+        <v>0</v>
       </c>
       <c r="F91" s="3"/>
     </row>
     <row r="92" spans="1:6">
       <c r="A92" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B92" s="17" t="s">
         <v>184</v>
       </c>
       <c r="C92" s="17" t="s">
         <v>185</v>
       </c>
       <c r="D92" s="17" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>167</v>
+      </c>
+      <c r="E92" s="18">
+        <v>0</v>
       </c>
       <c r="F92" s="3"/>
     </row>
     <row r="93" spans="1:6">
       <c r="A93" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B93" s="17" t="s">
         <v>186</v>
       </c>
       <c r="C93" s="17" t="s">
         <v>187</v>
       </c>
       <c r="D93" s="17" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>167</v>
+      </c>
+      <c r="E93" s="18">
+        <v>0</v>
       </c>
       <c r="F93" s="3"/>
     </row>
     <row r="94" spans="1:6">
       <c r="A94" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B94" s="17" t="s">
         <v>188</v>
       </c>
       <c r="C94" s="17" t="s">
         <v>189</v>
       </c>
       <c r="D94" s="17" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>167</v>
+      </c>
+      <c r="E94" s="18">
+        <v>0</v>
       </c>
       <c r="F94" s="3"/>
     </row>
     <row r="95" spans="1:6">
       <c r="A95" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B95" s="17" t="s">
         <v>190</v>
       </c>
       <c r="C95" s="17" t="s">
         <v>191</v>
       </c>
       <c r="D95" s="17" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>167</v>
+      </c>
+      <c r="E95" s="18">
+        <v>0</v>
       </c>
       <c r="F95" s="3"/>
     </row>
     <row r="96" spans="1:6">
       <c r="A96" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B96" s="17" t="s">
         <v>192</v>
       </c>
       <c r="C96" s="17" t="s">
         <v>193</v>
       </c>
       <c r="D96" s="17" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>167</v>
+      </c>
+      <c r="E96" s="18">
+        <v>0</v>
       </c>
       <c r="F96" s="3"/>
     </row>
     <row r="97" spans="1:6">
       <c r="A97" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B97" s="17" t="s">
         <v>194</v>
       </c>
       <c r="C97" s="17" t="s">
         <v>195</v>
       </c>
       <c r="D97" s="17" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>167</v>
+      </c>
+      <c r="E97" s="18">
+        <v>0</v>
       </c>
       <c r="F97" s="3"/>
     </row>
     <row r="98" spans="1:6">
       <c r="A98" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B98" s="17" t="s">
         <v>196</v>
       </c>
       <c r="C98" s="17" t="s">
         <v>197</v>
       </c>
       <c r="D98" s="17" t="s">
         <v>198</v>
       </c>
       <c r="E98" s="18">
         <v>0</v>
       </c>
       <c r="F98" s="3"/>
     </row>
     <row r="99" spans="1:6">
       <c r="A99" s="17" t="s">
         <v>17</v>
       </c>
@@ -3034,50 +3034,50 @@
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Прайс-лист за 04.02.2026</vt:lpstr>
+      <vt:lpstr>Прайс-лист за 21.03.2026</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft Corporation</Company>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Unknown Creator</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Untitled Spreadsheet</dc:title>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>