--- v0 (2025-10-30)
+++ v1 (2026-02-04)
@@ -6,245 +6,911 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="-1" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
-    <sheet name="Прайс-лист за 30.10.2025" sheetId="1" r:id="rId4"/>
+    <sheet name="Прайс-лист за 04.02.2026" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист за 30.10.2025'!$A$11:$E$340</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист за 04.02.2026'!$A$11:$E$340</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="678">
   <si>
     <t>ПРАЙС-ЛИСТ</t>
   </si>
   <si>
     <t>ЕДИНЫЙ НОМЕР</t>
   </si>
   <si>
     <t>8-800-555-7057</t>
   </si>
   <si>
     <t>МОСКВА</t>
   </si>
   <si>
     <t>8-495-646-7057</t>
   </si>
   <si>
     <t>Компания "ТопСети"</t>
   </si>
   <si>
     <t>САНКТ-ПЕТЕРБУРГ</t>
   </si>
   <si>
     <t>8-812-645-7058</t>
   </si>
   <si>
     <t>www.topseti.ru</t>
   </si>
   <si>
     <t>sales@topseti.ru</t>
   </si>
   <si>
     <t>Цены действительны на:</t>
   </si>
   <si>
-    <t>30.10.2025</t>
+    <t>04.02.2026</t>
   </si>
   <si>
     <t>Производитель</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Название</t>
   </si>
   <si>
     <t>Группа</t>
   </si>
   <si>
     <t>Цена, руб.</t>
   </si>
   <si>
     <t>APC</t>
   </si>
   <si>
+    <t>Модуль дистанционного администрирования ИБП APC MGE SNMP/Web Card 66074</t>
+  </si>
+  <si>
+    <t>Источники бесперебойного питания</t>
+  </si>
+  <si>
+    <t>Звоните</t>
+  </si>
+  <si>
+    <t>ACF001RF</t>
+  </si>
+  <si>
+    <t>Фильтр для систем охлаждения APC Replacement Filter Air Distribution Unit - 3 Packs ACF001RF</t>
+  </si>
+  <si>
+    <t>ACF402</t>
+  </si>
+  <si>
+    <t>Устройство отвода тепла APC Rack Air Removal Unit 100-240V 50/60HZ for NetShelter SX 750 mm Enclosure ACF402</t>
+  </si>
+  <si>
+    <t>AP9207</t>
+  </si>
+  <si>
+    <t>Модуль APC Share-UPS 8-Port Interface Expander, multiple server shutdown and out of band management AP9207</t>
+  </si>
+  <si>
+    <t>AP9335T</t>
+  </si>
+  <si>
+    <t>Датчик APC Temperature Sensor AP9335T</t>
+  </si>
+  <si>
+    <t>AP9335TH</t>
+  </si>
+  <si>
+    <t>Датчик температуры и влажности APC Temperature &amp; Humidity Sensor AP9335TH</t>
+  </si>
+  <si>
+    <t>AP9512TBLK</t>
+  </si>
+  <si>
+    <t>Датчик температуры и влажности APC Temperature Sensor AP9512TBLK</t>
+  </si>
+  <si>
+    <t>AP9512THBLK</t>
+  </si>
+  <si>
+    <t>Датчик температуры и влажности APC Temperature &amp; Humidity Sensor AP9512THBLK</t>
+  </si>
+  <si>
+    <t>AP9520TH</t>
+  </si>
+  <si>
+    <t>Датчик APC A-LINK TEMPERATURE/HUMIDITY SENSOR W/DISPLAY AP9520TH</t>
+  </si>
+  <si>
     <t>AP9607</t>
   </si>
   <si>
     <t>Модуль APC 2-Port Serial Interface Expander SmartSlot Card AP9607</t>
   </si>
   <si>
-    <t>Источники бесперебойного питания</t>
+    <t>AP9607CB</t>
+  </si>
+  <si>
+    <t>APC Interface Expander with 2 UPS Communication Cables SmartSlot Card AP9607CB</t>
+  </si>
+  <si>
+    <t>AP9610</t>
+  </si>
+  <si>
+    <t>Модуль контроля и мониторинга электропитания через интерфейс сухих контактов Relay I/O Card (intelligent communications via dry contact interface) AP9610</t>
+  </si>
+  <si>
+    <t>AP9612TH</t>
+  </si>
+  <si>
+    <t>Блок мониторинга ИБП APC Environmental Monitoring SmartSlot Card (Temperature &amp; Humidity) AP9612TH</t>
+  </si>
+  <si>
+    <t>AP9618</t>
+  </si>
+  <si>
+    <t>Модуль управления ИБП APC Network Management Card EM MDM 10/100BaseT with Modem, Environmental monitoring, Dry Contact inputs, Auto-sensing LAN Connection AP9618</t>
+  </si>
+  <si>
+    <t>AP9625</t>
+  </si>
+  <si>
+    <t>Комплект для монтажа в стойку APC 2-Post Mounting Kit for Smart-UPS and Symmetra AP9625</t>
+  </si>
+  <si>
+    <t>AP9630</t>
+  </si>
+  <si>
+    <t>Модуль удаленного контроля и управления ИБП APC UPS Network Management Card 2 (HTTPS/SSL, SSH (up to 2048-bit encr.), SNMPv3 CD with software (new release AP9617) AP9630</t>
+  </si>
+  <si>
+    <t>AP9631</t>
+  </si>
+  <si>
+    <t>Модуль удаленного контроля и управления ИБП APC UPS Network Management Card 2 with Env. Monitoring (HTTPS/SSL, SSH (up to 2048-bit encr.), SNMPv3, CD with software, Temp. Sensor (new release AP9619) AP9631</t>
+  </si>
+  <si>
+    <t>AP9810</t>
+  </si>
+  <si>
+    <t>Дополнительная плата сетевого управления Network Management Card для ИБП APC Dry Contact I/O Accessory AP9810</t>
+  </si>
+  <si>
+    <t>AP9823</t>
+  </si>
+  <si>
+    <t>Кабель APC Interface cable for Novell Unixware, SCO Unix, Linux etc AP9823</t>
   </si>
   <si>
     <t>APCRBC105</t>
   </si>
   <si>
     <t>Батарея APC Battery replacement kit for SUA2200RMXLI3U,SUA3000RMXLI3U APCRBC105</t>
   </si>
   <si>
+    <t>APCRBC106</t>
+  </si>
+  <si>
+    <t>Батарея APC Replacement Battery Cartridge #106 APCRBC106</t>
+  </si>
+  <si>
+    <t>APCRBC109</t>
+  </si>
+  <si>
+    <t>Батарея APC Battery replacement kit for BR1200LCDI APCRBC109</t>
+  </si>
+  <si>
+    <t>APCRBC110</t>
+  </si>
+  <si>
+    <t>Батарея APC Replacement Battery Cartridge #110 APCRBC110</t>
+  </si>
+  <si>
     <t>BE400-RS</t>
   </si>
   <si>
     <t>ИБП 400ВА APC Back-UPS ES 400 BE400-RS, черный</t>
   </si>
   <si>
     <t>BE525-RS</t>
   </si>
   <si>
     <t>ИБП 525ВА APC Back-UPS ES 525 BE525-RS, черный (USB)</t>
   </si>
   <si>
     <t>BE550G-RS</t>
   </si>
   <si>
     <t>ИБП 550ВА APC Back-UPS ES 550 BE550G-RS, черный (USB)</t>
   </si>
   <si>
     <t>BE700G-RS</t>
   </si>
   <si>
     <t>ИБП 700ВА APC Back-UPS ES 700 BE700G-RS, черный (USB)</t>
   </si>
   <si>
     <t>BK500-RS</t>
   </si>
   <si>
     <t>ИБП 500ВА APC Back-UPS CS 500 BK500-RS, белый</t>
   </si>
   <si>
     <t>BK500EI</t>
   </si>
   <si>
     <t>ИБП 500ВА APC Back-UPS CS 500 BK500EI, белый (USB)</t>
   </si>
   <si>
     <t>BK650EI</t>
   </si>
   <si>
     <t>ИБП 650ВА APC Back-UPS CS 650 BK650EI, белый (USB)</t>
   </si>
   <si>
     <t>BR1200LCDI</t>
   </si>
   <si>
     <t>ИБП 1200ВА APC Back-UPS RS 1200 BR1200LCDI, черный (USB)</t>
   </si>
   <si>
+    <t>BR24BPG</t>
+  </si>
+  <si>
+    <t>Батарея APC External Battery Pack for Back-UPS RS/XS 1500VA, 24V, 2 year warranty BR24BPG</t>
+  </si>
+  <si>
     <t>BR650CI-RS</t>
   </si>
   <si>
     <t>ИБП 650ВА APC Back-UPS RS 650 BR650CI-RS, черный</t>
   </si>
   <si>
     <t>BR900GI</t>
   </si>
   <si>
     <t>ИБП 900ВА APC Power-Saving Back-UPS Pro 900 BR900GI, черный (USB)</t>
   </si>
   <si>
+    <t>G35T10KH1B2S</t>
+  </si>
+  <si>
+    <t>ИБП 10кВА APC MGE Galaxy 3500, 8000 Watts / 10 kVA,Входной 400V 3PH / Выход 400V 3PH, Interface Port DB-9 RS-232, G35T, with 1 Battery Module Exp to 2 G35T10KH1B2S</t>
+  </si>
+  <si>
+    <t>G35T10KH1B4S</t>
+  </si>
+  <si>
+    <t>ИБП 10кВА APC MGE Galaxy 3500, 8000 Watts / 10 kVA,Входной 400V 3PH / Выход 400V 3PH, Interface Port DB-9 RS-232, G35T, with 1 Battery Module Exp to 4 G35T10KH1B4S</t>
+  </si>
+  <si>
+    <t>G35T10KH2B2S</t>
+  </si>
+  <si>
+    <t>ИБП 10кВА APC MGE Galaxy 3500, 8000 Watts / 10 kVA,Входной 400V 3PH / Выход 400V 3PH, Interface Port DB-9 RS-232, G35T, with 2 Battery Modules G35T10KH2B2S</t>
+  </si>
+  <si>
+    <t>G35T10KH2B4S</t>
+  </si>
+  <si>
+    <t>ИБП 10кВА APC MGE Galaxy 3500, 8000 Watts / 10 kVA,Входной 400V 3PH / Выход 400V 3PH, Interface Port DB-9 RS-232, G35T, with 2 Batt Mod Exp to 4 G35T10KH2B4S</t>
+  </si>
+  <si>
+    <t>G35T10KH3B4S</t>
+  </si>
+  <si>
+    <t>ИБП 10кВА APC MGE Galaxy 3500, 8000 Watts / 10 kVA,Входной 400V 3PH / Выход 400V 3PH, Interface Port DB-9 RS-232, G35T, with 3 Batt Mod Exp to 4 G35T10KH3B4S</t>
+  </si>
+  <si>
+    <t>G35T10KH4B4S</t>
+  </si>
+  <si>
+    <t>ИБП 10кВА APC MGE Galaxy 3500, 8000 Watts / 10 kVA,Входной 400V 3PH / Выход 400V 3PH, Interface Port DB-9 RS-232, G35T, with 4 Battery Modules G35T10KH4B4S</t>
+  </si>
+  <si>
+    <t>G35T10KHS</t>
+  </si>
+  <si>
+    <t>ИБП 10кВА APC MGE Galaxy 3500 10kVA 400V, без батарей G35T10KHS</t>
+  </si>
+  <si>
+    <t>G35T15K3I2B2S</t>
+  </si>
+  <si>
+    <t>ИБП 15кВА APC MGE Galaxy 3500, 12 kW / 15 kVA,Входной 400V 3PH / Выход 230V, Interface Port DB-9 RS-232, Extended runtime model G35T15K3I2B2S</t>
+  </si>
+  <si>
+    <t>G35T15K3I2B4S</t>
+  </si>
+  <si>
+    <t>ИБП 15кВА APC MGE Galaxy 3500, 12 kW / 15 kVA,Входной 400V 3PH / Выход 230V, Interface Port DB-9 RS-232, with 2 Battery Modules Expandable to 4, Start-up 5X8 G35T15K3I2B4S</t>
+  </si>
+  <si>
+    <t>G35T15K3I3B4S</t>
+  </si>
+  <si>
+    <t>ИБП 15кВА APC MGE Galaxy 3500, 12 kW / 15 kVA,Входной 400V 3PH / Выход 230V, Interface Port DB-9 RS-232, 3:1 with 3 Battery Modules Expandable to 4, Start-up 5X8 G35T15K3I3B4S</t>
+  </si>
+  <si>
+    <t>G35T15K3I4B4S</t>
+  </si>
+  <si>
+    <t>ИБП 15кВА APC MGE Galaxy 3500, 12 kW / 15 kVA,Входной 400V 3PH / Выход 230V, Interface Port DB-9 RS-232, with 4 Battery Modules, Start-up 5X8 G35T15K3I4B4S</t>
+  </si>
+  <si>
+    <t>G35T15K3IS</t>
+  </si>
+  <si>
+    <t>ИБП 15кВА APC MGE Galaxy 3500 15kVA 400V 3:1, Start-up 5X8, без батарей G35T15K3IS</t>
+  </si>
+  <si>
+    <t>G35T15KH2B2S</t>
+  </si>
+  <si>
+    <t>ИБП 15кВА APC MGE Galaxy 3500, 12 kW / 15 kVA,Входной 400V 3PH / Выход 400V 3PH, Interface Port DB-9 RS-232, G35T, with 2 Battery Modules G35T15KH2B2S</t>
+  </si>
+  <si>
+    <t>G35T15KH2B4S</t>
+  </si>
+  <si>
+    <t>ИБП 15кВА APC MGE Galaxy 3500, 12 kW / 15 kVA,Входной 400V 3PH / Выход 400V 3PH, Interface Port DB-9 RS-232, G35T, with 2 Batt Mod Exp to 4 G35T15KH2B4S</t>
+  </si>
+  <si>
+    <t>G35T15KH3B4S</t>
+  </si>
+  <si>
+    <t>ИБП 15кВА APC MGE Galaxy 3500, 12 kW / 15 kVA,Входной 400V 3PH / Выход 400V 3PH, Interface Port DB-9 RS-232, G35T, with 3 Batt Mod Exp to 4 G35T15KH3B4S</t>
+  </si>
+  <si>
+    <t>G35T15KH4B4S</t>
+  </si>
+  <si>
+    <t>ИБП 15кВА APC MGE Galaxy 3500, 12 kW / 15 kVA,Входной 400V 3PH / Выход 400V 3PH, Interface Port DB-9 RS-232, G35T, with 4 Battery Modules G35T15KH4B4S</t>
+  </si>
+  <si>
+    <t>G35T15KHS</t>
+  </si>
+  <si>
+    <t>ИБП 15кВА APC MGE Galaxy 3500 15kVA 400V, без батарей G35T15KHS</t>
+  </si>
+  <si>
+    <t>G35T20K3I2B2S</t>
+  </si>
+  <si>
+    <t>ИБП 20кВА APC MGE Galaxy 3500, 16 kW / 20 kVA,Входной 400V 3PH / Выход 230V, Interface Port DB-9 RS-232, 3:1 with 2 Battery Modules, Start-up 5X8 G35T20K3I2B2S</t>
+  </si>
+  <si>
+    <t>G35T20K3I2B4S</t>
+  </si>
+  <si>
+    <t>ИБП 20кВА APC MGE Galaxy 3500, 16 kW / 20 kVA,Входной 400V 3PH / Выход 230V, Interface Port DB-9 RS-232, 3:1 with 2 Battery Modules Expandable to 4 G35T20K3I2B4S</t>
+  </si>
+  <si>
+    <t>G35T20K3I3B4S</t>
+  </si>
+  <si>
+    <t>ИБП 20кВА APC MGE Galaxy 3500, 16 kW / 20 kVA,Входной 400V 3PH / Выход 230V, Interface Port DB-9 RS-232, 3:1 with 3 Battery Modules Expandable to 4 G35T20K3I3B4S</t>
+  </si>
+  <si>
+    <t>G35T20K3I4B4S</t>
+  </si>
+  <si>
+    <t>ИБП 20кВА APC MGE Galaxy 3500, 16 kW / 20 kVA,Входной 400V 3PH / Выход 230V, Interface Port DB-9 RS-232, 3:1 with 4 Battery Modules G35T20K3I4B4S</t>
+  </si>
+  <si>
+    <t>G35T20K3IS</t>
+  </si>
+  <si>
+    <t>ИБП 20кВА APC MGE Galaxy 3500 20kVA 400V 3:1, без батарей G35T20K3IS</t>
+  </si>
+  <si>
+    <t>G35T20KH2B2S</t>
+  </si>
+  <si>
+    <t>ИБП 20кВА APC MGE Galaxy 3500, 16 kW / 20 kVA,Входной 400V 3PH / Выход 400V 3PH, Interface Port DB-9 RS-232, G35T, with 2 Battery Modules G35T20KH2B2S</t>
+  </si>
+  <si>
+    <t>G35T20KH2B4S</t>
+  </si>
+  <si>
+    <t>ИБП 20кВА APC MGE Galaxy 3500, 16 kW / 20 kVA,Входной 400V 3PH / Выход 400V 3PH, Interface Port DB-9 RS-232, G35T, with 2 Batt Mod Exp to 4 G35T20KH2B4S</t>
+  </si>
+  <si>
+    <t>G35T20KH3B4S</t>
+  </si>
+  <si>
+    <t>ИБП 20кВА APC MGE Galaxy 3500, 16 kW / 20 kVA,Входной 400V 3PH / Выход 400V 3PH, Interface Port DB-9 RS-232, G35T, with 3 Batt Mod Exp to 4 G35T20KH3B4S</t>
+  </si>
+  <si>
+    <t>G35T20KH4B4S</t>
+  </si>
+  <si>
+    <t>ИБП 20кВА APC MGE Galaxy 3500, 16 kW / 20 kVA,Входной 400V 3PH / Выход 400V 3PH, Interface Port DB-9 RS-232, G35T, with 4 Batt Mod G35T20KH4B4S</t>
+  </si>
+  <si>
+    <t>G35T20KHS</t>
+  </si>
+  <si>
+    <t>ИБП 20кВА APC MGE Galaxy 3500 20kVA 400V, без батарей G35T20KHS</t>
+  </si>
+  <si>
+    <t>G35T30K3I3B4S</t>
+  </si>
+  <si>
+    <t>ИБП 30кВА APC MGE Galaxy 3500, 24 kW / 30 kVA,Входной 400V 3PH / Выход 230V, Interface Port DB-9 RS-232, 3:1 with 3 Battery Modules Expandable to 4 G35T30K3I3B4S</t>
+  </si>
+  <si>
+    <t>G35T30K3I4B4S</t>
+  </si>
+  <si>
+    <t>ИБП 30кВА APC MGE Galaxy 3500, 24 kW / 30 kVA,Входной 400V 3PH / Выход 230V, Interface Port DB-9 RS-232, 3:1 with 4 Battery Modules G35T30K3I4B4S</t>
+  </si>
+  <si>
+    <t>G35T30K3IS</t>
+  </si>
+  <si>
+    <t>ИБП 30кВА APC MGE Galaxy 3500 30kVA 400V 3:1, без батарей G35T30K3IS</t>
+  </si>
+  <si>
+    <t>G35T30KH3B4S</t>
+  </si>
+  <si>
+    <t>ИБП 30кВА APC MGE Galaxy 3500, 24 kW / 30 kVA,Входной 400V 3PH / Выход 400V 3PH, Interface Port DB-9 RS-232, G35T, with 3 Batt Mod Exp to 4 G35T30KH3B4S</t>
+  </si>
+  <si>
+    <t>G35T30KH4B4S</t>
+  </si>
+  <si>
+    <t>ИБП 30кВА APC MGE Galaxy 3500, 24 kW / 30 kVA,Входной 400V 3PH / Выход 400V 3PH, Interface Port DB-9 RS-232, G35T, with 4 Batt Mod G35T30KH4B4S</t>
+  </si>
+  <si>
+    <t>G35T30KHS</t>
+  </si>
+  <si>
+    <t>ИБП 30кВА APC MGE Galaxy 3500 30kVA 400V, без батарей G35T30KHS</t>
+  </si>
+  <si>
+    <t>G35T40K3I4B4S</t>
+  </si>
+  <si>
+    <t>ИБП 40кВА APC MGE Galaxy 3500, 32 kW / 40 kVA,Входной 400V 3PH / Выход 230V, Interface Port DB-9 RS-232, 3:1 with 4 Battery Modules G35T40K3I4B4S</t>
+  </si>
+  <si>
+    <t>G35T40K3IS</t>
+  </si>
+  <si>
+    <t>ИБП 40кВА APC MGE Galaxy 3500 40kVA 400V 3:1, без батарей G35T40K3IS</t>
+  </si>
+  <si>
+    <t>G35T40KH4B4S</t>
+  </si>
+  <si>
+    <t>ИБП 40кВА APC MGE Galaxy 3500, 32 kW / 40 kVA,Входной 400V 3PH / Выход 400V 3PH, Interface Port DB-9 RS-232, G35T, with 4 Batt Mod G35T40KH4B4S</t>
+  </si>
+  <si>
+    <t>G35T40KHS</t>
+  </si>
+  <si>
+    <t>ИБП 40кВА APC MGE Galaxy 3500 40kVA 400V, без батарей G35T40KHS</t>
+  </si>
+  <si>
+    <t>G35TBXR2B6</t>
+  </si>
+  <si>
+    <t>Батарея APC MGE Galaxy 3500 Extended Run Frame, with MCCB, with 2 Battery Modules Exp. to 6 G35TBXR2B6</t>
+  </si>
+  <si>
+    <t>G35TBXR6B6</t>
+  </si>
+  <si>
+    <t>Батарея APC MGE Galaxy 3500 Extended Run Enclosure, with MCCB, with 6 Battery Modules G35TBXR6B6</t>
+  </si>
+  <si>
+    <t>G35TOPT004</t>
+  </si>
+  <si>
+    <t>APC MGE Galaxy 3500 Baying Kit, 14inch/351mm UPS Enclosure to XR G35TOPT004</t>
+  </si>
+  <si>
+    <t>G35TOPT005</t>
+  </si>
+  <si>
+    <t>APC MGE Galaxy 3500 Baying Kit, 20inch/523mm UPS Enclosure to XR G35TOPT005</t>
+  </si>
+  <si>
+    <t>G5TUPS100</t>
+  </si>
+  <si>
+    <t>ИБП 100кВА APC MGE Galaxy 5000 100 kVA, 400V 3PH, 480V 3PH Выход / 400V 3PH, 480V 3PH Входной G5TUPS100</t>
+  </si>
+  <si>
+    <t>G5TUPS120</t>
+  </si>
+  <si>
+    <t>ИБП 120кВА APC MGE Galaxy 5000 120 kVA, 400V 3PH Выход / 400V 3PH Входной G5TUPS120</t>
+  </si>
+  <si>
+    <t>G5TUPS20</t>
+  </si>
+  <si>
+    <t>ИБП 20кВА APC MGE Galaxy 5000 20 kVA, 400V 3PH Выход / 400V 3PH Входной G5TUPS20</t>
+  </si>
+  <si>
+    <t>G5TUPS30</t>
+  </si>
+  <si>
+    <t>ИБП 30кВА APC MGE Galaxy 5000 30 kVA, 400V 3PH Выход / 400V 3PH Входной G5TUPS30</t>
+  </si>
+  <si>
+    <t>G5TUPS40</t>
+  </si>
+  <si>
+    <t>ИБП 40кВА APC MGE Galaxy 5000 40 kVA, 400V 3PH, 480V 3PH Выход / 400V 3PH, 480V 3PH Входной G5TUPS40</t>
+  </si>
+  <si>
+    <t>G5TUPS60</t>
+  </si>
+  <si>
+    <t>ИБП 60кВА APC MGE Galaxy 5000 60 kVA, 400V 3PH, 480V 3PH Выход / 400V 3PH, 480V 3PH Входной G5TUPS60</t>
+  </si>
+  <si>
+    <t>G5TUPS80</t>
+  </si>
+  <si>
+    <t>ИБП 80кВА APC MGE Galaxy 5000 80 kVA, 400V 3PH, 480V 3PH Выход / 400V 3PH, 480V 3PH Входной G5TUPS80</t>
+  </si>
+  <si>
+    <t>G7TUPS160</t>
+  </si>
+  <si>
+    <t>ИБП 160кВА APC MGE Galaxy 7000 160 kVA, вход 400V 3PH, выход 400V 3PH G7TUPS160</t>
+  </si>
+  <si>
+    <t>G7TUPS200</t>
+  </si>
+  <si>
+    <t>ИБП 200кВА APC MGE Galaxy 7000 200 kVA, 400V 3PH Выход / 400V 3PH Входной G7TUPS200</t>
+  </si>
+  <si>
+    <t>G7TUPS250</t>
+  </si>
+  <si>
+    <t>ИБП 250кВА APC MGE Galaxy 7000 250 kVA, 400V 3PH Выход / 400V 3PH Входной G7TUPS250</t>
+  </si>
+  <si>
+    <t>G7TUPS300</t>
+  </si>
+  <si>
+    <t>ИБП 300кВА APC MGE Galaxy 7000 300 kVA, 400V 3PH Выход / 400V 3PH Входной G7TUPS300</t>
+  </si>
+  <si>
+    <t>G7TUPS400</t>
+  </si>
+  <si>
+    <t>ИБП 400кВА APC MGE Galaxy 7000 400 kVA, 400V 3PH Выход / 400V 3PH Входной G7TUPS400</t>
+  </si>
+  <si>
+    <t>G7TUPS500</t>
+  </si>
+  <si>
+    <t>ИБП 500кВА APC MGE Galaxy 7000 500 kVA, 400V 3PH Выход / 400V 3PH Входной G7TUPS500</t>
+  </si>
+  <si>
+    <t>G9TUPS800</t>
+  </si>
+  <si>
+    <t>ИБП 800кВА APC MGE Galaxy 9000, 720 kW / 800 kVA,Входной 400V 3PH / Выход 400V 3PH G9TUPS800</t>
+  </si>
+  <si>
+    <t>G9TUPS900</t>
+  </si>
+  <si>
+    <t>ИБП 900кВА APC MGE Galaxy 9000, 720 kW / 900 kVA,Входной 400V 3PH / Выход 400V 3PH G9TUPS900</t>
+  </si>
+  <si>
+    <t>LE1200I</t>
+  </si>
+  <si>
+    <t>Стабилизатор напряжения 1200ВА APC Line-R Automatic Voltage Regulator LE1200I, белый</t>
+  </si>
+  <si>
+    <t>LE600I</t>
+  </si>
+  <si>
+    <t>Стабилизатор напряжения 600ВА APC Line-R Automatic Voltage Regulator LE600I, белый</t>
+  </si>
+  <si>
+    <t>OM-TMRAL010</t>
+  </si>
+  <si>
+    <t>APC CURRENT EXCHANGE &amp; BUSCAN CABLES L=20 OM-TMRAL010</t>
+  </si>
+  <si>
+    <t>RBC11</t>
+  </si>
+  <si>
+    <t>Батарея APC Battery replacement kit for SU2200inet, SU2200RMinet, SU2200XLinet, SU3000inet, SU24XLBP, SU48XLBP, SU48RMXLBP RBC11</t>
+  </si>
+  <si>
+    <t>RBC12</t>
+  </si>
+  <si>
+    <t>Батарея APC Battery replacement kit for SU3000RMi3U, SU2200RMI3U, SU5000I, SU5000RMI5U RBC12</t>
+  </si>
+  <si>
+    <t>RBC14</t>
+  </si>
+  <si>
+    <t>Батарея APC Battery replacement kit for SMARTCELL-XRW, UXBP48M RBC14</t>
+  </si>
+  <si>
+    <t>RBC17</t>
+  </si>
+  <si>
+    <t>Батарея APC Battery replacement kit for BK650EI RBC17</t>
+  </si>
+  <si>
+    <t>RBC18</t>
+  </si>
+  <si>
+    <t>Батарея APC Battery replacement kit for PS250I , PS450I RBC18</t>
+  </si>
+  <si>
+    <t>RBC2</t>
+  </si>
+  <si>
+    <t>Батарея APC Battery replacement kit for BK250EC, BK250EI, BP280i, BK400i, BK400EC, BK400EI, BP420I, SUVS420i, BK500MI, BK500I, BK350EI, BK500EI RBC2</t>
+  </si>
+  <si>
     <t>RBC22</t>
   </si>
   <si>
     <t>Батарея APC Battery replacement kit for SU700RM2U, SU700RMI2U RBC22</t>
   </si>
   <si>
     <t>RBC23</t>
   </si>
   <si>
     <t>Батарея APC Battery replacement kit for SU1000RM2U, SU1000RMI2U RBC23</t>
   </si>
   <si>
     <t>RBC24</t>
   </si>
   <si>
     <t>Батарея APC Battery replacement kit for SUA1500RMI2U, SU1400RM2U, SU1400RMI2U, SU1400R2IBX120 RBC24</t>
   </si>
   <si>
+    <t>RBC25</t>
+  </si>
+  <si>
+    <t>Батарея APC Battery replacement kit for SU1400RMXLI3U RBC25</t>
+  </si>
+  <si>
+    <t>RBC27</t>
+  </si>
+  <si>
+    <t>Батарея APC Battery replacement kit for SU2000RMXLI3U, SU3000RMXLI3U RBC27</t>
+  </si>
+  <si>
+    <t>RBC29</t>
+  </si>
+  <si>
+    <t>Батарея APC Battery replacement kit for BF350-GR RBC29</t>
+  </si>
+  <si>
+    <t>RBC3</t>
+  </si>
+  <si>
+    <t>Батарея APC Battery replacement kit for BK600I, BK600EC RBC3</t>
+  </si>
+  <si>
+    <t>RBC30</t>
+  </si>
+  <si>
+    <t>Батарея APC Battery replacement kit for BF500-GR RBC30</t>
+  </si>
+  <si>
+    <t>RBC31</t>
+  </si>
+  <si>
+    <t>Батарея APC Battery replacement kit for SURT1000XLI, SURT2000XLI RBC31</t>
+  </si>
+  <si>
+    <t>RBC32</t>
+  </si>
+  <si>
+    <t>Батарея APC Battery replacement kit for BR1000I, BR800I RBC32</t>
+  </si>
+  <si>
+    <t>RBC33</t>
+  </si>
+  <si>
+    <t>Батарея APC Battery replacement kit for BR1500I RBC33</t>
+  </si>
+  <si>
+    <t>RBC34</t>
+  </si>
+  <si>
+    <t>Батарея APC Battery replacement kit for SUA1000RMI1U, SUA750RMI1U RBC34</t>
+  </si>
+  <si>
+    <t>RBC4</t>
+  </si>
+  <si>
+    <t>Батарея APC Battery replacement kit for BP650I, SUVS650I RBC4</t>
+  </si>
+  <si>
+    <t>RBC43</t>
+  </si>
+  <si>
+    <t>Батарея APC Battery replacement kit for SUA2200RMI2U, SUA3000RMI2U, SUM1500RMXLI2U RBC43</t>
+  </si>
+  <si>
+    <t>RBC44</t>
+  </si>
+  <si>
+    <t>Батарея APC Battery replacement kit for SURT1000XLI, SURT3000XLI, SURT5000XLI, SURT7500XLI, SURTD3000XLI,SURTD5000XLI RBC44</t>
+  </si>
+  <si>
+    <t>RBC48</t>
+  </si>
+  <si>
+    <t>Батарея APC Battery replacement kit for SUA750I RBC48</t>
+  </si>
+  <si>
+    <t>RBC5</t>
+  </si>
+  <si>
+    <t>Батарея APC Battery replacement kit for SU450Inet, SU700inet RBC5</t>
+  </si>
+  <si>
     <t>RBC55</t>
   </si>
   <si>
     <t>Батарея APC Replacement Battery Cartridge #55 RBC55</t>
   </si>
   <si>
+    <t>RBC59</t>
+  </si>
+  <si>
+    <t>Батарея APC Battery replacement kit for SC1500I RBC59</t>
+  </si>
+  <si>
+    <t>RBC6</t>
+  </si>
+  <si>
+    <t>Батарея APC Battery replacement kit for BP1000I, SUVS1000I, SU1000INET, SU1000RMINET, SUA1000I RBC6</t>
+  </si>
+  <si>
+    <t>RBC7</t>
+  </si>
+  <si>
+    <t>Батарея APC Battery replacement kit for SU700XLINET, SU1000XLINET, BP1400I, SUVS1400I, SU1400INET, SUA1500I RBC7</t>
+  </si>
+  <si>
+    <t>RBC8</t>
+  </si>
+  <si>
+    <t>Батарея APC Battery replacement kit for SU1400Rminet RBC8</t>
+  </si>
+  <si>
+    <t>RBC9</t>
+  </si>
+  <si>
+    <t>Батарея APC Battery replacement kit for SU700RMinet RBC9</t>
+  </si>
+  <si>
+    <t>SBP5000RMI2U</t>
+  </si>
+  <si>
+    <t>Модуль обхода APC Service Bypass Panel- 230V; 50A; BBM; IEC320 C20/HW input; IEC-320 Output- (2) C19 (8) C13 SBP5000RMI2U</t>
+  </si>
+  <si>
+    <t>SBPAR30K40H-WP</t>
+  </si>
+  <si>
+    <t>Внешняя панель обходного режима APC Parallel Maintenance Bypass Panel, up to 3 units 30-40kVA, 400V Wallmount SBPAR30K40H-WP</t>
+  </si>
+  <si>
     <t>SC1000I</t>
   </si>
   <si>
     <t>ИБП 1000ВА APC Smart-UPS SC 1000 SC1000I, черный (COM)</t>
   </si>
   <si>
     <t>SC1500I</t>
   </si>
   <si>
     <t>ИБП 1500ВА APC Smart-UPS SC 1500 SC1500I, черный (COM)</t>
   </si>
   <si>
     <t>SC420I</t>
   </si>
   <si>
     <t>ИБП 420ВА APC Smart-UPS SC 420 SC420I, черный (COM)</t>
   </si>
   <si>
     <t>SC450RMI1U</t>
   </si>
   <si>
     <t>ИБП 450ВА APC Smart-UPS SC 450VA SC450RMI1U, черный (COM)</t>
   </si>
   <si>
     <t>SC620I</t>
   </si>
   <si>
     <t>ИБП 620ВА APC Smart-UPS SC 620 SC620I, черный (COM)</t>
   </si>
   <si>
+    <t>SSPCNSV</t>
+  </si>
+  <si>
+    <t>APC PowerChute Network Shutdown for VMware ESX - CD SSPCNSV</t>
+  </si>
+  <si>
+    <t>SU032A</t>
+  </si>
+  <si>
+    <t>Комплект направляющих APC 4-POST RACKMOUNT RAILS SU032A</t>
+  </si>
+  <si>
+    <t>SU24R2XLBP</t>
+  </si>
+  <si>
+    <t>Батарея APC Smart-UPS RM 2U XL 24V Battery Pack Black SU24R2XLBP</t>
+  </si>
+  <si>
     <t>SUA1000I</t>
   </si>
   <si>
     <t>ИБП 1000ВА APC Smart-UPS 1000 SUA1000I, черный (COM, USB)</t>
   </si>
   <si>
     <t>SUA1000RMI1U</t>
   </si>
   <si>
     <t>ИБП 1000ВА APC Smart-UPS 1000VA SUA1000RMI1U, черный (COM, USB)</t>
   </si>
   <si>
     <t>SUA1000RMI2U</t>
   </si>
   <si>
     <t>ИБП 1000ВА APC Smart-UPS 1000VA SUA1000RMI2U, черный (COM, USB)</t>
   </si>
   <si>
     <t>SUA1000XLI</t>
   </si>
   <si>
     <t>ИБП 1000ВА APC Smart-UPS XL 1000VA SUA1000XLI, черный (COM, USB)</t>
   </si>
   <si>
     <t>SUA1500I</t>
@@ -261,218 +927,332 @@
   <si>
     <t>SUA2200I</t>
   </si>
   <si>
     <t>ИБП 2200ВА APC Smart-UPS 2200 SUA2200I, черный (COM, USB)</t>
   </si>
   <si>
     <t>SUA2200RMI2U</t>
   </si>
   <si>
     <t>ИБП 2200ВА APC Smart-UPS 2200VA SUA2200RMI2U, черный (COM, USB)</t>
   </si>
   <si>
     <t>SUA2200RMXLI3U</t>
   </si>
   <si>
     <t>ИБП 2200ВА APC Smart-UPS XL 2200VA SUA2200RMXLI3U, черный (COM, USB)</t>
   </si>
   <si>
     <t>SUA2200XLI</t>
   </si>
   <si>
     <t>ИБП 2200ВА APC Smart-UPS XL 2200VA SUA2200XLI, черный (COM, USB)</t>
   </si>
   <si>
+    <t>SUA24XLBP</t>
+  </si>
+  <si>
+    <t>Батарея APC Smart-UPS 24V Battery Pack (for SUA750XLI/SUA1000XLI) Hot Pluggable, Intelligent Battery Management SUA24XLBP</t>
+  </si>
+  <si>
     <t>SUA3000I</t>
   </si>
   <si>
     <t>ИБП 3000ВА APC Smart-UPS 3000VA SUA3000I, черный (COM, USB)</t>
   </si>
   <si>
     <t>SUA3000RMI2U</t>
   </si>
   <si>
     <t>ИБП 3000ВА APC Smart-UPS 3000VA SUA3000RMI2U, черный (COM, USB)</t>
   </si>
   <si>
     <t>SUA3000RMXLI3U</t>
   </si>
   <si>
     <t>ИБП 3000ВА APC Smart-UPS XL 3000VA SUA3000RMXLI3U, черный (COM, USB)</t>
   </si>
   <si>
     <t>SUA3000XLI</t>
   </si>
   <si>
     <t>ИБП 3000ВА APC Smart-UPS XL 3000VA SUA3000XLI, черный (COM, USB)</t>
   </si>
   <si>
     <t>SUA48RMXLBP3U</t>
   </si>
   <si>
     <t>Батарея APC Smart-UPS 48V Battery Pack RackMount, 3U height (for SUA3000RMXLI3U) Hot Pluggable, Intelligent Battery Management SUA48RMXLBP3U</t>
   </si>
   <si>
+    <t>SUA48XLBP</t>
+  </si>
+  <si>
+    <t>Батарея APC Smart-UPS XL 48V Battery Pack (For SUA2200XLI; SUA3000XLI), Hot Pluggable, Tower/Rackmount (5U) SUA48XLBP</t>
+  </si>
+  <si>
     <t>SUA5000RMI5U</t>
   </si>
   <si>
     <t>ИБП 5000ВА APC Smart-UPS 5000VA SUA5000RMI5U, черный</t>
   </si>
   <si>
     <t>SUA750I</t>
   </si>
   <si>
     <t>ИБП 750ВА APC Smart-UPS 750 SUA750I, черный (COM, USB)</t>
   </si>
   <si>
     <t>SUA750RMI1U</t>
   </si>
   <si>
     <t>ИБП 750ВА APC Smart-UPS 750VA SUA750RMI1U, черный (COM, USB)</t>
   </si>
   <si>
     <t>SUA750RMI2U</t>
   </si>
   <si>
     <t>ИБП 750ВА APC Smart-UPS 750VA SUA750RMI2U, черный (COM, USB)</t>
   </si>
   <si>
     <t>SUM1500RMXLI2U</t>
   </si>
   <si>
     <t>ИБП 1500ВА APC Smart-UPS XL Modular 1500VA SUM1500RMXLI2U, черный (COM, USB)</t>
   </si>
   <si>
     <t>SUM3000RMXLI2U</t>
   </si>
   <si>
     <t>ИБП 3000ВА APC Smart-UPS XL Modular 3000VA SUM3000RMXLI2U, черный (COM, USB)</t>
   </si>
   <si>
+    <t>SUM48RMXLBP2U</t>
+  </si>
+  <si>
+    <t>Батарея APC Smart-UPS XL Modular 48V Extended Run Battery Pack, Rack Height 2U, Black SUM48RMXLBP2U</t>
+  </si>
+  <si>
+    <t>SURT007</t>
+  </si>
+  <si>
+    <t>Модуль жёсткого подключения нагрузки APC Smart-UPS RT 3000/5000/6000 VA Input/Output Hardwire Kit SURT007</t>
+  </si>
+  <si>
+    <t>SURT008</t>
+  </si>
+  <si>
+    <t>Кабель для ИБП APC Smart-UPS RT 15ft Extension Cable for 192VDC External Battery Packs SURT008</t>
+  </si>
+  <si>
     <t>SURT10000RMXLI</t>
   </si>
   <si>
     <t>ИБП 10000ВА APC Smart-UPS RT 10000VA SURT10000RMXLI, черный (COM, USB)</t>
   </si>
   <si>
     <t>SURT10000XLI</t>
   </si>
   <si>
     <t>ИБП 10000ВА APC Smart-UPS RT 10000VA SURT10000XLI, черный (COM, USB)</t>
   </si>
   <si>
     <t>SURT1000RMXLI</t>
   </si>
   <si>
     <t>ИБП 1000ВА APC Smart-UPS RT 1000VA SURT1000RMXLI, черный (COM, USB)</t>
   </si>
   <si>
     <t>SURT1000XLI</t>
   </si>
   <si>
     <t>ИБП 1000ВА APC Smart-UPS RT 1000VA SURT1000XLI, черный (COM, USB)</t>
   </si>
   <si>
     <t>SURT15KRMXLI</t>
   </si>
   <si>
     <t>ИБП 15кВА APC Smart-UPS RT 15kVA SURT15KRMXLI, черный (COM, USB)</t>
   </si>
   <si>
+    <t>SURT192RMXLBP</t>
+  </si>
+  <si>
+    <t>Батарея APC Smart-UPS RT RM battery pack, Extended-Run, 192 volts bus voltage, Rack 3U (Tower convertible), compatible with APC Smart-UPS RT RM 3000 - 10000VA (SURT192XLBP + SURTRK2) SURT192RMXLBP</t>
+  </si>
+  <si>
+    <t>SURT192RMXLBP2</t>
+  </si>
+  <si>
+    <t>Батарея APC Smart-UPS RT RM battery pack, Extended-Run, 192V bus voltage, Rack 6U, compatible with Smart-UPS RT RM 15 -20kVA, Black SURT192RMXLBP2</t>
+  </si>
+  <si>
+    <t>SURT192XLBP</t>
+  </si>
+  <si>
+    <t>Батарея APC Smart-UPS RT battery pack, Extended-Run, 192 volts bus voltage, Tower (Rack 3U convertible), compatible with APC Smart-UPS RT 3000 - 10000VA SURT192XLBP</t>
+  </si>
+  <si>
     <t>SURT2000RMXLI</t>
   </si>
   <si>
     <t>ИБП 2000ВА APC Smart-UPS RT 2000VA SURT2000RMXLI, черный (COM, USB)</t>
   </si>
   <si>
     <t>SURT2000XLI</t>
   </si>
   <si>
     <t>ИБП 2000ВА APC Smart-UPS RT 2000VA SURT2000XLI, черный (COM, USB)</t>
   </si>
   <si>
     <t>SURT20KRMXLI</t>
   </si>
   <si>
     <t>ИБП 20кВА APC Smart-UPS RT 20kVA SURT20KRMXLI, черный (COM, USB)</t>
   </si>
   <si>
+    <t>SURT3000XLI-ET</t>
+  </si>
+  <si>
+    <t>ИБП 3000ВА APC Smart-UPS RT 3000VA SURT3000XLI-ET, черный (COM, USB)</t>
+  </si>
+  <si>
+    <t>SURT48RMXLBP</t>
+  </si>
+  <si>
+    <t>Батарея APC Smart-UPS RT RM (On-Line) battery pack, Rack 2U (Tower convertible), 48 V, compatible with 1000 &amp; 2000 VA SKUs, Hot Swap, Intelligent Management (SURT48XLBP + SURTRK) SURT48RMXLBP</t>
+  </si>
+  <si>
+    <t>SURT48XLBP</t>
+  </si>
+  <si>
+    <t>Батарея APC Smart-UPS RT (On-Line) battery pack, Tower (Rack 2U convertible), 48 V, compatible with 1000 &amp; 2000 VA SKUs, Hot Swap, Intelligent Management SURT48XLBP</t>
+  </si>
+  <si>
     <t>SURT6000RMXLI</t>
   </si>
   <si>
     <t>ИБП 6000ВА APC Smart-UPS RT 6000VA SURT6000RMXLI, черный (COM, USB)</t>
   </si>
   <si>
     <t>SURT6000XLI</t>
   </si>
   <si>
     <t>ИБП 6000ВА APC Smart-UPS RT 6000VA SURT6000XLI, черный (COM, USB)</t>
   </si>
   <si>
+    <t>SURT6000XLI-ET</t>
+  </si>
+  <si>
+    <t>ИБП 6000ВА APC Smart-UPS RT 6000VA SURT6000XLI-ET, черный (COM, USB)</t>
+  </si>
+  <si>
     <t>SURT8000RMXLI</t>
   </si>
   <si>
     <t>ИБП 8000ВА APC Smart-UPS RT 8000VA SURT8000RMXLI, черный (COM, USB)</t>
   </si>
   <si>
     <t>SURT8000XLI</t>
   </si>
   <si>
     <t>ИБП 8000ВА APC Smart-UPS RT 8000VA SURT8000XLI, черный (COM, USB)</t>
   </si>
   <si>
     <t>SURTD3000RMXLI</t>
   </si>
   <si>
     <t>ИБП 3000ВА APC Smart-UPS RT 3000VA SURTD3000RMXLI, черный (COM, USB)</t>
   </si>
   <si>
     <t>SURTD3000XLI</t>
   </si>
   <si>
     <t>ИБП 3000ВА APC Smart-UPS RT 3000VA SURTD3000XLI, черный (COM, USB)</t>
   </si>
   <si>
     <t>SURTD5000RMXLI</t>
   </si>
   <si>
     <t>ИБП 5000ВА APC Smart-UPS RT 5000VA SURTD5000RMXLI, черный (COM, USB)</t>
   </si>
   <si>
     <t>SURTD5000XLI</t>
   </si>
   <si>
     <t>ИБП 5000ВА APC Smart-UPS RT 5000VA SURTD5000XLI, черный (COM, USB)</t>
   </si>
   <si>
     <t>SURTD5000XLI-ET</t>
   </si>
   <si>
     <t>ИБП 5000ВА APC Smart-UPS RT 5000VA SURTD5000XLI-ET, черный (COM, USB)</t>
   </si>
   <si>
+    <t>SURTRK</t>
+  </si>
+  <si>
+    <t>Комплект направляющих APC Smart-UPS RT 19” RailKit, for Smart UPS RT1000 &amp; 2000 &amp; Battery-pack SURTRK</t>
+  </si>
+  <si>
+    <t>SURTRK2</t>
+  </si>
+  <si>
+    <t>Комплект направляющих APC Smart-UPS RT 19" Rail Kit compatible for APC Smart-UPS RT 3000 - 10000VA &amp; battery pack SURTRK2</t>
+  </si>
+  <si>
+    <t>SUVTBXR2B6S</t>
+  </si>
+  <si>
+    <t>Батарея APC Smart-UPS VT Extended Run Frame, w/Breaker, 2 Batt. Modules Exp. to 6, and 5x8 Startup Service SUVTBXR2B6S</t>
+  </si>
+  <si>
+    <t>SUVTBXR6B6S</t>
+  </si>
+  <si>
+    <t>Батарея APC Smart-UPS VT Extended Run Enclosure, w/MCCB, w/6 Batt. Modules SUVTBXR6B6S</t>
+  </si>
+  <si>
+    <t>SUVTOPT005</t>
+  </si>
+  <si>
+    <t>APC Smart-UPS VT Baying Kit, 20inch/523mm UPS Enclosure to XR SUVTOPT005</t>
+  </si>
+  <si>
+    <t>SUVTOPT009</t>
+  </si>
+  <si>
+    <t>Комплект для парралельной работы ИБП APC Smart-UPS VT Parallel Communications Kit SUVTOPT009</t>
+  </si>
+  <si>
+    <t>SUVTOPT009S</t>
+  </si>
+  <si>
+    <t>APC Smart-UPS VT Parallel Communications Kit, including Installation SUVTOPT009S</t>
+  </si>
+  <si>
     <t>SUVTP10KH1B2S</t>
   </si>
   <si>
     <t>ИБП 10кВА APC Smart-UPS VT 10kVA 400V w/1 Batt Mod Exp to 2, Start-Up 5X8, Int Maint Bypass, Parallel Capable SUVTP10KH1B2S</t>
   </si>
   <si>
     <t>SUVTP10KH1B4S</t>
   </si>
   <si>
     <t>ИБП 10кВА APC Smart-UPS VT 10kVA 400V w/1 Batt Mod Exp to 4, Start-Up 5X8, Int Maint Bypass, Parallel Capable SUVTP10KH1B4S</t>
   </si>
   <si>
     <t>SUVTP10KH2B2S</t>
   </si>
   <si>
     <t>ИБП 10кВА APC Smart-UPS VT 10kVA 400V w/2 Batt Mod., Start-Up 5X8, Int Maint Bypass, Parallel Capable SUVTP10KH2B2S</t>
   </si>
   <si>
     <t>SUVTP10KH2B4S</t>
   </si>
   <si>
     <t>ИБП 10кВА APC Smart-UPS VT 10kVA 400V w/2 Batt Mod Exp to 4, Start-Up 5X8, Int Maint Bypass, Parallel Capable SUVTP10KH2B4S</t>
   </si>
   <si>
     <t>SUVTP10KH3B4S</t>
@@ -603,50 +1383,320 @@
   <si>
     <t>SUVTR30KHS</t>
   </si>
   <si>
     <t>ИБП 30кВА APC Smart-UPS VT rack mounted 30kVA 400V w/PDU &amp; startup SUVTR30KHS"</t>
   </si>
   <si>
     <t>SUVTR40KH4B5S</t>
   </si>
   <si>
     <t>ИБП 40кВА APC Smart-UPS VT rack mounted 40kVA 400V w/4 batt mod. exp. to 5, w/PDU &amp; startup SUVTR40KH4B5S</t>
   </si>
   <si>
     <t>SUVTR40KH5B5S</t>
   </si>
   <si>
     <t>ИБП 40кВА APC Smart-UPS VT rack mounted 40kVA 400V w/5 batt mod., w/PDU &amp; startup SUVTR40KH5B5S</t>
   </si>
   <si>
     <t>SUVTR40KHS</t>
   </si>
   <si>
     <t>ИБП 40кВА APC Smart-UPS VT rack mounted 40kVA 400V w/PDU &amp; startup SUVTR40KHS</t>
   </si>
   <si>
+    <t>SUVTXR2B6S</t>
+  </si>
+  <si>
+    <t>Батарея APC Smart-UPS VT Extended Run Frame w/2 Batt. Modules Exp. to 6 SUVTXR2B6S</t>
+  </si>
+  <si>
+    <t>SUVTXR6B6S</t>
+  </si>
+  <si>
+    <t>Батарея APC Smart-UPS VT Extended Run Enclosure w/6 Batt. Modules SUVTXR6B6S</t>
+  </si>
+  <si>
+    <t>SY100K250D</t>
+  </si>
+  <si>
+    <t>ИБП 100кВА APC Symmetra PX 100KW Scalable to 250KW Without Maintenance Bypass or Distribution-Parallel Capable 400V 3PH, 480V 3PH Выход / 400V 3PH, 480V 3PH Входной SY100K250D</t>
+  </si>
+  <si>
+    <t>SY100K250DR-PD</t>
+  </si>
+  <si>
+    <t>ИБП 100кВА APC Symmetra PX 100kW Scalable to 250kW with Right Mounted Maintenance Bypass and Distribution 400V 3PH, 480V 3PH Выход / 400V 3PH, 480V 3PH Входной SY100K250DR-PD</t>
+  </si>
+  <si>
+    <t>SY125K250D</t>
+  </si>
+  <si>
+    <t>ИБП 125кВА APC Symmetra PX 125KW Scalable to 250KW Without Maintenance Bypass or Distribution-Parallel Capable 400V 3PH, 480V 3PH Выход / 400V 3PH, 480V 3PH Входной SY125K250D</t>
+  </si>
+  <si>
+    <t>SY125K250D-NB</t>
+  </si>
+  <si>
+    <t>ИБП 125кВА APC Symmetra PX 125kW Scalable to 250kW w/o Bypass, Distribution or Batteries-Parallel Capable 400V 3PH, 480V 3PH Выход / 400V 3PH, 480V 3PH Входной SY125K250D-NB</t>
+  </si>
+  <si>
+    <t>SY125K250DL-PD</t>
+  </si>
+  <si>
+    <t>ИБП 125кВА APC Symmetra PX 125kW Scalable to 250kW with Left Mounted Maintenance Bypass and Distribution 400V 3PH, 480V 3PH Выход / 400V 3PH, 480V 3PH Входной SY125K250DL-PD</t>
+  </si>
+  <si>
+    <t>SY125K250DR-PD</t>
+  </si>
+  <si>
+    <t>ИБП 125кВА APC Symmetra PX 125kW Scalable to 250kW with Right Mounted Maintenance Bypass and Distribution 400V 3PH, 480V 3PH Выход / 400V 3PH, 480V 3PH Входной SY125K250DR-PD</t>
+  </si>
+  <si>
+    <t>SY125K250DR-PDNB</t>
+  </si>
+  <si>
+    <t>ИБП 125кВА APC Symmetra PX 125kW Scalable to 250kW with Maintenance Bypass and Distribution, No Batteries 400V 3PH, 480V 3PH Выход / 400V 3PH, 480V 3PH Входной SY125K250DR-PDNB</t>
+  </si>
+  <si>
+    <t>SY125K500D</t>
+  </si>
+  <si>
+    <t>ИБП 125кВА APC Symmetra PX 125kW Scalable to 500kW without Maintenance Bypass &amp; Distribution-Parallel Capable 400V 3PH, 480V 3PH Выход / 400V 3PH, 480V 3PH Входной SY125K500D</t>
+  </si>
+  <si>
+    <t>SY125K500DR-PD</t>
+  </si>
+  <si>
+    <t>ИБП 125кВА APC Symmetra PX 125kW Scalable to 500kW with Right Mounted Maintenance Bypass and Distribution 400V 3PH, 480V 3PH Выход / 400V 3PH, 480V 3PH Входной SY125K500DR-PD</t>
+  </si>
+  <si>
+    <t>SY125K500DR-PDNB</t>
+  </si>
+  <si>
+    <t>ИБП 125кВА APC Symmetra PX 125kW Scalable to 500kW with Maintenance Bypass and Distribution, No Batteries 400V 3PH, 480V 3PH Выход / 400V 3PH, 480V 3PH Входной SY125K500DR-PDNB</t>
+  </si>
+  <si>
+    <t>SY128K160H</t>
+  </si>
+  <si>
+    <t>ИБП 128кВА APC Symmetra PX 128kW Scalable to 160kW 230V, 400V 3PH Выход / 400V 3PH Входной SY128K160H</t>
+  </si>
+  <si>
+    <t>SY128K160H-PD</t>
+  </si>
+  <si>
+    <t>ИБП 128кВА APC Symmetra PX 128kW Scalable to 160kW, 400V w/ Integrated Modular Distribution 230V, 400V 3PH Выход / 400V 3PH Входной SY128K160H-PD</t>
+  </si>
+  <si>
+    <t>SY150K250D</t>
+  </si>
+  <si>
+    <t>ИБП 150кВА APC Symmetra PX 150kW Scalable to 250kW without Maintenance Bypass or Distribution-Parallel Capable 400V 3PH, 480V 3PH Выход / 400V 3PH, 480V 3PH Входной SY150K250D</t>
+  </si>
+  <si>
+    <t>SY150K250DR-PD</t>
+  </si>
+  <si>
+    <t>ИБП 150кВА APC Symmetra PX 150kW Scalable to 250kW with Right Mounted Maintenance Bypass and Distribution 400V 3PH, 480V 3PH Выход / 400V 3PH, 480V 3PH Входной SY150K250DR-PD</t>
+  </si>
+  <si>
+    <t>SY160K160H</t>
+  </si>
+  <si>
+    <t>ИБП 160кВА APC Symmetra PX 160kW 230V, 400V 3PH Выход / 400V 3PH Входной SY160K160H</t>
+  </si>
+  <si>
+    <t>SY160K160H-PD</t>
+  </si>
+  <si>
+    <t>ИБП 160кВА APC Symmetra PX 160kW 400V w/ Integrated Modular Distribution 230V, 400V 3PH Выход / 400V 3PH Входной SY160K160H-PD</t>
+  </si>
+  <si>
+    <t>SY16K48H-PD</t>
+  </si>
+  <si>
+    <t>ИБП 16кВА APC Symmetra PX 16kW All-In-One, Scalable to 48kW 230V, 400V 3PH Выход / 400V 3PH Входной SY16K48H-PD</t>
+  </si>
+  <si>
+    <t>SY200K250D</t>
+  </si>
+  <si>
+    <t>ИБП 200кВА APC Symmetra PX 200kW Scalable to 250kW without Maintenance Bypass or Distribution-Parallel Capable 400V 3PH, 480V 3PH Выход / 400V 3PH, 480V 3PH Входной SY200K250D</t>
+  </si>
+  <si>
+    <t>SY200K250DR-PD</t>
+  </si>
+  <si>
+    <t>ИБП 200кВА APC Symmetra PX 200kW Scalable to 250kW with Right Mounted Maintenance Bypass and Distribution 400V 3PH, 480V 3PH Выход / 400V 3PH, 480V 3PH Входной SY200K250DR-PD</t>
+  </si>
+  <si>
+    <t>SY250K500D</t>
+  </si>
+  <si>
+    <t>ИБП 250кВА APC Symmetra PX 250kW Scalable to 500kW without Maintenance Bypass or Distribution-Parallel Capable 400V 3PH, 480V 3PH Выход / 400V 3PH, 480V 3PH Входной SY250K500D</t>
+  </si>
+  <si>
+    <t>SY250K500DL-PD</t>
+  </si>
+  <si>
+    <t>ИБП 250кВА APC Symmetra PX 250kW Scalable to 500kW with Left Mounted Maintenance Bypass and Distribution 400V 3PH, 480V 3PH Выход / 400V 3PH, 480V 3PH Входной SY250K500DL-PD</t>
+  </si>
+  <si>
+    <t>SY250K500DR-PD</t>
+  </si>
+  <si>
+    <t>ИБП 250кВА APC Symmetra PX 250kW Scalable to 500kW w/ right mounted MBwD 400V 3PH, 480V 3PH Выход / 400V 3PH, 480V 3PH Входной SY250K500DR-PD</t>
+  </si>
+  <si>
+    <t>SY300K500D</t>
+  </si>
+  <si>
+    <t>ИБП 300кВА APC Symmetra PX 300kW Scalable to 500kW without Maintenance Bypass or Distribution-Parallel Capable 400V 3PH, 480V 3PH Выход / 400V 3PH, 480V 3PH Входной SY300K500D</t>
+  </si>
+  <si>
+    <t>SY300K500DR-PD</t>
+  </si>
+  <si>
+    <t>ИБП 300кВА APC Symmetra PX 300kW Scalable to 500kW with Right Mounted Maintenance Bypass and Distribution 400V 3PH, 480V 3PH Выход / 400V 3PH, 480V 3PH Входной SY300K500DR-PD</t>
+  </si>
+  <si>
+    <t>SY32K160H</t>
+  </si>
+  <si>
+    <t>ИБП 32кВА APC Symmetra PX 32kW Scalable to 160kW 230V, 400V 3PH Выход / 400V 3PH Входной SY32K160H</t>
+  </si>
+  <si>
+    <t>SY32K160H-PD</t>
+  </si>
+  <si>
+    <t>ИБП 32кВА APC Symmetra PX 32kW Scalable to 160kW, 400V w/ Integrated Modular Distribution 230V, 400V 3PH Выход / 400V 3PH Входной SY32K160H-PD</t>
+  </si>
+  <si>
+    <t>SY32K48H-PD</t>
+  </si>
+  <si>
+    <t>ИБП 32кВА APC Symmetra PX 32kW All-In-One, Scalable to 48kW 230V, 400V 3PH Выход / 400V 3PH Входной SY32K48H-PD</t>
+  </si>
+  <si>
+    <t>SY32K96H</t>
+  </si>
+  <si>
+    <t>ИБП 32кВА APC Symmetra PX 32kW Scalable to 96kW 230V, 400V 3PH Выход / 400V 3PH Входной SY32K96H</t>
+  </si>
+  <si>
+    <t>SY32K96H-PD</t>
+  </si>
+  <si>
+    <t>ИБП 32кВА APC Symmetra PX 32kW Scalable to 96kW 400V with Modular Power Distribution 230V, 400V 3PH Выход / 400V 3PH Входной SY32K96H-PD</t>
+  </si>
+  <si>
+    <t>SY400K500D</t>
+  </si>
+  <si>
+    <t>ИБП 400кВА APC Symmetra PX 400kW Scalable to 500kW without Maintenance Bypass or Distribution-Parallel Capable 400V 3PH, 480V 3PH Выход / 400V 3PH, 480V 3PH Входной SY400K500D</t>
+  </si>
+  <si>
+    <t>SY400K500DR-PD</t>
+  </si>
+  <si>
+    <t>ИБП 400кВА APC Symmetra PX 400kW Scalable to 500kW with Right Mounted Maintenance Bypass and Distribution 400V 3PH, 480V 3PH Выход / 400V 3PH, 480V 3PH Входной SY400K500DR-PD</t>
+  </si>
+  <si>
+    <t>SY48K48H-PD</t>
+  </si>
+  <si>
+    <t>ИБП 48кВА APC Symmetra PX All-In-One 48kW Scalable to 48kW 230V, 400V 3PH Выход / 400V 3PH Входной SY48K48H-PD</t>
+  </si>
+  <si>
+    <t>SY500K500D</t>
+  </si>
+  <si>
+    <t>ИБП 500кВА APC Symmetra PX 500kW Scalable to 500kW without Maintenance Bypass or Distribution-Parallel Capable 400V 3PH, 480V 3PH Выход / 400V 3PH, 480V 3PH Входной SY500K500D</t>
+  </si>
+  <si>
+    <t>SY500K500DL-PD</t>
+  </si>
+  <si>
+    <t>ИБП 500кВА APC Symmetra PX 500kW Scalable to 500kW with Maintenance Bypass Left &amp; Distribution 400V 3PH, 480V 3PH Выход / 400V 3PH, 480V 3PH Входной SY500K500DL-PD</t>
+  </si>
+  <si>
+    <t>SY500K500DR-PD</t>
+  </si>
+  <si>
+    <t>ИБП 500кВА APC Symmetra PX 500kW Scalable to 500kW with Right Mounted Maintenance Bypass and Distribution 400V 3PH, 480V 3PH Выход / 400V 3PH, 480V 3PH Входной SY500K500DR-PD</t>
+  </si>
+  <si>
+    <t>SY64K160H</t>
+  </si>
+  <si>
+    <t>ИБП 64кВА APC Symmetra PX 64kW Scalable to 160kW 230V, 400V 3PH Выход / 400V 3PH Входной SY64K160H</t>
+  </si>
+  <si>
+    <t>SY64K160H-PD</t>
+  </si>
+  <si>
+    <t>ИБП 64кВА APC Symmetra PX 64kW Scalable to 160kW, 400V w/ Integrated Modular Distribution 230V, 400V 3PH Выход / 400V 3PH Входной SY64K160H-PD</t>
+  </si>
+  <si>
+    <t>SY64K96H</t>
+  </si>
+  <si>
+    <t>ИБП 64кВА APC Symmetra PX 64kW Scalable to 96kW 230V, 400V 3PH Выход / 400V 3PH Входной SY64K96H</t>
+  </si>
+  <si>
+    <t>SY64K96H-PD</t>
+  </si>
+  <si>
+    <t>ИБП 64кВА APC Symmetra PX 64kW Scalable to 96kW 400V with Modular Power Distribution 230V, 400V 3PH Выход / 400V 3PH Входной SY64K96H-PD</t>
+  </si>
+  <si>
+    <t>SY96K160H</t>
+  </si>
+  <si>
+    <t>ИБП 96кВА APC Symmetra PX 96kW Scalable to 160kW 230V, 400V 3PH Выход / 400V 3PH Входной SY96K160H</t>
+  </si>
+  <si>
+    <t>SY96K160H-PD</t>
+  </si>
+  <si>
+    <t>ИБП 96кВА APC Symmetra PX 96kW Scalable to 160kW, 400V w/ Integrated Modular Distribution 230V, 400V 3PH Выход / 400V 3PH Входной SY96K160H-PD</t>
+  </si>
+  <si>
+    <t>SY96K96H</t>
+  </si>
+  <si>
+    <t>ИБП 96кВА APC Symmetra PX 96kW Scalable 230V, 400V 3PH Выход / 400V 3PH Входной SY96K96H</t>
+  </si>
+  <si>
+    <t>SY96K96H-PD</t>
+  </si>
+  <si>
+    <t>ИБП 96кВА APC Symmetra PX 96kW Scalable, 400V with Modular Power Distribution 230V, 400V 3PH Выход / 400V 3PH Входной SY96K96H-PD</t>
+  </si>
+  <si>
     <t>SYA12K16I</t>
   </si>
   <si>
     <t>ИБП 12000-16000ВА APC Symmetra LX 12kVA scalable to 16kVA N+1 Tower, 220/230/240V or 380/400/415V SYA12K16I</t>
   </si>
   <si>
     <t>SYA12K16IXR</t>
   </si>
   <si>
     <t>ИБП 12000-16000ВА APC Symmetra LX 12kVA scalable to 16kVA N+1 Ext. Run Tower, 220/230/240V or 380/400/415V SYA12K16IXR</t>
   </si>
   <si>
     <t>SYA12K16RMI</t>
   </si>
   <si>
     <t>ИБП 12000-16000ВА APC Symmetra LX 12kVA Scalable to 16kVA N+1 Rack-mount, 220/230/240V or 380/400/415V SYA12K16RMI</t>
   </si>
   <si>
     <t>SYA16K16I</t>
   </si>
   <si>
     <t>ИБП 16000-16000ВА APC Symmetra LX 16kVA Scalable to 16kVA N+1 Tower, 220/230/240V or 380/400/415V SYA16K16I</t>
   </si>
   <si>
     <t>SYA16K16IXR</t>
@@ -681,1190 +1731,140 @@
   <si>
     <t>SYA8K16IXR</t>
   </si>
   <si>
     <t>ИБП 8000-16000ВА APC Symmetra LX 8kVA Scalable to 16kVA N+1 Ext. Run Tower, 220/230/240V or 380/400/415V SYA8K16IXR</t>
   </si>
   <si>
     <t>SYA8K16RMI</t>
   </si>
   <si>
     <t>ИБП 8000-16000ВА APC Symmetra LX 8kVA Scalable to 16kVA N+1 Rack-mount, 220/230/240V or 480/400/415V SYA8K16RMI</t>
   </si>
   <si>
     <t>SYA8K8I</t>
   </si>
   <si>
     <t>ИБП 8000-8000ВА APC Symmetra LX 8kVA Scalable to 8kVA N+1 Tower, 220/230/240 or 380/400/415V SYA8K8I</t>
   </si>
   <si>
     <t>SYA8K8RMI</t>
   </si>
   <si>
     <t>ИБП 8000-8000ВА APC Symmetra LX 8kVA Scalable to 8kVA N+1 Rack-mount, 220/230/240V or 380/400/415V SYA8K8RMI</t>
   </si>
   <si>
+    <t>SYARMXR3B3I</t>
+  </si>
+  <si>
+    <t>Батарея APC Symmetra LX Extended Run Rack-mount w/ 3 SYBT5, 230V SYARMXR3B3I</t>
+  </si>
+  <si>
+    <t>SYARMXR9B9I</t>
+  </si>
+  <si>
+    <t>Батарея APC Symmetra LX Extended Run Rack-mount w/ 9 SYBT5, 230V SYARMXR9B9I</t>
+  </si>
+  <si>
+    <t>SYAXR9B9I</t>
+  </si>
+  <si>
+    <t>Батарея APC Symmetra LX Extended Run Tower w/ 9 SYBT5, 230V SYAXR9B9I</t>
+  </si>
+  <si>
+    <t>SYBATT</t>
+  </si>
+  <si>
+    <t>Батарея APC Battery Module for Symmetra Power Array UPS SYBATT</t>
+  </si>
+  <si>
+    <t>SYBFXR3RMI</t>
+  </si>
+  <si>
+    <t>Батарея APC Symmetra LX 3 Battery Rack-mount XR Frame, 230V SYBFXR3RMI</t>
+  </si>
+  <si>
+    <t>SYBFXR9RMI</t>
+  </si>
+  <si>
+    <t>Батарея APC Symmetra LX 9 Battery Rack-mount XR Frame, 230V SYBFXR9RMI</t>
+  </si>
+  <si>
+    <t>SYBT2</t>
+  </si>
+  <si>
+    <t>Батарея APC Symmetra RM Battery Module SYBT2</t>
+  </si>
+  <si>
+    <t>SYBT4</t>
+  </si>
+  <si>
+    <t>Батарея APC Symmetra PX Battery Module (include 4xSYBTU1-PLP) SYBT4</t>
+  </si>
+  <si>
+    <t>SYBT5</t>
+  </si>
+  <si>
+    <t>Батарея APC Symmetra LX Battery Module SYBT5</t>
+  </si>
+  <si>
+    <t>SYBT9-B4</t>
+  </si>
+  <si>
+    <t>Батарея APC High Performance Battery Module for the Symmetra PX 160kW SYBT9-B4</t>
+  </si>
+  <si>
+    <t>SYBTU1-PLP</t>
+  </si>
+  <si>
+    <t>Батарея APC Symmetra PX Battery Unit (Part of SYBT4 (1/4)) SYBTU1-PLP</t>
+  </si>
+  <si>
+    <t>SYBTU2-PLP</t>
+  </si>
+  <si>
+    <t>Батарея APC Symmetra PX 9Ah Battery Unit, High Performance (Part of SYBT9-B4 (1/4)) SYBTU2-PLP</t>
+  </si>
+  <si>
     <t>SYH2K6RMI</t>
   </si>
   <si>
     <t>ИБП 2000-6000ВА APC Symmetra RM 2kVA Scalable to 6kVA N+1 220-240V SYH2K6RMI</t>
   </si>
   <si>
     <t>SYH4K6RMI</t>
   </si>
   <si>
     <t>ИБП 4000-6000ВА APC Symmetra RM 4kVA Scalable to 6kVA N+1 220-240V SYH4K6RMI</t>
   </si>
   <si>
     <t>SYH6K6RMI</t>
   </si>
   <si>
     <t>ИБП 6000-6000ВА APC Symmetra RM 6kVA Scalable to 6kVA N+1 220-240V SYH6K6RMI</t>
   </si>
   <si>
-    <t>Модуль дистанционного администрирования ИБП APC MGE SNMP/Web Card 66074</t>
-[...1120 lines deleted...]
-  <si>
     <t>SYMF1000KH</t>
   </si>
   <si>
     <t>ИБП 1000кВА APC Symmetra MW 1000kW frame, 1 MW / 1 MVA,Входной 400V 3PH / Выход 400V 3PH, Interface Port Contact Closure, DB-9 RS-232, RJ-45 10/100 Base-T, RS-485, SYMWSUCBL, SYMF1000KH</t>
   </si>
   <si>
     <t>SYMF1200KH</t>
   </si>
   <si>
     <t>ИБП 1.2МВА APC Symmetra MW 1200kW Frame, Входной 400V 3PH / Выход 400V 3PH, Interface Port Contact Closure, DB-9 RS-232, RJ-45 10/100 Base-T, RS-485, SYMWSUCBL, SYMF1200KH</t>
   </si>
   <si>
     <t>SYMF1400KH</t>
   </si>
   <si>
     <t>ИБП 1.2МВА APC Symmetra MW 1400kW Frame, Входной 400V 3PH / Выход 400V 3PH, Interface Port Contact Closure, DB-9 RS-232, RJ-45 10/100 Base-T, RS-485, SYMWSUCBL, SYMF1400KH</t>
   </si>
   <si>
     <t>SYMF1600KH</t>
   </si>
   <si>
     <t>ИБП 1.6МВА APC Symmetra MW 1600kW Frame, Входной 400V 3PH / Выход 400V 3PH, Interface Port Contact Closure, DB-9 RS-232, RJ-45 10/100 Base-T, RS-485, SYMWSUCBL, SYMF1600KH</t>
   </si>
   <si>
     <t>SYMF400KH</t>
@@ -1941,141 +1941,141 @@
   <si>
     <t>SYPM4KI</t>
   </si>
   <si>
     <t>Силовой модуль APC Symmetra LX 2.8kW/4kVA Power Module, Вх. 230V, 400V 3PH / Вых. 230V, 4 U SYPM4KI</t>
   </si>
   <si>
     <t>SYRMXR4B4I</t>
   </si>
   <si>
     <t>Батарея APC Symmetra RM 4U Rack-mount Ext. Run Frame w/ 4 SYBT2’s SYRMXR4B4I</t>
   </si>
   <si>
     <t>SYSW40KH</t>
   </si>
   <si>
     <t>Модуль электронного байпаса для ИБП APC Symmetra PX 40kW Static Switch Module, 400V SYSW40KH</t>
   </si>
   <si>
     <t>UPBX-EC</t>
   </si>
   <si>
     <t>Батарея APC USB Battery Extender, Europe UPBX-EC</t>
   </si>
   <si>
+    <t>AR100</t>
+  </si>
+  <si>
+    <t>APC Шкаф NetShelter WX 13U w/Threaded Hole Vertical Mounting Rail Glass Front Door Black AR100</t>
+  </si>
+  <si>
+    <t>Монтажные шкафы и стойки</t>
+  </si>
+  <si>
+    <t>AR201</t>
+  </si>
+  <si>
+    <t>APC Открытая монтажная стойка NetShelter 2 Post Rack 45U #12-24 Threaded Holes Black AR201</t>
+  </si>
+  <si>
+    <t>AR203A</t>
+  </si>
+  <si>
+    <t>APC Открытая монтажная стойка NetShelter 4 Post Open Frame Rack 44U Square Holes AR203A</t>
+  </si>
+  <si>
+    <t>AR2900</t>
+  </si>
+  <si>
+    <t>APC Шкаф NetShelter VL 42U 600mm Wide x 1070mm Deep Enclosure with Sides Black AR2900</t>
+  </si>
+  <si>
+    <t>AR3100</t>
+  </si>
+  <si>
+    <t>APC Шкаф NetShelter SX 42U 600mm Wide x 1070mm Deep Enclosure AR3100</t>
+  </si>
+  <si>
+    <t>AR3104</t>
+  </si>
+  <si>
+    <t>APC Шкаф NetShelter SX 24U 600mm x 1070mm Deep Enclosure AR3104</t>
+  </si>
+  <si>
+    <t>AR3107</t>
+  </si>
+  <si>
+    <t>APC Шкаф NetShelter SX 48U 600mm Wide x 1070mm Deep Enclosure AR3107</t>
+  </si>
+  <si>
     <t>AR3140</t>
   </si>
   <si>
     <t>APC AR3140 Телекоммуникационный шкаф NetShelter SX (для Cisco 65xx, Cisco 95xx), 42U, 750x1070x1991 мм (ШхГхВ), c боковыми панелями, перфорированная передняя и задние дверцы, опора с регулировкой горизонтальности, вертикальные организаторы, ролики, черны</t>
   </si>
   <si>
-    <t>Монтажные шкафы и стойки</t>
-[...1 lines deleted...]
-  <si>
     <t>AR3150</t>
   </si>
   <si>
     <t>APC AR3150 Телекоммуникационный шкаф NetShelter SX, 42U, 750x1070x1991 мм (ШхГхВ), c боковыми панелями, перфорированная передняя и задние дверцы, опора с регулировкой горизонтальности, ролики, черный</t>
   </si>
   <si>
     <t>AR3157</t>
   </si>
   <si>
     <t>APC AR3157 Телекоммуникационный шкаф NetShelter SX, 48U, 750x1070x2258 мм (ШхГхВ), c боковыми панелями, перфорированная передняя и задние дверцы, опора с регулировкой горизонтальности, ролики, черный</t>
   </si>
   <si>
+    <t>AR3200</t>
+  </si>
+  <si>
+    <t>APC Шкаф NetShelter SX Colocation 2 x 20U 600mm Wide x 1070mm Deep Enclosure with Sides Black AR3200</t>
+  </si>
+  <si>
     <t>AR3300</t>
   </si>
   <si>
     <t>APC AR3300 Телекоммуникационный шкаф NetShelter SX, 42U, 600x1200x1991 мм (ШхГхВ), опора с регулировкой горизонтальности, ролики, черный</t>
   </si>
   <si>
     <t>AR3307</t>
   </si>
   <si>
     <t>APC AR3307 Телекоммуникационный шкаф NetShelter SX, 48U, 600x1200x2258 мм (ШхГхВ), опора с регулировкой горизонтальности, ролики, черный</t>
   </si>
   <si>
     <t>AR3350</t>
   </si>
   <si>
     <t>APC AR3350 Телекоммуникационный шкаф NetShelter SX, 42U, 750x1200x1991 мм (ШхГхВ), опора с регулировкой горизонтальности, ролики, черный</t>
   </si>
   <si>
     <t>AR3357</t>
   </si>
   <si>
     <t>APC AR3357 Телекоммуникационный шкаф NetShelter SX, 48U, 750x1200x2258 мм (ШхГхВ), опора с регулировкой горизонтальности, ролики, черный</t>
-  </si>
-[...46 lines deleted...]
-    <t>APC Шкаф NetShelter SX Colocation 2 x 20U 600mm Wide x 1070mm Deep Enclosure with Sides Black AR3200</t>
   </si>
   <si>
     <t>AR4018I</t>
   </si>
   <si>
     <t>APC Шкаф NetShelter CX 18U 750 mm Wide x 1130 mm Deep Enclosure Oak/Grey Finish Intl AR4018I</t>
   </si>
   <si>
     <t>AR4024I</t>
   </si>
   <si>
     <t>APC Шкаф NetShelter CX 24U 750 mm Wide x 1130 mm Deep Enclosure Oak/Grey Intl AR4024I</t>
   </si>
   <si>
     <t>AR4038I</t>
   </si>
   <si>
     <t>APC Шкаф NetShelter CX 38U 750 mm Wide x 1130 mm Deep Enclosure Oak/Grey Finish Intl AR4038I</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
@@ -2256,51 +2256,51 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="7" numFmtId="0" fillId="2" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="49" fillId="2" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="2" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed72cd17713e1b057b36970a6aa132a02.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/195bef53e43345f24726092db83ac2532.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>600075</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>76200</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2447925" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -2730,6003 +2730,6003 @@
       <c r="E10" s="3"/>
       <c r="F10" s="3"/>
     </row>
     <row r="11" spans="1:6" customHeight="1" ht="30">
       <c r="A11" s="15" t="s">
         <v>12</v>
       </c>
       <c r="B11" s="15" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>14</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>15</v>
       </c>
       <c r="E11" s="15" t="s">
         <v>16</v>
       </c>
       <c r="F11" s="16"/>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" s="17" t="s">
         <v>17</v>
       </c>
-      <c r="B12" s="17" t="s">
+      <c r="B12" s="17">
+        <v>66074</v>
+      </c>
+      <c r="C12" s="17" t="s">
         <v>18</v>
       </c>
-      <c r="C12" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D12" s="17" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>19</v>
+      </c>
+      <c r="E12" s="18" t="s">
+        <v>20</v>
       </c>
       <c r="F12" s="3"/>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B13" s="17" t="s">
         <v>21</v>
       </c>
       <c r="C13" s="17" t="s">
         <v>22</v>
       </c>
       <c r="D13" s="17" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>36393.973425</v>
+        <v>19</v>
+      </c>
+      <c r="E13" s="18" t="s">
+        <v>20</v>
       </c>
       <c r="F13" s="3"/>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B14" s="17" t="s">
         <v>23</v>
       </c>
       <c r="C14" s="17" t="s">
         <v>24</v>
       </c>
       <c r="D14" s="17" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>9201.210270000001</v>
+        <v>19</v>
+      </c>
+      <c r="E14" s="18" t="s">
+        <v>20</v>
       </c>
       <c r="F14" s="3"/>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B15" s="17" t="s">
         <v>25</v>
       </c>
       <c r="C15" s="17" t="s">
         <v>26</v>
       </c>
       <c r="D15" s="17" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>10661.89644</v>
+        <v>19</v>
+      </c>
+      <c r="E15" s="18" t="s">
+        <v>20</v>
       </c>
       <c r="F15" s="3"/>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B16" s="17" t="s">
         <v>27</v>
       </c>
       <c r="C16" s="17" t="s">
         <v>28</v>
       </c>
       <c r="D16" s="17" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>11875.426245</v>
+        <v>19</v>
+      </c>
+      <c r="E16" s="18" t="s">
+        <v>20</v>
       </c>
       <c r="F16" s="3"/>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B17" s="17" t="s">
         <v>29</v>
       </c>
       <c r="C17" s="17" t="s">
         <v>30</v>
       </c>
       <c r="D17" s="17" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>13123.128795</v>
+        <v>19</v>
+      </c>
+      <c r="E17" s="18" t="s">
+        <v>20</v>
       </c>
       <c r="F17" s="3"/>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B18" s="17" t="s">
         <v>31</v>
       </c>
       <c r="C18" s="17" t="s">
         <v>32</v>
       </c>
       <c r="D18" s="17" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>9372.073995000001</v>
+        <v>19</v>
+      </c>
+      <c r="E18" s="18" t="s">
+        <v>20</v>
       </c>
       <c r="F18" s="3"/>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B19" s="17" t="s">
         <v>33</v>
       </c>
       <c r="C19" s="17" t="s">
         <v>34</v>
       </c>
       <c r="D19" s="17" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>13635.71997</v>
+        <v>19</v>
+      </c>
+      <c r="E19" s="18" t="s">
+        <v>20</v>
       </c>
       <c r="F19" s="3"/>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B20" s="17" t="s">
         <v>35</v>
       </c>
       <c r="C20" s="17" t="s">
         <v>36</v>
       </c>
       <c r="D20" s="17" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>15565.28799</v>
+        <v>19</v>
+      </c>
+      <c r="E20" s="18" t="s">
+        <v>20</v>
       </c>
       <c r="F20" s="3"/>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B21" s="17" t="s">
         <v>37</v>
       </c>
       <c r="C21" s="17" t="s">
         <v>38</v>
       </c>
       <c r="D21" s="17" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>43749.855465</v>
+        <v>19</v>
+      </c>
+      <c r="E21" s="18" t="s">
+        <v>20</v>
       </c>
       <c r="F21" s="3"/>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B22" s="17" t="s">
         <v>39</v>
       </c>
       <c r="C22" s="17" t="s">
         <v>40</v>
       </c>
       <c r="D22" s="17" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>12217.153695</v>
+        <v>19</v>
+      </c>
+      <c r="E22" s="18" t="s">
+        <v>20</v>
       </c>
       <c r="F22" s="3"/>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B23" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C23" s="17" t="s">
         <v>42</v>
       </c>
       <c r="D23" s="17" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>26133.40806</v>
+        <v>19</v>
+      </c>
+      <c r="E23" s="18" t="s">
+        <v>20</v>
       </c>
       <c r="F23" s="3"/>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B24" s="17" t="s">
         <v>43</v>
       </c>
       <c r="C24" s="17" t="s">
         <v>44</v>
       </c>
       <c r="D24" s="17" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>23920.9215</v>
+        <v>19</v>
+      </c>
+      <c r="E24" s="18" t="s">
+        <v>20</v>
       </c>
       <c r="F24" s="3"/>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B25" s="17" t="s">
         <v>45</v>
       </c>
       <c r="C25" s="17" t="s">
         <v>46</v>
       </c>
       <c r="D25" s="17" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>34172.745</v>
+        <v>19</v>
+      </c>
+      <c r="E25" s="18" t="s">
+        <v>20</v>
       </c>
       <c r="F25" s="3"/>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B26" s="17" t="s">
         <v>47</v>
       </c>
       <c r="C26" s="17" t="s">
         <v>48</v>
       </c>
       <c r="D26" s="17" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>39640.3842</v>
+        <v>19</v>
+      </c>
+      <c r="E26" s="18" t="s">
+        <v>20</v>
       </c>
       <c r="F26" s="3"/>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B27" s="17" t="s">
         <v>49</v>
       </c>
       <c r="C27" s="17" t="s">
         <v>50</v>
       </c>
       <c r="D27" s="17" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>33318.426375</v>
+        <v>19</v>
+      </c>
+      <c r="E27" s="18" t="s">
+        <v>20</v>
       </c>
       <c r="F27" s="3"/>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B28" s="17" t="s">
         <v>51</v>
       </c>
       <c r="C28" s="17" t="s">
         <v>52</v>
       </c>
       <c r="D28" s="17" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>30670.435995</v>
+        <v>19</v>
+      </c>
+      <c r="E28" s="18" t="s">
+        <v>20</v>
       </c>
       <c r="F28" s="3"/>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B29" s="17" t="s">
         <v>53</v>
       </c>
       <c r="C29" s="17" t="s">
         <v>54</v>
       </c>
       <c r="D29" s="17" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>40323.8391</v>
+        <v>19</v>
+      </c>
+      <c r="E29" s="18" t="s">
+        <v>20</v>
       </c>
       <c r="F29" s="3"/>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B30" s="17" t="s">
         <v>55</v>
       </c>
       <c r="C30" s="17" t="s">
         <v>56</v>
       </c>
       <c r="D30" s="17" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>20076.885045</v>
+        <v>19</v>
+      </c>
+      <c r="E30" s="18" t="s">
+        <v>20</v>
       </c>
       <c r="F30" s="3"/>
     </row>
     <row r="31" spans="1:6">
       <c r="A31" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B31" s="17" t="s">
         <v>57</v>
       </c>
       <c r="C31" s="17" t="s">
         <v>58</v>
       </c>
       <c r="D31" s="17" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>23494.159545</v>
+        <v>19</v>
+      </c>
+      <c r="E31" s="18" t="s">
+        <v>20</v>
       </c>
       <c r="F31" s="3"/>
     </row>
     <row r="32" spans="1:6">
       <c r="A32" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B32" s="17" t="s">
         <v>59</v>
       </c>
       <c r="C32" s="17" t="s">
         <v>60</v>
       </c>
       <c r="D32" s="17" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>26483.877375</v>
+        <v>19</v>
+      </c>
+      <c r="E32" s="18" t="s">
+        <v>20</v>
       </c>
       <c r="F32" s="3"/>
     </row>
     <row r="33" spans="1:6">
       <c r="A33" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B33" s="17" t="s">
         <v>61</v>
       </c>
       <c r="C33" s="17" t="s">
         <v>62</v>
       </c>
       <c r="D33" s="17" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>38615.20185</v>
+        <v>19</v>
+      </c>
+      <c r="E33" s="18" t="s">
+        <v>20</v>
       </c>
       <c r="F33" s="3"/>
     </row>
     <row r="34" spans="1:6">
       <c r="A34" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B34" s="17" t="s">
         <v>63</v>
       </c>
       <c r="C34" s="17" t="s">
         <v>64</v>
       </c>
       <c r="D34" s="17" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>61510.94100000001</v>
+        <v>19</v>
+      </c>
+      <c r="E34" s="18" t="s">
+        <v>20</v>
       </c>
       <c r="F34" s="3"/>
     </row>
     <row r="35" spans="1:6">
       <c r="A35" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B35" s="17" t="s">
         <v>65</v>
       </c>
       <c r="C35" s="17" t="s">
         <v>66</v>
       </c>
       <c r="D35" s="17" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>61510.94100000001</v>
+        <v>19</v>
+      </c>
+      <c r="E35" s="18" t="s">
+        <v>20</v>
       </c>
       <c r="F35" s="3"/>
     </row>
     <row r="36" spans="1:6">
       <c r="A36" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B36" s="17" t="s">
         <v>67</v>
       </c>
       <c r="C36" s="17" t="s">
         <v>68</v>
       </c>
       <c r="D36" s="17" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>61510.94100000001</v>
+        <v>19</v>
+      </c>
+      <c r="E36" s="18" t="s">
+        <v>20</v>
       </c>
       <c r="F36" s="3"/>
     </row>
     <row r="37" spans="1:6">
       <c r="A37" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B37" s="17" t="s">
         <v>69</v>
       </c>
       <c r="C37" s="17" t="s">
         <v>70</v>
       </c>
       <c r="D37" s="17" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>52967.75475000001</v>
+        <v>19</v>
+      </c>
+      <c r="E37" s="18" t="s">
+        <v>20</v>
       </c>
       <c r="F37" s="3"/>
     </row>
     <row r="38" spans="1:6">
       <c r="A38" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B38" s="17" t="s">
         <v>71</v>
       </c>
       <c r="C38" s="17" t="s">
         <v>72</v>
       </c>
       <c r="D38" s="17" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>76034.357625</v>
+        <v>19</v>
+      </c>
+      <c r="E38" s="18" t="s">
+        <v>20</v>
       </c>
       <c r="F38" s="3"/>
     </row>
     <row r="39" spans="1:6">
       <c r="A39" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B39" s="17" t="s">
         <v>73</v>
       </c>
       <c r="C39" s="17" t="s">
         <v>74</v>
       </c>
       <c r="D39" s="17" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>79451.632125</v>
+        <v>19</v>
+      </c>
+      <c r="E39" s="18" t="s">
+        <v>20</v>
       </c>
       <c r="F39" s="3"/>
     </row>
     <row r="40" spans="1:6">
       <c r="A40" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B40" s="17" t="s">
         <v>75</v>
       </c>
       <c r="C40" s="17" t="s">
         <v>76</v>
       </c>
       <c r="D40" s="17" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>115333.014375</v>
+        <v>19</v>
+      </c>
+      <c r="E40" s="18" t="s">
+        <v>20</v>
       </c>
       <c r="F40" s="3"/>
     </row>
     <row r="41" spans="1:6">
       <c r="A41" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B41" s="17" t="s">
         <v>77</v>
       </c>
       <c r="C41" s="17" t="s">
         <v>78</v>
       </c>
       <c r="D41" s="17" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>152068.71525</v>
+        <v>19</v>
+      </c>
+      <c r="E41" s="18" t="s">
+        <v>20</v>
       </c>
       <c r="F41" s="3"/>
     </row>
     <row r="42" spans="1:6">
       <c r="A42" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B42" s="17" t="s">
         <v>79</v>
       </c>
       <c r="C42" s="17" t="s">
         <v>80</v>
       </c>
       <c r="D42" s="17" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>115333.014375</v>
+        <v>19</v>
+      </c>
+      <c r="E42" s="18" t="s">
+        <v>20</v>
       </c>
       <c r="F42" s="3"/>
     </row>
     <row r="43" spans="1:6">
       <c r="A43" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B43" s="17" t="s">
         <v>81</v>
       </c>
       <c r="C43" s="17" t="s">
         <v>82</v>
       </c>
       <c r="D43" s="17" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>128147.79375</v>
+        <v>19</v>
+      </c>
+      <c r="E43" s="18" t="s">
+        <v>20</v>
       </c>
       <c r="F43" s="3"/>
     </row>
     <row r="44" spans="1:6">
       <c r="A44" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B44" s="17" t="s">
         <v>83</v>
       </c>
       <c r="C44" s="17" t="s">
         <v>84</v>
       </c>
       <c r="D44" s="17" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>135665.79765</v>
+        <v>19</v>
+      </c>
+      <c r="E44" s="18" t="s">
+        <v>20</v>
       </c>
       <c r="F44" s="3"/>
     </row>
     <row r="45" spans="1:6">
       <c r="A45" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B45" s="17" t="s">
         <v>85</v>
       </c>
       <c r="C45" s="17" t="s">
         <v>86</v>
       </c>
       <c r="D45" s="17" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>170009.406375</v>
+        <v>19</v>
+      </c>
+      <c r="E45" s="18" t="s">
+        <v>20</v>
       </c>
       <c r="F45" s="3"/>
     </row>
     <row r="46" spans="1:6">
       <c r="A46" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B46" s="17" t="s">
         <v>87</v>
       </c>
       <c r="C46" s="17" t="s">
         <v>88</v>
       </c>
       <c r="D46" s="17" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>152068.71525</v>
+        <v>19</v>
+      </c>
+      <c r="E46" s="18" t="s">
+        <v>20</v>
       </c>
       <c r="F46" s="3"/>
     </row>
     <row r="47" spans="1:6">
       <c r="A47" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B47" s="17" t="s">
         <v>89</v>
       </c>
       <c r="C47" s="17" t="s">
         <v>90</v>
       </c>
       <c r="D47" s="17" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>70908.445875</v>
+        <v>19</v>
+      </c>
+      <c r="E47" s="18" t="s">
+        <v>20</v>
       </c>
       <c r="F47" s="3"/>
     </row>
     <row r="48" spans="1:6">
       <c r="A48" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B48" s="17" t="s">
         <v>91</v>
       </c>
       <c r="C48" s="17" t="s">
         <v>92</v>
       </c>
       <c r="D48" s="17" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>243480.808125</v>
+        <v>19</v>
+      </c>
+      <c r="E48" s="18" t="s">
+        <v>20</v>
       </c>
       <c r="F48" s="3"/>
     </row>
     <row r="49" spans="1:6">
       <c r="A49" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B49" s="17" t="s">
         <v>93</v>
       </c>
       <c r="C49" s="17" t="s">
         <v>94</v>
       </c>
       <c r="D49" s="17" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>36821.530095</v>
+        <v>19</v>
+      </c>
+      <c r="E49" s="18" t="s">
+        <v>20</v>
       </c>
       <c r="F49" s="3"/>
     </row>
     <row r="50" spans="1:6">
       <c r="A50" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B50" s="17" t="s">
         <v>95</v>
       </c>
       <c r="C50" s="17" t="s">
         <v>96</v>
       </c>
       <c r="D50" s="17" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>47841.843</v>
+        <v>19</v>
+      </c>
+      <c r="E50" s="18" t="s">
+        <v>20</v>
       </c>
       <c r="F50" s="3"/>
     </row>
     <row r="51" spans="1:6">
       <c r="A51" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B51" s="17" t="s">
         <v>97</v>
       </c>
       <c r="C51" s="17" t="s">
         <v>98</v>
       </c>
       <c r="D51" s="17" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>43570.249875</v>
+        <v>19</v>
+      </c>
+      <c r="E51" s="18" t="s">
+        <v>20</v>
       </c>
       <c r="F51" s="3"/>
     </row>
     <row r="52" spans="1:6">
       <c r="A52" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B52" s="17" t="s">
         <v>99</v>
       </c>
       <c r="C52" s="17" t="s">
         <v>100</v>
       </c>
       <c r="D52" s="17" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>126439.1565</v>
+        <v>19</v>
+      </c>
+      <c r="E52" s="18" t="s">
+        <v>20</v>
       </c>
       <c r="F52" s="3"/>
     </row>
     <row r="53" spans="1:6">
       <c r="A53" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B53" s="17" t="s">
         <v>101</v>
       </c>
       <c r="C53" s="17" t="s">
         <v>102</v>
       </c>
       <c r="D53" s="17" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>200764.876875</v>
+        <v>19</v>
+      </c>
+      <c r="E53" s="18" t="s">
+        <v>20</v>
       </c>
       <c r="F53" s="3"/>
     </row>
     <row r="54" spans="1:6">
       <c r="A54" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B54" s="17" t="s">
         <v>103</v>
       </c>
       <c r="C54" s="17" t="s">
         <v>104</v>
       </c>
       <c r="D54" s="17" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>477564.111375</v>
+        <v>19</v>
+      </c>
+      <c r="E54" s="18" t="s">
+        <v>20</v>
       </c>
       <c r="F54" s="3"/>
     </row>
     <row r="55" spans="1:6">
       <c r="A55" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B55" s="17" t="s">
         <v>105</v>
       </c>
       <c r="C55" s="17" t="s">
         <v>106</v>
       </c>
       <c r="D55" s="17" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>469875.24375</v>
+        <v>19</v>
+      </c>
+      <c r="E55" s="18" t="s">
+        <v>20</v>
       </c>
       <c r="F55" s="3"/>
     </row>
     <row r="56" spans="1:6">
       <c r="A56" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B56" s="17" t="s">
         <v>107</v>
       </c>
       <c r="C56" s="17" t="s">
         <v>108</v>
       </c>
       <c r="D56" s="17" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>92266.4115</v>
+        <v>19</v>
+      </c>
+      <c r="E56" s="18" t="s">
+        <v>20</v>
       </c>
       <c r="F56" s="3"/>
     </row>
     <row r="57" spans="1:6">
       <c r="A57" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B57" s="17" t="s">
         <v>109</v>
       </c>
       <c r="C57" s="17" t="s">
         <v>110</v>
       </c>
       <c r="D57" s="17" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>78597.3135</v>
+        <v>19</v>
+      </c>
+      <c r="E57" s="18" t="s">
+        <v>20</v>
       </c>
       <c r="F57" s="3"/>
     </row>
     <row r="58" spans="1:6">
       <c r="A58" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B58" s="17" t="s">
         <v>111</v>
       </c>
       <c r="C58" s="17" t="s">
         <v>112</v>
       </c>
       <c r="D58" s="17" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>956836.8600000001</v>
+        <v>19</v>
+      </c>
+      <c r="E58" s="18" t="s">
+        <v>20</v>
       </c>
       <c r="F58" s="3"/>
     </row>
     <row r="59" spans="1:6">
       <c r="A59" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B59" s="17" t="s">
         <v>113</v>
       </c>
       <c r="C59" s="17" t="s">
         <v>114</v>
       </c>
       <c r="D59" s="17" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>137545.298625</v>
+        <v>19</v>
+      </c>
+      <c r="E59" s="18" t="s">
+        <v>20</v>
       </c>
       <c r="F59" s="3"/>
     </row>
     <row r="60" spans="1:6">
       <c r="A60" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B60" s="17" t="s">
         <v>115</v>
       </c>
       <c r="C60" s="17" t="s">
         <v>116</v>
       </c>
       <c r="D60" s="17" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>129856.431</v>
+        <v>19</v>
+      </c>
+      <c r="E60" s="18" t="s">
+        <v>20</v>
       </c>
       <c r="F60" s="3"/>
     </row>
     <row r="61" spans="1:6">
       <c r="A61" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B61" s="17" t="s">
         <v>117</v>
       </c>
       <c r="C61" s="17" t="s">
         <v>118</v>
       </c>
       <c r="D61" s="17" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>1033725.53625</v>
+        <v>19</v>
+      </c>
+      <c r="E61" s="18" t="s">
+        <v>20</v>
       </c>
       <c r="F61" s="3"/>
     </row>
     <row r="62" spans="1:6">
       <c r="A62" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B62" s="17" t="s">
         <v>119</v>
       </c>
       <c r="C62" s="17" t="s">
         <v>120</v>
       </c>
       <c r="D62" s="17" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>340873.131375</v>
+        <v>19</v>
+      </c>
+      <c r="E62" s="18" t="s">
+        <v>20</v>
       </c>
       <c r="F62" s="3"/>
     </row>
     <row r="63" spans="1:6">
       <c r="A63" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B63" s="17" t="s">
         <v>121</v>
       </c>
       <c r="C63" s="17" t="s">
         <v>122</v>
       </c>
       <c r="D63" s="17" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>340873.131375</v>
+        <v>19</v>
+      </c>
+      <c r="E63" s="18" t="s">
+        <v>20</v>
       </c>
       <c r="F63" s="3"/>
     </row>
     <row r="64" spans="1:6">
       <c r="A64" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B64" s="17" t="s">
         <v>123</v>
       </c>
       <c r="C64" s="17" t="s">
         <v>124</v>
       </c>
       <c r="D64" s="17" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>388714.974375</v>
+        <v>19</v>
+      </c>
+      <c r="E64" s="18" t="s">
+        <v>20</v>
       </c>
       <c r="F64" s="3"/>
     </row>
     <row r="65" spans="1:6">
       <c r="A65" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B65" s="17" t="s">
         <v>125</v>
       </c>
       <c r="C65" s="17" t="s">
         <v>126</v>
       </c>
       <c r="D65" s="17" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>388714.974375</v>
+        <v>19</v>
+      </c>
+      <c r="E65" s="18" t="s">
+        <v>20</v>
       </c>
       <c r="F65" s="3"/>
     </row>
     <row r="66" spans="1:6">
       <c r="A66" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B66" s="17" t="s">
         <v>127</v>
       </c>
       <c r="C66" s="17" t="s">
         <v>128</v>
       </c>
       <c r="D66" s="17" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>194784.6465</v>
+        <v>19</v>
+      </c>
+      <c r="E66" s="18" t="s">
+        <v>20</v>
       </c>
       <c r="F66" s="3"/>
     </row>
     <row r="67" spans="1:6">
       <c r="A67" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B67" s="17" t="s">
         <v>129</v>
       </c>
       <c r="C67" s="17" t="s">
         <v>130</v>
       </c>
       <c r="D67" s="17" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>194784.6465</v>
+        <v>19</v>
+      </c>
+      <c r="E67" s="18" t="s">
+        <v>20</v>
       </c>
       <c r="F67" s="3"/>
     </row>
     <row r="68" spans="1:6">
       <c r="A68" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B68" s="17" t="s">
         <v>131</v>
       </c>
       <c r="C68" s="17" t="s">
         <v>132</v>
       </c>
       <c r="D68" s="17" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>320369.484375</v>
+        <v>19</v>
+      </c>
+      <c r="E68" s="18" t="s">
+        <v>20</v>
       </c>
       <c r="F68" s="3"/>
     </row>
     <row r="69" spans="1:6">
       <c r="A69" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B69" s="17" t="s">
         <v>133</v>
       </c>
       <c r="C69" s="17" t="s">
         <v>134</v>
       </c>
       <c r="D69" s="17" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>263984.455125</v>
+        <v>19</v>
+      </c>
+      <c r="E69" s="18" t="s">
+        <v>20</v>
       </c>
       <c r="F69" s="3"/>
     </row>
     <row r="70" spans="1:6">
       <c r="A70" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B70" s="17" t="s">
         <v>135</v>
       </c>
       <c r="C70" s="17" t="s">
         <v>136</v>
       </c>
       <c r="D70" s="17" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>19</v>
+      </c>
+      <c r="E70" s="18" t="s">
+        <v>20</v>
       </c>
       <c r="F70" s="3"/>
     </row>
     <row r="71" spans="1:6">
       <c r="A71" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B71" s="17" t="s">
         <v>137</v>
       </c>
       <c r="C71" s="17" t="s">
         <v>138</v>
       </c>
       <c r="D71" s="17" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>999552.7912500001</v>
+        <v>19</v>
+      </c>
+      <c r="E71" s="18" t="s">
+        <v>20</v>
       </c>
       <c r="F71" s="3"/>
     </row>
     <row r="72" spans="1:6">
       <c r="A72" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B72" s="17" t="s">
         <v>139</v>
       </c>
       <c r="C72" s="17" t="s">
         <v>140</v>
       </c>
       <c r="D72" s="17" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>999552.7912500001</v>
+        <v>19</v>
+      </c>
+      <c r="E72" s="18" t="s">
+        <v>20</v>
       </c>
       <c r="F72" s="3"/>
     </row>
     <row r="73" spans="1:6">
       <c r="A73" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B73" s="17" t="s">
         <v>141</v>
       </c>
       <c r="C73" s="17" t="s">
         <v>142</v>
       </c>
       <c r="D73" s="17" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>994426.8795</v>
+        <v>19</v>
+      </c>
+      <c r="E73" s="18" t="s">
+        <v>20</v>
       </c>
       <c r="F73" s="3"/>
     </row>
     <row r="74" spans="1:6">
       <c r="A74" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B74" s="17" t="s">
         <v>143</v>
       </c>
       <c r="C74" s="17" t="s">
         <v>144</v>
       </c>
       <c r="D74" s="17" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>1108905.57525</v>
+        <v>19</v>
+      </c>
+      <c r="E74" s="18" t="s">
+        <v>20</v>
       </c>
       <c r="F74" s="3"/>
     </row>
     <row r="75" spans="1:6">
       <c r="A75" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B75" s="17" t="s">
         <v>145</v>
       </c>
       <c r="C75" s="17" t="s">
         <v>146</v>
       </c>
       <c r="D75" s="17" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>1134535.134</v>
+        <v>19</v>
+      </c>
+      <c r="E75" s="18" t="s">
+        <v>20</v>
       </c>
       <c r="F75" s="3"/>
     </row>
     <row r="76" spans="1:6">
       <c r="A76" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B76" s="17" t="s">
         <v>147</v>
       </c>
       <c r="C76" s="17" t="s">
         <v>148</v>
       </c>
       <c r="D76" s="17" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>1025094.93135</v>
+        <v>19</v>
+      </c>
+      <c r="E76" s="18" t="s">
+        <v>20</v>
       </c>
       <c r="F76" s="3"/>
     </row>
     <row r="77" spans="1:6">
       <c r="A77" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B77" s="17" t="s">
         <v>149</v>
       </c>
       <c r="C77" s="17" t="s">
         <v>150</v>
       </c>
       <c r="D77" s="17" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>854406.0436500001</v>
+        <v>19</v>
+      </c>
+      <c r="E77" s="18" t="s">
+        <v>20</v>
       </c>
       <c r="F77" s="3"/>
     </row>
     <row r="78" spans="1:6">
       <c r="A78" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B78" s="17" t="s">
         <v>151</v>
       </c>
       <c r="C78" s="17" t="s">
         <v>152</v>
       </c>
       <c r="D78" s="17" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>1177251.06525</v>
+        <v>19</v>
+      </c>
+      <c r="E78" s="18" t="s">
+        <v>20</v>
       </c>
       <c r="F78" s="3"/>
     </row>
     <row r="79" spans="1:6">
       <c r="A79" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B79" s="17" t="s">
         <v>153</v>
       </c>
       <c r="C79" s="17" t="s">
         <v>154</v>
       </c>
       <c r="D79" s="17" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>1204589.26125</v>
+        <v>19</v>
+      </c>
+      <c r="E79" s="18" t="s">
+        <v>20</v>
       </c>
       <c r="F79" s="3"/>
     </row>
     <row r="80" spans="1:6">
       <c r="A80" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B80" s="17" t="s">
         <v>155</v>
       </c>
       <c r="C80" s="17" t="s">
         <v>156</v>
       </c>
       <c r="D80" s="17" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>1291729.761</v>
+        <v>19</v>
+      </c>
+      <c r="E80" s="18" t="s">
+        <v>20</v>
       </c>
       <c r="F80" s="3"/>
     </row>
     <row r="81" spans="1:6">
       <c r="A81" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B81" s="17" t="s">
         <v>157</v>
       </c>
       <c r="C81" s="17" t="s">
         <v>158</v>
       </c>
       <c r="D81" s="17" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>1366051.5078</v>
+        <v>19</v>
+      </c>
+      <c r="E81" s="18" t="s">
+        <v>20</v>
       </c>
       <c r="F81" s="3"/>
     </row>
     <row r="82" spans="1:6">
       <c r="A82" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B82" s="17" t="s">
         <v>159</v>
       </c>
       <c r="C82" s="17" t="s">
         <v>160</v>
       </c>
       <c r="D82" s="17" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>1026040.6422</v>
+        <v>19</v>
+      </c>
+      <c r="E82" s="18" t="s">
+        <v>20</v>
       </c>
       <c r="F82" s="3"/>
     </row>
     <row r="83" spans="1:6">
       <c r="A83" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B83" s="17" t="s">
         <v>161</v>
       </c>
       <c r="C83" s="17" t="s">
         <v>162</v>
       </c>
       <c r="D83" s="17" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>1311375.1158</v>
+        <v>19</v>
+      </c>
+      <c r="E83" s="18" t="s">
+        <v>20</v>
       </c>
       <c r="F83" s="3"/>
     </row>
     <row r="84" spans="1:6">
       <c r="A84" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B84" s="17" t="s">
         <v>163</v>
       </c>
       <c r="C84" s="17" t="s">
         <v>164</v>
       </c>
       <c r="D84" s="17" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>1346406.153</v>
+        <v>19</v>
+      </c>
+      <c r="E84" s="18" t="s">
+        <v>20</v>
       </c>
       <c r="F84" s="3"/>
     </row>
     <row r="85" spans="1:6">
       <c r="A85" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B85" s="17" t="s">
         <v>165</v>
       </c>
       <c r="C85" s="17" t="s">
         <v>166</v>
       </c>
       <c r="D85" s="17" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>1386555.1548</v>
+        <v>19</v>
+      </c>
+      <c r="E85" s="18" t="s">
+        <v>20</v>
       </c>
       <c r="F85" s="3"/>
     </row>
     <row r="86" spans="1:6">
       <c r="A86" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B86" s="17" t="s">
         <v>167</v>
       </c>
       <c r="C86" s="17" t="s">
         <v>168</v>
       </c>
       <c r="D86" s="17" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>1321626.9393</v>
+        <v>19</v>
+      </c>
+      <c r="E86" s="18" t="s">
+        <v>20</v>
       </c>
       <c r="F86" s="3"/>
     </row>
     <row r="87" spans="1:6">
       <c r="A87" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B87" s="17" t="s">
         <v>169</v>
       </c>
       <c r="C87" s="17" t="s">
         <v>170</v>
       </c>
       <c r="D87" s="17" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>1050811.90875</v>
+        <v>19</v>
+      </c>
+      <c r="E87" s="18" t="s">
+        <v>20</v>
       </c>
       <c r="F87" s="3"/>
     </row>
     <row r="88" spans="1:6">
       <c r="A88" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B88" s="17" t="s">
         <v>171</v>
       </c>
       <c r="C88" s="17" t="s">
         <v>172</v>
       </c>
       <c r="D88" s="17" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>1921223.5125</v>
+        <v>19</v>
+      </c>
+      <c r="E88" s="18" t="s">
+        <v>20</v>
       </c>
       <c r="F88" s="3"/>
     </row>
     <row r="89" spans="1:6">
       <c r="A89" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B89" s="17" t="s">
         <v>173</v>
       </c>
       <c r="C89" s="17" t="s">
         <v>174</v>
       </c>
       <c r="D89" s="17" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>1708549.83135</v>
+        <v>19</v>
+      </c>
+      <c r="E89" s="18" t="s">
+        <v>20</v>
       </c>
       <c r="F89" s="3"/>
     </row>
     <row r="90" spans="1:6">
       <c r="A90" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B90" s="17" t="s">
         <v>175</v>
       </c>
       <c r="C90" s="17" t="s">
         <v>176</v>
       </c>
       <c r="D90" s="17" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>1291729.761</v>
+        <v>19</v>
+      </c>
+      <c r="E90" s="18" t="s">
+        <v>20</v>
       </c>
       <c r="F90" s="3"/>
     </row>
     <row r="91" spans="1:6">
       <c r="A91" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B91" s="17" t="s">
         <v>177</v>
       </c>
       <c r="C91" s="17" t="s">
         <v>178</v>
       </c>
       <c r="D91" s="17" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>1839351.9732</v>
+        <v>19</v>
+      </c>
+      <c r="E91" s="18" t="s">
+        <v>20</v>
       </c>
       <c r="F91" s="3"/>
     </row>
     <row r="92" spans="1:6">
       <c r="A92" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B92" s="17" t="s">
         <v>179</v>
       </c>
       <c r="C92" s="17" t="s">
         <v>180</v>
       </c>
       <c r="D92" s="17" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>1306257.1512</v>
+        <v>19</v>
+      </c>
+      <c r="E92" s="18" t="s">
+        <v>20</v>
       </c>
       <c r="F92" s="3"/>
     </row>
     <row r="93" spans="1:6">
       <c r="A93" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B93" s="17" t="s">
         <v>181</v>
       </c>
       <c r="C93" s="17" t="s">
         <v>182</v>
       </c>
       <c r="D93" s="17" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>2353643.8383</v>
+        <v>19</v>
+      </c>
+      <c r="E93" s="18" t="s">
+        <v>20</v>
       </c>
       <c r="F93" s="3"/>
     </row>
     <row r="94" spans="1:6">
       <c r="A94" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B94" s="17" t="s">
         <v>183</v>
       </c>
       <c r="C94" s="17" t="s">
         <v>184</v>
       </c>
       <c r="D94" s="17" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>2391233.8578</v>
+        <v>19</v>
+      </c>
+      <c r="E94" s="18" t="s">
+        <v>20</v>
       </c>
       <c r="F94" s="3"/>
     </row>
     <row r="95" spans="1:6">
       <c r="A95" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B95" s="17" t="s">
         <v>185</v>
       </c>
       <c r="C95" s="17" t="s">
         <v>186</v>
       </c>
       <c r="D95" s="17" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>2476665.7203</v>
+        <v>19</v>
+      </c>
+      <c r="E95" s="18" t="s">
+        <v>20</v>
       </c>
       <c r="F95" s="3"/>
     </row>
     <row r="96" spans="1:6">
       <c r="A96" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B96" s="17" t="s">
         <v>187</v>
       </c>
       <c r="C96" s="17" t="s">
         <v>188</v>
       </c>
       <c r="D96" s="17" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>2005940.1315</v>
+        <v>19</v>
+      </c>
+      <c r="E96" s="18" t="s">
+        <v>20</v>
       </c>
       <c r="F96" s="3"/>
     </row>
     <row r="97" spans="1:6">
       <c r="A97" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B97" s="17" t="s">
         <v>189</v>
       </c>
       <c r="C97" s="17" t="s">
         <v>190</v>
       </c>
       <c r="D97" s="17" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>2562097.5828</v>
+        <v>19</v>
+      </c>
+      <c r="E97" s="18" t="s">
+        <v>20</v>
       </c>
       <c r="F97" s="3"/>
     </row>
     <row r="98" spans="1:6">
       <c r="A98" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B98" s="17" t="s">
         <v>191</v>
       </c>
       <c r="C98" s="17" t="s">
         <v>192</v>
       </c>
       <c r="D98" s="17" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>2732961.3078</v>
+        <v>19</v>
+      </c>
+      <c r="E98" s="18" t="s">
+        <v>20</v>
       </c>
       <c r="F98" s="3"/>
     </row>
     <row r="99" spans="1:6">
       <c r="A99" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B99" s="17" t="s">
         <v>193</v>
       </c>
       <c r="C99" s="17" t="s">
         <v>194</v>
       </c>
       <c r="D99" s="17" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>2199866.4858</v>
+        <v>19</v>
+      </c>
+      <c r="E99" s="18" t="s">
+        <v>20</v>
       </c>
       <c r="F99" s="3"/>
     </row>
     <row r="100" spans="1:6">
       <c r="A100" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B100" s="17" t="s">
         <v>195</v>
       </c>
       <c r="C100" s="17" t="s">
         <v>196</v>
       </c>
       <c r="D100" s="17" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>1050811.90875</v>
+        <v>19</v>
+      </c>
+      <c r="E100" s="18" t="s">
+        <v>20</v>
       </c>
       <c r="F100" s="3"/>
     </row>
     <row r="101" spans="1:6">
       <c r="A101" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B101" s="17" t="s">
         <v>197</v>
       </c>
       <c r="C101" s="17" t="s">
         <v>198</v>
       </c>
       <c r="D101" s="17" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>1618929.8208</v>
+        <v>19</v>
+      </c>
+      <c r="E101" s="18" t="s">
+        <v>20</v>
       </c>
       <c r="F101" s="3"/>
     </row>
     <row r="102" spans="1:6">
       <c r="A102" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B102" s="17" t="s">
         <v>199</v>
       </c>
       <c r="C102" s="17" t="s">
         <v>200</v>
       </c>
       <c r="D102" s="17" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>1106338.6458</v>
+        <v>19</v>
+      </c>
+      <c r="E102" s="18" t="s">
+        <v>20</v>
       </c>
       <c r="F102" s="3"/>
     </row>
     <row r="103" spans="1:6">
       <c r="A103" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B103" s="17" t="s">
         <v>201</v>
       </c>
       <c r="C103" s="17" t="s">
         <v>202</v>
       </c>
       <c r="D103" s="17" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>1217408.0142</v>
+        <v>19</v>
+      </c>
+      <c r="E103" s="18" t="s">
+        <v>20</v>
       </c>
       <c r="F103" s="3"/>
     </row>
     <row r="104" spans="1:6">
       <c r="A104" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B104" s="17" t="s">
         <v>203</v>
       </c>
       <c r="C104" s="17" t="s">
         <v>204</v>
       </c>
       <c r="D104" s="17" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>1707778.9578</v>
+        <v>19</v>
+      </c>
+      <c r="E104" s="18" t="s">
+        <v>20</v>
       </c>
       <c r="F104" s="3"/>
     </row>
     <row r="105" spans="1:6">
       <c r="A105" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B105" s="17" t="s">
         <v>205</v>
       </c>
       <c r="C105" s="17" t="s">
         <v>206</v>
       </c>
       <c r="D105" s="17" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>1366051.5078</v>
+        <v>19</v>
+      </c>
+      <c r="E105" s="18" t="s">
+        <v>20</v>
       </c>
       <c r="F105" s="3"/>
     </row>
     <row r="106" spans="1:6">
       <c r="A106" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B106" s="17" t="s">
         <v>207</v>
       </c>
       <c r="C106" s="17" t="s">
         <v>208</v>
       </c>
       <c r="D106" s="17" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>568121.885625</v>
+        <v>19</v>
+      </c>
+      <c r="E106" s="18" t="s">
+        <v>20</v>
       </c>
       <c r="F106" s="3"/>
     </row>
     <row r="107" spans="1:6">
       <c r="A107" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B107" s="17" t="s">
         <v>209</v>
       </c>
       <c r="C107" s="17" t="s">
         <v>210</v>
       </c>
       <c r="D107" s="17" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>615109.41</v>
+        <v>19</v>
+      </c>
+      <c r="E107" s="18" t="s">
+        <v>20</v>
       </c>
       <c r="F107" s="3"/>
     </row>
     <row r="108" spans="1:6">
       <c r="A108" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B108" s="17" t="s">
         <v>211</v>
       </c>
       <c r="C108" s="17" t="s">
         <v>212</v>
       </c>
       <c r="D108" s="17" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>759489.2576250001</v>
+        <v>19</v>
+      </c>
+      <c r="E108" s="18" t="s">
+        <v>20</v>
       </c>
       <c r="F108" s="3"/>
     </row>
     <row r="109" spans="1:6">
       <c r="A109" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B109" s="17" t="s">
         <v>213</v>
       </c>
       <c r="C109" s="17" t="s">
         <v>214</v>
       </c>
       <c r="D109" s="17" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>1448066.0958</v>
+        <v>19</v>
+      </c>
+      <c r="E109" s="18" t="s">
+        <v>20</v>
       </c>
       <c r="F109" s="3"/>
     </row>
     <row r="110" spans="1:6">
       <c r="A110" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B110" s="17" t="s">
         <v>215</v>
       </c>
       <c r="C110" s="17" t="s">
         <v>216</v>
       </c>
       <c r="D110" s="17" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>875680.5642</v>
+        <v>19</v>
+      </c>
+      <c r="E110" s="18" t="s">
+        <v>20</v>
       </c>
       <c r="F110" s="3"/>
     </row>
     <row r="111" spans="1:6">
       <c r="A111" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B111" s="17" t="s">
         <v>217</v>
       </c>
       <c r="C111" s="17" t="s">
         <v>218</v>
       </c>
       <c r="D111" s="17" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>807335.0742</v>
+        <v>19</v>
+      </c>
+      <c r="E111" s="18" t="s">
+        <v>20</v>
       </c>
       <c r="F111" s="3"/>
     </row>
     <row r="112" spans="1:6">
       <c r="A112" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B112" s="17" t="s">
         <v>219</v>
       </c>
       <c r="C112" s="17" t="s">
         <v>220</v>
       </c>
       <c r="D112" s="17" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>875680.5642</v>
+        <v>19</v>
+      </c>
+      <c r="E112" s="18" t="s">
+        <v>20</v>
       </c>
       <c r="F112" s="3"/>
     </row>
     <row r="113" spans="1:6">
       <c r="A113" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B113" s="17" t="s">
         <v>221</v>
       </c>
       <c r="C113" s="17" t="s">
         <v>222</v>
       </c>
       <c r="D113" s="17" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>303283.111875</v>
+        <v>19</v>
+      </c>
+      <c r="E113" s="18" t="s">
+        <v>20</v>
       </c>
       <c r="F113" s="3"/>
     </row>
     <row r="114" spans="1:6">
       <c r="A114" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B114" s="17" t="s">
         <v>223</v>
       </c>
       <c r="C114" s="17" t="s">
         <v>224</v>
       </c>
       <c r="D114" s="17" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>491233.209375</v>
+        <v>19</v>
+      </c>
+      <c r="E114" s="18" t="s">
+        <v>20</v>
       </c>
       <c r="F114" s="3"/>
     </row>
     <row r="115" spans="1:6">
       <c r="A115" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B115" s="17" t="s">
         <v>225</v>
       </c>
       <c r="C115" s="17" t="s">
         <v>226</v>
       </c>
       <c r="D115" s="17" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>681746.26275</v>
+        <v>19</v>
+      </c>
+      <c r="E115" s="18" t="s">
+        <v>20</v>
       </c>
       <c r="F115" s="3"/>
     </row>
     <row r="116" spans="1:6">
       <c r="A116" s="17" t="s">
         <v>17</v>
       </c>
-      <c r="B116" s="17">
-        <v>66074</v>
+      <c r="B116" s="17" t="s">
+        <v>227</v>
       </c>
       <c r="C116" s="17" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="D116" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E116" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F116" s="3"/>
     </row>
     <row r="117" spans="1:6">
       <c r="A117" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B117" s="17" t="s">
         <v>229</v>
       </c>
       <c r="C117" s="17" t="s">
         <v>230</v>
       </c>
       <c r="D117" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E117" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F117" s="3"/>
     </row>
     <row r="118" spans="1:6">
       <c r="A118" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B118" s="17" t="s">
         <v>231</v>
       </c>
       <c r="C118" s="17" t="s">
         <v>232</v>
       </c>
       <c r="D118" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E118" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F118" s="3"/>
     </row>
     <row r="119" spans="1:6">
       <c r="A119" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B119" s="17" t="s">
         <v>233</v>
       </c>
       <c r="C119" s="17" t="s">
         <v>234</v>
       </c>
       <c r="D119" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E119" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F119" s="3"/>
     </row>
     <row r="120" spans="1:6">
       <c r="A120" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B120" s="17" t="s">
         <v>235</v>
       </c>
       <c r="C120" s="17" t="s">
         <v>236</v>
       </c>
       <c r="D120" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E120" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F120" s="3"/>
     </row>
     <row r="121" spans="1:6">
       <c r="A121" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B121" s="17" t="s">
         <v>237</v>
       </c>
       <c r="C121" s="17" t="s">
         <v>238</v>
       </c>
       <c r="D121" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E121" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F121" s="3"/>
     </row>
     <row r="122" spans="1:6">
       <c r="A122" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B122" s="17" t="s">
         <v>239</v>
       </c>
       <c r="C122" s="17" t="s">
         <v>240</v>
       </c>
       <c r="D122" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E122" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F122" s="3"/>
     </row>
     <row r="123" spans="1:6">
       <c r="A123" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B123" s="17" t="s">
         <v>241</v>
       </c>
       <c r="C123" s="17" t="s">
         <v>242</v>
       </c>
       <c r="D123" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E123" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F123" s="3"/>
     </row>
     <row r="124" spans="1:6">
       <c r="A124" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B124" s="17" t="s">
         <v>243</v>
       </c>
       <c r="C124" s="17" t="s">
         <v>244</v>
       </c>
       <c r="D124" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E124" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F124" s="3"/>
     </row>
     <row r="125" spans="1:6">
       <c r="A125" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B125" s="17" t="s">
         <v>245</v>
       </c>
       <c r="C125" s="17" t="s">
         <v>246</v>
       </c>
       <c r="D125" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E125" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F125" s="3"/>
     </row>
     <row r="126" spans="1:6">
       <c r="A126" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B126" s="17" t="s">
         <v>247</v>
       </c>
       <c r="C126" s="17" t="s">
         <v>248</v>
       </c>
       <c r="D126" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E126" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F126" s="3"/>
     </row>
     <row r="127" spans="1:6">
       <c r="A127" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B127" s="17" t="s">
         <v>249</v>
       </c>
       <c r="C127" s="17" t="s">
         <v>250</v>
       </c>
       <c r="D127" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E127" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F127" s="3"/>
     </row>
     <row r="128" spans="1:6">
       <c r="A128" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B128" s="17" t="s">
         <v>251</v>
       </c>
       <c r="C128" s="17" t="s">
         <v>252</v>
       </c>
       <c r="D128" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E128" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F128" s="3"/>
     </row>
     <row r="129" spans="1:6">
       <c r="A129" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B129" s="17" t="s">
         <v>253</v>
       </c>
       <c r="C129" s="17" t="s">
         <v>254</v>
       </c>
       <c r="D129" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E129" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F129" s="3"/>
     </row>
     <row r="130" spans="1:6">
       <c r="A130" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B130" s="17" t="s">
         <v>255</v>
       </c>
       <c r="C130" s="17" t="s">
         <v>256</v>
       </c>
       <c r="D130" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E130" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F130" s="3"/>
     </row>
     <row r="131" spans="1:6">
       <c r="A131" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B131" s="17" t="s">
         <v>257</v>
       </c>
       <c r="C131" s="17" t="s">
         <v>258</v>
       </c>
       <c r="D131" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E131" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F131" s="3"/>
     </row>
     <row r="132" spans="1:6">
       <c r="A132" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B132" s="17" t="s">
         <v>259</v>
       </c>
       <c r="C132" s="17" t="s">
         <v>260</v>
       </c>
       <c r="D132" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E132" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F132" s="3"/>
     </row>
     <row r="133" spans="1:6">
       <c r="A133" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B133" s="17" t="s">
         <v>261</v>
       </c>
       <c r="C133" s="17" t="s">
         <v>262</v>
       </c>
       <c r="D133" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E133" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F133" s="3"/>
     </row>
     <row r="134" spans="1:6">
       <c r="A134" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B134" s="17" t="s">
         <v>263</v>
       </c>
       <c r="C134" s="17" t="s">
         <v>264</v>
       </c>
       <c r="D134" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E134" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F134" s="3"/>
     </row>
     <row r="135" spans="1:6">
       <c r="A135" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B135" s="17" t="s">
         <v>265</v>
       </c>
       <c r="C135" s="17" t="s">
         <v>266</v>
       </c>
       <c r="D135" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E135" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F135" s="3"/>
     </row>
     <row r="136" spans="1:6">
       <c r="A136" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B136" s="17" t="s">
         <v>267</v>
       </c>
       <c r="C136" s="17" t="s">
         <v>268</v>
       </c>
       <c r="D136" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E136" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F136" s="3"/>
     </row>
     <row r="137" spans="1:6">
       <c r="A137" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B137" s="17" t="s">
         <v>269</v>
       </c>
       <c r="C137" s="17" t="s">
         <v>270</v>
       </c>
       <c r="D137" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E137" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F137" s="3"/>
     </row>
     <row r="138" spans="1:6">
       <c r="A138" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B138" s="17" t="s">
         <v>271</v>
       </c>
       <c r="C138" s="17" t="s">
         <v>272</v>
       </c>
       <c r="D138" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E138" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F138" s="3"/>
     </row>
     <row r="139" spans="1:6">
       <c r="A139" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B139" s="17" t="s">
         <v>273</v>
       </c>
       <c r="C139" s="17" t="s">
         <v>274</v>
       </c>
       <c r="D139" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E139" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F139" s="3"/>
     </row>
     <row r="140" spans="1:6">
       <c r="A140" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B140" s="17" t="s">
         <v>275</v>
       </c>
       <c r="C140" s="17" t="s">
         <v>276</v>
       </c>
       <c r="D140" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E140" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F140" s="3"/>
     </row>
     <row r="141" spans="1:6">
       <c r="A141" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B141" s="17" t="s">
         <v>277</v>
       </c>
       <c r="C141" s="17" t="s">
         <v>278</v>
       </c>
       <c r="D141" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E141" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F141" s="3"/>
     </row>
     <row r="142" spans="1:6">
       <c r="A142" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B142" s="17" t="s">
         <v>279</v>
       </c>
       <c r="C142" s="17" t="s">
         <v>280</v>
       </c>
       <c r="D142" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E142" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F142" s="3"/>
     </row>
     <row r="143" spans="1:6">
       <c r="A143" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B143" s="17" t="s">
         <v>281</v>
       </c>
       <c r="C143" s="17" t="s">
         <v>282</v>
       </c>
       <c r="D143" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E143" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F143" s="3"/>
     </row>
     <row r="144" spans="1:6">
       <c r="A144" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B144" s="17" t="s">
         <v>283</v>
       </c>
       <c r="C144" s="17" t="s">
         <v>284</v>
       </c>
       <c r="D144" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E144" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F144" s="3"/>
     </row>
     <row r="145" spans="1:6">
       <c r="A145" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B145" s="17" t="s">
         <v>285</v>
       </c>
       <c r="C145" s="17" t="s">
         <v>286</v>
       </c>
       <c r="D145" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E145" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F145" s="3"/>
     </row>
     <row r="146" spans="1:6">
       <c r="A146" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B146" s="17" t="s">
         <v>287</v>
       </c>
       <c r="C146" s="17" t="s">
         <v>288</v>
       </c>
       <c r="D146" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E146" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F146" s="3"/>
     </row>
     <row r="147" spans="1:6">
       <c r="A147" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B147" s="17" t="s">
         <v>289</v>
       </c>
       <c r="C147" s="17" t="s">
         <v>290</v>
       </c>
       <c r="D147" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E147" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F147" s="3"/>
     </row>
     <row r="148" spans="1:6">
       <c r="A148" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B148" s="17" t="s">
         <v>291</v>
       </c>
       <c r="C148" s="17" t="s">
         <v>292</v>
       </c>
       <c r="D148" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E148" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F148" s="3"/>
     </row>
     <row r="149" spans="1:6">
       <c r="A149" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B149" s="17" t="s">
         <v>293</v>
       </c>
       <c r="C149" s="17" t="s">
         <v>294</v>
       </c>
       <c r="D149" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E149" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F149" s="3"/>
     </row>
     <row r="150" spans="1:6">
       <c r="A150" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B150" s="17" t="s">
         <v>295</v>
       </c>
       <c r="C150" s="17" t="s">
         <v>296</v>
       </c>
       <c r="D150" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E150" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F150" s="3"/>
     </row>
     <row r="151" spans="1:6">
       <c r="A151" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B151" s="17" t="s">
         <v>297</v>
       </c>
       <c r="C151" s="17" t="s">
         <v>298</v>
       </c>
       <c r="D151" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E151" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F151" s="3"/>
     </row>
     <row r="152" spans="1:6">
       <c r="A152" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B152" s="17" t="s">
         <v>299</v>
       </c>
       <c r="C152" s="17" t="s">
         <v>300</v>
       </c>
       <c r="D152" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E152" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F152" s="3"/>
     </row>
     <row r="153" spans="1:6">
       <c r="A153" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B153" s="17" t="s">
         <v>301</v>
       </c>
       <c r="C153" s="17" t="s">
         <v>302</v>
       </c>
       <c r="D153" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E153" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F153" s="3"/>
     </row>
     <row r="154" spans="1:6">
       <c r="A154" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B154" s="17" t="s">
         <v>303</v>
       </c>
       <c r="C154" s="17" t="s">
         <v>304</v>
       </c>
       <c r="D154" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E154" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F154" s="3"/>
     </row>
     <row r="155" spans="1:6">
       <c r="A155" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B155" s="17" t="s">
         <v>305</v>
       </c>
       <c r="C155" s="17" t="s">
         <v>306</v>
       </c>
       <c r="D155" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E155" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F155" s="3"/>
     </row>
     <row r="156" spans="1:6">
       <c r="A156" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B156" s="17" t="s">
         <v>307</v>
       </c>
       <c r="C156" s="17" t="s">
         <v>308</v>
       </c>
       <c r="D156" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E156" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F156" s="3"/>
     </row>
     <row r="157" spans="1:6">
       <c r="A157" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B157" s="17" t="s">
         <v>309</v>
       </c>
       <c r="C157" s="17" t="s">
         <v>310</v>
       </c>
       <c r="D157" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E157" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F157" s="3"/>
     </row>
     <row r="158" spans="1:6">
       <c r="A158" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B158" s="17" t="s">
         <v>311</v>
       </c>
       <c r="C158" s="17" t="s">
         <v>312</v>
       </c>
       <c r="D158" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E158" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F158" s="3"/>
     </row>
     <row r="159" spans="1:6">
       <c r="A159" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B159" s="17" t="s">
         <v>313</v>
       </c>
       <c r="C159" s="17" t="s">
         <v>314</v>
       </c>
       <c r="D159" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E159" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F159" s="3"/>
     </row>
     <row r="160" spans="1:6">
       <c r="A160" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B160" s="17" t="s">
         <v>315</v>
       </c>
       <c r="C160" s="17" t="s">
         <v>316</v>
       </c>
       <c r="D160" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E160" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F160" s="3"/>
     </row>
     <row r="161" spans="1:6">
       <c r="A161" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B161" s="17" t="s">
         <v>317</v>
       </c>
       <c r="C161" s="17" t="s">
         <v>318</v>
       </c>
       <c r="D161" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E161" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F161" s="3"/>
     </row>
     <row r="162" spans="1:6">
       <c r="A162" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B162" s="17" t="s">
         <v>319</v>
       </c>
       <c r="C162" s="17" t="s">
         <v>320</v>
       </c>
       <c r="D162" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E162" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F162" s="3"/>
     </row>
     <row r="163" spans="1:6">
       <c r="A163" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B163" s="17" t="s">
         <v>321</v>
       </c>
       <c r="C163" s="17" t="s">
         <v>322</v>
       </c>
       <c r="D163" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E163" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F163" s="3"/>
     </row>
     <row r="164" spans="1:6">
       <c r="A164" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B164" s="17" t="s">
         <v>323</v>
       </c>
       <c r="C164" s="17" t="s">
         <v>324</v>
       </c>
       <c r="D164" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E164" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F164" s="3"/>
     </row>
     <row r="165" spans="1:6">
       <c r="A165" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B165" s="17" t="s">
         <v>325</v>
       </c>
       <c r="C165" s="17" t="s">
         <v>326</v>
       </c>
       <c r="D165" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E165" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F165" s="3"/>
     </row>
     <row r="166" spans="1:6">
       <c r="A166" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B166" s="17" t="s">
         <v>327</v>
       </c>
       <c r="C166" s="17" t="s">
         <v>328</v>
       </c>
       <c r="D166" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E166" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F166" s="3"/>
     </row>
     <row r="167" spans="1:6">
       <c r="A167" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B167" s="17" t="s">
         <v>329</v>
       </c>
       <c r="C167" s="17" t="s">
         <v>330</v>
       </c>
       <c r="D167" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E167" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F167" s="3"/>
     </row>
     <row r="168" spans="1:6">
       <c r="A168" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B168" s="17" t="s">
         <v>331</v>
       </c>
       <c r="C168" s="17" t="s">
         <v>332</v>
       </c>
       <c r="D168" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E168" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F168" s="3"/>
     </row>
     <row r="169" spans="1:6">
       <c r="A169" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B169" s="17" t="s">
         <v>333</v>
       </c>
       <c r="C169" s="17" t="s">
         <v>334</v>
       </c>
       <c r="D169" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E169" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F169" s="3"/>
     </row>
     <row r="170" spans="1:6">
       <c r="A170" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B170" s="17" t="s">
         <v>335</v>
       </c>
       <c r="C170" s="17" t="s">
         <v>336</v>
       </c>
       <c r="D170" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E170" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F170" s="3"/>
     </row>
     <row r="171" spans="1:6">
       <c r="A171" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B171" s="17" t="s">
         <v>337</v>
       </c>
       <c r="C171" s="17" t="s">
         <v>338</v>
       </c>
       <c r="D171" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E171" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F171" s="3"/>
     </row>
     <row r="172" spans="1:6">
       <c r="A172" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B172" s="17" t="s">
         <v>339</v>
       </c>
       <c r="C172" s="17" t="s">
         <v>340</v>
       </c>
       <c r="D172" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E172" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F172" s="3"/>
     </row>
     <row r="173" spans="1:6">
       <c r="A173" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B173" s="17" t="s">
         <v>341</v>
       </c>
       <c r="C173" s="17" t="s">
         <v>342</v>
       </c>
       <c r="D173" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E173" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F173" s="3"/>
     </row>
     <row r="174" spans="1:6">
       <c r="A174" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B174" s="17" t="s">
         <v>343</v>
       </c>
       <c r="C174" s="17" t="s">
         <v>344</v>
       </c>
       <c r="D174" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E174" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F174" s="3"/>
     </row>
     <row r="175" spans="1:6">
       <c r="A175" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B175" s="17" t="s">
         <v>345</v>
       </c>
       <c r="C175" s="17" t="s">
         <v>346</v>
       </c>
       <c r="D175" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E175" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F175" s="3"/>
     </row>
     <row r="176" spans="1:6">
       <c r="A176" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B176" s="17" t="s">
         <v>347</v>
       </c>
       <c r="C176" s="17" t="s">
         <v>348</v>
       </c>
       <c r="D176" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E176" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F176" s="3"/>
     </row>
     <row r="177" spans="1:6">
       <c r="A177" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B177" s="17" t="s">
         <v>349</v>
       </c>
       <c r="C177" s="17" t="s">
         <v>350</v>
       </c>
       <c r="D177" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E177" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F177" s="3"/>
     </row>
     <row r="178" spans="1:6">
       <c r="A178" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B178" s="17" t="s">
         <v>351</v>
       </c>
       <c r="C178" s="17" t="s">
         <v>352</v>
       </c>
       <c r="D178" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E178" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F178" s="3"/>
     </row>
     <row r="179" spans="1:6">
       <c r="A179" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B179" s="17" t="s">
         <v>353</v>
       </c>
       <c r="C179" s="17" t="s">
         <v>354</v>
       </c>
       <c r="D179" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E179" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F179" s="3"/>
     </row>
     <row r="180" spans="1:6">
       <c r="A180" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B180" s="17" t="s">
         <v>355</v>
       </c>
       <c r="C180" s="17" t="s">
         <v>356</v>
       </c>
       <c r="D180" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E180" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F180" s="3"/>
     </row>
     <row r="181" spans="1:6">
       <c r="A181" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B181" s="17" t="s">
         <v>357</v>
       </c>
       <c r="C181" s="17" t="s">
         <v>358</v>
       </c>
       <c r="D181" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E181" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F181" s="3"/>
     </row>
     <row r="182" spans="1:6">
       <c r="A182" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B182" s="17" t="s">
         <v>359</v>
       </c>
       <c r="C182" s="17" t="s">
         <v>360</v>
       </c>
       <c r="D182" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E182" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F182" s="3"/>
     </row>
     <row r="183" spans="1:6">
       <c r="A183" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B183" s="17" t="s">
         <v>361</v>
       </c>
       <c r="C183" s="17" t="s">
         <v>362</v>
       </c>
       <c r="D183" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E183" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F183" s="3"/>
     </row>
     <row r="184" spans="1:6">
       <c r="A184" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B184" s="17" t="s">
         <v>363</v>
       </c>
       <c r="C184" s="17" t="s">
         <v>364</v>
       </c>
       <c r="D184" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E184" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F184" s="3"/>
     </row>
     <row r="185" spans="1:6">
       <c r="A185" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B185" s="17" t="s">
         <v>365</v>
       </c>
       <c r="C185" s="17" t="s">
         <v>366</v>
       </c>
       <c r="D185" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E185" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F185" s="3"/>
     </row>
     <row r="186" spans="1:6">
       <c r="A186" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B186" s="17" t="s">
         <v>367</v>
       </c>
       <c r="C186" s="17" t="s">
         <v>368</v>
       </c>
       <c r="D186" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E186" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F186" s="3"/>
     </row>
     <row r="187" spans="1:6">
       <c r="A187" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B187" s="17" t="s">
         <v>369</v>
       </c>
       <c r="C187" s="17" t="s">
         <v>370</v>
       </c>
       <c r="D187" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E187" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F187" s="3"/>
     </row>
     <row r="188" spans="1:6">
       <c r="A188" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B188" s="17" t="s">
         <v>371</v>
       </c>
       <c r="C188" s="17" t="s">
         <v>372</v>
       </c>
       <c r="D188" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E188" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F188" s="3"/>
     </row>
     <row r="189" spans="1:6">
       <c r="A189" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B189" s="17" t="s">
         <v>373</v>
       </c>
       <c r="C189" s="17" t="s">
         <v>374</v>
       </c>
       <c r="D189" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E189" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F189" s="3"/>
     </row>
     <row r="190" spans="1:6">
       <c r="A190" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B190" s="17" t="s">
         <v>375</v>
       </c>
       <c r="C190" s="17" t="s">
         <v>376</v>
       </c>
       <c r="D190" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E190" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F190" s="3"/>
     </row>
     <row r="191" spans="1:6">
       <c r="A191" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B191" s="17" t="s">
         <v>377</v>
       </c>
       <c r="C191" s="17" t="s">
         <v>378</v>
       </c>
       <c r="D191" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E191" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F191" s="3"/>
     </row>
     <row r="192" spans="1:6">
       <c r="A192" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B192" s="17" t="s">
         <v>379</v>
       </c>
       <c r="C192" s="17" t="s">
         <v>380</v>
       </c>
       <c r="D192" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E192" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F192" s="3"/>
     </row>
     <row r="193" spans="1:6">
       <c r="A193" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B193" s="17" t="s">
         <v>381</v>
       </c>
       <c r="C193" s="17" t="s">
         <v>382</v>
       </c>
       <c r="D193" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E193" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F193" s="3"/>
     </row>
     <row r="194" spans="1:6">
       <c r="A194" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B194" s="17" t="s">
         <v>383</v>
       </c>
       <c r="C194" s="17" t="s">
         <v>384</v>
       </c>
       <c r="D194" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E194" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F194" s="3"/>
     </row>
     <row r="195" spans="1:6">
       <c r="A195" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B195" s="17" t="s">
         <v>385</v>
       </c>
       <c r="C195" s="17" t="s">
         <v>386</v>
       </c>
       <c r="D195" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E195" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F195" s="3"/>
     </row>
     <row r="196" spans="1:6">
       <c r="A196" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B196" s="17" t="s">
         <v>387</v>
       </c>
       <c r="C196" s="17" t="s">
         <v>388</v>
       </c>
       <c r="D196" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E196" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F196" s="3"/>
     </row>
     <row r="197" spans="1:6">
       <c r="A197" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B197" s="17" t="s">
         <v>389</v>
       </c>
       <c r="C197" s="17" t="s">
         <v>390</v>
       </c>
       <c r="D197" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E197" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F197" s="3"/>
     </row>
     <row r="198" spans="1:6">
       <c r="A198" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B198" s="17" t="s">
         <v>391</v>
       </c>
       <c r="C198" s="17" t="s">
         <v>392</v>
       </c>
       <c r="D198" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E198" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F198" s="3"/>
     </row>
     <row r="199" spans="1:6">
       <c r="A199" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B199" s="17" t="s">
         <v>393</v>
       </c>
       <c r="C199" s="17" t="s">
         <v>394</v>
       </c>
       <c r="D199" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E199" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F199" s="3"/>
     </row>
     <row r="200" spans="1:6">
       <c r="A200" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B200" s="17" t="s">
         <v>395</v>
       </c>
       <c r="C200" s="17" t="s">
         <v>396</v>
       </c>
       <c r="D200" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E200" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F200" s="3"/>
     </row>
     <row r="201" spans="1:6">
       <c r="A201" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B201" s="17" t="s">
         <v>397</v>
       </c>
       <c r="C201" s="17" t="s">
         <v>398</v>
       </c>
       <c r="D201" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E201" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F201" s="3"/>
     </row>
     <row r="202" spans="1:6">
       <c r="A202" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B202" s="17" t="s">
         <v>399</v>
       </c>
       <c r="C202" s="17" t="s">
         <v>400</v>
       </c>
       <c r="D202" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E202" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F202" s="3"/>
     </row>
     <row r="203" spans="1:6">
       <c r="A203" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B203" s="17" t="s">
         <v>401</v>
       </c>
       <c r="C203" s="17" t="s">
         <v>402</v>
       </c>
       <c r="D203" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E203" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F203" s="3"/>
     </row>
     <row r="204" spans="1:6">
       <c r="A204" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B204" s="17" t="s">
         <v>403</v>
       </c>
       <c r="C204" s="17" t="s">
         <v>404</v>
       </c>
       <c r="D204" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E204" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F204" s="3"/>
     </row>
     <row r="205" spans="1:6">
       <c r="A205" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B205" s="17" t="s">
         <v>405</v>
       </c>
       <c r="C205" s="17" t="s">
         <v>406</v>
       </c>
       <c r="D205" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E205" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F205" s="3"/>
     </row>
     <row r="206" spans="1:6">
       <c r="A206" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B206" s="17" t="s">
         <v>407</v>
       </c>
       <c r="C206" s="17" t="s">
         <v>408</v>
       </c>
       <c r="D206" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E206" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F206" s="3"/>
     </row>
     <row r="207" spans="1:6">
       <c r="A207" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B207" s="17" t="s">
         <v>409</v>
       </c>
       <c r="C207" s="17" t="s">
         <v>410</v>
       </c>
       <c r="D207" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E207" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F207" s="3"/>
     </row>
     <row r="208" spans="1:6">
       <c r="A208" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B208" s="17" t="s">
         <v>411</v>
       </c>
       <c r="C208" s="17" t="s">
         <v>412</v>
       </c>
       <c r="D208" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E208" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F208" s="3"/>
     </row>
     <row r="209" spans="1:6">
       <c r="A209" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B209" s="17" t="s">
         <v>413</v>
       </c>
       <c r="C209" s="17" t="s">
         <v>414</v>
       </c>
       <c r="D209" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E209" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F209" s="3"/>
     </row>
     <row r="210" spans="1:6">
       <c r="A210" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B210" s="17" t="s">
         <v>415</v>
       </c>
       <c r="C210" s="17" t="s">
         <v>416</v>
       </c>
       <c r="D210" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E210" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F210" s="3"/>
     </row>
     <row r="211" spans="1:6">
       <c r="A211" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B211" s="17" t="s">
         <v>417</v>
       </c>
       <c r="C211" s="17" t="s">
         <v>418</v>
       </c>
       <c r="D211" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E211" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F211" s="3"/>
     </row>
     <row r="212" spans="1:6">
       <c r="A212" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B212" s="17" t="s">
         <v>419</v>
       </c>
       <c r="C212" s="17" t="s">
         <v>420</v>
       </c>
       <c r="D212" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E212" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F212" s="3"/>
     </row>
     <row r="213" spans="1:6">
       <c r="A213" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B213" s="17" t="s">
         <v>421</v>
       </c>
       <c r="C213" s="17" t="s">
         <v>422</v>
       </c>
       <c r="D213" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E213" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F213" s="3"/>
     </row>
     <row r="214" spans="1:6">
       <c r="A214" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B214" s="17" t="s">
         <v>423</v>
       </c>
       <c r="C214" s="17" t="s">
         <v>424</v>
       </c>
       <c r="D214" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E214" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F214" s="3"/>
     </row>
     <row r="215" spans="1:6">
       <c r="A215" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B215" s="17" t="s">
         <v>425</v>
       </c>
       <c r="C215" s="17" t="s">
         <v>426</v>
       </c>
       <c r="D215" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E215" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F215" s="3"/>
     </row>
     <row r="216" spans="1:6">
       <c r="A216" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B216" s="17" t="s">
         <v>427</v>
       </c>
       <c r="C216" s="17" t="s">
         <v>428</v>
       </c>
       <c r="D216" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E216" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F216" s="3"/>
     </row>
     <row r="217" spans="1:6">
       <c r="A217" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B217" s="17" t="s">
         <v>429</v>
       </c>
       <c r="C217" s="17" t="s">
         <v>430</v>
       </c>
       <c r="D217" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E217" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F217" s="3"/>
     </row>
     <row r="218" spans="1:6">
       <c r="A218" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B218" s="17" t="s">
         <v>431</v>
       </c>
       <c r="C218" s="17" t="s">
         <v>432</v>
       </c>
       <c r="D218" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E218" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F218" s="3"/>
     </row>
     <row r="219" spans="1:6">
       <c r="A219" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B219" s="17" t="s">
         <v>433</v>
       </c>
       <c r="C219" s="17" t="s">
         <v>434</v>
       </c>
       <c r="D219" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E219" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F219" s="3"/>
     </row>
     <row r="220" spans="1:6">
       <c r="A220" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B220" s="17" t="s">
         <v>435</v>
       </c>
       <c r="C220" s="17" t="s">
         <v>436</v>
       </c>
       <c r="D220" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E220" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F220" s="3"/>
     </row>
     <row r="221" spans="1:6">
       <c r="A221" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B221" s="17" t="s">
         <v>437</v>
       </c>
       <c r="C221" s="17" t="s">
         <v>438</v>
       </c>
       <c r="D221" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E221" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F221" s="3"/>
     </row>
     <row r="222" spans="1:6">
       <c r="A222" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B222" s="17" t="s">
         <v>439</v>
       </c>
       <c r="C222" s="17" t="s">
         <v>440</v>
       </c>
       <c r="D222" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E222" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F222" s="3"/>
     </row>
     <row r="223" spans="1:6">
       <c r="A223" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B223" s="17" t="s">
         <v>441</v>
       </c>
       <c r="C223" s="17" t="s">
         <v>442</v>
       </c>
       <c r="D223" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E223" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F223" s="3"/>
     </row>
     <row r="224" spans="1:6">
       <c r="A224" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B224" s="17" t="s">
         <v>443</v>
       </c>
       <c r="C224" s="17" t="s">
         <v>444</v>
       </c>
       <c r="D224" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E224" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F224" s="3"/>
     </row>
     <row r="225" spans="1:6">
       <c r="A225" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B225" s="17" t="s">
         <v>445</v>
       </c>
       <c r="C225" s="17" t="s">
         <v>446</v>
       </c>
       <c r="D225" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E225" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F225" s="3"/>
     </row>
     <row r="226" spans="1:6">
       <c r="A226" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B226" s="17" t="s">
         <v>447</v>
       </c>
       <c r="C226" s="17" t="s">
         <v>448</v>
       </c>
       <c r="D226" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E226" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F226" s="3"/>
     </row>
     <row r="227" spans="1:6">
       <c r="A227" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B227" s="17" t="s">
         <v>449</v>
       </c>
       <c r="C227" s="17" t="s">
         <v>450</v>
       </c>
       <c r="D227" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E227" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F227" s="3"/>
     </row>
     <row r="228" spans="1:6">
       <c r="A228" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B228" s="17" t="s">
         <v>451</v>
       </c>
       <c r="C228" s="17" t="s">
         <v>452</v>
       </c>
       <c r="D228" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E228" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F228" s="3"/>
     </row>
     <row r="229" spans="1:6">
       <c r="A229" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B229" s="17" t="s">
         <v>453</v>
       </c>
       <c r="C229" s="17" t="s">
         <v>454</v>
       </c>
       <c r="D229" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E229" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F229" s="3"/>
     </row>
     <row r="230" spans="1:6">
       <c r="A230" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B230" s="17" t="s">
         <v>455</v>
       </c>
       <c r="C230" s="17" t="s">
         <v>456</v>
       </c>
       <c r="D230" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E230" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F230" s="3"/>
     </row>
     <row r="231" spans="1:6">
       <c r="A231" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B231" s="17" t="s">
         <v>457</v>
       </c>
       <c r="C231" s="17" t="s">
         <v>458</v>
       </c>
       <c r="D231" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E231" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F231" s="3"/>
     </row>
     <row r="232" spans="1:6">
       <c r="A232" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B232" s="17" t="s">
         <v>459</v>
       </c>
       <c r="C232" s="17" t="s">
         <v>460</v>
       </c>
       <c r="D232" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E232" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F232" s="3"/>
     </row>
     <row r="233" spans="1:6">
       <c r="A233" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B233" s="17" t="s">
         <v>461</v>
       </c>
       <c r="C233" s="17" t="s">
         <v>462</v>
       </c>
       <c r="D233" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E233" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F233" s="3"/>
     </row>
     <row r="234" spans="1:6">
       <c r="A234" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B234" s="17" t="s">
         <v>463</v>
       </c>
       <c r="C234" s="17" t="s">
         <v>464</v>
       </c>
       <c r="D234" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E234" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F234" s="3"/>
     </row>
     <row r="235" spans="1:6">
       <c r="A235" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B235" s="17" t="s">
         <v>465</v>
       </c>
       <c r="C235" s="17" t="s">
         <v>466</v>
       </c>
       <c r="D235" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E235" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F235" s="3"/>
     </row>
     <row r="236" spans="1:6">
       <c r="A236" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B236" s="17" t="s">
         <v>467</v>
       </c>
       <c r="C236" s="17" t="s">
         <v>468</v>
       </c>
       <c r="D236" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E236" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F236" s="3"/>
     </row>
     <row r="237" spans="1:6">
       <c r="A237" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B237" s="17" t="s">
         <v>469</v>
       </c>
       <c r="C237" s="17" t="s">
         <v>470</v>
       </c>
       <c r="D237" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E237" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F237" s="3"/>
     </row>
     <row r="238" spans="1:6">
       <c r="A238" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B238" s="17" t="s">
         <v>471</v>
       </c>
       <c r="C238" s="17" t="s">
         <v>472</v>
       </c>
       <c r="D238" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E238" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F238" s="3"/>
     </row>
     <row r="239" spans="1:6">
       <c r="A239" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B239" s="17" t="s">
         <v>473</v>
       </c>
       <c r="C239" s="17" t="s">
         <v>474</v>
       </c>
       <c r="D239" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E239" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F239" s="3"/>
     </row>
     <row r="240" spans="1:6">
       <c r="A240" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B240" s="17" t="s">
         <v>475</v>
       </c>
       <c r="C240" s="17" t="s">
         <v>476</v>
       </c>
       <c r="D240" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E240" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F240" s="3"/>
     </row>
     <row r="241" spans="1:6">
       <c r="A241" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B241" s="17" t="s">
         <v>477</v>
       </c>
       <c r="C241" s="17" t="s">
         <v>478</v>
       </c>
       <c r="D241" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E241" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F241" s="3"/>
     </row>
     <row r="242" spans="1:6">
       <c r="A242" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B242" s="17" t="s">
         <v>479</v>
       </c>
       <c r="C242" s="17" t="s">
         <v>480</v>
       </c>
       <c r="D242" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E242" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F242" s="3"/>
     </row>
     <row r="243" spans="1:6">
       <c r="A243" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B243" s="17" t="s">
         <v>481</v>
       </c>
       <c r="C243" s="17" t="s">
         <v>482</v>
       </c>
       <c r="D243" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E243" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F243" s="3"/>
     </row>
     <row r="244" spans="1:6">
       <c r="A244" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B244" s="17" t="s">
         <v>483</v>
       </c>
       <c r="C244" s="17" t="s">
         <v>484</v>
       </c>
       <c r="D244" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E244" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F244" s="3"/>
     </row>
     <row r="245" spans="1:6">
       <c r="A245" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B245" s="17" t="s">
         <v>485</v>
       </c>
       <c r="C245" s="17" t="s">
         <v>486</v>
       </c>
       <c r="D245" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E245" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F245" s="3"/>
     </row>
     <row r="246" spans="1:6">
       <c r="A246" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B246" s="17" t="s">
         <v>487</v>
       </c>
       <c r="C246" s="17" t="s">
         <v>488</v>
       </c>
       <c r="D246" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E246" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F246" s="3"/>
     </row>
     <row r="247" spans="1:6">
       <c r="A247" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B247" s="17" t="s">
         <v>489</v>
       </c>
       <c r="C247" s="17" t="s">
         <v>490</v>
       </c>
       <c r="D247" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E247" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F247" s="3"/>
     </row>
     <row r="248" spans="1:6">
       <c r="A248" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B248" s="17" t="s">
         <v>491</v>
       </c>
       <c r="C248" s="17" t="s">
         <v>492</v>
       </c>
       <c r="D248" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E248" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F248" s="3"/>
     </row>
     <row r="249" spans="1:6">
       <c r="A249" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B249" s="17" t="s">
         <v>493</v>
       </c>
       <c r="C249" s="17" t="s">
         <v>494</v>
       </c>
       <c r="D249" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E249" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F249" s="3"/>
     </row>
     <row r="250" spans="1:6">
       <c r="A250" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B250" s="17" t="s">
         <v>495</v>
       </c>
       <c r="C250" s="17" t="s">
         <v>496</v>
       </c>
       <c r="D250" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E250" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F250" s="3"/>
     </row>
     <row r="251" spans="1:6">
       <c r="A251" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B251" s="17" t="s">
         <v>497</v>
       </c>
       <c r="C251" s="17" t="s">
         <v>498</v>
       </c>
       <c r="D251" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E251" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F251" s="3"/>
     </row>
     <row r="252" spans="1:6">
       <c r="A252" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B252" s="17" t="s">
         <v>499</v>
       </c>
       <c r="C252" s="17" t="s">
         <v>500</v>
       </c>
       <c r="D252" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E252" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F252" s="3"/>
     </row>
     <row r="253" spans="1:6">
       <c r="A253" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B253" s="17" t="s">
         <v>501</v>
       </c>
       <c r="C253" s="17" t="s">
         <v>502</v>
       </c>
       <c r="D253" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E253" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F253" s="3"/>
     </row>
     <row r="254" spans="1:6">
       <c r="A254" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B254" s="17" t="s">
         <v>503</v>
       </c>
       <c r="C254" s="17" t="s">
         <v>504</v>
       </c>
       <c r="D254" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E254" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F254" s="3"/>
     </row>
     <row r="255" spans="1:6">
       <c r="A255" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B255" s="17" t="s">
         <v>505</v>
       </c>
       <c r="C255" s="17" t="s">
         <v>506</v>
       </c>
       <c r="D255" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E255" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F255" s="3"/>
     </row>
     <row r="256" spans="1:6">
       <c r="A256" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B256" s="17" t="s">
         <v>507</v>
       </c>
       <c r="C256" s="17" t="s">
         <v>508</v>
       </c>
       <c r="D256" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E256" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F256" s="3"/>
     </row>
     <row r="257" spans="1:6">
       <c r="A257" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B257" s="17" t="s">
         <v>509</v>
       </c>
       <c r="C257" s="17" t="s">
         <v>510</v>
       </c>
       <c r="D257" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E257" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F257" s="3"/>
     </row>
     <row r="258" spans="1:6">
       <c r="A258" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B258" s="17" t="s">
         <v>511</v>
       </c>
       <c r="C258" s="17" t="s">
         <v>512</v>
       </c>
       <c r="D258" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E258" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F258" s="3"/>
     </row>
     <row r="259" spans="1:6">
       <c r="A259" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B259" s="17" t="s">
         <v>513</v>
       </c>
       <c r="C259" s="17" t="s">
         <v>514</v>
       </c>
       <c r="D259" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E259" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F259" s="3"/>
     </row>
     <row r="260" spans="1:6">
       <c r="A260" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B260" s="17" t="s">
         <v>515</v>
       </c>
       <c r="C260" s="17" t="s">
         <v>516</v>
       </c>
       <c r="D260" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E260" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F260" s="3"/>
     </row>
     <row r="261" spans="1:6">
       <c r="A261" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B261" s="17" t="s">
         <v>517</v>
       </c>
       <c r="C261" s="17" t="s">
         <v>518</v>
       </c>
       <c r="D261" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E261" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F261" s="3"/>
     </row>
     <row r="262" spans="1:6">
       <c r="A262" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B262" s="17" t="s">
         <v>519</v>
       </c>
       <c r="C262" s="17" t="s">
         <v>520</v>
       </c>
       <c r="D262" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E262" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F262" s="3"/>
     </row>
     <row r="263" spans="1:6">
       <c r="A263" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B263" s="17" t="s">
         <v>521</v>
       </c>
       <c r="C263" s="17" t="s">
         <v>522</v>
       </c>
       <c r="D263" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E263" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F263" s="3"/>
     </row>
     <row r="264" spans="1:6">
       <c r="A264" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B264" s="17" t="s">
         <v>523</v>
       </c>
       <c r="C264" s="17" t="s">
         <v>524</v>
       </c>
       <c r="D264" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E264" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F264" s="3"/>
     </row>
     <row r="265" spans="1:6">
       <c r="A265" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B265" s="17" t="s">
         <v>525</v>
       </c>
       <c r="C265" s="17" t="s">
         <v>526</v>
       </c>
       <c r="D265" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E265" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F265" s="3"/>
     </row>
     <row r="266" spans="1:6">
       <c r="A266" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B266" s="17" t="s">
         <v>527</v>
       </c>
       <c r="C266" s="17" t="s">
         <v>528</v>
       </c>
       <c r="D266" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E266" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F266" s="3"/>
     </row>
     <row r="267" spans="1:6">
       <c r="A267" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B267" s="17" t="s">
         <v>529</v>
       </c>
       <c r="C267" s="17" t="s">
         <v>530</v>
       </c>
       <c r="D267" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E267" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F267" s="3"/>
     </row>
     <row r="268" spans="1:6">
       <c r="A268" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B268" s="17" t="s">
         <v>531</v>
       </c>
       <c r="C268" s="17" t="s">
         <v>532</v>
       </c>
       <c r="D268" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E268" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F268" s="3"/>
     </row>
     <row r="269" spans="1:6">
       <c r="A269" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B269" s="17" t="s">
         <v>533</v>
       </c>
       <c r="C269" s="17" t="s">
         <v>534</v>
       </c>
       <c r="D269" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E269" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F269" s="3"/>
     </row>
     <row r="270" spans="1:6">
       <c r="A270" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B270" s="17" t="s">
         <v>535</v>
       </c>
       <c r="C270" s="17" t="s">
         <v>536</v>
       </c>
       <c r="D270" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E270" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F270" s="3"/>
     </row>
     <row r="271" spans="1:6">
       <c r="A271" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B271" s="17" t="s">
         <v>537</v>
       </c>
       <c r="C271" s="17" t="s">
         <v>538</v>
       </c>
       <c r="D271" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E271" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F271" s="3"/>
     </row>
     <row r="272" spans="1:6">
       <c r="A272" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B272" s="17" t="s">
         <v>539</v>
       </c>
       <c r="C272" s="17" t="s">
         <v>540</v>
       </c>
       <c r="D272" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E272" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F272" s="3"/>
     </row>
     <row r="273" spans="1:6">
       <c r="A273" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B273" s="17" t="s">
         <v>541</v>
       </c>
       <c r="C273" s="17" t="s">
         <v>542</v>
       </c>
       <c r="D273" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E273" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F273" s="3"/>
     </row>
     <row r="274" spans="1:6">
       <c r="A274" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B274" s="17" t="s">
         <v>543</v>
       </c>
       <c r="C274" s="17" t="s">
         <v>544</v>
       </c>
       <c r="D274" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E274" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F274" s="3"/>
     </row>
     <row r="275" spans="1:6">
       <c r="A275" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B275" s="17" t="s">
         <v>545</v>
       </c>
       <c r="C275" s="17" t="s">
         <v>546</v>
       </c>
       <c r="D275" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E275" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F275" s="3"/>
     </row>
     <row r="276" spans="1:6">
       <c r="A276" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B276" s="17" t="s">
         <v>547</v>
       </c>
       <c r="C276" s="17" t="s">
         <v>548</v>
       </c>
       <c r="D276" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E276" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F276" s="3"/>
     </row>
     <row r="277" spans="1:6">
       <c r="A277" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B277" s="17" t="s">
         <v>549</v>
       </c>
       <c r="C277" s="17" t="s">
         <v>550</v>
       </c>
       <c r="D277" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E277" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F277" s="3"/>
     </row>
     <row r="278" spans="1:6">
       <c r="A278" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B278" s="17" t="s">
         <v>551</v>
       </c>
       <c r="C278" s="17" t="s">
         <v>552</v>
       </c>
       <c r="D278" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E278" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F278" s="3"/>
     </row>
     <row r="279" spans="1:6">
       <c r="A279" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B279" s="17" t="s">
         <v>553</v>
       </c>
       <c r="C279" s="17" t="s">
         <v>554</v>
       </c>
       <c r="D279" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E279" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F279" s="3"/>
     </row>
     <row r="280" spans="1:6">
       <c r="A280" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B280" s="17" t="s">
         <v>555</v>
       </c>
       <c r="C280" s="17" t="s">
         <v>556</v>
       </c>
       <c r="D280" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E280" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F280" s="3"/>
     </row>
     <row r="281" spans="1:6">
       <c r="A281" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B281" s="17" t="s">
         <v>557</v>
       </c>
       <c r="C281" s="17" t="s">
         <v>558</v>
       </c>
       <c r="D281" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E281" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F281" s="3"/>
     </row>
     <row r="282" spans="1:6">
       <c r="A282" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B282" s="17" t="s">
         <v>559</v>
       </c>
       <c r="C282" s="17" t="s">
         <v>560</v>
       </c>
       <c r="D282" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E282" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F282" s="3"/>
     </row>
     <row r="283" spans="1:6">
       <c r="A283" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B283" s="17" t="s">
         <v>561</v>
       </c>
       <c r="C283" s="17" t="s">
         <v>562</v>
       </c>
       <c r="D283" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E283" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F283" s="3"/>
     </row>
     <row r="284" spans="1:6">
       <c r="A284" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B284" s="17" t="s">
         <v>563</v>
       </c>
       <c r="C284" s="17" t="s">
         <v>564</v>
       </c>
       <c r="D284" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E284" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F284" s="3"/>
     </row>
     <row r="285" spans="1:6">
       <c r="A285" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B285" s="17" t="s">
         <v>565</v>
       </c>
       <c r="C285" s="17" t="s">
         <v>566</v>
       </c>
       <c r="D285" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E285" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F285" s="3"/>
     </row>
     <row r="286" spans="1:6">
       <c r="A286" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B286" s="17" t="s">
         <v>567</v>
       </c>
       <c r="C286" s="17" t="s">
         <v>568</v>
       </c>
       <c r="D286" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E286" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F286" s="3"/>
     </row>
     <row r="287" spans="1:6">
       <c r="A287" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B287" s="17" t="s">
         <v>569</v>
       </c>
       <c r="C287" s="17" t="s">
         <v>570</v>
       </c>
       <c r="D287" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E287" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F287" s="3"/>
     </row>
     <row r="288" spans="1:6">
       <c r="A288" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B288" s="17" t="s">
         <v>571</v>
       </c>
       <c r="C288" s="17" t="s">
         <v>572</v>
       </c>
       <c r="D288" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E288" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F288" s="3"/>
     </row>
     <row r="289" spans="1:6">
       <c r="A289" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B289" s="17" t="s">
         <v>573</v>
       </c>
       <c r="C289" s="17" t="s">
         <v>574</v>
       </c>
       <c r="D289" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E289" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F289" s="3"/>
     </row>
     <row r="290" spans="1:6">
       <c r="A290" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B290" s="17" t="s">
         <v>575</v>
       </c>
       <c r="C290" s="17" t="s">
         <v>576</v>
       </c>
       <c r="D290" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E290" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F290" s="3"/>
     </row>
     <row r="291" spans="1:6">
       <c r="A291" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B291" s="17" t="s">
         <v>577</v>
       </c>
       <c r="C291" s="17" t="s">
         <v>578</v>
       </c>
       <c r="D291" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E291" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F291" s="3"/>
     </row>
     <row r="292" spans="1:6">
       <c r="A292" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B292" s="17" t="s">
         <v>579</v>
       </c>
       <c r="C292" s="17" t="s">
         <v>580</v>
       </c>
       <c r="D292" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E292" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F292" s="3"/>
     </row>
     <row r="293" spans="1:6">
       <c r="A293" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B293" s="17" t="s">
         <v>581</v>
       </c>
       <c r="C293" s="17" t="s">
         <v>582</v>
       </c>
       <c r="D293" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E293" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F293" s="3"/>
     </row>
     <row r="294" spans="1:6">
       <c r="A294" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B294" s="17" t="s">
         <v>583</v>
       </c>
       <c r="C294" s="17" t="s">
         <v>584</v>
       </c>
       <c r="D294" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E294" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F294" s="3"/>
     </row>
     <row r="295" spans="1:6">
       <c r="A295" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B295" s="17" t="s">
         <v>585</v>
       </c>
       <c r="C295" s="17" t="s">
         <v>586</v>
       </c>
       <c r="D295" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E295" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F295" s="3"/>
     </row>
     <row r="296" spans="1:6">
       <c r="A296" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B296" s="17" t="s">
         <v>587</v>
       </c>
       <c r="C296" s="17" t="s">
         <v>588</v>
       </c>
       <c r="D296" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E296" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F296" s="3"/>
     </row>
     <row r="297" spans="1:6">
       <c r="A297" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B297" s="17" t="s">
         <v>589</v>
       </c>
       <c r="C297" s="17" t="s">
         <v>590</v>
       </c>
       <c r="D297" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E297" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F297" s="3"/>
     </row>
     <row r="298" spans="1:6">
       <c r="A298" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B298" s="17" t="s">
         <v>591</v>
       </c>
       <c r="C298" s="17" t="s">
         <v>592</v>
       </c>
       <c r="D298" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E298" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F298" s="3"/>
     </row>
     <row r="299" spans="1:6">
       <c r="A299" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B299" s="17" t="s">
         <v>593</v>
       </c>
       <c r="C299" s="17" t="s">
         <v>594</v>
       </c>
       <c r="D299" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E299" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F299" s="3"/>
     </row>
     <row r="300" spans="1:6">
       <c r="A300" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B300" s="17" t="s">
         <v>595</v>
       </c>
       <c r="C300" s="17" t="s">
         <v>596</v>
       </c>
       <c r="D300" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E300" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F300" s="3"/>
     </row>
     <row r="301" spans="1:6">
       <c r="A301" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B301" s="17" t="s">
         <v>597</v>
       </c>
       <c r="C301" s="17" t="s">
         <v>598</v>
       </c>
       <c r="D301" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E301" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F301" s="3"/>
     </row>
     <row r="302" spans="1:6">
       <c r="A302" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B302" s="17" t="s">
         <v>599</v>
       </c>
       <c r="C302" s="17" t="s">
         <v>600</v>
       </c>
       <c r="D302" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E302" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F302" s="3"/>
     </row>
     <row r="303" spans="1:6">
       <c r="A303" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B303" s="17" t="s">
         <v>601</v>
       </c>
       <c r="C303" s="17" t="s">
         <v>602</v>
       </c>
       <c r="D303" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E303" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F303" s="3"/>
     </row>
     <row r="304" spans="1:6">
       <c r="A304" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B304" s="17" t="s">
         <v>603</v>
       </c>
       <c r="C304" s="17" t="s">
         <v>604</v>
       </c>
       <c r="D304" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E304" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F304" s="3"/>
     </row>
     <row r="305" spans="1:6">
       <c r="A305" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B305" s="17" t="s">
         <v>605</v>
       </c>
       <c r="C305" s="17" t="s">
         <v>606</v>
       </c>
       <c r="D305" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E305" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F305" s="3"/>
     </row>
     <row r="306" spans="1:6">
       <c r="A306" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B306" s="17" t="s">
         <v>607</v>
       </c>
       <c r="C306" s="17" t="s">
         <v>608</v>
       </c>
       <c r="D306" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E306" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F306" s="3"/>
     </row>
     <row r="307" spans="1:6">
       <c r="A307" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B307" s="17" t="s">
         <v>609</v>
       </c>
       <c r="C307" s="17" t="s">
         <v>610</v>
       </c>
       <c r="D307" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E307" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F307" s="3"/>
     </row>
     <row r="308" spans="1:6">
       <c r="A308" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B308" s="17" t="s">
         <v>611</v>
       </c>
       <c r="C308" s="17" t="s">
         <v>612</v>
       </c>
       <c r="D308" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E308" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F308" s="3"/>
     </row>
     <row r="309" spans="1:6">
       <c r="A309" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B309" s="17" t="s">
         <v>613</v>
       </c>
       <c r="C309" s="17" t="s">
         <v>614</v>
       </c>
       <c r="D309" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E309" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F309" s="3"/>
     </row>
     <row r="310" spans="1:6">
       <c r="A310" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B310" s="17" t="s">
         <v>615</v>
       </c>
       <c r="C310" s="17" t="s">
         <v>616</v>
       </c>
       <c r="D310" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E310" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F310" s="3"/>
     </row>
     <row r="311" spans="1:6">
       <c r="A311" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B311" s="17" t="s">
         <v>617</v>
       </c>
       <c r="C311" s="17" t="s">
         <v>618</v>
       </c>
       <c r="D311" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E311" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F311" s="3"/>
     </row>
     <row r="312" spans="1:6">
       <c r="A312" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B312" s="17" t="s">
         <v>619</v>
       </c>
       <c r="C312" s="17" t="s">
         <v>620</v>
       </c>
       <c r="D312" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E312" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F312" s="3"/>
     </row>
     <row r="313" spans="1:6">
       <c r="A313" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B313" s="17" t="s">
         <v>621</v>
       </c>
       <c r="C313" s="17" t="s">
         <v>622</v>
       </c>
       <c r="D313" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E313" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F313" s="3"/>
     </row>
     <row r="314" spans="1:6">
       <c r="A314" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B314" s="17" t="s">
         <v>623</v>
       </c>
       <c r="C314" s="17" t="s">
         <v>624</v>
       </c>
       <c r="D314" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E314" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F314" s="3"/>
     </row>
     <row r="315" spans="1:6">
       <c r="A315" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B315" s="17" t="s">
         <v>625</v>
       </c>
       <c r="C315" s="17" t="s">
         <v>626</v>
       </c>
       <c r="D315" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E315" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F315" s="3"/>
     </row>
     <row r="316" spans="1:6">
       <c r="A316" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B316" s="17" t="s">
         <v>627</v>
       </c>
       <c r="C316" s="17" t="s">
         <v>628</v>
       </c>
       <c r="D316" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E316" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F316" s="3"/>
     </row>
     <row r="317" spans="1:6">
       <c r="A317" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B317" s="17" t="s">
         <v>629</v>
       </c>
       <c r="C317" s="17" t="s">
         <v>630</v>
       </c>
       <c r="D317" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E317" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F317" s="3"/>
     </row>
     <row r="318" spans="1:6">
       <c r="A318" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B318" s="17" t="s">
         <v>631</v>
       </c>
       <c r="C318" s="17" t="s">
         <v>632</v>
       </c>
       <c r="D318" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E318" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F318" s="3"/>
     </row>
     <row r="319" spans="1:6">
       <c r="A319" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B319" s="17" t="s">
         <v>633</v>
       </c>
       <c r="C319" s="17" t="s">
         <v>634</v>
       </c>
       <c r="D319" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E319" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F319" s="3"/>
     </row>
     <row r="320" spans="1:6">
       <c r="A320" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B320" s="17" t="s">
         <v>635</v>
       </c>
       <c r="C320" s="17" t="s">
         <v>636</v>
       </c>
       <c r="D320" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E320" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F320" s="3"/>
     </row>
     <row r="321" spans="1:6">
       <c r="A321" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B321" s="17" t="s">
         <v>637</v>
       </c>
       <c r="C321" s="17" t="s">
         <v>638</v>
       </c>
       <c r="D321" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E321" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F321" s="3"/>
     </row>
     <row r="322" spans="1:6">
       <c r="A322" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B322" s="17" t="s">
         <v>639</v>
       </c>
       <c r="C322" s="17" t="s">
         <v>640</v>
       </c>
       <c r="D322" s="17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E322" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F322" s="3"/>
     </row>
     <row r="323" spans="1:6">
       <c r="A323" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B323" s="17" t="s">
         <v>641</v>
       </c>
       <c r="C323" s="17" t="s">
         <v>642</v>
       </c>
       <c r="D323" s="17" t="s">
         <v>643</v>
       </c>
-      <c r="E323" s="18">
-        <v>465176.8886700001</v>
+      <c r="E323" s="18" t="s">
+        <v>20</v>
       </c>
       <c r="F323" s="3"/>
     </row>
     <row r="324" spans="1:6">
       <c r="A324" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B324" s="17" t="s">
         <v>644</v>
       </c>
       <c r="C324" s="17" t="s">
         <v>645</v>
       </c>
       <c r="D324" s="17" t="s">
         <v>643</v>
       </c>
-      <c r="E324" s="18">
-        <v>248777.5836</v>
+      <c r="E324" s="18" t="s">
+        <v>20</v>
       </c>
       <c r="F324" s="3"/>
     </row>
     <row r="325" spans="1:6">
       <c r="A325" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B325" s="17" t="s">
         <v>646</v>
       </c>
       <c r="C325" s="17" t="s">
         <v>647</v>
       </c>
       <c r="D325" s="17" t="s">
         <v>643</v>
       </c>
-      <c r="E325" s="18">
-        <v>296705.25582</v>
+      <c r="E325" s="18" t="s">
+        <v>20</v>
       </c>
       <c r="F325" s="3"/>
     </row>
     <row r="326" spans="1:6">
       <c r="A326" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B326" s="17" t="s">
         <v>648</v>
       </c>
       <c r="C326" s="17" t="s">
         <v>649</v>
       </c>
       <c r="D326" s="17" t="s">
         <v>643</v>
       </c>
-      <c r="E326" s="18">
-        <v>264241.14807</v>
+      <c r="E326" s="18" t="s">
+        <v>20</v>
       </c>
       <c r="F326" s="3"/>
     </row>
     <row r="327" spans="1:6">
       <c r="A327" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B327" s="17" t="s">
         <v>650</v>
       </c>
       <c r="C327" s="17" t="s">
         <v>651</v>
       </c>
       <c r="D327" s="17" t="s">
         <v>643</v>
       </c>
-      <c r="E327" s="18">
-        <v>425279.8115250001</v>
+      <c r="E327" s="18" t="s">
+        <v>20</v>
       </c>
       <c r="F327" s="3"/>
     </row>
     <row r="328" spans="1:6">
       <c r="A328" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B328" s="17" t="s">
         <v>652</v>
       </c>
       <c r="C328" s="17" t="s">
         <v>653</v>
       </c>
       <c r="D328" s="17" t="s">
         <v>643</v>
       </c>
-      <c r="E328" s="18">
-        <v>335662.18512</v>
+      <c r="E328" s="18" t="s">
+        <v>20</v>
       </c>
       <c r="F328" s="3"/>
     </row>
     <row r="329" spans="1:6">
       <c r="A329" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B329" s="17" t="s">
         <v>654</v>
       </c>
       <c r="C329" s="17" t="s">
         <v>655</v>
       </c>
       <c r="D329" s="17" t="s">
         <v>643</v>
       </c>
-      <c r="E329" s="18">
-        <v>557870.0621250001</v>
+      <c r="E329" s="18" t="s">
+        <v>20</v>
       </c>
       <c r="F329" s="3"/>
     </row>
     <row r="330" spans="1:6">
       <c r="A330" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B330" s="17" t="s">
         <v>656</v>
       </c>
       <c r="C330" s="17" t="s">
         <v>657</v>
       </c>
       <c r="D330" s="17" t="s">
         <v>643</v>
       </c>
       <c r="E330" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F330" s="3"/>
     </row>
     <row r="331" spans="1:6">
       <c r="A331" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B331" s="17" t="s">
         <v>658</v>
       </c>
       <c r="C331" s="17" t="s">
         <v>659</v>
       </c>
       <c r="D331" s="17" t="s">
         <v>643</v>
       </c>
       <c r="E331" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F331" s="3"/>
     </row>
     <row r="332" spans="1:6">
       <c r="A332" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B332" s="17" t="s">
         <v>660</v>
       </c>
       <c r="C332" s="17" t="s">
         <v>661</v>
       </c>
       <c r="D332" s="17" t="s">
         <v>643</v>
       </c>
       <c r="E332" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F332" s="3"/>
     </row>
     <row r="333" spans="1:6">
       <c r="A333" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B333" s="17" t="s">
         <v>662</v>
       </c>
       <c r="C333" s="17" t="s">
         <v>663</v>
       </c>
       <c r="D333" s="17" t="s">
         <v>643</v>
       </c>
       <c r="E333" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F333" s="3"/>
     </row>
     <row r="334" spans="1:6">
       <c r="A334" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B334" s="17" t="s">
         <v>664</v>
       </c>
       <c r="C334" s="17" t="s">
         <v>665</v>
       </c>
       <c r="D334" s="17" t="s">
         <v>643</v>
       </c>
       <c r="E334" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F334" s="3"/>
     </row>
     <row r="335" spans="1:6">
       <c r="A335" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B335" s="17" t="s">
         <v>666</v>
       </c>
       <c r="C335" s="17" t="s">
         <v>667</v>
       </c>
       <c r="D335" s="17" t="s">
         <v>643</v>
       </c>
       <c r="E335" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F335" s="3"/>
     </row>
     <row r="336" spans="1:6">
       <c r="A336" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B336" s="17" t="s">
         <v>668</v>
       </c>
       <c r="C336" s="17" t="s">
         <v>669</v>
       </c>
       <c r="D336" s="17" t="s">
         <v>643</v>
       </c>
       <c r="E336" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F336" s="3"/>
     </row>
     <row r="337" spans="1:6">
       <c r="A337" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B337" s="17" t="s">
         <v>670</v>
       </c>
       <c r="C337" s="17" t="s">
         <v>671</v>
       </c>
       <c r="D337" s="17" t="s">
         <v>643</v>
       </c>
       <c r="E337" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F337" s="3"/>
     </row>
     <row r="338" spans="1:6">
       <c r="A338" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B338" s="17" t="s">
         <v>672</v>
       </c>
       <c r="C338" s="17" t="s">
         <v>673</v>
       </c>
       <c r="D338" s="17" t="s">
         <v>643</v>
       </c>
       <c r="E338" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F338" s="3"/>
     </row>
     <row r="339" spans="1:6">
       <c r="A339" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B339" s="17" t="s">
         <v>674</v>
       </c>
       <c r="C339" s="17" t="s">
         <v>675</v>
       </c>
       <c r="D339" s="17" t="s">
         <v>643</v>
       </c>
       <c r="E339" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F339" s="3"/>
     </row>
     <row r="340" spans="1:6">
       <c r="A340" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B340" s="17" t="s">
         <v>676</v>
       </c>
       <c r="C340" s="17" t="s">
         <v>677</v>
       </c>
       <c r="D340" s="17" t="s">
         <v>643</v>
       </c>
       <c r="E340" s="18" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F340" s="3"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <autoFilter ref="A11:E340"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Прайс-лист за 30.10.2025</vt:lpstr>
+      <vt:lpstr>Прайс-лист за 04.02.2026</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft Corporation</Company>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Unknown Creator</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Untitled Spreadsheet</dc:title>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>