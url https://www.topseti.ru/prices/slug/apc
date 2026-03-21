--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -6,125 +6,236 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="-1" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
-    <sheet name="Прайс-лист за 04.02.2026" sheetId="1" r:id="rId4"/>
+    <sheet name="Прайс-лист за 21.03.2026" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист за 04.02.2026'!$A$11:$E$340</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист за 21.03.2026'!$A$11:$E$340</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="678">
   <si>
     <t>ПРАЙС-ЛИСТ</t>
   </si>
   <si>
     <t>ЕДИНЫЙ НОМЕР</t>
   </si>
   <si>
     <t>8-800-555-7057</t>
   </si>
   <si>
     <t>МОСКВА</t>
   </si>
   <si>
     <t>8-495-646-7057</t>
   </si>
   <si>
     <t>Компания "ТопСети"</t>
   </si>
   <si>
     <t>САНКТ-ПЕТЕРБУРГ</t>
   </si>
   <si>
     <t>8-812-645-7058</t>
   </si>
   <si>
     <t>www.topseti.ru</t>
   </si>
   <si>
     <t>sales@topseti.ru</t>
   </si>
   <si>
     <t>Цены действительны на:</t>
   </si>
   <si>
-    <t>04.02.2026</t>
+    <t>21.03.2026</t>
   </si>
   <si>
     <t>Производитель</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Название</t>
   </si>
   <si>
     <t>Группа</t>
   </si>
   <si>
     <t>Цена, руб.</t>
   </si>
   <si>
     <t>APC</t>
   </si>
   <si>
+    <t>AR100</t>
+  </si>
+  <si>
+    <t>APC Шкаф NetShelter WX 13U w/Threaded Hole Vertical Mounting Rail Glass Front Door Black AR100</t>
+  </si>
+  <si>
+    <t>Монтажные шкафы и стойки</t>
+  </si>
+  <si>
+    <t>Звоните</t>
+  </si>
+  <si>
+    <t>AR201</t>
+  </si>
+  <si>
+    <t>APC Открытая монтажная стойка NetShelter 2 Post Rack 45U #12-24 Threaded Holes Black AR201</t>
+  </si>
+  <si>
+    <t>AR203A</t>
+  </si>
+  <si>
+    <t>APC Открытая монтажная стойка NetShelter 4 Post Open Frame Rack 44U Square Holes AR203A</t>
+  </si>
+  <si>
+    <t>AR2900</t>
+  </si>
+  <si>
+    <t>APC Шкаф NetShelter VL 42U 600mm Wide x 1070mm Deep Enclosure with Sides Black AR2900</t>
+  </si>
+  <si>
+    <t>AR3100</t>
+  </si>
+  <si>
+    <t>APC Шкаф NetShelter SX 42U 600mm Wide x 1070mm Deep Enclosure AR3100</t>
+  </si>
+  <si>
+    <t>AR3104</t>
+  </si>
+  <si>
+    <t>APC Шкаф NetShelter SX 24U 600mm x 1070mm Deep Enclosure AR3104</t>
+  </si>
+  <si>
+    <t>AR3107</t>
+  </si>
+  <si>
+    <t>APC Шкаф NetShelter SX 48U 600mm Wide x 1070mm Deep Enclosure AR3107</t>
+  </si>
+  <si>
+    <t>AR3140</t>
+  </si>
+  <si>
+    <t>APC AR3140 Телекоммуникационный шкаф NetShelter SX (для Cisco 65xx, Cisco 95xx), 42U, 750x1070x1991 мм (ШхГхВ), c боковыми панелями, перфорированная передняя и задние дверцы, опора с регулировкой горизонтальности, вертикальные организаторы, ролики, черны</t>
+  </si>
+  <si>
+    <t>AR3150</t>
+  </si>
+  <si>
+    <t>APC AR3150 Телекоммуникационный шкаф NetShelter SX, 42U, 750x1070x1991 мм (ШхГхВ), c боковыми панелями, перфорированная передняя и задние дверцы, опора с регулировкой горизонтальности, ролики, черный</t>
+  </si>
+  <si>
+    <t>AR3157</t>
+  </si>
+  <si>
+    <t>APC AR3157 Телекоммуникационный шкаф NetShelter SX, 48U, 750x1070x2258 мм (ШхГхВ), c боковыми панелями, перфорированная передняя и задние дверцы, опора с регулировкой горизонтальности, ролики, черный</t>
+  </si>
+  <si>
+    <t>AR3200</t>
+  </si>
+  <si>
+    <t>APC Шкаф NetShelter SX Colocation 2 x 20U 600mm Wide x 1070mm Deep Enclosure with Sides Black AR3200</t>
+  </si>
+  <si>
+    <t>AR3300</t>
+  </si>
+  <si>
+    <t>APC AR3300 Телекоммуникационный шкаф NetShelter SX, 42U, 600x1200x1991 мм (ШхГхВ), опора с регулировкой горизонтальности, ролики, черный</t>
+  </si>
+  <si>
+    <t>AR3307</t>
+  </si>
+  <si>
+    <t>APC AR3307 Телекоммуникационный шкаф NetShelter SX, 48U, 600x1200x2258 мм (ШхГхВ), опора с регулировкой горизонтальности, ролики, черный</t>
+  </si>
+  <si>
+    <t>AR3350</t>
+  </si>
+  <si>
+    <t>APC AR3350 Телекоммуникационный шкаф NetShelter SX, 42U, 750x1200x1991 мм (ШхГхВ), опора с регулировкой горизонтальности, ролики, черный</t>
+  </si>
+  <si>
+    <t>AR3357</t>
+  </si>
+  <si>
+    <t>APC AR3357 Телекоммуникационный шкаф NetShelter SX, 48U, 750x1200x2258 мм (ШхГхВ), опора с регулировкой горизонтальности, ролики, черный</t>
+  </si>
+  <si>
+    <t>AR4018I</t>
+  </si>
+  <si>
+    <t>APC Шкаф NetShelter CX 18U 750 mm Wide x 1130 mm Deep Enclosure Oak/Grey Finish Intl AR4018I</t>
+  </si>
+  <si>
+    <t>AR4024I</t>
+  </si>
+  <si>
+    <t>APC Шкаф NetShelter CX 24U 750 mm Wide x 1130 mm Deep Enclosure Oak/Grey Intl AR4024I</t>
+  </si>
+  <si>
+    <t>AR4038I</t>
+  </si>
+  <si>
+    <t>APC Шкаф NetShelter CX 38U 750 mm Wide x 1130 mm Deep Enclosure Oak/Grey Finish Intl AR4038I</t>
+  </si>
+  <si>
     <t>Модуль дистанционного администрирования ИБП APC MGE SNMP/Web Card 66074</t>
   </si>
   <si>
     <t>Источники бесперебойного питания</t>
   </si>
   <si>
-    <t>Звоните</t>
-[...1 lines deleted...]
-  <si>
     <t>ACF001RF</t>
   </si>
   <si>
     <t>Фильтр для систем охлаждения APC Replacement Filter Air Distribution Unit - 3 Packs ACF001RF</t>
   </si>
   <si>
     <t>ACF402</t>
   </si>
   <si>
     <t>Устройство отвода тепла APC Rack Air Removal Unit 100-240V 50/60HZ for NetShelter SX 750 mm Enclosure ACF402</t>
   </si>
   <si>
     <t>AP9207</t>
   </si>
   <si>
     <t>Модуль APC Share-UPS 8-Port Interface Expander, multiple server shutdown and out of band management AP9207</t>
   </si>
   <si>
     <t>AP9335T</t>
   </si>
   <si>
     <t>Датчик APC Temperature Sensor AP9335T</t>
   </si>
   <si>
     <t>AP9335TH</t>
@@ -1939,161 +2050,50 @@
     <t>Силовой модуль APC Symmetra RM 1.4kW/2KVA Power Module, Вх. 200V, 208V / Вых. 200V, 208V, 230V SYPM2KU</t>
   </si>
   <si>
     <t>SYPM4KI</t>
   </si>
   <si>
     <t>Силовой модуль APC Symmetra LX 2.8kW/4kVA Power Module, Вх. 230V, 400V 3PH / Вых. 230V, 4 U SYPM4KI</t>
   </si>
   <si>
     <t>SYRMXR4B4I</t>
   </si>
   <si>
     <t>Батарея APC Symmetra RM 4U Rack-mount Ext. Run Frame w/ 4 SYBT2’s SYRMXR4B4I</t>
   </si>
   <si>
     <t>SYSW40KH</t>
   </si>
   <si>
     <t>Модуль электронного байпаса для ИБП APC Symmetra PX 40kW Static Switch Module, 400V SYSW40KH</t>
   </si>
   <si>
     <t>UPBX-EC</t>
   </si>
   <si>
     <t>Батарея APC USB Battery Extender, Europe UPBX-EC</t>
-  </si>
-[...109 lines deleted...]
-    <t>APC Шкаф NetShelter CX 38U 750 mm Wide x 1130 mm Deep Enclosure Oak/Grey Finish Intl AR4038I</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00&quot;р.&quot;"/>
   </numFmts>
   <fonts count="8">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -2256,51 +2256,51 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="7" numFmtId="0" fillId="2" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="49" fillId="2" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="2" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/195bef53e43345f24726092db83ac2532.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f211dce27097487ba7064ce25b53a3612.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>600075</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>76200</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2447925" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -2730,6003 +2730,6003 @@
       <c r="E10" s="3"/>
       <c r="F10" s="3"/>
     </row>
     <row r="11" spans="1:6" customHeight="1" ht="30">
       <c r="A11" s="15" t="s">
         <v>12</v>
       </c>
       <c r="B11" s="15" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>14</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>15</v>
       </c>
       <c r="E11" s="15" t="s">
         <v>16</v>
       </c>
       <c r="F11" s="16"/>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" s="17" t="s">
         <v>17</v>
       </c>
-      <c r="B12" s="17">
-        <v>66074</v>
+      <c r="B12" s="17" t="s">
+        <v>18</v>
       </c>
       <c r="C12" s="17" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="D12" s="17" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="E12" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F12" s="3"/>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B13" s="17" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C13" s="17" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="D13" s="17" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="E13" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F13" s="3"/>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B14" s="17" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C14" s="17" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D14" s="17" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="E14" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F14" s="3"/>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B15" s="17" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C15" s="17" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D15" s="17" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="E15" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F15" s="3"/>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B16" s="17" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C16" s="17" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D16" s="17" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="E16" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F16" s="3"/>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B17" s="17" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C17" s="17" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="D17" s="17" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="E17" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F17" s="3"/>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B18" s="17" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C18" s="17" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D18" s="17" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="E18" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F18" s="3"/>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B19" s="17" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C19" s="17" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D19" s="17" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="E19" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F19" s="3"/>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B20" s="17" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C20" s="17" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D20" s="17" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="E20" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F20" s="3"/>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B21" s="17" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C21" s="17" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D21" s="17" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="E21" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F21" s="3"/>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B22" s="17" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C22" s="17" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D22" s="17" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="E22" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F22" s="3"/>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B23" s="17" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C23" s="17" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D23" s="17" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="E23" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F23" s="3"/>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B24" s="17" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C24" s="17" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="D24" s="17" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="E24" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F24" s="3"/>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B25" s="17" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C25" s="17" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D25" s="17" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="E25" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F25" s="3"/>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B26" s="17" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C26" s="17" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="D26" s="17" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="E26" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F26" s="3"/>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B27" s="17" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C27" s="17" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D27" s="17" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="E27" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F27" s="3"/>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B28" s="17" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C28" s="17" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="D28" s="17" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="E28" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F28" s="3"/>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B29" s="17" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C29" s="17" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="D29" s="17" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="E29" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F29" s="3"/>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" s="17" t="s">
         <v>17</v>
       </c>
-      <c r="B30" s="17" t="s">
-        <v>55</v>
+      <c r="B30" s="17">
+        <v>66074</v>
       </c>
       <c r="C30" s="17" t="s">
         <v>56</v>
       </c>
       <c r="D30" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E30" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F30" s="3"/>
     </row>
     <row r="31" spans="1:6">
       <c r="A31" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B31" s="17" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C31" s="17" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="D31" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E31" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F31" s="3"/>
     </row>
     <row r="32" spans="1:6">
       <c r="A32" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B32" s="17" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C32" s="17" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D32" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E32" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F32" s="3"/>
     </row>
     <row r="33" spans="1:6">
       <c r="A33" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B33" s="17" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C33" s="17" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="D33" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E33" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F33" s="3"/>
     </row>
     <row r="34" spans="1:6">
       <c r="A34" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B34" s="17" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C34" s="17" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D34" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E34" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F34" s="3"/>
     </row>
     <row r="35" spans="1:6">
       <c r="A35" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B35" s="17" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C35" s="17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="D35" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E35" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F35" s="3"/>
     </row>
     <row r="36" spans="1:6">
       <c r="A36" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B36" s="17" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C36" s="17" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D36" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E36" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F36" s="3"/>
     </row>
     <row r="37" spans="1:6">
       <c r="A37" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B37" s="17" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C37" s="17" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="D37" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E37" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F37" s="3"/>
     </row>
     <row r="38" spans="1:6">
       <c r="A38" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B38" s="17" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C38" s="17" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="D38" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E38" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F38" s="3"/>
     </row>
     <row r="39" spans="1:6">
       <c r="A39" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B39" s="17" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C39" s="17" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D39" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E39" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F39" s="3"/>
     </row>
     <row r="40" spans="1:6">
       <c r="A40" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B40" s="17" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C40" s="17" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="D40" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E40" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F40" s="3"/>
     </row>
     <row r="41" spans="1:6">
       <c r="A41" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B41" s="17" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C41" s="17" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="D41" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E41" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F41" s="3"/>
     </row>
     <row r="42" spans="1:6">
       <c r="A42" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B42" s="17" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C42" s="17" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="D42" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E42" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F42" s="3"/>
     </row>
     <row r="43" spans="1:6">
       <c r="A43" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B43" s="17" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C43" s="17" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="D43" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E43" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F43" s="3"/>
     </row>
     <row r="44" spans="1:6">
       <c r="A44" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B44" s="17" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C44" s="17" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="D44" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E44" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F44" s="3"/>
     </row>
     <row r="45" spans="1:6">
       <c r="A45" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B45" s="17" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C45" s="17" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="D45" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E45" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F45" s="3"/>
     </row>
     <row r="46" spans="1:6">
       <c r="A46" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B46" s="17" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C46" s="17" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="D46" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E46" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F46" s="3"/>
     </row>
     <row r="47" spans="1:6">
       <c r="A47" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B47" s="17" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C47" s="17" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="D47" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E47" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F47" s="3"/>
     </row>
     <row r="48" spans="1:6">
       <c r="A48" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B48" s="17" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C48" s="17" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="D48" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E48" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F48" s="3"/>
     </row>
     <row r="49" spans="1:6">
       <c r="A49" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B49" s="17" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C49" s="17" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="D49" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E49" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F49" s="3"/>
     </row>
     <row r="50" spans="1:6">
       <c r="A50" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B50" s="17" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C50" s="17" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D50" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E50" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F50" s="3"/>
     </row>
     <row r="51" spans="1:6">
       <c r="A51" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B51" s="17" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="C51" s="17" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="D51" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E51" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F51" s="3"/>
     </row>
     <row r="52" spans="1:6">
       <c r="A52" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B52" s="17" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C52" s="17" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D52" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E52" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F52" s="3"/>
     </row>
     <row r="53" spans="1:6">
       <c r="A53" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B53" s="17" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C53" s="17" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D53" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E53" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F53" s="3"/>
     </row>
     <row r="54" spans="1:6">
       <c r="A54" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B54" s="17" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C54" s="17" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="D54" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E54" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F54" s="3"/>
     </row>
     <row r="55" spans="1:6">
       <c r="A55" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B55" s="17" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="C55" s="17" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="D55" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E55" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F55" s="3"/>
     </row>
     <row r="56" spans="1:6">
       <c r="A56" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B56" s="17" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="C56" s="17" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="D56" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E56" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F56" s="3"/>
     </row>
     <row r="57" spans="1:6">
       <c r="A57" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B57" s="17" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C57" s="17" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="D57" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E57" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F57" s="3"/>
     </row>
     <row r="58" spans="1:6">
       <c r="A58" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B58" s="17" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C58" s="17" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="D58" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E58" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F58" s="3"/>
     </row>
     <row r="59" spans="1:6">
       <c r="A59" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B59" s="17" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="C59" s="17" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="D59" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E59" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F59" s="3"/>
     </row>
     <row r="60" spans="1:6">
       <c r="A60" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B60" s="17" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="C60" s="17" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="D60" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E60" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F60" s="3"/>
     </row>
     <row r="61" spans="1:6">
       <c r="A61" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B61" s="17" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C61" s="17" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="D61" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E61" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F61" s="3"/>
     </row>
     <row r="62" spans="1:6">
       <c r="A62" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B62" s="17" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C62" s="17" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="D62" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E62" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F62" s="3"/>
     </row>
     <row r="63" spans="1:6">
       <c r="A63" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B63" s="17" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="C63" s="17" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="D63" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E63" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F63" s="3"/>
     </row>
     <row r="64" spans="1:6">
       <c r="A64" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B64" s="17" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C64" s="17" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="D64" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E64" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F64" s="3"/>
     </row>
     <row r="65" spans="1:6">
       <c r="A65" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B65" s="17" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="C65" s="17" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="D65" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E65" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F65" s="3"/>
     </row>
     <row r="66" spans="1:6">
       <c r="A66" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B66" s="17" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="C66" s="17" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="D66" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E66" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F66" s="3"/>
     </row>
     <row r="67" spans="1:6">
       <c r="A67" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B67" s="17" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C67" s="17" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="D67" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E67" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F67" s="3"/>
     </row>
     <row r="68" spans="1:6">
       <c r="A68" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B68" s="17" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C68" s="17" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="D68" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E68" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F68" s="3"/>
     </row>
     <row r="69" spans="1:6">
       <c r="A69" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B69" s="17" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="C69" s="17" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="D69" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E69" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F69" s="3"/>
     </row>
     <row r="70" spans="1:6">
       <c r="A70" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B70" s="17" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C70" s="17" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="D70" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E70" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F70" s="3"/>
     </row>
     <row r="71" spans="1:6">
       <c r="A71" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B71" s="17" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="C71" s="17" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="D71" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E71" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F71" s="3"/>
     </row>
     <row r="72" spans="1:6">
       <c r="A72" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B72" s="17" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="C72" s="17" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="D72" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E72" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F72" s="3"/>
     </row>
     <row r="73" spans="1:6">
       <c r="A73" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B73" s="17" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C73" s="17" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="D73" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E73" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F73" s="3"/>
     </row>
     <row r="74" spans="1:6">
       <c r="A74" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B74" s="17" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C74" s="17" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="D74" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E74" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F74" s="3"/>
     </row>
     <row r="75" spans="1:6">
       <c r="A75" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B75" s="17" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="C75" s="17" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="D75" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E75" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F75" s="3"/>
     </row>
     <row r="76" spans="1:6">
       <c r="A76" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B76" s="17" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="C76" s="17" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="D76" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E76" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F76" s="3"/>
     </row>
     <row r="77" spans="1:6">
       <c r="A77" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B77" s="17" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="C77" s="17" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="D77" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E77" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F77" s="3"/>
     </row>
     <row r="78" spans="1:6">
       <c r="A78" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B78" s="17" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C78" s="17" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="D78" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E78" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F78" s="3"/>
     </row>
     <row r="79" spans="1:6">
       <c r="A79" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B79" s="17" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="C79" s="17" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="D79" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E79" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F79" s="3"/>
     </row>
     <row r="80" spans="1:6">
       <c r="A80" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B80" s="17" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="C80" s="17" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="D80" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E80" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F80" s="3"/>
     </row>
     <row r="81" spans="1:6">
       <c r="A81" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B81" s="17" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="C81" s="17" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="D81" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E81" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F81" s="3"/>
     </row>
     <row r="82" spans="1:6">
       <c r="A82" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B82" s="17" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="C82" s="17" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="D82" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E82" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F82" s="3"/>
     </row>
     <row r="83" spans="1:6">
       <c r="A83" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B83" s="17" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="C83" s="17" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="D83" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E83" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F83" s="3"/>
     </row>
     <row r="84" spans="1:6">
       <c r="A84" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B84" s="17" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="C84" s="17" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="D84" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E84" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F84" s="3"/>
     </row>
     <row r="85" spans="1:6">
       <c r="A85" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B85" s="17" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="C85" s="17" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="D85" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E85" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F85" s="3"/>
     </row>
     <row r="86" spans="1:6">
       <c r="A86" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B86" s="17" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="C86" s="17" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="D86" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E86" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F86" s="3"/>
     </row>
     <row r="87" spans="1:6">
       <c r="A87" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B87" s="17" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="C87" s="17" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="D87" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E87" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F87" s="3"/>
     </row>
     <row r="88" spans="1:6">
       <c r="A88" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B88" s="17" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="C88" s="17" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="D88" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E88" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F88" s="3"/>
     </row>
     <row r="89" spans="1:6">
       <c r="A89" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B89" s="17" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="C89" s="17" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="D89" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E89" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F89" s="3"/>
     </row>
     <row r="90" spans="1:6">
       <c r="A90" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B90" s="17" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="C90" s="17" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="D90" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E90" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F90" s="3"/>
     </row>
     <row r="91" spans="1:6">
       <c r="A91" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B91" s="17" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="C91" s="17" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="D91" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E91" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F91" s="3"/>
     </row>
     <row r="92" spans="1:6">
       <c r="A92" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B92" s="17" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="C92" s="17" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="D92" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E92" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F92" s="3"/>
     </row>
     <row r="93" spans="1:6">
       <c r="A93" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B93" s="17" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="C93" s="17" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="D93" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E93" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F93" s="3"/>
     </row>
     <row r="94" spans="1:6">
       <c r="A94" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B94" s="17" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="C94" s="17" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="D94" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E94" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F94" s="3"/>
     </row>
     <row r="95" spans="1:6">
       <c r="A95" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B95" s="17" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="C95" s="17" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="D95" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E95" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F95" s="3"/>
     </row>
     <row r="96" spans="1:6">
       <c r="A96" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B96" s="17" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="C96" s="17" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="D96" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E96" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F96" s="3"/>
     </row>
     <row r="97" spans="1:6">
       <c r="A97" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B97" s="17" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="C97" s="17" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="D97" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E97" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F97" s="3"/>
     </row>
     <row r="98" spans="1:6">
       <c r="A98" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B98" s="17" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="C98" s="17" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="D98" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E98" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F98" s="3"/>
     </row>
     <row r="99" spans="1:6">
       <c r="A99" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B99" s="17" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="C99" s="17" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="D99" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E99" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F99" s="3"/>
     </row>
     <row r="100" spans="1:6">
       <c r="A100" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B100" s="17" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="C100" s="17" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="D100" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E100" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F100" s="3"/>
     </row>
     <row r="101" spans="1:6">
       <c r="A101" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B101" s="17" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="C101" s="17" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="D101" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E101" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F101" s="3"/>
     </row>
     <row r="102" spans="1:6">
       <c r="A102" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B102" s="17" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="C102" s="17" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="D102" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E102" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F102" s="3"/>
     </row>
     <row r="103" spans="1:6">
       <c r="A103" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B103" s="17" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="C103" s="17" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="D103" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E103" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F103" s="3"/>
     </row>
     <row r="104" spans="1:6">
       <c r="A104" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B104" s="17" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="C104" s="17" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="D104" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E104" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F104" s="3"/>
     </row>
     <row r="105" spans="1:6">
       <c r="A105" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B105" s="17" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="C105" s="17" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="D105" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E105" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F105" s="3"/>
     </row>
     <row r="106" spans="1:6">
       <c r="A106" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B106" s="17" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="C106" s="17" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="D106" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E106" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F106" s="3"/>
     </row>
     <row r="107" spans="1:6">
       <c r="A107" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B107" s="17" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="C107" s="17" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="D107" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E107" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F107" s="3"/>
     </row>
     <row r="108" spans="1:6">
       <c r="A108" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B108" s="17" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="C108" s="17" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="D108" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E108" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F108" s="3"/>
     </row>
     <row r="109" spans="1:6">
       <c r="A109" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B109" s="17" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="C109" s="17" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="D109" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E109" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F109" s="3"/>
     </row>
     <row r="110" spans="1:6">
       <c r="A110" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B110" s="17" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C110" s="17" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="D110" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E110" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F110" s="3"/>
     </row>
     <row r="111" spans="1:6">
       <c r="A111" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B111" s="17" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="C111" s="17" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="D111" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E111" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F111" s="3"/>
     </row>
     <row r="112" spans="1:6">
       <c r="A112" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B112" s="17" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="C112" s="17" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="D112" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E112" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F112" s="3"/>
     </row>
     <row r="113" spans="1:6">
       <c r="A113" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B113" s="17" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="C113" s="17" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="D113" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E113" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F113" s="3"/>
     </row>
     <row r="114" spans="1:6">
       <c r="A114" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B114" s="17" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="C114" s="17" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="D114" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E114" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F114" s="3"/>
     </row>
     <row r="115" spans="1:6">
       <c r="A115" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B115" s="17" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="C115" s="17" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="D115" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E115" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F115" s="3"/>
     </row>
     <row r="116" spans="1:6">
       <c r="A116" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B116" s="17" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="C116" s="17" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="D116" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E116" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F116" s="3"/>
     </row>
     <row r="117" spans="1:6">
       <c r="A117" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B117" s="17" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="C117" s="17" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="D117" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E117" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F117" s="3"/>
     </row>
     <row r="118" spans="1:6">
       <c r="A118" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B118" s="17" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="C118" s="17" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="D118" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E118" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F118" s="3"/>
     </row>
     <row r="119" spans="1:6">
       <c r="A119" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B119" s="17" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="C119" s="17" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="D119" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E119" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F119" s="3"/>
     </row>
     <row r="120" spans="1:6">
       <c r="A120" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B120" s="17" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="C120" s="17" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="D120" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E120" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F120" s="3"/>
     </row>
     <row r="121" spans="1:6">
       <c r="A121" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B121" s="17" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="C121" s="17" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="D121" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E121" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F121" s="3"/>
     </row>
     <row r="122" spans="1:6">
       <c r="A122" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B122" s="17" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="C122" s="17" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="D122" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E122" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F122" s="3"/>
     </row>
     <row r="123" spans="1:6">
       <c r="A123" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B123" s="17" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="C123" s="17" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="D123" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E123" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F123" s="3"/>
     </row>
     <row r="124" spans="1:6">
       <c r="A124" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B124" s="17" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="C124" s="17" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="D124" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E124" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F124" s="3"/>
     </row>
     <row r="125" spans="1:6">
       <c r="A125" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B125" s="17" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="C125" s="17" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="D125" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E125" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F125" s="3"/>
     </row>
     <row r="126" spans="1:6">
       <c r="A126" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B126" s="17" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="C126" s="17" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="D126" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E126" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F126" s="3"/>
     </row>
     <row r="127" spans="1:6">
       <c r="A127" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B127" s="17" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="C127" s="17" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="D127" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E127" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F127" s="3"/>
     </row>
     <row r="128" spans="1:6">
       <c r="A128" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B128" s="17" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="C128" s="17" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="D128" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E128" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F128" s="3"/>
     </row>
     <row r="129" spans="1:6">
       <c r="A129" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B129" s="17" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="C129" s="17" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="D129" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E129" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F129" s="3"/>
     </row>
     <row r="130" spans="1:6">
       <c r="A130" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B130" s="17" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="C130" s="17" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="D130" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E130" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F130" s="3"/>
     </row>
     <row r="131" spans="1:6">
       <c r="A131" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B131" s="17" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="C131" s="17" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="D131" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E131" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F131" s="3"/>
     </row>
     <row r="132" spans="1:6">
       <c r="A132" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B132" s="17" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="C132" s="17" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="D132" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E132" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F132" s="3"/>
     </row>
     <row r="133" spans="1:6">
       <c r="A133" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B133" s="17" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="C133" s="17" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="D133" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E133" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F133" s="3"/>
     </row>
     <row r="134" spans="1:6">
       <c r="A134" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B134" s="17" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="C134" s="17" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="D134" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E134" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F134" s="3"/>
     </row>
     <row r="135" spans="1:6">
       <c r="A135" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B135" s="17" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C135" s="17" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="D135" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E135" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F135" s="3"/>
     </row>
     <row r="136" spans="1:6">
       <c r="A136" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B136" s="17" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="C136" s="17" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="D136" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E136" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F136" s="3"/>
     </row>
     <row r="137" spans="1:6">
       <c r="A137" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B137" s="17" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="C137" s="17" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="D137" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E137" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F137" s="3"/>
     </row>
     <row r="138" spans="1:6">
       <c r="A138" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B138" s="17" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="C138" s="17" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="D138" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E138" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F138" s="3"/>
     </row>
     <row r="139" spans="1:6">
       <c r="A139" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B139" s="17" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="C139" s="17" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="D139" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E139" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F139" s="3"/>
     </row>
     <row r="140" spans="1:6">
       <c r="A140" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B140" s="17" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="C140" s="17" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="D140" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E140" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F140" s="3"/>
     </row>
     <row r="141" spans="1:6">
       <c r="A141" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B141" s="17" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="C141" s="17" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="D141" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E141" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F141" s="3"/>
     </row>
     <row r="142" spans="1:6">
       <c r="A142" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B142" s="17" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="C142" s="17" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="D142" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E142" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F142" s="3"/>
     </row>
     <row r="143" spans="1:6">
       <c r="A143" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B143" s="17" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="C143" s="17" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="D143" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E143" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F143" s="3"/>
     </row>
     <row r="144" spans="1:6">
       <c r="A144" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B144" s="17" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="C144" s="17" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="D144" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E144" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F144" s="3"/>
     </row>
     <row r="145" spans="1:6">
       <c r="A145" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B145" s="17" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="C145" s="17" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="D145" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E145" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F145" s="3"/>
     </row>
     <row r="146" spans="1:6">
       <c r="A146" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B146" s="17" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="C146" s="17" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="D146" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E146" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F146" s="3"/>
     </row>
     <row r="147" spans="1:6">
       <c r="A147" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B147" s="17" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="C147" s="17" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="D147" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E147" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F147" s="3"/>
     </row>
     <row r="148" spans="1:6">
       <c r="A148" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B148" s="17" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="C148" s="17" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="D148" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E148" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F148" s="3"/>
     </row>
     <row r="149" spans="1:6">
       <c r="A149" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B149" s="17" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="C149" s="17" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="D149" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E149" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F149" s="3"/>
     </row>
     <row r="150" spans="1:6">
       <c r="A150" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B150" s="17" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="C150" s="17" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="D150" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E150" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F150" s="3"/>
     </row>
     <row r="151" spans="1:6">
       <c r="A151" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B151" s="17" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="C151" s="17" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="D151" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E151" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F151" s="3"/>
     </row>
     <row r="152" spans="1:6">
       <c r="A152" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B152" s="17" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="C152" s="17" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="D152" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E152" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F152" s="3"/>
     </row>
     <row r="153" spans="1:6">
       <c r="A153" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B153" s="17" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="C153" s="17" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="D153" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E153" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F153" s="3"/>
     </row>
     <row r="154" spans="1:6">
       <c r="A154" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B154" s="17" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="C154" s="17" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="D154" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E154" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F154" s="3"/>
     </row>
     <row r="155" spans="1:6">
       <c r="A155" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B155" s="17" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="C155" s="17" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="D155" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E155" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F155" s="3"/>
     </row>
     <row r="156" spans="1:6">
       <c r="A156" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B156" s="17" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="C156" s="17" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="D156" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E156" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F156" s="3"/>
     </row>
     <row r="157" spans="1:6">
       <c r="A157" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B157" s="17" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="C157" s="17" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="D157" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E157" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F157" s="3"/>
     </row>
     <row r="158" spans="1:6">
       <c r="A158" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B158" s="17" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="C158" s="17" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="D158" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E158" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F158" s="3"/>
     </row>
     <row r="159" spans="1:6">
       <c r="A159" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B159" s="17" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="C159" s="17" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="D159" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E159" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F159" s="3"/>
     </row>
     <row r="160" spans="1:6">
       <c r="A160" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B160" s="17" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="C160" s="17" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="D160" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E160" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F160" s="3"/>
     </row>
     <row r="161" spans="1:6">
       <c r="A161" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B161" s="17" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="C161" s="17" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="D161" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E161" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F161" s="3"/>
     </row>
     <row r="162" spans="1:6">
       <c r="A162" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B162" s="17" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="C162" s="17" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="D162" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E162" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F162" s="3"/>
     </row>
     <row r="163" spans="1:6">
       <c r="A163" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B163" s="17" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="C163" s="17" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="D163" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E163" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F163" s="3"/>
     </row>
     <row r="164" spans="1:6">
       <c r="A164" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B164" s="17" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="C164" s="17" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="D164" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E164" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F164" s="3"/>
     </row>
     <row r="165" spans="1:6">
       <c r="A165" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B165" s="17" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="C165" s="17" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="D165" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E165" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F165" s="3"/>
     </row>
     <row r="166" spans="1:6">
       <c r="A166" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B166" s="17" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="C166" s="17" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="D166" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E166" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F166" s="3"/>
     </row>
     <row r="167" spans="1:6">
       <c r="A167" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B167" s="17" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="C167" s="17" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="D167" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E167" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F167" s="3"/>
     </row>
     <row r="168" spans="1:6">
       <c r="A168" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B168" s="17" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="C168" s="17" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="D168" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E168" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F168" s="3"/>
     </row>
     <row r="169" spans="1:6">
       <c r="A169" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B169" s="17" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="C169" s="17" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="D169" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E169" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F169" s="3"/>
     </row>
     <row r="170" spans="1:6">
       <c r="A170" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B170" s="17" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="C170" s="17" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="D170" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E170" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F170" s="3"/>
     </row>
     <row r="171" spans="1:6">
       <c r="A171" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B171" s="17" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="C171" s="17" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="D171" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E171" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F171" s="3"/>
     </row>
     <row r="172" spans="1:6">
       <c r="A172" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B172" s="17" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="C172" s="17" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="D172" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E172" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F172" s="3"/>
     </row>
     <row r="173" spans="1:6">
       <c r="A173" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B173" s="17" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="C173" s="17" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="D173" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E173" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F173" s="3"/>
     </row>
     <row r="174" spans="1:6">
       <c r="A174" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B174" s="17" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="C174" s="17" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="D174" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E174" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F174" s="3"/>
     </row>
     <row r="175" spans="1:6">
       <c r="A175" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B175" s="17" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="C175" s="17" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="D175" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E175" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F175" s="3"/>
     </row>
     <row r="176" spans="1:6">
       <c r="A176" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B176" s="17" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="C176" s="17" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="D176" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E176" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F176" s="3"/>
     </row>
     <row r="177" spans="1:6">
       <c r="A177" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B177" s="17" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="C177" s="17" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="D177" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E177" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F177" s="3"/>
     </row>
     <row r="178" spans="1:6">
       <c r="A178" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B178" s="17" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="C178" s="17" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="D178" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E178" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F178" s="3"/>
     </row>
     <row r="179" spans="1:6">
       <c r="A179" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B179" s="17" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="C179" s="17" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="D179" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E179" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F179" s="3"/>
     </row>
     <row r="180" spans="1:6">
       <c r="A180" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B180" s="17" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C180" s="17" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="D180" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E180" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F180" s="3"/>
     </row>
     <row r="181" spans="1:6">
       <c r="A181" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B181" s="17" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="C181" s="17" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="D181" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E181" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F181" s="3"/>
     </row>
     <row r="182" spans="1:6">
       <c r="A182" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B182" s="17" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="C182" s="17" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="D182" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E182" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F182" s="3"/>
     </row>
     <row r="183" spans="1:6">
       <c r="A183" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B183" s="17" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="C183" s="17" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="D183" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E183" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F183" s="3"/>
     </row>
     <row r="184" spans="1:6">
       <c r="A184" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B184" s="17" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="C184" s="17" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="D184" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E184" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F184" s="3"/>
     </row>
     <row r="185" spans="1:6">
       <c r="A185" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B185" s="17" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="C185" s="17" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="D185" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E185" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F185" s="3"/>
     </row>
     <row r="186" spans="1:6">
       <c r="A186" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B186" s="17" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="C186" s="17" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="D186" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E186" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F186" s="3"/>
     </row>
     <row r="187" spans="1:6">
       <c r="A187" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B187" s="17" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="C187" s="17" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="D187" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E187" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F187" s="3"/>
     </row>
     <row r="188" spans="1:6">
       <c r="A188" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B188" s="17" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="C188" s="17" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="D188" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E188" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F188" s="3"/>
     </row>
     <row r="189" spans="1:6">
       <c r="A189" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B189" s="17" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="C189" s="17" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="D189" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E189" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F189" s="3"/>
     </row>
     <row r="190" spans="1:6">
       <c r="A190" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B190" s="17" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="C190" s="17" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="D190" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E190" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F190" s="3"/>
     </row>
     <row r="191" spans="1:6">
       <c r="A191" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B191" s="17" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="C191" s="17" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="D191" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E191" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F191" s="3"/>
     </row>
     <row r="192" spans="1:6">
       <c r="A192" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B192" s="17" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="C192" s="17" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="D192" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E192" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F192" s="3"/>
     </row>
     <row r="193" spans="1:6">
       <c r="A193" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B193" s="17" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="C193" s="17" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="D193" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E193" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F193" s="3"/>
     </row>
     <row r="194" spans="1:6">
       <c r="A194" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B194" s="17" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="C194" s="17" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="D194" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E194" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F194" s="3"/>
     </row>
     <row r="195" spans="1:6">
       <c r="A195" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B195" s="17" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="C195" s="17" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="D195" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E195" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F195" s="3"/>
     </row>
     <row r="196" spans="1:6">
       <c r="A196" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B196" s="17" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="C196" s="17" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="D196" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E196" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F196" s="3"/>
     </row>
     <row r="197" spans="1:6">
       <c r="A197" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B197" s="17" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="C197" s="17" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="D197" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E197" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F197" s="3"/>
     </row>
     <row r="198" spans="1:6">
       <c r="A198" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B198" s="17" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="C198" s="17" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="D198" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E198" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F198" s="3"/>
     </row>
     <row r="199" spans="1:6">
       <c r="A199" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B199" s="17" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="C199" s="17" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="D199" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E199" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F199" s="3"/>
     </row>
     <row r="200" spans="1:6">
       <c r="A200" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B200" s="17" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="C200" s="17" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="D200" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E200" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F200" s="3"/>
     </row>
     <row r="201" spans="1:6">
       <c r="A201" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B201" s="17" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="C201" s="17" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="D201" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E201" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F201" s="3"/>
     </row>
     <row r="202" spans="1:6">
       <c r="A202" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B202" s="17" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="C202" s="17" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="D202" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E202" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F202" s="3"/>
     </row>
     <row r="203" spans="1:6">
       <c r="A203" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B203" s="17" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="C203" s="17" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="D203" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E203" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F203" s="3"/>
     </row>
     <row r="204" spans="1:6">
       <c r="A204" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B204" s="17" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="C204" s="17" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="D204" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E204" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F204" s="3"/>
     </row>
     <row r="205" spans="1:6">
       <c r="A205" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B205" s="17" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="C205" s="17" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="D205" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E205" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F205" s="3"/>
     </row>
     <row r="206" spans="1:6">
       <c r="A206" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B206" s="17" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="C206" s="17" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="D206" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E206" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F206" s="3"/>
     </row>
     <row r="207" spans="1:6">
       <c r="A207" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B207" s="17" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="C207" s="17" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="D207" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E207" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F207" s="3"/>
     </row>
     <row r="208" spans="1:6">
       <c r="A208" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B208" s="17" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="C208" s="17" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="D208" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E208" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F208" s="3"/>
     </row>
     <row r="209" spans="1:6">
       <c r="A209" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B209" s="17" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="C209" s="17" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="D209" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E209" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F209" s="3"/>
     </row>
     <row r="210" spans="1:6">
       <c r="A210" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B210" s="17" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="C210" s="17" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="D210" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E210" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F210" s="3"/>
     </row>
     <row r="211" spans="1:6">
       <c r="A211" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B211" s="17" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="C211" s="17" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="D211" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E211" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F211" s="3"/>
     </row>
     <row r="212" spans="1:6">
       <c r="A212" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B212" s="17" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="C212" s="17" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="D212" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E212" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F212" s="3"/>
     </row>
     <row r="213" spans="1:6">
       <c r="A213" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B213" s="17" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="C213" s="17" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="D213" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E213" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F213" s="3"/>
     </row>
     <row r="214" spans="1:6">
       <c r="A214" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B214" s="17" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="C214" s="17" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="D214" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E214" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F214" s="3"/>
     </row>
     <row r="215" spans="1:6">
       <c r="A215" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B215" s="17" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="C215" s="17" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="D215" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E215" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F215" s="3"/>
     </row>
     <row r="216" spans="1:6">
       <c r="A216" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B216" s="17" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="C216" s="17" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="D216" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E216" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F216" s="3"/>
     </row>
     <row r="217" spans="1:6">
       <c r="A217" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B217" s="17" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="C217" s="17" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="D217" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E217" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F217" s="3"/>
     </row>
     <row r="218" spans="1:6">
       <c r="A218" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B218" s="17" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="C218" s="17" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="D218" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E218" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F218" s="3"/>
     </row>
     <row r="219" spans="1:6">
       <c r="A219" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B219" s="17" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="C219" s="17" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="D219" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E219" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F219" s="3"/>
     </row>
     <row r="220" spans="1:6">
       <c r="A220" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B220" s="17" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="C220" s="17" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="D220" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E220" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F220" s="3"/>
     </row>
     <row r="221" spans="1:6">
       <c r="A221" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B221" s="17" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="C221" s="17" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="D221" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E221" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F221" s="3"/>
     </row>
     <row r="222" spans="1:6">
       <c r="A222" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B222" s="17" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="C222" s="17" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="D222" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E222" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F222" s="3"/>
     </row>
     <row r="223" spans="1:6">
       <c r="A223" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B223" s="17" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="C223" s="17" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="D223" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E223" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F223" s="3"/>
     </row>
     <row r="224" spans="1:6">
       <c r="A224" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B224" s="17" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="C224" s="17" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="D224" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E224" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F224" s="3"/>
     </row>
     <row r="225" spans="1:6">
       <c r="A225" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B225" s="17" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="C225" s="17" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="D225" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E225" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F225" s="3"/>
     </row>
     <row r="226" spans="1:6">
       <c r="A226" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B226" s="17" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="C226" s="17" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="D226" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E226" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F226" s="3"/>
     </row>
     <row r="227" spans="1:6">
       <c r="A227" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B227" s="17" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="C227" s="17" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="D227" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E227" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F227" s="3"/>
     </row>
     <row r="228" spans="1:6">
       <c r="A228" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B228" s="17" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="C228" s="17" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="D228" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E228" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F228" s="3"/>
     </row>
     <row r="229" spans="1:6">
       <c r="A229" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B229" s="17" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="C229" s="17" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="D229" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E229" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F229" s="3"/>
     </row>
     <row r="230" spans="1:6">
       <c r="A230" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B230" s="17" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="C230" s="17" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="D230" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E230" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F230" s="3"/>
     </row>
     <row r="231" spans="1:6">
       <c r="A231" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B231" s="17" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="C231" s="17" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="D231" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E231" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F231" s="3"/>
     </row>
     <row r="232" spans="1:6">
       <c r="A232" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B232" s="17" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="C232" s="17" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="D232" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E232" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F232" s="3"/>
     </row>
     <row r="233" spans="1:6">
       <c r="A233" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B233" s="17" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="C233" s="17" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="D233" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E233" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F233" s="3"/>
     </row>
     <row r="234" spans="1:6">
       <c r="A234" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B234" s="17" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="C234" s="17" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="D234" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E234" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F234" s="3"/>
     </row>
     <row r="235" spans="1:6">
       <c r="A235" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B235" s="17" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="C235" s="17" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="D235" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E235" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F235" s="3"/>
     </row>
     <row r="236" spans="1:6">
       <c r="A236" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B236" s="17" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="C236" s="17" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="D236" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E236" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F236" s="3"/>
     </row>
     <row r="237" spans="1:6">
       <c r="A237" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B237" s="17" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="C237" s="17" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="D237" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E237" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F237" s="3"/>
     </row>
     <row r="238" spans="1:6">
       <c r="A238" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B238" s="17" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="C238" s="17" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="D238" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E238" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F238" s="3"/>
     </row>
     <row r="239" spans="1:6">
       <c r="A239" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B239" s="17" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="C239" s="17" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="D239" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E239" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F239" s="3"/>
     </row>
     <row r="240" spans="1:6">
       <c r="A240" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B240" s="17" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="C240" s="17" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="D240" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E240" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F240" s="3"/>
     </row>
     <row r="241" spans="1:6">
       <c r="A241" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B241" s="17" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="C241" s="17" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="D241" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E241" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F241" s="3"/>
     </row>
     <row r="242" spans="1:6">
       <c r="A242" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B242" s="17" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="C242" s="17" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="D242" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E242" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F242" s="3"/>
     </row>
     <row r="243" spans="1:6">
       <c r="A243" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B243" s="17" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="C243" s="17" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="D243" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E243" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F243" s="3"/>
     </row>
     <row r="244" spans="1:6">
       <c r="A244" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B244" s="17" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="C244" s="17" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="D244" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E244" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F244" s="3"/>
     </row>
     <row r="245" spans="1:6">
       <c r="A245" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B245" s="17" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="C245" s="17" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="D245" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E245" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F245" s="3"/>
     </row>
     <row r="246" spans="1:6">
       <c r="A246" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B246" s="17" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="C246" s="17" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="D246" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E246" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F246" s="3"/>
     </row>
     <row r="247" spans="1:6">
       <c r="A247" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B247" s="17" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="C247" s="17" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="D247" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E247" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F247" s="3"/>
     </row>
     <row r="248" spans="1:6">
       <c r="A248" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B248" s="17" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="C248" s="17" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="D248" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E248" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F248" s="3"/>
     </row>
     <row r="249" spans="1:6">
       <c r="A249" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B249" s="17" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="C249" s="17" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="D249" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E249" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F249" s="3"/>
     </row>
     <row r="250" spans="1:6">
       <c r="A250" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B250" s="17" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="C250" s="17" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="D250" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E250" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F250" s="3"/>
     </row>
     <row r="251" spans="1:6">
       <c r="A251" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B251" s="17" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="C251" s="17" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="D251" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E251" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F251" s="3"/>
     </row>
     <row r="252" spans="1:6">
       <c r="A252" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B252" s="17" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="C252" s="17" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="D252" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E252" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F252" s="3"/>
     </row>
     <row r="253" spans="1:6">
       <c r="A253" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B253" s="17" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="C253" s="17" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="D253" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E253" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F253" s="3"/>
     </row>
     <row r="254" spans="1:6">
       <c r="A254" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B254" s="17" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="C254" s="17" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="D254" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E254" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F254" s="3"/>
     </row>
     <row r="255" spans="1:6">
       <c r="A255" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B255" s="17" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="C255" s="17" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="D255" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E255" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F255" s="3"/>
     </row>
     <row r="256" spans="1:6">
       <c r="A256" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B256" s="17" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="C256" s="17" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="D256" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E256" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F256" s="3"/>
     </row>
     <row r="257" spans="1:6">
       <c r="A257" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B257" s="17" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="C257" s="17" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="D257" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E257" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F257" s="3"/>
     </row>
     <row r="258" spans="1:6">
       <c r="A258" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B258" s="17" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="C258" s="17" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="D258" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E258" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F258" s="3"/>
     </row>
     <row r="259" spans="1:6">
       <c r="A259" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B259" s="17" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="C259" s="17" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="D259" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E259" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F259" s="3"/>
     </row>
     <row r="260" spans="1:6">
       <c r="A260" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B260" s="17" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="C260" s="17" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="D260" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E260" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F260" s="3"/>
     </row>
     <row r="261" spans="1:6">
       <c r="A261" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B261" s="17" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="C261" s="17" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="D261" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E261" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F261" s="3"/>
     </row>
     <row r="262" spans="1:6">
       <c r="A262" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B262" s="17" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="C262" s="17" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="D262" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E262" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F262" s="3"/>
     </row>
     <row r="263" spans="1:6">
       <c r="A263" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B263" s="17" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="C263" s="17" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="D263" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E263" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F263" s="3"/>
     </row>
     <row r="264" spans="1:6">
       <c r="A264" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B264" s="17" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="C264" s="17" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="D264" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E264" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F264" s="3"/>
     </row>
     <row r="265" spans="1:6">
       <c r="A265" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B265" s="17" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="C265" s="17" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="D265" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E265" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F265" s="3"/>
     </row>
     <row r="266" spans="1:6">
       <c r="A266" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B266" s="17" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="C266" s="17" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="D266" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E266" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F266" s="3"/>
     </row>
     <row r="267" spans="1:6">
       <c r="A267" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B267" s="17" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="C267" s="17" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="D267" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E267" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F267" s="3"/>
     </row>
     <row r="268" spans="1:6">
       <c r="A268" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B268" s="17" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="C268" s="17" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="D268" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E268" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F268" s="3"/>
     </row>
     <row r="269" spans="1:6">
       <c r="A269" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B269" s="17" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="C269" s="17" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="D269" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E269" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F269" s="3"/>
     </row>
     <row r="270" spans="1:6">
       <c r="A270" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B270" s="17" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="C270" s="17" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="D270" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E270" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F270" s="3"/>
     </row>
     <row r="271" spans="1:6">
       <c r="A271" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B271" s="17" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="C271" s="17" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="D271" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E271" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F271" s="3"/>
     </row>
     <row r="272" spans="1:6">
       <c r="A272" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B272" s="17" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="C272" s="17" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="D272" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E272" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F272" s="3"/>
     </row>
     <row r="273" spans="1:6">
       <c r="A273" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B273" s="17" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="C273" s="17" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="D273" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E273" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F273" s="3"/>
     </row>
     <row r="274" spans="1:6">
       <c r="A274" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B274" s="17" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="C274" s="17" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="D274" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E274" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F274" s="3"/>
     </row>
     <row r="275" spans="1:6">
       <c r="A275" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B275" s="17" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="C275" s="17" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="D275" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E275" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F275" s="3"/>
     </row>
     <row r="276" spans="1:6">
       <c r="A276" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B276" s="17" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="C276" s="17" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="D276" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E276" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F276" s="3"/>
     </row>
     <row r="277" spans="1:6">
       <c r="A277" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B277" s="17" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="C277" s="17" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="D277" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E277" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F277" s="3"/>
     </row>
     <row r="278" spans="1:6">
       <c r="A278" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B278" s="17" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="C278" s="17" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="D278" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E278" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F278" s="3"/>
     </row>
     <row r="279" spans="1:6">
       <c r="A279" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B279" s="17" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="C279" s="17" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="D279" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E279" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F279" s="3"/>
     </row>
     <row r="280" spans="1:6">
       <c r="A280" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B280" s="17" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="C280" s="17" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="D280" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E280" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F280" s="3"/>
     </row>
     <row r="281" spans="1:6">
       <c r="A281" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B281" s="17" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="C281" s="17" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="D281" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E281" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F281" s="3"/>
     </row>
     <row r="282" spans="1:6">
       <c r="A282" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B282" s="17" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="C282" s="17" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="D282" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E282" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F282" s="3"/>
     </row>
     <row r="283" spans="1:6">
       <c r="A283" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B283" s="17" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="C283" s="17" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="D283" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E283" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F283" s="3"/>
     </row>
     <row r="284" spans="1:6">
       <c r="A284" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B284" s="17" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="C284" s="17" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="D284" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E284" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F284" s="3"/>
     </row>
     <row r="285" spans="1:6">
       <c r="A285" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B285" s="17" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="C285" s="17" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="D285" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E285" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F285" s="3"/>
     </row>
     <row r="286" spans="1:6">
       <c r="A286" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B286" s="17" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="C286" s="17" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="D286" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E286" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F286" s="3"/>
     </row>
     <row r="287" spans="1:6">
       <c r="A287" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B287" s="17" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="C287" s="17" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="D287" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E287" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F287" s="3"/>
     </row>
     <row r="288" spans="1:6">
       <c r="A288" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B288" s="17" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="C288" s="17" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="D288" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E288" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F288" s="3"/>
     </row>
     <row r="289" spans="1:6">
       <c r="A289" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B289" s="17" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="C289" s="17" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="D289" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E289" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F289" s="3"/>
     </row>
     <row r="290" spans="1:6">
       <c r="A290" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B290" s="17" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="C290" s="17" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="D290" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E290" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F290" s="3"/>
     </row>
     <row r="291" spans="1:6">
       <c r="A291" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B291" s="17" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="C291" s="17" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="D291" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E291" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F291" s="3"/>
     </row>
     <row r="292" spans="1:6">
       <c r="A292" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B292" s="17" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="C292" s="17" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="D292" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E292" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F292" s="3"/>
     </row>
     <row r="293" spans="1:6">
       <c r="A293" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B293" s="17" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="C293" s="17" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="D293" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E293" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F293" s="3"/>
     </row>
     <row r="294" spans="1:6">
       <c r="A294" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B294" s="17" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="C294" s="17" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="D294" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E294" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F294" s="3"/>
     </row>
     <row r="295" spans="1:6">
       <c r="A295" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B295" s="17" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="C295" s="17" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="D295" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E295" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F295" s="3"/>
     </row>
     <row r="296" spans="1:6">
       <c r="A296" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B296" s="17" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="C296" s="17" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="D296" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E296" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F296" s="3"/>
     </row>
     <row r="297" spans="1:6">
       <c r="A297" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B297" s="17" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="C297" s="17" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="D297" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E297" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F297" s="3"/>
     </row>
     <row r="298" spans="1:6">
       <c r="A298" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B298" s="17" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="C298" s="17" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="D298" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E298" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F298" s="3"/>
     </row>
     <row r="299" spans="1:6">
       <c r="A299" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B299" s="17" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="C299" s="17" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="D299" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E299" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F299" s="3"/>
     </row>
     <row r="300" spans="1:6">
       <c r="A300" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B300" s="17" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="C300" s="17" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="D300" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E300" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F300" s="3"/>
     </row>
     <row r="301" spans="1:6">
       <c r="A301" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B301" s="17" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="C301" s="17" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="D301" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E301" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F301" s="3"/>
     </row>
     <row r="302" spans="1:6">
       <c r="A302" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B302" s="17" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="C302" s="17" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="D302" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E302" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F302" s="3"/>
     </row>
     <row r="303" spans="1:6">
       <c r="A303" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B303" s="17" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="C303" s="17" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="D303" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E303" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F303" s="3"/>
     </row>
     <row r="304" spans="1:6">
       <c r="A304" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B304" s="17" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="C304" s="17" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="D304" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E304" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F304" s="3"/>
     </row>
     <row r="305" spans="1:6">
       <c r="A305" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B305" s="17" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="C305" s="17" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="D305" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E305" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F305" s="3"/>
     </row>
     <row r="306" spans="1:6">
       <c r="A306" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B306" s="17" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="C306" s="17" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="D306" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E306" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F306" s="3"/>
     </row>
     <row r="307" spans="1:6">
       <c r="A307" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B307" s="17" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="C307" s="17" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="D307" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E307" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F307" s="3"/>
     </row>
     <row r="308" spans="1:6">
       <c r="A308" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B308" s="17" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="C308" s="17" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="D308" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E308" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F308" s="3"/>
     </row>
     <row r="309" spans="1:6">
       <c r="A309" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B309" s="17" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="C309" s="17" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="D309" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E309" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F309" s="3"/>
     </row>
     <row r="310" spans="1:6">
       <c r="A310" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B310" s="17" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="C310" s="17" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="D310" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E310" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F310" s="3"/>
     </row>
     <row r="311" spans="1:6">
       <c r="A311" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B311" s="17" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="C311" s="17" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="D311" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E311" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F311" s="3"/>
     </row>
     <row r="312" spans="1:6">
       <c r="A312" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B312" s="17" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="C312" s="17" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="D312" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E312" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F312" s="3"/>
     </row>
     <row r="313" spans="1:6">
       <c r="A313" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B313" s="17" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="C313" s="17" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="D313" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E313" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F313" s="3"/>
     </row>
     <row r="314" spans="1:6">
       <c r="A314" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B314" s="17" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="C314" s="17" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="D314" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E314" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F314" s="3"/>
     </row>
     <row r="315" spans="1:6">
       <c r="A315" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B315" s="17" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="C315" s="17" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="D315" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E315" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F315" s="3"/>
     </row>
     <row r="316" spans="1:6">
       <c r="A316" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B316" s="17" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="C316" s="17" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="D316" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E316" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F316" s="3"/>
     </row>
     <row r="317" spans="1:6">
       <c r="A317" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B317" s="17" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="C317" s="17" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="D317" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E317" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F317" s="3"/>
     </row>
     <row r="318" spans="1:6">
       <c r="A318" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B318" s="17" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="C318" s="17" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="D318" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E318" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F318" s="3"/>
     </row>
     <row r="319" spans="1:6">
       <c r="A319" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B319" s="17" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="C319" s="17" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="D319" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E319" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F319" s="3"/>
     </row>
     <row r="320" spans="1:6">
       <c r="A320" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B320" s="17" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="C320" s="17" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="D320" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E320" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F320" s="3"/>
     </row>
     <row r="321" spans="1:6">
       <c r="A321" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B321" s="17" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="C321" s="17" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="D321" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E321" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F321" s="3"/>
     </row>
     <row r="322" spans="1:6">
       <c r="A322" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B322" s="17" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="C322" s="17" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="D322" s="17" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="E322" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F322" s="3"/>
     </row>
     <row r="323" spans="1:6">
       <c r="A323" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B323" s="17" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="C323" s="17" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="D323" s="17" t="s">
-        <v>643</v>
+        <v>57</v>
       </c>
       <c r="E323" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F323" s="3"/>
     </row>
     <row r="324" spans="1:6">
       <c r="A324" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B324" s="17" t="s">
         <v>644</v>
       </c>
       <c r="C324" s="17" t="s">
         <v>645</v>
       </c>
       <c r="D324" s="17" t="s">
-        <v>643</v>
+        <v>57</v>
       </c>
       <c r="E324" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F324" s="3"/>
     </row>
     <row r="325" spans="1:6">
       <c r="A325" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B325" s="17" t="s">
         <v>646</v>
       </c>
       <c r="C325" s="17" t="s">
         <v>647</v>
       </c>
       <c r="D325" s="17" t="s">
-        <v>643</v>
+        <v>57</v>
       </c>
       <c r="E325" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F325" s="3"/>
     </row>
     <row r="326" spans="1:6">
       <c r="A326" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B326" s="17" t="s">
         <v>648</v>
       </c>
       <c r="C326" s="17" t="s">
         <v>649</v>
       </c>
       <c r="D326" s="17" t="s">
-        <v>643</v>
+        <v>57</v>
       </c>
       <c r="E326" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F326" s="3"/>
     </row>
     <row r="327" spans="1:6">
       <c r="A327" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B327" s="17" t="s">
         <v>650</v>
       </c>
       <c r="C327" s="17" t="s">
         <v>651</v>
       </c>
       <c r="D327" s="17" t="s">
-        <v>643</v>
+        <v>57</v>
       </c>
       <c r="E327" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F327" s="3"/>
     </row>
     <row r="328" spans="1:6">
       <c r="A328" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B328" s="17" t="s">
         <v>652</v>
       </c>
       <c r="C328" s="17" t="s">
         <v>653</v>
       </c>
       <c r="D328" s="17" t="s">
-        <v>643</v>
+        <v>57</v>
       </c>
       <c r="E328" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F328" s="3"/>
     </row>
     <row r="329" spans="1:6">
       <c r="A329" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B329" s="17" t="s">
         <v>654</v>
       </c>
       <c r="C329" s="17" t="s">
         <v>655</v>
       </c>
       <c r="D329" s="17" t="s">
-        <v>643</v>
+        <v>57</v>
       </c>
       <c r="E329" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F329" s="3"/>
     </row>
     <row r="330" spans="1:6">
       <c r="A330" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B330" s="17" t="s">
         <v>656</v>
       </c>
       <c r="C330" s="17" t="s">
         <v>657</v>
       </c>
       <c r="D330" s="17" t="s">
-        <v>643</v>
+        <v>57</v>
       </c>
       <c r="E330" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F330" s="3"/>
     </row>
     <row r="331" spans="1:6">
       <c r="A331" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B331" s="17" t="s">
         <v>658</v>
       </c>
       <c r="C331" s="17" t="s">
         <v>659</v>
       </c>
       <c r="D331" s="17" t="s">
-        <v>643</v>
+        <v>57</v>
       </c>
       <c r="E331" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F331" s="3"/>
     </row>
     <row r="332" spans="1:6">
       <c r="A332" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B332" s="17" t="s">
         <v>660</v>
       </c>
       <c r="C332" s="17" t="s">
         <v>661</v>
       </c>
       <c r="D332" s="17" t="s">
-        <v>643</v>
+        <v>57</v>
       </c>
       <c r="E332" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F332" s="3"/>
     </row>
     <row r="333" spans="1:6">
       <c r="A333" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B333" s="17" t="s">
         <v>662</v>
       </c>
       <c r="C333" s="17" t="s">
         <v>663</v>
       </c>
       <c r="D333" s="17" t="s">
-        <v>643</v>
+        <v>57</v>
       </c>
       <c r="E333" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F333" s="3"/>
     </row>
     <row r="334" spans="1:6">
       <c r="A334" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B334" s="17" t="s">
         <v>664</v>
       </c>
       <c r="C334" s="17" t="s">
         <v>665</v>
       </c>
       <c r="D334" s="17" t="s">
-        <v>643</v>
+        <v>57</v>
       </c>
       <c r="E334" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F334" s="3"/>
     </row>
     <row r="335" spans="1:6">
       <c r="A335" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B335" s="17" t="s">
         <v>666</v>
       </c>
       <c r="C335" s="17" t="s">
         <v>667</v>
       </c>
       <c r="D335" s="17" t="s">
-        <v>643</v>
+        <v>57</v>
       </c>
       <c r="E335" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F335" s="3"/>
     </row>
     <row r="336" spans="1:6">
       <c r="A336" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B336" s="17" t="s">
         <v>668</v>
       </c>
       <c r="C336" s="17" t="s">
         <v>669</v>
       </c>
       <c r="D336" s="17" t="s">
-        <v>643</v>
+        <v>57</v>
       </c>
       <c r="E336" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F336" s="3"/>
     </row>
     <row r="337" spans="1:6">
       <c r="A337" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B337" s="17" t="s">
         <v>670</v>
       </c>
       <c r="C337" s="17" t="s">
         <v>671</v>
       </c>
       <c r="D337" s="17" t="s">
-        <v>643</v>
+        <v>57</v>
       </c>
       <c r="E337" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F337" s="3"/>
     </row>
     <row r="338" spans="1:6">
       <c r="A338" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B338" s="17" t="s">
         <v>672</v>
       </c>
       <c r="C338" s="17" t="s">
         <v>673</v>
       </c>
       <c r="D338" s="17" t="s">
-        <v>643</v>
+        <v>57</v>
       </c>
       <c r="E338" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F338" s="3"/>
     </row>
     <row r="339" spans="1:6">
       <c r="A339" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B339" s="17" t="s">
         <v>674</v>
       </c>
       <c r="C339" s="17" t="s">
         <v>675</v>
       </c>
       <c r="D339" s="17" t="s">
-        <v>643</v>
+        <v>57</v>
       </c>
       <c r="E339" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F339" s="3"/>
     </row>
     <row r="340" spans="1:6">
       <c r="A340" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B340" s="17" t="s">
         <v>676</v>
       </c>
       <c r="C340" s="17" t="s">
         <v>677</v>
       </c>
       <c r="D340" s="17" t="s">
-        <v>643</v>
+        <v>57</v>
       </c>
       <c r="E340" s="18" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F340" s="3"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <autoFilter ref="A11:E340"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Прайс-лист за 04.02.2026</vt:lpstr>
+      <vt:lpstr>Прайс-лист за 21.03.2026</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft Corporation</Company>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Unknown Creator</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Untitled Spreadsheet</dc:title>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>