--- v0 (2025-10-30)
+++ v1 (2026-02-04)
@@ -6,96 +6,96 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="-1" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
-    <sheet name="Прайс-лист за 30.10.2025" sheetId="1" r:id="rId4"/>
+    <sheet name="Прайс-лист за 04.02.2026" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист за 30.10.2025'!$A$11:$E$998</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист за 04.02.2026'!$A$11:$E$998</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1992">
   <si>
     <t>ПРАЙС-ЛИСТ</t>
   </si>
   <si>
     <t>ЕДИНЫЙ НОМЕР</t>
   </si>
   <si>
     <t>8-800-555-7057</t>
   </si>
   <si>
     <t>МОСКВА</t>
   </si>
   <si>
     <t>8-495-646-7057</t>
   </si>
   <si>
     <t>Компания "ТопСети"</t>
   </si>
   <si>
     <t>САНКТ-ПЕТЕРБУРГ</t>
   </si>
   <si>
     <t>8-812-645-7058</t>
   </si>
   <si>
     <t>www.topseti.ru</t>
   </si>
   <si>
     <t>sales@topseti.ru</t>
   </si>
   <si>
     <t>Цены действительны на:</t>
   </si>
   <si>
-    <t>30.10.2025</t>
+    <t>04.02.2026</t>
   </si>
   <si>
     <t>Производитель</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Название</t>
   </si>
   <si>
     <t>Группа</t>
   </si>
   <si>
     <t>Цена, руб.</t>
   </si>
   <si>
     <t>AMP</t>
   </si>
   <si>
     <t>1711494-1</t>
   </si>
   <si>
     <t>AMP Кабель на основе витой пары Cat.3, UTP, 24 AWG, 25 пар, LSZH, катушка 500 м</t>
   </si>
@@ -6198,51 +6198,51 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="7" numFmtId="0" fillId="2" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="49" fillId="2" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="2" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80152189abd552e6706ef81e4b8885bc2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d362f85f1b907e314df1676a97c2ce32.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>600075</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>76200</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2447925" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -6682,17837 +6682,17837 @@
       <c r="C11" s="15" t="s">
         <v>14</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>15</v>
       </c>
       <c r="E11" s="15" t="s">
         <v>16</v>
       </c>
       <c r="F11" s="16"/>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B12" s="17" t="s">
         <v>18</v>
       </c>
       <c r="C12" s="17" t="s">
         <v>19</v>
       </c>
       <c r="D12" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E12" s="18">
-        <v>377.489625</v>
+        <v>365.663075</v>
       </c>
       <c r="F12" s="3"/>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B13" s="17" t="s">
         <v>21</v>
       </c>
       <c r="C13" s="17" t="s">
         <v>22</v>
       </c>
       <c r="D13" s="17" t="s">
         <v>23</v>
       </c>
       <c r="E13" s="18">
-        <v>730.343085</v>
+        <v>707.461823</v>
       </c>
       <c r="F13" s="3"/>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B14" s="17" t="s">
         <v>24</v>
       </c>
       <c r="C14" s="17" t="s">
         <v>25</v>
       </c>
       <c r="D14" s="17" t="s">
         <v>23</v>
       </c>
       <c r="E14" s="18">
-        <v>164.506005</v>
+        <v>159.352119</v>
       </c>
       <c r="F14" s="3"/>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B15" s="17" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="17" t="s">
         <v>27</v>
       </c>
       <c r="D15" s="17" t="s">
         <v>23</v>
       </c>
       <c r="E15" s="18">
-        <v>208.21533</v>
+        <v>201.692054</v>
       </c>
       <c r="F15" s="3"/>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B16" s="17" t="s">
         <v>28</v>
       </c>
       <c r="C16" s="17" t="s">
         <v>29</v>
       </c>
       <c r="D16" s="17" t="s">
         <v>23</v>
       </c>
       <c r="E16" s="18">
-        <v>111744.87615</v>
+        <v>108243.96837</v>
       </c>
       <c r="F16" s="3"/>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B17" s="17" t="s">
         <v>30</v>
       </c>
       <c r="C17" s="17" t="s">
         <v>31</v>
       </c>
       <c r="D17" s="17" t="s">
         <v>23</v>
       </c>
       <c r="E17" s="18">
-        <v>111744.87615</v>
+        <v>108243.96837</v>
       </c>
       <c r="F17" s="3"/>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B18" s="17" t="s">
         <v>32</v>
       </c>
       <c r="C18" s="17" t="s">
         <v>33</v>
       </c>
       <c r="D18" s="17" t="s">
         <v>23</v>
       </c>
       <c r="E18" s="18">
-        <v>111744.87615</v>
+        <v>108243.96837</v>
       </c>
       <c r="F18" s="3"/>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B19" s="17" t="s">
         <v>34</v>
       </c>
       <c r="C19" s="17" t="s">
         <v>35</v>
       </c>
       <c r="D19" s="17" t="s">
         <v>23</v>
       </c>
       <c r="E19" s="18">
-        <v>111744.87615</v>
+        <v>108243.96837</v>
       </c>
       <c r="F19" s="3"/>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B20" s="17" t="s">
         <v>36</v>
       </c>
       <c r="C20" s="17" t="s">
         <v>37</v>
       </c>
       <c r="D20" s="17" t="s">
         <v>23</v>
       </c>
       <c r="E20" s="18">
-        <v>111744.87615</v>
+        <v>108243.96837</v>
       </c>
       <c r="F20" s="3"/>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B21" s="17" t="s">
         <v>38</v>
       </c>
       <c r="C21" s="17" t="s">
         <v>39</v>
       </c>
       <c r="D21" s="17" t="s">
         <v>23</v>
       </c>
       <c r="E21" s="18">
-        <v>119194.53456</v>
+        <v>115460.232928</v>
       </c>
       <c r="F21" s="3"/>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B22" s="17" t="s">
         <v>40</v>
       </c>
       <c r="C22" s="17" t="s">
         <v>41</v>
       </c>
       <c r="D22" s="17" t="s">
         <v>23</v>
       </c>
       <c r="E22" s="18">
-        <v>71936.01237</v>
+        <v>69682.295206</v>
       </c>
       <c r="F22" s="3"/>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B23" s="17" t="s">
         <v>42</v>
       </c>
       <c r="C23" s="17" t="s">
         <v>43</v>
       </c>
       <c r="D23" s="17" t="s">
         <v>23</v>
       </c>
       <c r="E23" s="18">
-        <v>21903.140115</v>
+        <v>21216.926337</v>
       </c>
       <c r="F23" s="3"/>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B24" s="17" t="s">
         <v>44</v>
       </c>
       <c r="C24" s="17" t="s">
         <v>45</v>
       </c>
       <c r="D24" s="17" t="s">
         <v>23</v>
       </c>
       <c r="E24" s="18">
-        <v>23669.79156</v>
+        <v>22928.229528</v>
       </c>
       <c r="F24" s="3"/>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B25" s="17" t="s">
         <v>46</v>
       </c>
       <c r="C25" s="17" t="s">
         <v>47</v>
       </c>
       <c r="D25" s="17" t="s">
         <v>23</v>
       </c>
       <c r="E25" s="18">
-        <v>28151.98416</v>
+        <v>27269.997408</v>
       </c>
       <c r="F25" s="3"/>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B26" s="17" t="s">
         <v>48</v>
       </c>
       <c r="C26" s="17" t="s">
         <v>49</v>
       </c>
       <c r="D26" s="17" t="s">
         <v>23</v>
       </c>
       <c r="E26" s="18">
-        <v>27583.762935</v>
+        <v>26719.578253</v>
       </c>
       <c r="F26" s="3"/>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B27" s="17" t="s">
         <v>50</v>
       </c>
       <c r="C27" s="17" t="s">
         <v>51</v>
       </c>
       <c r="D27" s="17" t="s">
         <v>23</v>
       </c>
       <c r="E27" s="18">
-        <v>15047.928525</v>
+        <v>14576.484895</v>
       </c>
       <c r="F27" s="3"/>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B28" s="17" t="s">
         <v>52</v>
       </c>
       <c r="C28" s="17" t="s">
         <v>53</v>
       </c>
       <c r="D28" s="17" t="s">
         <v>23</v>
       </c>
       <c r="E28" s="18">
-        <v>14195.19933</v>
+        <v>13750.471254</v>
       </c>
       <c r="F28" s="3"/>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B29" s="17" t="s">
         <v>54</v>
       </c>
       <c r="C29" s="17" t="s">
         <v>55</v>
       </c>
       <c r="D29" s="17" t="s">
         <v>23</v>
       </c>
       <c r="E29" s="18">
-        <v>17296.971975</v>
+        <v>16755.067005</v>
       </c>
       <c r="F29" s="3"/>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B30" s="17" t="s">
         <v>56</v>
       </c>
       <c r="C30" s="17" t="s">
         <v>57</v>
       </c>
       <c r="D30" s="17" t="s">
         <v>58</v>
       </c>
       <c r="E30" s="18">
-        <v>114.43896</v>
+        <v>110.853648</v>
       </c>
       <c r="F30" s="3"/>
     </row>
     <row r="31" spans="1:6">
       <c r="A31" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B31" s="17" t="s">
         <v>59</v>
       </c>
       <c r="C31" s="17" t="s">
         <v>60</v>
       </c>
       <c r="D31" s="17" t="s">
         <v>58</v>
       </c>
       <c r="E31" s="18">
-        <v>132.717405</v>
+        <v>128.559439</v>
       </c>
       <c r="F31" s="3"/>
     </row>
     <row r="32" spans="1:6">
       <c r="A32" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B32" s="17" t="s">
         <v>61</v>
       </c>
       <c r="C32" s="17" t="s">
         <v>62</v>
       </c>
       <c r="D32" s="17" t="s">
         <v>58</v>
       </c>
       <c r="E32" s="18">
-        <v>59830.11877500001</v>
+        <v>57955.672845</v>
       </c>
       <c r="F32" s="3"/>
     </row>
     <row r="33" spans="1:6">
       <c r="A33" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B33" s="17" t="s">
         <v>63</v>
       </c>
       <c r="C33" s="17" t="s">
         <v>64</v>
       </c>
       <c r="D33" s="17" t="s">
         <v>58</v>
       </c>
       <c r="E33" s="18">
-        <v>23943.17352</v>
+        <v>23193.046576</v>
       </c>
       <c r="F33" s="3"/>
     </row>
     <row r="34" spans="1:6">
       <c r="A34" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B34" s="17" t="s">
         <v>65</v>
       </c>
       <c r="C34" s="17" t="s">
         <v>66</v>
       </c>
       <c r="D34" s="17" t="s">
         <v>58</v>
       </c>
       <c r="E34" s="18">
-        <v>25021.601775</v>
+        <v>24237.688245</v>
       </c>
       <c r="F34" s="3"/>
     </row>
     <row r="35" spans="1:6">
       <c r="A35" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B35" s="17" t="s">
         <v>67</v>
       </c>
       <c r="C35" s="17" t="s">
         <v>68</v>
       </c>
       <c r="D35" s="17" t="s">
         <v>69</v>
       </c>
       <c r="E35" s="18">
-        <v>214.57305</v>
+        <v>207.85059</v>
       </c>
       <c r="F35" s="3"/>
     </row>
     <row r="36" spans="1:6">
       <c r="A36" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B36" s="17" t="s">
         <v>70</v>
       </c>
       <c r="C36" s="17" t="s">
         <v>71</v>
       </c>
       <c r="D36" s="17" t="s">
         <v>69</v>
       </c>
       <c r="E36" s="18">
-        <v>172.453155</v>
+        <v>167.050289</v>
       </c>
       <c r="F36" s="3"/>
     </row>
     <row r="37" spans="1:6">
       <c r="A37" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B37" s="17" t="s">
         <v>72</v>
       </c>
       <c r="C37" s="17" t="s">
         <v>73</v>
       </c>
       <c r="D37" s="17" t="s">
         <v>69</v>
       </c>
       <c r="E37" s="18">
-        <v>69999.29191499999</v>
+        <v>67806.251177</v>
       </c>
       <c r="F37" s="3"/>
     </row>
     <row r="38" spans="1:6">
       <c r="A38" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B38" s="17" t="s">
         <v>74</v>
       </c>
       <c r="C38" s="17" t="s">
         <v>75</v>
       </c>
       <c r="D38" s="17" t="s">
         <v>69</v>
       </c>
       <c r="E38" s="18">
-        <v>137613.644115</v>
+        <v>133302.281537</v>
       </c>
       <c r="F38" s="3"/>
     </row>
     <row r="39" spans="1:6">
       <c r="A39" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B39" s="17" t="s">
         <v>76</v>
       </c>
       <c r="C39" s="17" t="s">
         <v>71</v>
       </c>
       <c r="D39" s="17" t="s">
         <v>69</v>
       </c>
       <c r="E39" s="18">
-        <v>159.737715</v>
+        <v>154.733217</v>
       </c>
       <c r="F39" s="3"/>
     </row>
     <row r="40" spans="1:6">
       <c r="A40" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B40" s="17" t="s">
         <v>77</v>
       </c>
       <c r="C40" s="17" t="s">
         <v>78</v>
       </c>
       <c r="D40" s="17" t="s">
         <v>79</v>
       </c>
       <c r="E40" s="18">
-        <v>54196.38414000001</v>
+        <v>52498.440132</v>
       </c>
       <c r="F40" s="3"/>
     </row>
     <row r="41" spans="1:6">
       <c r="A41" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B41" s="17" t="s">
         <v>80</v>
       </c>
       <c r="C41" s="17" t="s">
         <v>81</v>
       </c>
       <c r="D41" s="17" t="s">
         <v>82</v>
       </c>
       <c r="E41" s="18">
-        <v>274.97139</v>
+        <v>266.356682</v>
       </c>
       <c r="F41" s="3"/>
     </row>
     <row r="42" spans="1:6">
       <c r="A42" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B42" s="17" t="s">
         <v>83</v>
       </c>
       <c r="C42" s="17" t="s">
         <v>84</v>
       </c>
       <c r="D42" s="17" t="s">
         <v>82</v>
       </c>
       <c r="E42" s="18">
-        <v>750.21096</v>
+        <v>726.707248</v>
       </c>
       <c r="F42" s="3"/>
     </row>
     <row r="43" spans="1:6">
       <c r="A43" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B43" s="17" t="s">
         <v>85</v>
       </c>
       <c r="C43" s="17" t="s">
         <v>86</v>
       </c>
       <c r="D43" s="17" t="s">
         <v>82</v>
       </c>
       <c r="E43" s="18">
-        <v>160.53243</v>
+        <v>155.503034</v>
       </c>
       <c r="F43" s="3"/>
     </row>
     <row r="44" spans="1:6">
       <c r="A44" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B44" s="17" t="s">
         <v>87</v>
       </c>
       <c r="C44" s="17" t="s">
         <v>88</v>
       </c>
       <c r="D44" s="17" t="s">
         <v>82</v>
       </c>
       <c r="E44" s="18">
-        <v>180.400305</v>
+        <v>174.748459</v>
       </c>
       <c r="F44" s="3"/>
     </row>
     <row r="45" spans="1:6">
       <c r="A45" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B45" s="17" t="s">
         <v>89</v>
       </c>
       <c r="C45" s="17" t="s">
         <v>90</v>
       </c>
       <c r="D45" s="17" t="s">
         <v>82</v>
       </c>
       <c r="E45" s="18">
-        <v>188.347455</v>
+        <v>182.446629</v>
       </c>
       <c r="F45" s="3"/>
     </row>
     <row r="46" spans="1:6">
       <c r="A46" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B46" s="17" t="s">
         <v>91</v>
       </c>
       <c r="C46" s="17" t="s">
         <v>92</v>
       </c>
       <c r="D46" s="17" t="s">
         <v>82</v>
       </c>
       <c r="E46" s="18">
-        <v>402.12579</v>
+        <v>389.527402</v>
       </c>
       <c r="F46" s="3"/>
     </row>
     <row r="47" spans="1:6">
       <c r="A47" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B47" s="17" t="s">
         <v>93</v>
       </c>
       <c r="C47" s="17" t="s">
         <v>94</v>
       </c>
       <c r="D47" s="17" t="s">
         <v>82</v>
       </c>
       <c r="E47" s="18">
-        <v>582.5260950000001</v>
+        <v>564.2758610000001</v>
       </c>
       <c r="F47" s="3"/>
     </row>
     <row r="48" spans="1:6">
       <c r="A48" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B48" s="17" t="s">
         <v>95</v>
       </c>
       <c r="C48" s="17" t="s">
         <v>96</v>
       </c>
       <c r="D48" s="17" t="s">
         <v>82</v>
       </c>
       <c r="E48" s="18">
-        <v>333.7803</v>
+        <v>323.32314</v>
       </c>
       <c r="F48" s="3"/>
     </row>
     <row r="49" spans="1:6">
       <c r="A49" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B49" s="17" t="s">
         <v>97</v>
       </c>
       <c r="C49" s="17" t="s">
         <v>98</v>
       </c>
       <c r="D49" s="17" t="s">
         <v>82</v>
       </c>
       <c r="E49" s="18">
-        <v>159.737715</v>
+        <v>154.733217</v>
       </c>
       <c r="F49" s="3"/>
     </row>
     <row r="50" spans="1:6">
       <c r="A50" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B50" s="17" t="s">
         <v>99</v>
       </c>
       <c r="C50" s="17" t="s">
         <v>100</v>
       </c>
       <c r="D50" s="17" t="s">
         <v>82</v>
       </c>
       <c r="E50" s="18">
-        <v>187.55274</v>
+        <v>181.676812</v>
       </c>
       <c r="F50" s="3"/>
     </row>
     <row r="51" spans="1:6">
       <c r="A51" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B51" s="17" t="s">
         <v>101</v>
       </c>
       <c r="C51" s="17" t="s">
         <v>102</v>
       </c>
       <c r="D51" s="17" t="s">
         <v>82</v>
       </c>
       <c r="E51" s="18">
-        <v>214.57305</v>
+        <v>207.85059</v>
       </c>
       <c r="F51" s="3"/>
     </row>
     <row r="52" spans="1:6">
       <c r="A52" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B52" s="17" t="s">
         <v>103</v>
       </c>
       <c r="C52" s="17" t="s">
         <v>104</v>
       </c>
       <c r="D52" s="17" t="s">
         <v>82</v>
       </c>
       <c r="E52" s="18">
-        <v>427.55667</v>
+        <v>414.161546</v>
       </c>
       <c r="F52" s="3"/>
     </row>
     <row r="53" spans="1:6">
       <c r="A53" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B53" s="17" t="s">
         <v>105</v>
       </c>
       <c r="C53" s="17" t="s">
         <v>106</v>
       </c>
       <c r="D53" s="17" t="s">
         <v>82</v>
       </c>
       <c r="E53" s="18">
-        <v>343.31688</v>
+        <v>332.5609440000001</v>
       </c>
       <c r="F53" s="3"/>
     </row>
     <row r="54" spans="1:6">
       <c r="A54" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B54" s="17" t="s">
         <v>107</v>
       </c>
       <c r="C54" s="17" t="s">
         <v>108</v>
       </c>
       <c r="D54" s="17" t="s">
         <v>82</v>
       </c>
       <c r="E54" s="18">
-        <v>363.97947</v>
+        <v>352.576186</v>
       </c>
       <c r="F54" s="3"/>
     </row>
     <row r="55" spans="1:6">
       <c r="A55" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B55" s="17" t="s">
         <v>109</v>
       </c>
       <c r="C55" s="17" t="s">
         <v>110</v>
       </c>
       <c r="D55" s="17" t="s">
         <v>82</v>
       </c>
       <c r="E55" s="18">
-        <v>329.806725</v>
+        <v>319.474055</v>
       </c>
       <c r="F55" s="3"/>
     </row>
     <row r="56" spans="1:6">
       <c r="A56" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B56" s="17" t="s">
         <v>111</v>
       </c>
       <c r="C56" s="17" t="s">
         <v>112</v>
       </c>
       <c r="D56" s="17" t="s">
         <v>82</v>
       </c>
       <c r="E56" s="18">
-        <v>530.0749050000001</v>
+        <v>513.467939</v>
       </c>
       <c r="F56" s="3"/>
     </row>
     <row r="57" spans="1:6">
       <c r="A57" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B57" s="17" t="s">
         <v>113</v>
       </c>
       <c r="C57" s="17" t="s">
         <v>114</v>
       </c>
       <c r="D57" s="17" t="s">
         <v>82</v>
       </c>
       <c r="E57" s="18">
-        <v>352.85346</v>
+        <v>341.798748</v>
       </c>
       <c r="F57" s="3"/>
     </row>
     <row r="58" spans="1:6">
       <c r="A58" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B58" s="17" t="s">
         <v>115</v>
       </c>
       <c r="C58" s="17" t="s">
         <v>116</v>
       </c>
       <c r="D58" s="17" t="s">
         <v>82</v>
       </c>
       <c r="E58" s="18">
-        <v>435.5038200000001</v>
+        <v>421.859716</v>
       </c>
       <c r="F58" s="3"/>
     </row>
     <row r="59" spans="1:6">
       <c r="A59" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B59" s="17" t="s">
         <v>117</v>
       </c>
       <c r="C59" s="17" t="s">
         <v>118</v>
       </c>
       <c r="D59" s="17" t="s">
         <v>82</v>
       </c>
       <c r="E59" s="18">
-        <v>379.079055</v>
+        <v>367.202709</v>
       </c>
       <c r="F59" s="3"/>
     </row>
     <row r="60" spans="1:6">
       <c r="A60" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B60" s="17" t="s">
         <v>119</v>
       </c>
       <c r="C60" s="17" t="s">
         <v>120</v>
       </c>
       <c r="D60" s="17" t="s">
         <v>82</v>
       </c>
       <c r="E60" s="18">
-        <v>594.4468200000001</v>
+        <v>575.823116</v>
       </c>
       <c r="F60" s="3"/>
     </row>
     <row r="61" spans="1:6">
       <c r="A61" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B61" s="17" t="s">
         <v>121</v>
       </c>
       <c r="C61" s="17" t="s">
         <v>122</v>
       </c>
       <c r="D61" s="17" t="s">
         <v>82</v>
       </c>
       <c r="E61" s="18">
-        <v>486.36558</v>
+        <v>471.128004</v>
       </c>
       <c r="F61" s="3"/>
     </row>
     <row r="62" spans="1:6">
       <c r="A62" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B62" s="17" t="s">
         <v>123</v>
       </c>
       <c r="C62" s="17" t="s">
         <v>124</v>
       </c>
       <c r="D62" s="17" t="s">
         <v>82</v>
       </c>
       <c r="E62" s="18">
-        <v>438.68268</v>
+        <v>424.938984</v>
       </c>
       <c r="F62" s="3"/>
     </row>
     <row r="63" spans="1:6">
       <c r="A63" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B63" s="17" t="s">
         <v>125</v>
       </c>
       <c r="C63" s="17" t="s">
         <v>126</v>
       </c>
       <c r="D63" s="17" t="s">
         <v>82</v>
       </c>
       <c r="E63" s="18">
-        <v>809.814585</v>
+        <v>784.443523</v>
       </c>
       <c r="F63" s="3"/>
     </row>
     <row r="64" spans="1:6">
       <c r="A64" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B64" s="17" t="s">
         <v>127</v>
       </c>
       <c r="C64" s="17" t="s">
         <v>128</v>
       </c>
       <c r="D64" s="17" t="s">
         <v>82</v>
       </c>
       <c r="E64" s="18">
-        <v>453.7822650000001</v>
+        <v>439.565507</v>
       </c>
       <c r="F64" s="3"/>
     </row>
     <row r="65" spans="1:6">
       <c r="A65" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B65" s="17" t="s">
         <v>129</v>
       </c>
       <c r="C65" s="17" t="s">
         <v>130</v>
       </c>
       <c r="D65" s="17" t="s">
         <v>82</v>
       </c>
       <c r="E65" s="18">
-        <v>561.06879</v>
+        <v>543.490802</v>
       </c>
       <c r="F65" s="3"/>
     </row>
     <row r="66" spans="1:6">
       <c r="A66" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B66" s="17" t="s">
         <v>131</v>
       </c>
       <c r="C66" s="17" t="s">
         <v>132</v>
       </c>
       <c r="D66" s="17" t="s">
         <v>82</v>
       </c>
       <c r="E66" s="18">
-        <v>490.339155</v>
+        <v>474.977089</v>
       </c>
       <c r="F66" s="3"/>
     </row>
     <row r="67" spans="1:6">
       <c r="A67" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B67" s="17" t="s">
         <v>133</v>
       </c>
       <c r="C67" s="17" t="s">
         <v>134</v>
       </c>
       <c r="D67" s="17" t="s">
         <v>82</v>
       </c>
       <c r="E67" s="18">
-        <v>1111.806285</v>
+        <v>1076.973983</v>
       </c>
       <c r="F67" s="3"/>
     </row>
     <row r="68" spans="1:6">
       <c r="A68" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B68" s="17" t="s">
         <v>135</v>
       </c>
       <c r="C68" s="17" t="s">
         <v>136</v>
       </c>
       <c r="D68" s="17" t="s">
         <v>82</v>
       </c>
       <c r="E68" s="18">
-        <v>629.4142800000001</v>
+        <v>609.695064</v>
       </c>
       <c r="F68" s="3"/>
     </row>
     <row r="69" spans="1:6">
       <c r="A69" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B69" s="17" t="s">
         <v>137</v>
       </c>
       <c r="C69" s="17" t="s">
         <v>138</v>
       </c>
       <c r="D69" s="17" t="s">
         <v>82</v>
       </c>
       <c r="E69" s="18">
-        <v>812.1987300000001</v>
+        <v>786.7529740000001</v>
       </c>
       <c r="F69" s="3"/>
     </row>
     <row r="70" spans="1:6">
       <c r="A70" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B70" s="17" t="s">
         <v>139</v>
       </c>
       <c r="C70" s="17" t="s">
         <v>140</v>
       </c>
       <c r="D70" s="17" t="s">
         <v>82</v>
       </c>
       <c r="E70" s="18">
-        <v>762.1316850000001</v>
+        <v>738.254503</v>
       </c>
       <c r="F70" s="3"/>
     </row>
     <row r="71" spans="1:6">
       <c r="A71" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B71" s="17" t="s">
         <v>141</v>
       </c>
       <c r="C71" s="17" t="s">
         <v>142</v>
       </c>
       <c r="D71" s="17" t="s">
         <v>82</v>
       </c>
       <c r="E71" s="18">
-        <v>1619.62917</v>
+        <v>1568.887046</v>
       </c>
       <c r="F71" s="3"/>
     </row>
     <row r="72" spans="1:6">
       <c r="A72" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B72" s="17" t="s">
         <v>143</v>
       </c>
       <c r="C72" s="17" t="s">
         <v>144</v>
       </c>
       <c r="D72" s="17" t="s">
         <v>82</v>
       </c>
       <c r="E72" s="18">
-        <v>834.4507500000001</v>
+        <v>808.30785</v>
       </c>
       <c r="F72" s="3"/>
     </row>
     <row r="73" spans="1:6">
       <c r="A73" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B73" s="17" t="s">
         <v>145</v>
       </c>
       <c r="C73" s="17" t="s">
         <v>146</v>
       </c>
       <c r="D73" s="17" t="s">
         <v>82</v>
       </c>
       <c r="E73" s="18">
-        <v>1215.91395</v>
+        <v>1177.82001</v>
       </c>
       <c r="F73" s="3"/>
     </row>
     <row r="74" spans="1:6">
       <c r="A74" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B74" s="17" t="s">
         <v>147</v>
       </c>
       <c r="C74" s="17" t="s">
         <v>148</v>
       </c>
       <c r="D74" s="17" t="s">
         <v>82</v>
       </c>
       <c r="E74" s="18">
-        <v>1081.607115</v>
+        <v>1047.720937</v>
       </c>
       <c r="F74" s="3"/>
     </row>
     <row r="75" spans="1:6">
       <c r="A75" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B75" s="17" t="s">
         <v>149</v>
       </c>
       <c r="C75" s="17" t="s">
         <v>150</v>
       </c>
       <c r="D75" s="17" t="s">
         <v>82</v>
       </c>
       <c r="E75" s="18">
-        <v>1837.38108</v>
+        <v>1779.816904</v>
       </c>
       <c r="F75" s="3"/>
     </row>
     <row r="76" spans="1:6">
       <c r="A76" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B76" s="17" t="s">
         <v>151</v>
       </c>
       <c r="C76" s="17" t="s">
         <v>152</v>
       </c>
       <c r="D76" s="17" t="s">
         <v>82</v>
       </c>
       <c r="E76" s="18">
-        <v>942.5319900000001</v>
+        <v>913.002962</v>
       </c>
       <c r="F76" s="3"/>
     </row>
     <row r="77" spans="1:6">
       <c r="A77" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B77" s="17" t="s">
         <v>153</v>
       </c>
       <c r="C77" s="17" t="s">
         <v>154</v>
       </c>
       <c r="D77" s="17" t="s">
         <v>82</v>
       </c>
       <c r="E77" s="18">
-        <v>274.97139</v>
+        <v>266.356682</v>
       </c>
       <c r="F77" s="3"/>
     </row>
     <row r="78" spans="1:6">
       <c r="A78" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B78" s="17" t="s">
         <v>155</v>
       </c>
       <c r="C78" s="17" t="s">
         <v>156</v>
       </c>
       <c r="D78" s="17" t="s">
         <v>82</v>
       </c>
       <c r="E78" s="18">
-        <v>196.294605</v>
+        <v>190.144799</v>
       </c>
       <c r="F78" s="3"/>
     </row>
     <row r="79" spans="1:6">
       <c r="A79" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B79" s="17" t="s">
         <v>157</v>
       </c>
       <c r="C79" s="17" t="s">
         <v>158</v>
       </c>
       <c r="D79" s="17" t="s">
         <v>82</v>
       </c>
       <c r="E79" s="18">
-        <v>276.56082</v>
+        <v>267.896316</v>
       </c>
       <c r="F79" s="3"/>
     </row>
     <row r="80" spans="1:6">
       <c r="A80" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B80" s="17" t="s">
         <v>159</v>
       </c>
       <c r="C80" s="17" t="s">
         <v>160</v>
       </c>
       <c r="D80" s="17" t="s">
         <v>82</v>
       </c>
       <c r="E80" s="18">
-        <v>225.69906</v>
+        <v>218.628028</v>
       </c>
       <c r="F80" s="3"/>
     </row>
     <row r="81" spans="1:6">
       <c r="A81" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B81" s="17" t="s">
         <v>161</v>
       </c>
       <c r="C81" s="17" t="s">
         <v>162</v>
       </c>
       <c r="D81" s="17" t="s">
         <v>82</v>
       </c>
       <c r="E81" s="18">
-        <v>453.7822650000001</v>
+        <v>439.565507</v>
       </c>
       <c r="F81" s="3"/>
     </row>
     <row r="82" spans="1:6">
       <c r="A82" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B82" s="17" t="s">
         <v>163</v>
       </c>
       <c r="C82" s="17" t="s">
         <v>164</v>
       </c>
       <c r="D82" s="17" t="s">
         <v>82</v>
       </c>
       <c r="E82" s="18">
-        <v>233.64621</v>
+        <v>226.326198</v>
       </c>
       <c r="F82" s="3"/>
     </row>
     <row r="83" spans="1:6">
       <c r="A83" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B83" s="17" t="s">
         <v>165</v>
       </c>
       <c r="C83" s="17" t="s">
         <v>166</v>
       </c>
       <c r="D83" s="17" t="s">
         <v>82</v>
       </c>
       <c r="E83" s="18">
-        <v>321.06486</v>
+        <v>311.006068</v>
       </c>
       <c r="F83" s="3"/>
     </row>
     <row r="84" spans="1:6">
       <c r="A84" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B84" s="17" t="s">
         <v>167</v>
       </c>
       <c r="C84" s="17" t="s">
         <v>168</v>
       </c>
       <c r="D84" s="17" t="s">
         <v>82</v>
       </c>
       <c r="E84" s="18">
-        <v>314.70714</v>
+        <v>304.847532</v>
       </c>
       <c r="F84" s="3"/>
     </row>
     <row r="85" spans="1:6">
       <c r="A85" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B85" s="17" t="s">
         <v>169</v>
       </c>
       <c r="C85" s="17" t="s">
         <v>170</v>
       </c>
       <c r="D85" s="17" t="s">
         <v>82</v>
       </c>
       <c r="E85" s="18">
-        <v>478.41843</v>
+        <v>463.429834</v>
       </c>
       <c r="F85" s="3"/>
     </row>
     <row r="86" spans="1:6">
       <c r="A86" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B86" s="17" t="s">
         <v>171</v>
       </c>
       <c r="C86" s="17" t="s">
         <v>172</v>
       </c>
       <c r="D86" s="17" t="s">
         <v>82</v>
       </c>
       <c r="E86" s="18">
-        <v>243.18279</v>
+        <v>235.564002</v>
       </c>
       <c r="F86" s="3"/>
     </row>
     <row r="87" spans="1:6">
       <c r="A87" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B87" s="17" t="s">
         <v>173</v>
       </c>
       <c r="C87" s="17" t="s">
         <v>174</v>
       </c>
       <c r="D87" s="17" t="s">
         <v>82</v>
       </c>
       <c r="E87" s="18">
-        <v>464.11356</v>
+        <v>449.573128</v>
       </c>
       <c r="F87" s="3"/>
     </row>
     <row r="88" spans="1:6">
       <c r="A88" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B88" s="17" t="s">
         <v>175</v>
       </c>
       <c r="C88" s="17" t="s">
         <v>176</v>
       </c>
       <c r="D88" s="17" t="s">
         <v>82</v>
       </c>
       <c r="E88" s="18">
-        <v>314.70714</v>
+        <v>304.847532</v>
       </c>
       <c r="F88" s="3"/>
     </row>
     <row r="89" spans="1:6">
       <c r="A89" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B89" s="17" t="s">
         <v>177</v>
       </c>
       <c r="C89" s="17" t="s">
         <v>178</v>
       </c>
       <c r="D89" s="17" t="s">
         <v>82</v>
       </c>
       <c r="E89" s="18">
-        <v>763.7211150000001</v>
+        <v>739.794137</v>
       </c>
       <c r="F89" s="3"/>
     </row>
     <row r="90" spans="1:6">
       <c r="A90" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B90" s="17" t="s">
         <v>179</v>
       </c>
       <c r="C90" s="17" t="s">
         <v>180</v>
       </c>
       <c r="D90" s="17" t="s">
         <v>82</v>
       </c>
       <c r="E90" s="18">
-        <v>351.26403</v>
+        <v>340.259114</v>
       </c>
       <c r="F90" s="3"/>
     </row>
     <row r="91" spans="1:6">
       <c r="A91" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B91" s="17" t="s">
         <v>181</v>
       </c>
       <c r="C91" s="17" t="s">
         <v>182</v>
       </c>
       <c r="D91" s="17" t="s">
         <v>82</v>
       </c>
       <c r="E91" s="18">
-        <v>785.1784200000001</v>
+        <v>760.5791960000001</v>
       </c>
       <c r="F91" s="3"/>
     </row>
     <row r="92" spans="1:6">
       <c r="A92" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B92" s="17" t="s">
         <v>183</v>
       </c>
       <c r="C92" s="17" t="s">
         <v>184</v>
       </c>
       <c r="D92" s="17" t="s">
         <v>82</v>
       </c>
       <c r="E92" s="18">
-        <v>489.5444400000001</v>
+        <v>474.207272</v>
       </c>
       <c r="F92" s="3"/>
     </row>
     <row r="93" spans="1:6">
       <c r="A93" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B93" s="17" t="s">
         <v>185</v>
       </c>
       <c r="C93" s="17" t="s">
         <v>186</v>
       </c>
       <c r="D93" s="17" t="s">
         <v>82</v>
       </c>
       <c r="E93" s="18">
-        <v>364.774185</v>
+        <v>353.346003</v>
       </c>
       <c r="F93" s="3"/>
     </row>
     <row r="94" spans="1:6">
       <c r="A94" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B94" s="17" t="s">
         <v>187</v>
       </c>
       <c r="C94" s="17" t="s">
         <v>188</v>
       </c>
       <c r="D94" s="17" t="s">
         <v>82</v>
       </c>
       <c r="E94" s="18">
-        <v>222.5202</v>
+        <v>215.54876</v>
       </c>
       <c r="F94" s="3"/>
     </row>
     <row r="95" spans="1:6">
       <c r="A95" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B95" s="17" t="s">
         <v>189</v>
       </c>
       <c r="C95" s="17" t="s">
         <v>190</v>
       </c>
       <c r="D95" s="17" t="s">
         <v>82</v>
       </c>
       <c r="E95" s="18">
-        <v>374.310765</v>
+        <v>362.583807</v>
       </c>
       <c r="F95" s="3"/>
     </row>
     <row r="96" spans="1:6">
       <c r="A96" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B96" s="17" t="s">
         <v>191</v>
       </c>
       <c r="C96" s="17" t="s">
         <v>192</v>
       </c>
       <c r="D96" s="17" t="s">
         <v>82</v>
       </c>
       <c r="E96" s="18">
-        <v>258.282375</v>
+        <v>250.190525</v>
       </c>
       <c r="F96" s="3"/>
     </row>
     <row r="97" spans="1:6">
       <c r="A97" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B97" s="17" t="s">
         <v>193</v>
       </c>
       <c r="C97" s="17" t="s">
         <v>194</v>
       </c>
       <c r="D97" s="17" t="s">
         <v>82</v>
       </c>
       <c r="E97" s="18">
-        <v>222.5202</v>
+        <v>215.54876</v>
       </c>
       <c r="F97" s="3"/>
     </row>
     <row r="98" spans="1:6">
       <c r="A98" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B98" s="17" t="s">
         <v>195</v>
       </c>
       <c r="C98" s="17" t="s">
         <v>196</v>
       </c>
       <c r="D98" s="17" t="s">
         <v>82</v>
       </c>
       <c r="E98" s="18">
-        <v>641.335005</v>
+        <v>621.2423190000001</v>
       </c>
       <c r="F98" s="3"/>
     </row>
     <row r="99" spans="1:6">
       <c r="A99" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B99" s="17" t="s">
         <v>197</v>
       </c>
       <c r="C99" s="17" t="s">
         <v>198</v>
       </c>
       <c r="D99" s="17" t="s">
         <v>82</v>
       </c>
       <c r="E99" s="18">
-        <v>225.69906</v>
+        <v>218.628028</v>
       </c>
       <c r="F99" s="3"/>
     </row>
     <row r="100" spans="1:6">
       <c r="A100" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B100" s="17" t="s">
         <v>199</v>
       </c>
       <c r="C100" s="17" t="s">
         <v>200</v>
       </c>
       <c r="D100" s="17" t="s">
         <v>82</v>
       </c>
       <c r="E100" s="18">
-        <v>304.375845</v>
+        <v>294.839911</v>
       </c>
       <c r="F100" s="3"/>
     </row>
     <row r="101" spans="1:6">
       <c r="A101" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B101" s="17" t="s">
         <v>201</v>
       </c>
       <c r="C101" s="17" t="s">
         <v>202</v>
       </c>
       <c r="D101" s="17" t="s">
         <v>82</v>
       </c>
       <c r="E101" s="18">
-        <v>381.4632</v>
+        <v>369.51216</v>
       </c>
       <c r="F101" s="3"/>
     </row>
     <row r="102" spans="1:6">
       <c r="A102" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B102" s="17" t="s">
         <v>203</v>
       </c>
       <c r="C102" s="17" t="s">
         <v>204</v>
       </c>
       <c r="D102" s="17" t="s">
         <v>205</v>
       </c>
       <c r="E102" s="18">
-        <v>92.981655</v>
+        <v>90.068589</v>
       </c>
       <c r="F102" s="3"/>
     </row>
     <row r="103" spans="1:6">
       <c r="A103" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B103" s="17" t="s">
         <v>206</v>
       </c>
       <c r="C103" s="17" t="s">
         <v>207</v>
       </c>
       <c r="D103" s="17" t="s">
         <v>205</v>
       </c>
       <c r="E103" s="18">
-        <v>50.06704500000001</v>
+        <v>48.498471</v>
       </c>
       <c r="F103" s="3"/>
     </row>
     <row r="104" spans="1:6">
       <c r="A104" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B104" s="17" t="s">
         <v>208</v>
       </c>
       <c r="C104" s="17" t="s">
         <v>209</v>
       </c>
       <c r="D104" s="17" t="s">
         <v>205</v>
       </c>
       <c r="E104" s="18">
-        <v>60.39834</v>
+        <v>58.506092</v>
       </c>
       <c r="F104" s="3"/>
     </row>
     <row r="105" spans="1:6">
       <c r="A105" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B105" s="17" t="s">
         <v>210</v>
       </c>
       <c r="C105" s="17" t="s">
         <v>211</v>
       </c>
       <c r="D105" s="17" t="s">
         <v>205</v>
       </c>
       <c r="E105" s="18">
-        <v>58.80891</v>
+        <v>56.966458</v>
       </c>
       <c r="F105" s="3"/>
     </row>
     <row r="106" spans="1:6">
       <c r="A106" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B106" s="17" t="s">
         <v>212</v>
       </c>
       <c r="C106" s="17" t="s">
         <v>213</v>
       </c>
       <c r="D106" s="17" t="s">
         <v>205</v>
       </c>
       <c r="E106" s="18">
-        <v>140.664555</v>
+        <v>136.257609</v>
       </c>
       <c r="F106" s="3"/>
     </row>
     <row r="107" spans="1:6">
       <c r="A107" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B107" s="17" t="s">
         <v>214</v>
       </c>
       <c r="C107" s="17" t="s">
         <v>215</v>
       </c>
       <c r="D107" s="17" t="s">
         <v>205</v>
       </c>
       <c r="E107" s="18">
-        <v>68.34549</v>
+        <v>66.204262</v>
       </c>
       <c r="F107" s="3"/>
     </row>
     <row r="108" spans="1:6">
       <c r="A108" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B108" s="17" t="s">
         <v>216</v>
       </c>
       <c r="C108" s="17" t="s">
         <v>217</v>
       </c>
       <c r="D108" s="17" t="s">
         <v>205</v>
       </c>
       <c r="E108" s="18">
-        <v>99.339375</v>
+        <v>96.227125</v>
       </c>
       <c r="F108" s="3"/>
     </row>
     <row r="109" spans="1:6">
       <c r="A109" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B109" s="17" t="s">
         <v>218</v>
       </c>
       <c r="C109" s="17" t="s">
         <v>219</v>
       </c>
       <c r="D109" s="17" t="s">
         <v>205</v>
       </c>
       <c r="E109" s="18">
-        <v>95.36580000000001</v>
+        <v>92.37804</v>
       </c>
       <c r="F109" s="3"/>
     </row>
     <row r="110" spans="1:6">
       <c r="A110" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B110" s="17" t="s">
         <v>220</v>
       </c>
       <c r="C110" s="17" t="s">
         <v>221</v>
       </c>
       <c r="D110" s="17" t="s">
         <v>205</v>
       </c>
       <c r="E110" s="18">
-        <v>50.86176</v>
+        <v>49.26828800000001</v>
       </c>
       <c r="F110" s="3"/>
     </row>
     <row r="111" spans="1:6">
       <c r="A111" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B111" s="17" t="s">
         <v>222</v>
       </c>
       <c r="C111" s="17" t="s">
         <v>223</v>
       </c>
       <c r="D111" s="17" t="s">
         <v>205</v>
       </c>
       <c r="E111" s="18">
-        <v>143.0487</v>
+        <v>138.56706</v>
       </c>
       <c r="F111" s="3"/>
     </row>
     <row r="112" spans="1:6">
       <c r="A112" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B112" s="17" t="s">
         <v>224</v>
       </c>
       <c r="C112" s="17" t="s">
         <v>225</v>
       </c>
       <c r="D112" s="17" t="s">
         <v>205</v>
       </c>
       <c r="E112" s="18">
-        <v>70.729635</v>
+        <v>68.51371300000001</v>
       </c>
       <c r="F112" s="3"/>
     </row>
     <row r="113" spans="1:6">
       <c r="A113" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B113" s="17" t="s">
         <v>226</v>
       </c>
       <c r="C113" s="17" t="s">
         <v>227</v>
       </c>
       <c r="D113" s="17" t="s">
         <v>205</v>
       </c>
       <c r="E113" s="18">
-        <v>100.928805</v>
+        <v>97.76675900000001</v>
       </c>
       <c r="F113" s="3"/>
     </row>
     <row r="114" spans="1:6">
       <c r="A114" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B114" s="17" t="s">
         <v>228</v>
       </c>
       <c r="C114" s="17" t="s">
         <v>229</v>
       </c>
       <c r="D114" s="17" t="s">
         <v>205</v>
       </c>
       <c r="E114" s="18">
-        <v>97.74994500000001</v>
+        <v>94.68749100000001</v>
       </c>
       <c r="F114" s="3"/>
     </row>
     <row r="115" spans="1:6">
       <c r="A115" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B115" s="17" t="s">
         <v>230</v>
       </c>
       <c r="C115" s="17" t="s">
         <v>231</v>
       </c>
       <c r="D115" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E115" s="18">
-        <v>90.59751</v>
+        <v>87.75913799999999</v>
       </c>
       <c r="F115" s="3"/>
     </row>
     <row r="116" spans="1:6">
       <c r="A116" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B116" s="17" t="s">
         <v>233</v>
       </c>
       <c r="C116" s="17" t="s">
         <v>234</v>
       </c>
       <c r="D116" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E116" s="18">
-        <v>143.843415</v>
+        <v>139.336877</v>
       </c>
       <c r="F116" s="3"/>
     </row>
     <row r="117" spans="1:6">
       <c r="A117" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B117" s="17" t="s">
         <v>235</v>
       </c>
       <c r="C117" s="17" t="s">
         <v>236</v>
       </c>
       <c r="D117" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E117" s="18">
-        <v>197.884035</v>
+        <v>191.684433</v>
       </c>
       <c r="F117" s="3"/>
     </row>
     <row r="118" spans="1:6">
       <c r="A118" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B118" s="17" t="s">
         <v>237</v>
       </c>
       <c r="C118" s="17" t="s">
         <v>238</v>
       </c>
       <c r="D118" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E118" s="18">
-        <v>229.672635</v>
+        <v>222.477113</v>
       </c>
       <c r="F118" s="3"/>
     </row>
     <row r="119" spans="1:6">
       <c r="A119" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B119" s="17" t="s">
         <v>239</v>
       </c>
       <c r="C119" s="17" t="s">
         <v>240</v>
       </c>
       <c r="D119" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E119" s="18">
-        <v>96.160515</v>
+        <v>93.147857</v>
       </c>
       <c r="F119" s="3"/>
     </row>
     <row r="120" spans="1:6">
       <c r="A120" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B120" s="17" t="s">
         <v>241</v>
       </c>
       <c r="C120" s="17" t="s">
         <v>242</v>
       </c>
       <c r="D120" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E120" s="18">
-        <v>114.43896</v>
+        <v>110.853648</v>
       </c>
       <c r="F120" s="3"/>
     </row>
     <row r="121" spans="1:6">
       <c r="A121" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B121" s="17" t="s">
         <v>243</v>
       </c>
       <c r="C121" s="17" t="s">
         <v>244</v>
       </c>
       <c r="D121" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E121" s="18">
-        <v>134.306835</v>
+        <v>130.099073</v>
       </c>
       <c r="F121" s="3"/>
     </row>
     <row r="122" spans="1:6">
       <c r="A122" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B122" s="17" t="s">
         <v>245</v>
       </c>
       <c r="C122" s="17" t="s">
         <v>246</v>
       </c>
       <c r="D122" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E122" s="18">
-        <v>366.363615</v>
+        <v>354.885637</v>
       </c>
       <c r="F122" s="3"/>
     </row>
     <row r="123" spans="1:6">
       <c r="A123" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B123" s="17" t="s">
         <v>247</v>
       </c>
       <c r="C123" s="17" t="s">
         <v>248</v>
       </c>
       <c r="D123" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E123" s="18">
-        <v>681.8654700000001</v>
+        <v>660.5029860000001</v>
       </c>
       <c r="F123" s="3"/>
     </row>
     <row r="124" spans="1:6">
       <c r="A124" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B124" s="17" t="s">
         <v>249</v>
       </c>
       <c r="C124" s="17" t="s">
         <v>250</v>
       </c>
       <c r="D124" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E124" s="18">
-        <v>445.0404</v>
+        <v>431.09752</v>
       </c>
       <c r="F124" s="3"/>
     </row>
     <row r="125" spans="1:6">
       <c r="A125" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B125" s="17" t="s">
         <v>251</v>
       </c>
       <c r="C125" s="17" t="s">
         <v>252</v>
       </c>
       <c r="D125" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E125" s="18">
-        <v>912.3328200000001</v>
+        <v>883.7499160000001</v>
       </c>
       <c r="F125" s="3"/>
     </row>
     <row r="126" spans="1:6">
       <c r="A126" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B126" s="17" t="s">
         <v>253</v>
       </c>
       <c r="C126" s="17" t="s">
         <v>254</v>
       </c>
       <c r="D126" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E126" s="18">
-        <v>480.802575</v>
+        <v>465.739285</v>
       </c>
       <c r="F126" s="3"/>
     </row>
     <row r="127" spans="1:6">
       <c r="A127" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B127" s="17" t="s">
         <v>255</v>
       </c>
       <c r="C127" s="17" t="s">
         <v>256</v>
       </c>
       <c r="D127" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E127" s="18">
-        <v>859.8816300000001</v>
+        <v>832.941994</v>
       </c>
       <c r="F127" s="3"/>
     </row>
     <row r="128" spans="1:6">
       <c r="A128" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B128" s="17" t="s">
         <v>257</v>
       </c>
       <c r="C128" s="17" t="s">
         <v>258</v>
       </c>
       <c r="D128" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E128" s="18">
-        <v>621.4671300000001</v>
+        <v>601.996894</v>
       </c>
       <c r="F128" s="3"/>
     </row>
     <row r="129" spans="1:6">
       <c r="A129" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B129" s="17" t="s">
         <v>259</v>
       </c>
       <c r="C129" s="17" t="s">
         <v>260</v>
       </c>
       <c r="D129" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E129" s="18">
-        <v>445.8351150000001</v>
+        <v>431.867337</v>
       </c>
       <c r="F129" s="3"/>
     </row>
     <row r="130" spans="1:6">
       <c r="A130" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B130" s="17" t="s">
         <v>261</v>
       </c>
       <c r="C130" s="17" t="s">
         <v>262</v>
       </c>
       <c r="D130" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E130" s="18">
-        <v>502.2598800000001</v>
+        <v>486.524344</v>
       </c>
       <c r="F130" s="3"/>
     </row>
     <row r="131" spans="1:6">
       <c r="A131" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B131" s="17" t="s">
         <v>263</v>
       </c>
       <c r="C131" s="17" t="s">
         <v>264</v>
       </c>
       <c r="D131" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E131" s="18">
-        <v>890.8755150000002</v>
+        <v>862.9648570000001</v>
       </c>
       <c r="F131" s="3"/>
     </row>
     <row r="132" spans="1:6">
       <c r="A132" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B132" s="17" t="s">
         <v>265</v>
       </c>
       <c r="C132" s="17" t="s">
         <v>266</v>
       </c>
       <c r="D132" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E132" s="18">
-        <v>538.81677</v>
+        <v>521.935926</v>
       </c>
       <c r="F132" s="3"/>
     </row>
     <row r="133" spans="1:6">
       <c r="A133" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B133" s="17" t="s">
         <v>267</v>
       </c>
       <c r="C133" s="17" t="s">
         <v>268</v>
       </c>
       <c r="D133" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E133" s="18">
-        <v>666.7658850000001</v>
+        <v>645.8764630000001</v>
       </c>
       <c r="F133" s="3"/>
     </row>
     <row r="134" spans="1:6">
       <c r="A134" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B134" s="17" t="s">
         <v>269</v>
       </c>
       <c r="C134" s="17" t="s">
         <v>270</v>
       </c>
       <c r="D134" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E134" s="18">
-        <v>538.81677</v>
+        <v>521.935926</v>
       </c>
       <c r="F134" s="3"/>
     </row>
     <row r="135" spans="1:6">
       <c r="A135" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B135" s="17" t="s">
         <v>271</v>
       </c>
       <c r="C135" s="17" t="s">
         <v>272</v>
       </c>
       <c r="D135" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E135" s="18">
-        <v>425.172525</v>
+        <v>411.852095</v>
       </c>
       <c r="F135" s="3"/>
     </row>
     <row r="136" spans="1:6">
       <c r="A136" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B136" s="17" t="s">
         <v>273</v>
       </c>
       <c r="C136" s="17" t="s">
         <v>274</v>
       </c>
       <c r="D136" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E136" s="18">
-        <v>460.139985</v>
+        <v>445.7240430000001</v>
       </c>
       <c r="F136" s="3"/>
     </row>
     <row r="137" spans="1:6">
       <c r="A137" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B137" s="17" t="s">
         <v>275</v>
       </c>
       <c r="C137" s="17" t="s">
         <v>276</v>
       </c>
       <c r="D137" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E137" s="18">
-        <v>412.4570850000001</v>
+        <v>399.535023</v>
       </c>
       <c r="F137" s="3"/>
     </row>
     <row r="138" spans="1:6">
       <c r="A138" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B138" s="17" t="s">
         <v>277</v>
       </c>
       <c r="C138" s="17" t="s">
         <v>278</v>
       </c>
       <c r="D138" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E138" s="18">
-        <v>454.57698</v>
+        <v>440.335324</v>
       </c>
       <c r="F138" s="3"/>
     </row>
     <row r="139" spans="1:6">
       <c r="A139" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B139" s="17" t="s">
         <v>279</v>
       </c>
       <c r="C139" s="17" t="s">
         <v>280</v>
       </c>
       <c r="D139" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E139" s="18">
-        <v>394.17864</v>
+        <v>381.829232</v>
       </c>
       <c r="F139" s="3"/>
     </row>
     <row r="140" spans="1:6">
       <c r="A140" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B140" s="17" t="s">
         <v>281</v>
       </c>
       <c r="C140" s="17" t="s">
         <v>282</v>
       </c>
       <c r="D140" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E140" s="18">
-        <v>415.635945</v>
+        <v>402.614291</v>
       </c>
       <c r="F140" s="3"/>
     </row>
     <row r="141" spans="1:6">
       <c r="A141" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B141" s="17" t="s">
         <v>283</v>
       </c>
       <c r="C141" s="17" t="s">
         <v>284</v>
       </c>
       <c r="D141" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E141" s="18">
-        <v>102.518235</v>
+        <v>99.30639300000001</v>
       </c>
       <c r="F141" s="3"/>
     </row>
     <row r="142" spans="1:6">
       <c r="A142" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B142" s="17" t="s">
         <v>285</v>
       </c>
       <c r="C142" s="17" t="s">
         <v>286</v>
       </c>
       <c r="D142" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E142" s="18">
-        <v>152.58528</v>
+        <v>147.804864</v>
       </c>
       <c r="F142" s="3"/>
     </row>
     <row r="143" spans="1:6">
       <c r="A143" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B143" s="17" t="s">
         <v>287</v>
       </c>
       <c r="C143" s="17" t="s">
         <v>288</v>
       </c>
       <c r="D143" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E143" s="18">
-        <v>222.5202</v>
+        <v>215.54876</v>
       </c>
       <c r="F143" s="3"/>
     </row>
     <row r="144" spans="1:6">
       <c r="A144" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B144" s="17" t="s">
         <v>289</v>
       </c>
       <c r="C144" s="17" t="s">
         <v>290</v>
       </c>
       <c r="D144" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E144" s="18">
-        <v>297.2234100000001</v>
+        <v>287.911558</v>
       </c>
       <c r="F144" s="3"/>
     </row>
     <row r="145" spans="1:6">
       <c r="A145" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B145" s="17" t="s">
         <v>291</v>
       </c>
       <c r="C145" s="17" t="s">
         <v>292</v>
       </c>
       <c r="D145" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E145" s="18">
-        <v>106.49181</v>
+        <v>103.155478</v>
       </c>
       <c r="F145" s="3"/>
     </row>
     <row r="146" spans="1:6">
       <c r="A146" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B146" s="17" t="s">
         <v>293</v>
       </c>
       <c r="C146" s="17" t="s">
         <v>294</v>
       </c>
       <c r="D146" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E146" s="18">
-        <v>131.92269</v>
+        <v>127.789622</v>
       </c>
       <c r="F146" s="3"/>
     </row>
     <row r="147" spans="1:6">
       <c r="A147" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B147" s="17" t="s">
         <v>295</v>
       </c>
       <c r="C147" s="17" t="s">
         <v>296</v>
       </c>
       <c r="D147" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E147" s="18">
-        <v>158.148285</v>
+        <v>153.193583</v>
       </c>
       <c r="F147" s="3"/>
     </row>
     <row r="148" spans="1:6">
       <c r="A148" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B148" s="17" t="s">
         <v>297</v>
       </c>
       <c r="C148" s="17" t="s">
         <v>298</v>
       </c>
       <c r="D148" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E148" s="18">
-        <v>421.19895</v>
+        <v>408.00301</v>
       </c>
       <c r="F148" s="3"/>
     </row>
     <row r="149" spans="1:6">
       <c r="A149" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B149" s="17" t="s">
         <v>299</v>
       </c>
       <c r="C149" s="17" t="s">
         <v>300</v>
       </c>
       <c r="D149" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E149" s="18">
-        <v>205.831185</v>
+        <v>199.382603</v>
       </c>
       <c r="F149" s="3"/>
     </row>
     <row r="150" spans="1:6">
       <c r="A150" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B150" s="17" t="s">
         <v>301</v>
       </c>
       <c r="C150" s="17" t="s">
         <v>302</v>
       </c>
       <c r="D150" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E150" s="18">
-        <v>138.28041</v>
+        <v>133.948158</v>
       </c>
       <c r="F150" s="3"/>
     </row>
     <row r="151" spans="1:6">
       <c r="A151" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B151" s="17" t="s">
         <v>303</v>
       </c>
       <c r="C151" s="17" t="s">
         <v>304</v>
       </c>
       <c r="D151" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E151" s="18">
-        <v>193.115745</v>
+        <v>187.065531</v>
       </c>
       <c r="F151" s="3"/>
     </row>
     <row r="152" spans="1:6">
       <c r="A152" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B152" s="17" t="s">
         <v>305</v>
       </c>
       <c r="C152" s="17" t="s">
         <v>306</v>
       </c>
       <c r="D152" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E152" s="18">
-        <v>170.863725</v>
+        <v>165.510655</v>
       </c>
       <c r="F152" s="3"/>
     </row>
     <row r="153" spans="1:6">
       <c r="A153" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B153" s="17" t="s">
         <v>307</v>
       </c>
       <c r="C153" s="17" t="s">
         <v>308</v>
       </c>
       <c r="D153" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E153" s="18">
-        <v>390.99978</v>
+        <v>378.749964</v>
       </c>
       <c r="F153" s="3"/>
     </row>
     <row r="154" spans="1:6">
       <c r="A154" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B154" s="17" t="s">
         <v>309</v>
       </c>
       <c r="C154" s="17" t="s">
         <v>310</v>
       </c>
       <c r="D154" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E154" s="18">
-        <v>178.01616</v>
+        <v>172.439008</v>
       </c>
       <c r="F154" s="3"/>
     </row>
     <row r="155" spans="1:6">
       <c r="A155" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B155" s="17" t="s">
         <v>311</v>
       </c>
       <c r="C155" s="17" t="s">
         <v>312</v>
       </c>
       <c r="D155" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E155" s="18">
-        <v>258.282375</v>
+        <v>250.190525</v>
       </c>
       <c r="F155" s="3"/>
     </row>
     <row r="156" spans="1:6">
       <c r="A156" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B156" s="17" t="s">
         <v>313</v>
       </c>
       <c r="C156" s="17" t="s">
         <v>314</v>
       </c>
       <c r="D156" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E156" s="18">
-        <v>246.36165</v>
+        <v>238.64327</v>
       </c>
       <c r="F156" s="3"/>
     </row>
     <row r="157" spans="1:6">
       <c r="A157" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B157" s="17" t="s">
         <v>315</v>
       </c>
       <c r="C157" s="17" t="s">
         <v>316</v>
       </c>
       <c r="D157" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E157" s="18">
-        <v>343.31688</v>
+        <v>332.5609440000001</v>
       </c>
       <c r="F157" s="3"/>
     </row>
     <row r="158" spans="1:6">
       <c r="A158" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B158" s="17" t="s">
         <v>317</v>
       </c>
       <c r="C158" s="17" t="s">
         <v>318</v>
       </c>
       <c r="D158" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E158" s="18">
-        <v>212.188905</v>
+        <v>205.541139</v>
       </c>
       <c r="F158" s="3"/>
     </row>
     <row r="159" spans="1:6">
       <c r="A159" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B159" s="17" t="s">
         <v>319</v>
       </c>
       <c r="C159" s="17" t="s">
         <v>320</v>
       </c>
       <c r="D159" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E159" s="18">
-        <v>321.06486</v>
+        <v>311.006068</v>
       </c>
       <c r="F159" s="3"/>
     </row>
     <row r="160" spans="1:6">
       <c r="A160" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B160" s="17" t="s">
         <v>321</v>
       </c>
       <c r="C160" s="17" t="s">
         <v>322</v>
       </c>
       <c r="D160" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E160" s="18">
-        <v>278.944965</v>
+        <v>270.205767</v>
       </c>
       <c r="F160" s="3"/>
     </row>
     <row r="161" spans="1:6">
       <c r="A161" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B161" s="17" t="s">
         <v>323</v>
       </c>
       <c r="C161" s="17" t="s">
         <v>324</v>
       </c>
       <c r="D161" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E161" s="18">
-        <v>471.265995</v>
+        <v>456.501481</v>
       </c>
       <c r="F161" s="3"/>
     </row>
     <row r="162" spans="1:6">
       <c r="A162" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B162" s="17" t="s">
         <v>325</v>
       </c>
       <c r="C162" s="17" t="s">
         <v>326</v>
       </c>
       <c r="D162" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E162" s="18">
-        <v>278.944965</v>
+        <v>270.205767</v>
       </c>
       <c r="F162" s="3"/>
     </row>
     <row r="163" spans="1:6">
       <c r="A163" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B163" s="17" t="s">
         <v>327</v>
       </c>
       <c r="C163" s="17" t="s">
         <v>328</v>
       </c>
       <c r="D163" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E163" s="18">
-        <v>443.45097</v>
+        <v>429.5578860000001</v>
       </c>
       <c r="F163" s="3"/>
     </row>
     <row r="164" spans="1:6">
       <c r="A164" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B164" s="17" t="s">
         <v>329</v>
       </c>
       <c r="C164" s="17" t="s">
         <v>330</v>
       </c>
       <c r="D164" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E164" s="18">
-        <v>337.7538750000001</v>
+        <v>327.172225</v>
       </c>
       <c r="F164" s="3"/>
     </row>
     <row r="165" spans="1:6">
       <c r="A165" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B165" s="17" t="s">
         <v>331</v>
       </c>
       <c r="C165" s="17" t="s">
         <v>332</v>
       </c>
       <c r="D165" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E165" s="18">
-        <v>924.2535450000001</v>
+        <v>895.297171</v>
       </c>
       <c r="F165" s="3"/>
     </row>
     <row r="166" spans="1:6">
       <c r="A166" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B166" s="17" t="s">
         <v>333</v>
       </c>
       <c r="C166" s="17" t="s">
         <v>334</v>
       </c>
       <c r="D166" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E166" s="18">
-        <v>443.45097</v>
+        <v>429.5578860000001</v>
       </c>
       <c r="F166" s="3"/>
     </row>
     <row r="167" spans="1:6">
       <c r="A167" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B167" s="17" t="s">
         <v>335</v>
       </c>
       <c r="C167" s="17" t="s">
         <v>336</v>
       </c>
       <c r="D167" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E167" s="18">
-        <v>569.01594</v>
+        <v>551.188972</v>
       </c>
       <c r="F167" s="3"/>
     </row>
     <row r="168" spans="1:6">
       <c r="A168" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B168" s="17" t="s">
         <v>337</v>
       </c>
       <c r="C168" s="17" t="s">
         <v>338</v>
       </c>
       <c r="D168" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E168" s="18">
-        <v>557.0952150000001</v>
+        <v>539.641717</v>
       </c>
       <c r="F168" s="3"/>
     </row>
     <row r="169" spans="1:6">
       <c r="A169" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B169" s="17" t="s">
         <v>339</v>
       </c>
       <c r="C169" s="17" t="s">
         <v>252</v>
       </c>
       <c r="D169" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E169" s="18">
-        <v>1840.55994</v>
+        <v>1782.896172</v>
       </c>
       <c r="F169" s="3"/>
     </row>
     <row r="170" spans="1:6">
       <c r="A170" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B170" s="17" t="s">
         <v>340</v>
       </c>
       <c r="C170" s="17" t="s">
         <v>254</v>
       </c>
       <c r="D170" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E170" s="18">
-        <v>929.81655</v>
+        <v>900.68589</v>
       </c>
       <c r="F170" s="3"/>
     </row>
     <row r="171" spans="1:6">
       <c r="A171" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B171" s="17" t="s">
         <v>341</v>
       </c>
       <c r="C171" s="17" t="s">
         <v>342</v>
       </c>
       <c r="D171" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E171" s="18">
-        <v>1271.544</v>
+        <v>1231.7072</v>
       </c>
       <c r="F171" s="3"/>
     </row>
     <row r="172" spans="1:6">
       <c r="A172" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B172" s="17" t="s">
         <v>343</v>
       </c>
       <c r="C172" s="17" t="s">
         <v>256</v>
       </c>
       <c r="D172" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E172" s="18">
-        <v>1252.47084</v>
+        <v>1213.231592</v>
       </c>
       <c r="F172" s="3"/>
     </row>
     <row r="173" spans="1:6">
       <c r="A173" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B173" s="17" t="s">
         <v>344</v>
       </c>
       <c r="C173" s="17" t="s">
         <v>345</v>
       </c>
       <c r="D173" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E173" s="18">
-        <v>300.40227</v>
+        <v>290.990826</v>
       </c>
       <c r="F173" s="3"/>
     </row>
     <row r="174" spans="1:6">
       <c r="A174" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B174" s="17" t="s">
         <v>346</v>
       </c>
       <c r="C174" s="17" t="s">
         <v>347</v>
       </c>
       <c r="D174" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E174" s="18">
-        <v>135.896265</v>
+        <v>131.638707</v>
       </c>
       <c r="F174" s="3"/>
     </row>
     <row r="175" spans="1:6">
       <c r="A175" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B175" s="17" t="s">
         <v>348</v>
       </c>
       <c r="C175" s="17" t="s">
         <v>349</v>
       </c>
       <c r="D175" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E175" s="18">
-        <v>215.367765</v>
+        <v>208.620407</v>
       </c>
       <c r="F175" s="3"/>
     </row>
     <row r="176" spans="1:6">
       <c r="A176" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B176" s="17" t="s">
         <v>350</v>
       </c>
       <c r="C176" s="17" t="s">
         <v>351</v>
       </c>
       <c r="D176" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E176" s="18">
-        <v>198.67875</v>
+        <v>192.45425</v>
       </c>
       <c r="F176" s="3"/>
     </row>
     <row r="177" spans="1:6">
       <c r="A177" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B177" s="17" t="s">
         <v>352</v>
       </c>
       <c r="C177" s="17" t="s">
         <v>353</v>
       </c>
       <c r="D177" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E177" s="18">
-        <v>377.489625</v>
+        <v>365.663075</v>
       </c>
       <c r="F177" s="3"/>
     </row>
     <row r="178" spans="1:6">
       <c r="A178" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B178" s="17" t="s">
         <v>354</v>
       </c>
       <c r="C178" s="17" t="s">
         <v>355</v>
       </c>
       <c r="D178" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E178" s="18">
-        <v>170.06901</v>
+        <v>164.740838</v>
       </c>
       <c r="F178" s="3"/>
     </row>
     <row r="179" spans="1:6">
       <c r="A179" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B179" s="17" t="s">
         <v>356</v>
       </c>
       <c r="C179" s="17" t="s">
         <v>357</v>
       </c>
       <c r="D179" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E179" s="18">
-        <v>268.61367</v>
+        <v>260.198146</v>
       </c>
       <c r="F179" s="3"/>
     </row>
     <row r="180" spans="1:6">
       <c r="A180" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B180" s="17" t="s">
         <v>358</v>
       </c>
       <c r="C180" s="17" t="s">
         <v>359</v>
       </c>
       <c r="D180" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E180" s="18">
-        <v>239.209215</v>
+        <v>231.714917</v>
       </c>
       <c r="F180" s="3"/>
     </row>
     <row r="181" spans="1:6">
       <c r="A181" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B181" s="17" t="s">
         <v>360</v>
       </c>
       <c r="C181" s="17" t="s">
         <v>361</v>
       </c>
       <c r="D181" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E181" s="18">
-        <v>453.7822650000001</v>
+        <v>439.565507</v>
       </c>
       <c r="F181" s="3"/>
     </row>
     <row r="182" spans="1:6">
       <c r="A182" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B182" s="17" t="s">
         <v>362</v>
       </c>
       <c r="C182" s="17" t="s">
         <v>363</v>
       </c>
       <c r="D182" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E182" s="18">
-        <v>197.08932</v>
+        <v>190.914616</v>
       </c>
       <c r="F182" s="3"/>
     </row>
     <row r="183" spans="1:6">
       <c r="A183" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B183" s="17" t="s">
         <v>364</v>
       </c>
       <c r="C183" s="17" t="s">
         <v>365</v>
       </c>
       <c r="D183" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E183" s="18">
-        <v>316.29657</v>
+        <v>306.387166</v>
       </c>
       <c r="F183" s="3"/>
     </row>
     <row r="184" spans="1:6">
       <c r="A184" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B184" s="17" t="s">
         <v>366</v>
       </c>
       <c r="C184" s="17" t="s">
         <v>367</v>
       </c>
       <c r="D184" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E184" s="18">
-        <v>279.73968</v>
+        <v>270.975584</v>
       </c>
       <c r="F184" s="3"/>
     </row>
     <row r="185" spans="1:6">
       <c r="A185" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B185" s="17" t="s">
         <v>368</v>
       </c>
       <c r="C185" s="17" t="s">
         <v>369</v>
       </c>
       <c r="D185" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E185" s="18">
-        <v>617.493555</v>
+        <v>598.1478089999999</v>
       </c>
       <c r="F185" s="3"/>
     </row>
     <row r="186" spans="1:6">
       <c r="A186" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B186" s="17" t="s">
         <v>370</v>
       </c>
       <c r="C186" s="17" t="s">
         <v>371</v>
       </c>
       <c r="D186" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E186" s="18">
-        <v>238.4145</v>
+        <v>230.9451</v>
       </c>
       <c r="F186" s="3"/>
     </row>
     <row r="187" spans="1:6">
       <c r="A187" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B187" s="17" t="s">
         <v>372</v>
       </c>
       <c r="C187" s="17" t="s">
         <v>373</v>
       </c>
       <c r="D187" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E187" s="18">
-        <v>416.43066</v>
+        <v>403.384108</v>
       </c>
       <c r="F187" s="3"/>
     </row>
     <row r="188" spans="1:6">
       <c r="A188" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B188" s="17" t="s">
         <v>374</v>
       </c>
       <c r="C188" s="17" t="s">
         <v>375</v>
       </c>
       <c r="D188" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E188" s="18">
-        <v>358.416465</v>
+        <v>347.187467</v>
       </c>
       <c r="F188" s="3"/>
     </row>
     <row r="189" spans="1:6">
       <c r="A189" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B189" s="17" t="s">
         <v>376</v>
       </c>
       <c r="C189" s="17" t="s">
         <v>377</v>
       </c>
       <c r="D189" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E189" s="18">
-        <v>838.4243250000001</v>
+        <v>812.1569350000001</v>
       </c>
       <c r="F189" s="3"/>
     </row>
     <row r="190" spans="1:6">
       <c r="A190" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B190" s="17" t="s">
         <v>378</v>
       </c>
       <c r="C190" s="17" t="s">
         <v>379</v>
       </c>
       <c r="D190" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E190" s="18">
-        <v>286.0974000000001</v>
+        <v>277.13412</v>
       </c>
       <c r="F190" s="3"/>
     </row>
     <row r="191" spans="1:6">
       <c r="A191" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B191" s="17" t="s">
         <v>380</v>
       </c>
       <c r="C191" s="17" t="s">
         <v>381</v>
       </c>
       <c r="D191" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E191" s="18">
-        <v>530.0749050000001</v>
+        <v>513.467939</v>
       </c>
       <c r="F191" s="3"/>
     </row>
     <row r="192" spans="1:6">
       <c r="A192" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B192" s="17" t="s">
         <v>382</v>
       </c>
       <c r="C192" s="17" t="s">
         <v>383</v>
       </c>
       <c r="D192" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E192" s="18">
-        <v>472.0607100000001</v>
+        <v>457.2712980000001</v>
       </c>
       <c r="F192" s="3"/>
     </row>
     <row r="193" spans="1:6">
       <c r="A193" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B193" s="17" t="s">
         <v>384</v>
       </c>
       <c r="C193" s="17" t="s">
         <v>385</v>
       </c>
       <c r="D193" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E193" s="18">
-        <v>1348.631355</v>
+        <v>1306.379449</v>
       </c>
       <c r="F193" s="3"/>
     </row>
     <row r="194" spans="1:6">
       <c r="A194" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B194" s="17" t="s">
         <v>386</v>
       </c>
       <c r="C194" s="17" t="s">
         <v>387</v>
       </c>
       <c r="D194" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E194" s="18">
-        <v>503.0545950000001</v>
+        <v>487.294161</v>
       </c>
       <c r="F194" s="3"/>
     </row>
     <row r="195" spans="1:6">
       <c r="A195" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B195" s="17" t="s">
         <v>388</v>
       </c>
       <c r="C195" s="17" t="s">
         <v>389</v>
       </c>
       <c r="D195" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E195" s="18">
-        <v>983.8571700000001</v>
+        <v>953.0334460000001</v>
       </c>
       <c r="F195" s="3"/>
     </row>
     <row r="196" spans="1:6">
       <c r="A196" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B196" s="17" t="s">
         <v>390</v>
       </c>
       <c r="C196" s="17" t="s">
         <v>391</v>
       </c>
       <c r="D196" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E196" s="18">
-        <v>859.8816300000001</v>
+        <v>832.941994</v>
       </c>
       <c r="F196" s="3"/>
     </row>
     <row r="197" spans="1:6">
       <c r="A197" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B197" s="17" t="s">
         <v>392</v>
       </c>
       <c r="C197" s="17" t="s">
         <v>393</v>
       </c>
       <c r="D197" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E197" s="18">
-        <v>302.786415</v>
+        <v>293.300277</v>
       </c>
       <c r="F197" s="3"/>
     </row>
     <row r="198" spans="1:6">
       <c r="A198" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B198" s="17" t="s">
         <v>394</v>
       </c>
       <c r="C198" s="17" t="s">
         <v>395</v>
       </c>
       <c r="D198" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E198" s="18">
-        <v>134.306835</v>
+        <v>130.099073</v>
       </c>
       <c r="F198" s="3"/>
     </row>
     <row r="199" spans="1:6">
       <c r="A199" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B199" s="17" t="s">
         <v>396</v>
       </c>
       <c r="C199" s="17" t="s">
         <v>397</v>
       </c>
       <c r="D199" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E199" s="18">
-        <v>197.08932</v>
+        <v>190.914616</v>
       </c>
       <c r="F199" s="3"/>
     </row>
     <row r="200" spans="1:6">
       <c r="A200" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B200" s="17" t="s">
         <v>398</v>
       </c>
       <c r="C200" s="17" t="s">
         <v>399</v>
       </c>
       <c r="D200" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E200" s="18">
-        <v>188.347455</v>
+        <v>182.446629</v>
       </c>
       <c r="F200" s="3"/>
     </row>
     <row r="201" spans="1:6">
       <c r="A201" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B201" s="17" t="s">
         <v>400</v>
       </c>
       <c r="C201" s="17" t="s">
         <v>401</v>
       </c>
       <c r="D201" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E201" s="18">
-        <v>366.363615</v>
+        <v>354.885637</v>
       </c>
       <c r="F201" s="3"/>
     </row>
     <row r="202" spans="1:6">
       <c r="A202" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B202" s="17" t="s">
         <v>402</v>
       </c>
       <c r="C202" s="17" t="s">
         <v>403</v>
       </c>
       <c r="D202" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E202" s="18">
-        <v>148.611705</v>
+        <v>143.955779</v>
       </c>
       <c r="F202" s="3"/>
     </row>
     <row r="203" spans="1:6">
       <c r="A203" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B203" s="17" t="s">
         <v>404</v>
       </c>
       <c r="C203" s="17" t="s">
         <v>405</v>
       </c>
       <c r="D203" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E203" s="18">
-        <v>238.4145</v>
+        <v>230.9451</v>
       </c>
       <c r="F203" s="3"/>
     </row>
     <row r="204" spans="1:6">
       <c r="A204" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B204" s="17" t="s">
         <v>406</v>
       </c>
       <c r="C204" s="17" t="s">
         <v>407</v>
       </c>
       <c r="D204" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E204" s="18">
-        <v>225.69906</v>
+        <v>218.628028</v>
       </c>
       <c r="F204" s="3"/>
     </row>
     <row r="205" spans="1:6">
       <c r="A205" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B205" s="17" t="s">
         <v>408</v>
       </c>
       <c r="C205" s="17" t="s">
         <v>409</v>
       </c>
       <c r="D205" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E205" s="18">
-        <v>446.62983</v>
+        <v>432.637154</v>
       </c>
       <c r="F205" s="3"/>
     </row>
     <row r="206" spans="1:6">
       <c r="A206" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B206" s="17" t="s">
         <v>410</v>
       </c>
       <c r="C206" s="17" t="s">
         <v>411</v>
       </c>
       <c r="D206" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E206" s="18">
-        <v>190.7316</v>
+        <v>184.75608</v>
       </c>
       <c r="F206" s="3"/>
     </row>
     <row r="207" spans="1:6">
       <c r="A207" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B207" s="17" t="s">
         <v>412</v>
       </c>
       <c r="C207" s="17" t="s">
         <v>413</v>
       </c>
       <c r="D207" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E207" s="18">
-        <v>281.32911</v>
+        <v>272.515218</v>
       </c>
       <c r="F207" s="3"/>
     </row>
     <row r="208" spans="1:6">
       <c r="A208" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B208" s="17" t="s">
         <v>414</v>
       </c>
       <c r="C208" s="17" t="s">
         <v>415</v>
       </c>
       <c r="D208" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E208" s="18">
-        <v>267.02424</v>
+        <v>258.658512</v>
       </c>
       <c r="F208" s="3"/>
     </row>
     <row r="209" spans="1:6">
       <c r="A209" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B209" s="17" t="s">
         <v>416</v>
       </c>
       <c r="C209" s="17" t="s">
         <v>417</v>
       </c>
       <c r="D209" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E209" s="18">
-        <v>604.7781150000001</v>
+        <v>585.830737</v>
       </c>
       <c r="F209" s="3"/>
     </row>
     <row r="210" spans="1:6">
       <c r="A210" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B210" s="17" t="s">
         <v>418</v>
       </c>
       <c r="C210" s="17" t="s">
         <v>419</v>
       </c>
       <c r="D210" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E210" s="18">
-        <v>212.98362</v>
+        <v>206.310956</v>
       </c>
       <c r="F210" s="3"/>
     </row>
     <row r="211" spans="1:6">
       <c r="A211" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B211" s="17" t="s">
         <v>420</v>
       </c>
       <c r="C211" s="17" t="s">
         <v>421</v>
       </c>
       <c r="D211" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E211" s="18">
-        <v>371.131905</v>
+        <v>359.504539</v>
       </c>
       <c r="F211" s="3"/>
     </row>
     <row r="212" spans="1:6">
       <c r="A212" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B212" s="17" t="s">
         <v>422</v>
       </c>
       <c r="C212" s="17" t="s">
         <v>423</v>
       </c>
       <c r="D212" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E212" s="18">
-        <v>337.7538750000001</v>
+        <v>327.172225</v>
       </c>
       <c r="F212" s="3"/>
     </row>
     <row r="213" spans="1:6">
       <c r="A213" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B213" s="17" t="s">
         <v>424</v>
       </c>
       <c r="C213" s="17" t="s">
         <v>425</v>
       </c>
       <c r="D213" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E213" s="18">
-        <v>822.530025</v>
+        <v>796.760595</v>
       </c>
       <c r="F213" s="3"/>
     </row>
     <row r="214" spans="1:6">
       <c r="A214" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B214" s="17" t="s">
         <v>426</v>
       </c>
       <c r="C214" s="17" t="s">
         <v>427</v>
       </c>
       <c r="D214" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E214" s="18">
-        <v>321.06486</v>
+        <v>311.006068</v>
       </c>
       <c r="F214" s="3"/>
     </row>
     <row r="215" spans="1:6">
       <c r="A215" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B215" s="17" t="s">
         <v>428</v>
       </c>
       <c r="C215" s="17" t="s">
         <v>429</v>
       </c>
       <c r="D215" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E215" s="18">
-        <v>549.1480650000001</v>
+        <v>531.9435470000001</v>
       </c>
       <c r="F215" s="3"/>
     </row>
     <row r="216" spans="1:6">
       <c r="A216" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B216" s="17" t="s">
         <v>430</v>
       </c>
       <c r="C216" s="17" t="s">
         <v>431</v>
       </c>
       <c r="D216" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E216" s="18">
-        <v>503.0545950000001</v>
+        <v>487.294161</v>
       </c>
       <c r="F216" s="3"/>
     </row>
     <row r="217" spans="1:6">
       <c r="A217" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B217" s="17" t="s">
         <v>432</v>
       </c>
       <c r="C217" s="17" t="s">
         <v>433</v>
       </c>
       <c r="D217" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E217" s="18">
-        <v>1321.611045</v>
+        <v>1280.205671</v>
       </c>
       <c r="F217" s="3"/>
     </row>
     <row r="218" spans="1:6">
       <c r="A218" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B218" s="17" t="s">
         <v>434</v>
       </c>
       <c r="C218" s="17" t="s">
         <v>435</v>
       </c>
       <c r="D218" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E218" s="18">
-        <v>499.0810200000001</v>
+        <v>483.445076</v>
       </c>
       <c r="F218" s="3"/>
     </row>
     <row r="219" spans="1:6">
       <c r="A219" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B219" s="17" t="s">
         <v>436</v>
       </c>
       <c r="C219" s="17" t="s">
         <v>437</v>
       </c>
       <c r="D219" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E219" s="18">
-        <v>907.5645300000001</v>
+        <v>879.1310140000001</v>
       </c>
       <c r="F219" s="3"/>
     </row>
     <row r="220" spans="1:6">
       <c r="A220" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B220" s="17" t="s">
         <v>438</v>
       </c>
       <c r="C220" s="17" t="s">
         <v>439</v>
       </c>
       <c r="D220" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E220" s="18">
-        <v>832.0666050000001</v>
+        <v>805.9983990000001</v>
       </c>
       <c r="F220" s="3"/>
     </row>
     <row r="221" spans="1:6">
       <c r="A221" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B221" s="17" t="s">
         <v>440</v>
       </c>
       <c r="C221" s="17" t="s">
         <v>441</v>
       </c>
       <c r="D221" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E221" s="18">
-        <v>424.37781</v>
+        <v>411.082278</v>
       </c>
       <c r="F221" s="3"/>
     </row>
     <row r="222" spans="1:6">
       <c r="A222" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B222" s="17" t="s">
         <v>442</v>
       </c>
       <c r="C222" s="17" t="s">
         <v>443</v>
       </c>
       <c r="D222" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E222" s="18">
-        <v>170.06901</v>
+        <v>164.740838</v>
       </c>
       <c r="F222" s="3"/>
     </row>
     <row r="223" spans="1:6">
       <c r="A223" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B223" s="17" t="s">
         <v>444</v>
       </c>
       <c r="C223" s="17" t="s">
         <v>445</v>
       </c>
       <c r="D223" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E223" s="18">
-        <v>104.107665</v>
+        <v>100.846027</v>
       </c>
       <c r="F223" s="3"/>
     </row>
     <row r="224" spans="1:6">
       <c r="A224" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B224" s="17" t="s">
         <v>446</v>
       </c>
       <c r="C224" s="17" t="s">
         <v>447</v>
       </c>
       <c r="D224" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E224" s="18">
-        <v>127.949115</v>
+        <v>123.940537</v>
       </c>
       <c r="F224" s="3"/>
     </row>
     <row r="225" spans="1:6">
       <c r="A225" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B225" s="17" t="s">
         <v>448</v>
       </c>
       <c r="C225" s="17" t="s">
         <v>449</v>
       </c>
       <c r="D225" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E225" s="18">
-        <v>123.180825</v>
+        <v>119.321635</v>
       </c>
       <c r="F225" s="3"/>
     </row>
     <row r="226" spans="1:6">
       <c r="A226" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B226" s="17" t="s">
         <v>450</v>
       </c>
       <c r="C226" s="17" t="s">
         <v>451</v>
       </c>
       <c r="D226" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E226" s="18">
-        <v>2586.00261</v>
+        <v>2504.984518</v>
       </c>
       <c r="F226" s="3"/>
     </row>
     <row r="227" spans="1:6">
       <c r="A227" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B227" s="17" t="s">
         <v>452</v>
       </c>
       <c r="C227" s="17" t="s">
         <v>453</v>
       </c>
       <c r="D227" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E227" s="18">
-        <v>1420.95042</v>
+        <v>1376.432796</v>
       </c>
       <c r="F227" s="3"/>
     </row>
     <row r="228" spans="1:6">
       <c r="A228" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B228" s="17" t="s">
         <v>454</v>
       </c>
       <c r="C228" s="17" t="s">
         <v>455</v>
       </c>
       <c r="D228" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E228" s="18">
-        <v>1804.00305</v>
+        <v>1747.48459</v>
       </c>
       <c r="F228" s="3"/>
     </row>
     <row r="229" spans="1:6">
       <c r="A229" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B229" s="17" t="s">
         <v>456</v>
       </c>
       <c r="C229" s="17" t="s">
         <v>457</v>
       </c>
       <c r="D229" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E229" s="18">
-        <v>1689.56409</v>
+        <v>1636.630942</v>
       </c>
       <c r="F229" s="3"/>
     </row>
     <row r="230" spans="1:6">
       <c r="A230" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B230" s="17" t="s">
         <v>458</v>
       </c>
       <c r="C230" s="17" t="s">
         <v>459</v>
       </c>
       <c r="D230" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E230" s="18">
-        <v>3417.2745</v>
+        <v>3310.2131</v>
       </c>
       <c r="F230" s="3"/>
     </row>
     <row r="231" spans="1:6">
       <c r="A231" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B231" s="17" t="s">
         <v>460</v>
       </c>
       <c r="C231" s="17" t="s">
         <v>461</v>
       </c>
       <c r="D231" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E231" s="18">
-        <v>2130.630915</v>
+        <v>2063.879377</v>
       </c>
       <c r="F231" s="3"/>
     </row>
     <row r="232" spans="1:6">
       <c r="A232" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B232" s="17" t="s">
         <v>462</v>
       </c>
       <c r="C232" s="17" t="s">
         <v>463</v>
       </c>
       <c r="D232" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E232" s="18">
-        <v>2589.18147</v>
+        <v>2508.063786</v>
       </c>
       <c r="F232" s="3"/>
     </row>
     <row r="233" spans="1:6">
       <c r="A233" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B233" s="17" t="s">
         <v>464</v>
       </c>
       <c r="C233" s="17" t="s">
         <v>465</v>
       </c>
       <c r="D233" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E233" s="18">
-        <v>2423.086035</v>
+        <v>2347.172033</v>
       </c>
       <c r="F233" s="3"/>
     </row>
     <row r="234" spans="1:6">
       <c r="A234" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B234" s="17" t="s">
         <v>466</v>
       </c>
       <c r="C234" s="17" t="s">
         <v>467</v>
       </c>
       <c r="D234" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E234" s="18">
-        <v>2544.677430000001</v>
+        <v>2464.954034</v>
       </c>
       <c r="F234" s="3"/>
     </row>
     <row r="235" spans="1:6">
       <c r="A235" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B235" s="17" t="s">
         <v>468</v>
       </c>
       <c r="C235" s="17" t="s">
         <v>469</v>
       </c>
       <c r="D235" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E235" s="18">
-        <v>1149.952605</v>
+        <v>1113.925199</v>
       </c>
       <c r="F235" s="3"/>
     </row>
     <row r="236" spans="1:6">
       <c r="A236" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B236" s="17" t="s">
         <v>470</v>
       </c>
       <c r="C236" s="17" t="s">
         <v>471</v>
       </c>
       <c r="D236" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E236" s="18">
-        <v>1895.395275</v>
+        <v>1836.013545</v>
       </c>
       <c r="F236" s="3"/>
     </row>
     <row r="237" spans="1:6">
       <c r="A237" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B237" s="17" t="s">
         <v>472</v>
       </c>
       <c r="C237" s="17" t="s">
         <v>473</v>
       </c>
       <c r="D237" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E237" s="18">
-        <v>1489.29591</v>
+        <v>1442.637058</v>
       </c>
       <c r="F237" s="3"/>
     </row>
     <row r="238" spans="1:6">
       <c r="A238" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B238" s="17" t="s">
         <v>474</v>
       </c>
       <c r="C238" s="17" t="s">
         <v>475</v>
       </c>
       <c r="D238" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E238" s="18">
-        <v>3617.54268</v>
+        <v>3504.206984</v>
       </c>
       <c r="F238" s="3"/>
     </row>
     <row r="239" spans="1:6">
       <c r="A239" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B239" s="17" t="s">
         <v>476</v>
       </c>
       <c r="C239" s="17" t="s">
         <v>477</v>
       </c>
       <c r="D239" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E239" s="18">
-        <v>1625.192175</v>
+        <v>1574.275765</v>
       </c>
       <c r="F239" s="3"/>
     </row>
     <row r="240" spans="1:6">
       <c r="A240" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B240" s="17" t="s">
         <v>478</v>
       </c>
       <c r="C240" s="17" t="s">
         <v>479</v>
       </c>
       <c r="D240" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E240" s="18">
-        <v>3441.910665</v>
+        <v>3334.077427</v>
       </c>
       <c r="F240" s="3"/>
     </row>
     <row r="241" spans="1:6">
       <c r="A241" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B241" s="17" t="s">
         <v>480</v>
       </c>
       <c r="C241" s="17" t="s">
         <v>481</v>
       </c>
       <c r="D241" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E241" s="18">
-        <v>2340.435675</v>
+        <v>2267.111065</v>
       </c>
       <c r="F241" s="3"/>
     </row>
     <row r="242" spans="1:6">
       <c r="A242" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B242" s="17" t="s">
         <v>482</v>
       </c>
       <c r="C242" s="17" t="s">
         <v>483</v>
       </c>
       <c r="D242" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E242" s="18">
-        <v>5011.472790000001</v>
+        <v>4854.466002</v>
       </c>
       <c r="F242" s="3"/>
     </row>
     <row r="243" spans="1:6">
       <c r="A243" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B243" s="17" t="s">
         <v>484</v>
       </c>
       <c r="C243" s="17" t="s">
         <v>485</v>
       </c>
       <c r="D243" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E243" s="18">
-        <v>2302.289355</v>
+        <v>2230.159849</v>
       </c>
       <c r="F243" s="3"/>
     </row>
     <row r="244" spans="1:6">
       <c r="A244" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B244" s="17" t="s">
         <v>486</v>
       </c>
       <c r="C244" s="17" t="s">
         <v>487</v>
       </c>
       <c r="D244" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E244" s="18">
-        <v>4649.877465</v>
+        <v>4504.199267</v>
       </c>
       <c r="F244" s="3"/>
     </row>
     <row r="245" spans="1:6">
       <c r="A245" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B245" s="17" t="s">
         <v>488</v>
       </c>
       <c r="C245" s="17" t="s">
         <v>489</v>
       </c>
       <c r="D245" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E245" s="18">
-        <v>3085.878345</v>
+        <v>2989.199411</v>
       </c>
       <c r="F245" s="3"/>
     </row>
     <row r="246" spans="1:6">
       <c r="A246" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B246" s="17" t="s">
         <v>490</v>
       </c>
       <c r="C246" s="17" t="s">
         <v>491</v>
       </c>
       <c r="D246" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E246" s="18">
-        <v>2435.00676</v>
+        <v>2358.719288</v>
       </c>
       <c r="F246" s="3"/>
     </row>
     <row r="247" spans="1:6">
       <c r="A247" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B247" s="17" t="s">
         <v>492</v>
       </c>
       <c r="C247" s="17" t="s">
         <v>493</v>
       </c>
       <c r="D247" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E247" s="18">
-        <v>701.7333450000001</v>
+        <v>679.748411</v>
       </c>
       <c r="F247" s="3"/>
     </row>
     <row r="248" spans="1:6">
       <c r="A248" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B248" s="17" t="s">
         <v>494</v>
       </c>
       <c r="C248" s="17" t="s">
         <v>495</v>
       </c>
       <c r="D248" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E248" s="18">
-        <v>1725.326265</v>
+        <v>1671.272707</v>
       </c>
       <c r="F248" s="3"/>
     </row>
     <row r="249" spans="1:6">
       <c r="A249" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B249" s="17" t="s">
         <v>496</v>
       </c>
       <c r="C249" s="17" t="s">
         <v>497</v>
       </c>
       <c r="D249" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E249" s="18">
-        <v>1714.99497</v>
+        <v>1661.265086</v>
       </c>
       <c r="F249" s="3"/>
     </row>
     <row r="250" spans="1:6">
       <c r="A250" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B250" s="17" t="s">
         <v>498</v>
       </c>
       <c r="C250" s="17" t="s">
         <v>499</v>
       </c>
       <c r="D250" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E250" s="18">
-        <v>3561.117915</v>
+        <v>3449.549977</v>
       </c>
       <c r="F250" s="3"/>
     </row>
     <row r="251" spans="1:6">
       <c r="A251" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B251" s="17" t="s">
         <v>500</v>
       </c>
       <c r="C251" s="17" t="s">
         <v>501</v>
       </c>
       <c r="D251" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E251" s="18">
-        <v>1039.48722</v>
+        <v>1006.920636</v>
       </c>
       <c r="F251" s="3"/>
     </row>
     <row r="252" spans="1:6">
       <c r="A252" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B252" s="17" t="s">
         <v>502</v>
       </c>
       <c r="C252" s="17" t="s">
         <v>503</v>
       </c>
       <c r="D252" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E252" s="18">
-        <v>2794.21794</v>
+        <v>2706.676572</v>
       </c>
       <c r="F252" s="3"/>
     </row>
     <row r="253" spans="1:6">
       <c r="A253" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B253" s="17" t="s">
         <v>504</v>
       </c>
       <c r="C253" s="17" t="s">
         <v>505</v>
       </c>
       <c r="D253" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E253" s="18">
-        <v>2257.785315</v>
+        <v>2187.050097</v>
       </c>
       <c r="F253" s="3"/>
     </row>
     <row r="254" spans="1:6">
       <c r="A254" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B254" s="17" t="s">
         <v>506</v>
       </c>
       <c r="C254" s="17" t="s">
         <v>507</v>
       </c>
       <c r="D254" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E254" s="18">
-        <v>4682.46078</v>
+        <v>4535.761764000001</v>
       </c>
       <c r="F254" s="3"/>
     </row>
     <row r="255" spans="1:6">
       <c r="A255" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B255" s="17" t="s">
         <v>508</v>
       </c>
       <c r="C255" s="17" t="s">
         <v>509</v>
       </c>
       <c r="D255" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E255" s="18">
-        <v>1261.212705</v>
+        <v>1221.699579</v>
       </c>
       <c r="F255" s="3"/>
     </row>
     <row r="256" spans="1:6">
       <c r="A256" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B256" s="17" t="s">
         <v>510</v>
       </c>
       <c r="C256" s="17" t="s">
         <v>511</v>
       </c>
       <c r="D256" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E256" s="18">
-        <v>4015.694895000001</v>
+        <v>3889.885301</v>
       </c>
       <c r="F256" s="3"/>
     </row>
     <row r="257" spans="1:6">
       <c r="A257" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B257" s="17" t="s">
         <v>512</v>
       </c>
       <c r="C257" s="17" t="s">
         <v>513</v>
       </c>
       <c r="D257" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E257" s="18">
-        <v>2731.435455</v>
+        <v>2645.861029</v>
       </c>
       <c r="F257" s="3"/>
     </row>
     <row r="258" spans="1:6">
       <c r="A258" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B258" s="17" t="s">
         <v>514</v>
       </c>
       <c r="C258" s="17" t="s">
         <v>515</v>
       </c>
       <c r="D258" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E258" s="18">
-        <v>300.40227</v>
+        <v>290.990826</v>
       </c>
       <c r="F258" s="3"/>
     </row>
     <row r="259" spans="1:6">
       <c r="A259" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B259" s="17" t="s">
         <v>516</v>
       </c>
       <c r="C259" s="17" t="s">
         <v>517</v>
       </c>
       <c r="D259" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E259" s="18">
-        <v>132.717405</v>
+        <v>128.559439</v>
       </c>
       <c r="F259" s="3"/>
     </row>
     <row r="260" spans="1:6">
       <c r="A260" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B260" s="17" t="s">
         <v>518</v>
       </c>
       <c r="C260" s="17" t="s">
         <v>519</v>
       </c>
       <c r="D260" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E260" s="18">
-        <v>188.347455</v>
+        <v>182.446629</v>
       </c>
       <c r="F260" s="3"/>
     </row>
     <row r="261" spans="1:6">
       <c r="A261" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B261" s="17" t="s">
         <v>520</v>
       </c>
       <c r="C261" s="17" t="s">
         <v>521</v>
       </c>
       <c r="D261" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E261" s="18">
-        <v>180.400305</v>
+        <v>174.748459</v>
       </c>
       <c r="F261" s="3"/>
     </row>
     <row r="262" spans="1:6">
       <c r="A262" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B262" s="17" t="s">
         <v>522</v>
       </c>
       <c r="C262" s="17" t="s">
         <v>523</v>
       </c>
       <c r="D262" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E262" s="18">
-        <v>356.0323200000001</v>
+        <v>344.8780160000001</v>
       </c>
       <c r="F262" s="3"/>
     </row>
     <row r="263" spans="1:6">
       <c r="A263" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B263" s="17" t="s">
         <v>524</v>
       </c>
       <c r="C263" s="17" t="s">
         <v>525</v>
       </c>
       <c r="D263" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E263" s="18">
-        <v>157.35357</v>
+        <v>152.423766</v>
       </c>
       <c r="F263" s="3"/>
     </row>
     <row r="264" spans="1:6">
       <c r="A264" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B264" s="17" t="s">
         <v>526</v>
       </c>
       <c r="C264" s="17" t="s">
         <v>527</v>
       </c>
       <c r="D264" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E264" s="18">
-        <v>228.083205</v>
+        <v>220.937479</v>
       </c>
       <c r="F264" s="3"/>
     </row>
     <row r="265" spans="1:6">
       <c r="A265" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B265" s="17" t="s">
         <v>528</v>
       </c>
       <c r="C265" s="17" t="s">
         <v>529</v>
       </c>
       <c r="D265" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E265" s="18">
-        <v>216.957195</v>
+        <v>210.160041</v>
       </c>
       <c r="F265" s="3"/>
     </row>
     <row r="266" spans="1:6">
       <c r="A266" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B266" s="17" t="s">
         <v>530</v>
       </c>
       <c r="C266" s="17" t="s">
         <v>531</v>
       </c>
       <c r="D266" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E266" s="18">
-        <v>432.3249600000001</v>
+        <v>418.780448</v>
       </c>
       <c r="F266" s="3"/>
     </row>
     <row r="267" spans="1:6">
       <c r="A267" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B267" s="17" t="s">
         <v>532</v>
       </c>
       <c r="C267" s="17" t="s">
         <v>533</v>
       </c>
       <c r="D267" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E267" s="18">
-        <v>178.01616</v>
+        <v>172.439008</v>
       </c>
       <c r="F267" s="3"/>
     </row>
     <row r="268" spans="1:6">
       <c r="A268" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B268" s="17" t="s">
         <v>534</v>
       </c>
       <c r="C268" s="17" t="s">
         <v>535</v>
       </c>
       <c r="D268" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E268" s="18">
-        <v>273.38196</v>
+        <v>264.817048</v>
       </c>
       <c r="F268" s="3"/>
     </row>
     <row r="269" spans="1:6">
       <c r="A269" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B269" s="17" t="s">
         <v>536</v>
       </c>
       <c r="C269" s="17" t="s">
         <v>537</v>
       </c>
       <c r="D269" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E269" s="18">
-        <v>252.71937</v>
+        <v>244.801806</v>
       </c>
       <c r="F269" s="3"/>
     </row>
     <row r="270" spans="1:6">
       <c r="A270" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B270" s="17" t="s">
         <v>538</v>
       </c>
       <c r="C270" s="17" t="s">
         <v>539</v>
       </c>
       <c r="D270" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E270" s="18">
-        <v>598.4203950000001</v>
+        <v>579.6722010000001</v>
       </c>
       <c r="F270" s="3"/>
     </row>
     <row r="271" spans="1:6">
       <c r="A271" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B271" s="17" t="s">
         <v>540</v>
       </c>
       <c r="C271" s="17" t="s">
         <v>541</v>
       </c>
       <c r="D271" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E271" s="18">
-        <v>221.725485</v>
+        <v>214.778943</v>
       </c>
       <c r="F271" s="3"/>
     </row>
     <row r="272" spans="1:6">
       <c r="A272" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B272" s="17" t="s">
         <v>542</v>
       </c>
       <c r="C272" s="17" t="s">
         <v>543</v>
       </c>
       <c r="D272" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E272" s="18">
-        <v>356.0323200000001</v>
+        <v>344.8780160000001</v>
       </c>
       <c r="F272" s="3"/>
     </row>
     <row r="273" spans="1:6">
       <c r="A273" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B273" s="17" t="s">
         <v>544</v>
       </c>
       <c r="C273" s="17" t="s">
         <v>545</v>
       </c>
       <c r="D273" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E273" s="18">
-        <v>327.42258</v>
+        <v>317.164604</v>
       </c>
       <c r="F273" s="3"/>
     </row>
     <row r="274" spans="1:6">
       <c r="A274" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B274" s="17" t="s">
         <v>546</v>
       </c>
       <c r="C274" s="17" t="s">
         <v>547</v>
       </c>
       <c r="D274" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E274" s="18">
-        <v>842.3979</v>
+        <v>816.00602</v>
       </c>
       <c r="F274" s="3"/>
     </row>
     <row r="275" spans="1:6">
       <c r="A275" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B275" s="17" t="s">
         <v>548</v>
       </c>
       <c r="C275" s="17" t="s">
         <v>549</v>
       </c>
       <c r="D275" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E275" s="18">
-        <v>286.0974000000001</v>
+        <v>277.13412</v>
       </c>
       <c r="F275" s="3"/>
     </row>
     <row r="276" spans="1:6">
       <c r="A276" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B276" s="17" t="s">
         <v>550</v>
       </c>
       <c r="C276" s="17" t="s">
         <v>551</v>
       </c>
       <c r="D276" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E276" s="18">
-        <v>550.737495</v>
+        <v>533.4831810000001</v>
       </c>
       <c r="F276" s="3"/>
     </row>
     <row r="277" spans="1:6">
       <c r="A277" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B277" s="17" t="s">
         <v>552</v>
       </c>
       <c r="C277" s="17" t="s">
         <v>553</v>
       </c>
       <c r="D277" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E277" s="18">
-        <v>478.41843</v>
+        <v>463.429834</v>
       </c>
       <c r="F277" s="3"/>
     </row>
     <row r="278" spans="1:6">
       <c r="A278" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B278" s="17" t="s">
         <v>554</v>
       </c>
       <c r="C278" s="17" t="s">
         <v>555</v>
       </c>
       <c r="D278" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E278" s="18">
-        <v>1439.228865</v>
+        <v>1394.138587</v>
       </c>
       <c r="F278" s="3"/>
     </row>
     <row r="279" spans="1:6">
       <c r="A279" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B279" s="17" t="s">
         <v>556</v>
       </c>
       <c r="C279" s="17" t="s">
         <v>557</v>
       </c>
       <c r="D279" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E279" s="18">
-        <v>576.1683750000001</v>
+        <v>558.1173250000001</v>
       </c>
       <c r="F279" s="3"/>
     </row>
     <row r="280" spans="1:6">
       <c r="A280" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B280" s="17" t="s">
         <v>558</v>
       </c>
       <c r="C280" s="17" t="s">
         <v>559</v>
       </c>
       <c r="D280" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E280" s="18">
-        <v>968.7575850000001</v>
+        <v>938.406923</v>
       </c>
       <c r="F280" s="3"/>
     </row>
     <row r="281" spans="1:6">
       <c r="A281" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B281" s="17" t="s">
         <v>560</v>
       </c>
       <c r="C281" s="17" t="s">
         <v>561</v>
       </c>
       <c r="D281" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E281" s="18">
-        <v>838.4243250000001</v>
+        <v>812.1569350000001</v>
       </c>
       <c r="F281" s="3"/>
     </row>
     <row r="282" spans="1:6">
       <c r="A282" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B282" s="17" t="s">
         <v>562</v>
       </c>
       <c r="C282" s="17" t="s">
         <v>563</v>
       </c>
       <c r="D282" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E282" s="18">
-        <v>1993.939935</v>
+        <v>1931.470853</v>
       </c>
       <c r="F282" s="3"/>
     </row>
     <row r="283" spans="1:6">
       <c r="A283" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B283" s="17" t="s">
         <v>564</v>
       </c>
       <c r="C283" s="17" t="s">
         <v>565</v>
       </c>
       <c r="D283" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E283" s="18">
-        <v>924.2535450000001</v>
+        <v>895.297171</v>
       </c>
       <c r="F283" s="3"/>
     </row>
     <row r="284" spans="1:6">
       <c r="A284" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B284" s="17" t="s">
         <v>566</v>
       </c>
       <c r="C284" s="17" t="s">
         <v>567</v>
       </c>
       <c r="D284" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E284" s="18">
-        <v>1641.88119</v>
+        <v>1590.441922</v>
       </c>
       <c r="F284" s="3"/>
     </row>
     <row r="285" spans="1:6">
       <c r="A285" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B285" s="17" t="s">
         <v>568</v>
       </c>
       <c r="C285" s="17" t="s">
         <v>569</v>
       </c>
       <c r="D285" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E285" s="18">
-        <v>1232.602965</v>
+        <v>1193.986167</v>
       </c>
       <c r="F285" s="3"/>
     </row>
     <row r="286" spans="1:6">
       <c r="A286" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B286" s="17" t="s">
         <v>570</v>
       </c>
       <c r="C286" s="17" t="s">
         <v>571</v>
       </c>
       <c r="D286" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E286" s="18">
-        <v>2578.05546</v>
+        <v>2497.286348</v>
       </c>
       <c r="F286" s="3"/>
     </row>
     <row r="287" spans="1:6">
       <c r="A287" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B287" s="17" t="s">
         <v>572</v>
       </c>
       <c r="C287" s="17" t="s">
         <v>573</v>
       </c>
       <c r="D287" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E287" s="18">
-        <v>1149.952605</v>
+        <v>1113.925199</v>
       </c>
       <c r="F287" s="3"/>
     </row>
     <row r="288" spans="1:6">
       <c r="A288" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B288" s="17" t="s">
         <v>574</v>
       </c>
       <c r="C288" s="17" t="s">
         <v>575</v>
       </c>
       <c r="D288" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E288" s="18">
-        <v>1741.220565</v>
+        <v>1686.669047</v>
       </c>
       <c r="F288" s="3"/>
     </row>
     <row r="289" spans="1:6">
       <c r="A289" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B289" s="17" t="s">
         <v>576</v>
       </c>
       <c r="C289" s="17" t="s">
         <v>577</v>
       </c>
       <c r="D289" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E289" s="18">
-        <v>1515.521505</v>
+        <v>1468.041019</v>
       </c>
       <c r="F289" s="3"/>
     </row>
     <row r="290" spans="1:6">
       <c r="A290" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B290" s="17" t="s">
         <v>578</v>
       </c>
       <c r="C290" s="17" t="s">
         <v>579</v>
       </c>
       <c r="D290" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E290" s="18">
-        <v>193.91046</v>
+        <v>187.835348</v>
       </c>
       <c r="F290" s="3"/>
     </row>
     <row r="291" spans="1:6">
       <c r="A291" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B291" s="17" t="s">
         <v>580</v>
       </c>
       <c r="C291" s="17" t="s">
         <v>581</v>
       </c>
       <c r="D291" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E291" s="18">
-        <v>120.79668</v>
+        <v>117.012184</v>
       </c>
       <c r="F291" s="3"/>
     </row>
     <row r="292" spans="1:6">
       <c r="A292" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B292" s="17" t="s">
         <v>582</v>
       </c>
       <c r="C292" s="17" t="s">
         <v>583</v>
       </c>
       <c r="D292" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E292" s="18">
-        <v>183.579165</v>
+        <v>177.827727</v>
       </c>
       <c r="F292" s="3"/>
     </row>
     <row r="293" spans="1:6">
       <c r="A293" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B293" s="17" t="s">
         <v>584</v>
       </c>
       <c r="C293" s="17" t="s">
         <v>585</v>
       </c>
       <c r="D293" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E293" s="18">
-        <v>143.843415</v>
+        <v>139.336877</v>
       </c>
       <c r="F293" s="3"/>
     </row>
     <row r="294" spans="1:6">
       <c r="A294" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B294" s="17" t="s">
         <v>586</v>
       </c>
       <c r="C294" s="17" t="s">
         <v>587</v>
       </c>
       <c r="D294" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E294" s="18">
-        <v>343.31688</v>
+        <v>332.5609440000001</v>
       </c>
       <c r="F294" s="3"/>
     </row>
     <row r="295" spans="1:6">
       <c r="A295" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B295" s="17" t="s">
         <v>588</v>
       </c>
       <c r="C295" s="17" t="s">
         <v>589</v>
       </c>
       <c r="D295" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E295" s="18">
-        <v>143.0487</v>
+        <v>138.56706</v>
       </c>
       <c r="F295" s="3"/>
     </row>
     <row r="296" spans="1:6">
       <c r="A296" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B296" s="17" t="s">
         <v>590</v>
       </c>
       <c r="C296" s="17" t="s">
         <v>591</v>
       </c>
       <c r="D296" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E296" s="18">
-        <v>228.083205</v>
+        <v>220.937479</v>
       </c>
       <c r="F296" s="3"/>
     </row>
     <row r="297" spans="1:6">
       <c r="A297" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B297" s="17" t="s">
         <v>592</v>
       </c>
       <c r="C297" s="17" t="s">
         <v>593</v>
       </c>
       <c r="D297" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E297" s="18">
-        <v>207.420615</v>
+        <v>200.922237</v>
       </c>
       <c r="F297" s="3"/>
     </row>
     <row r="298" spans="1:6">
       <c r="A298" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B298" s="17" t="s">
         <v>594</v>
       </c>
       <c r="C298" s="17" t="s">
         <v>595</v>
       </c>
       <c r="D298" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E298" s="18">
-        <v>287.68683</v>
+        <v>278.673754</v>
       </c>
       <c r="F298" s="3"/>
     </row>
     <row r="299" spans="1:6">
       <c r="A299" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B299" s="17" t="s">
         <v>596</v>
       </c>
       <c r="C299" s="17" t="s">
         <v>597</v>
       </c>
       <c r="D299" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E299" s="18">
-        <v>146.22756</v>
+        <v>141.646328</v>
       </c>
       <c r="F299" s="3"/>
     </row>
     <row r="300" spans="1:6">
       <c r="A300" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B300" s="17" t="s">
         <v>598</v>
       </c>
       <c r="C300" s="17" t="s">
         <v>599</v>
       </c>
       <c r="D300" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E300" s="18">
-        <v>268.61367</v>
+        <v>260.198146</v>
       </c>
       <c r="F300" s="3"/>
     </row>
     <row r="301" spans="1:6">
       <c r="A301" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B301" s="17" t="s">
         <v>600</v>
       </c>
       <c r="C301" s="17" t="s">
         <v>601</v>
       </c>
       <c r="D301" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E301" s="18">
-        <v>191.526315</v>
+        <v>185.525897</v>
       </c>
       <c r="F301" s="3"/>
     </row>
     <row r="302" spans="1:6">
       <c r="A302" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B302" s="17" t="s">
         <v>602</v>
       </c>
       <c r="C302" s="17" t="s">
         <v>603</v>
       </c>
       <c r="D302" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E302" s="18">
-        <v>371.92662</v>
+        <v>360.274356</v>
       </c>
       <c r="F302" s="3"/>
     </row>
     <row r="303" spans="1:6">
       <c r="A303" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B303" s="17" t="s">
         <v>604</v>
       </c>
       <c r="C303" s="17" t="s">
         <v>605</v>
       </c>
       <c r="D303" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E303" s="18">
-        <v>168.47958</v>
+        <v>163.201204</v>
       </c>
       <c r="F303" s="3"/>
     </row>
     <row r="304" spans="1:6">
       <c r="A304" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B304" s="17" t="s">
         <v>606</v>
       </c>
       <c r="C304" s="17" t="s">
         <v>607</v>
       </c>
       <c r="D304" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E304" s="18">
-        <v>372.7213350000001</v>
+        <v>361.0441730000001</v>
       </c>
       <c r="F304" s="3"/>
     </row>
     <row r="305" spans="1:6">
       <c r="A305" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B305" s="17" t="s">
         <v>608</v>
       </c>
       <c r="C305" s="17" t="s">
         <v>609</v>
       </c>
       <c r="D305" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E305" s="18">
-        <v>237.619785</v>
+        <v>230.175283</v>
       </c>
       <c r="F305" s="3"/>
     </row>
     <row r="306" spans="1:6">
       <c r="A306" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B306" s="17" t="s">
         <v>610</v>
       </c>
       <c r="C306" s="17" t="s">
         <v>611</v>
       </c>
       <c r="D306" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E306" s="18">
-        <v>824.119455</v>
+        <v>798.3002289999999</v>
       </c>
       <c r="F306" s="3"/>
     </row>
     <row r="307" spans="1:6">
       <c r="A307" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B307" s="17" t="s">
         <v>612</v>
       </c>
       <c r="C307" s="17" t="s">
         <v>613</v>
       </c>
       <c r="D307" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E307" s="18">
-        <v>276.56082</v>
+        <v>267.896316</v>
       </c>
       <c r="F307" s="3"/>
     </row>
     <row r="308" spans="1:6">
       <c r="A308" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B308" s="17" t="s">
         <v>614</v>
       </c>
       <c r="C308" s="17" t="s">
         <v>615</v>
       </c>
       <c r="D308" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E308" s="18">
-        <v>589.67853</v>
+        <v>571.204214</v>
       </c>
       <c r="F308" s="3"/>
     </row>
     <row r="309" spans="1:6">
       <c r="A309" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B309" s="17" t="s">
         <v>616</v>
       </c>
       <c r="C309" s="17" t="s">
         <v>617</v>
       </c>
       <c r="D309" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E309" s="18">
-        <v>488.7497250000001</v>
+        <v>473.4374550000001</v>
       </c>
       <c r="F309" s="3"/>
     </row>
     <row r="310" spans="1:6">
       <c r="A310" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B310" s="17" t="s">
         <v>618</v>
       </c>
       <c r="C310" s="17" t="s">
         <v>619</v>
       </c>
       <c r="D310" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E310" s="18">
-        <v>839.2190400000001</v>
+        <v>812.9267520000001</v>
       </c>
       <c r="F310" s="3"/>
     </row>
     <row r="311" spans="1:6">
       <c r="A311" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B311" s="17" t="s">
         <v>620</v>
       </c>
       <c r="C311" s="17" t="s">
         <v>621</v>
       </c>
       <c r="D311" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E311" s="18">
-        <v>433.91439</v>
+        <v>420.320082</v>
       </c>
       <c r="F311" s="3"/>
     </row>
     <row r="312" spans="1:6">
       <c r="A312" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B312" s="17" t="s">
         <v>622</v>
       </c>
       <c r="C312" s="17" t="s">
         <v>623</v>
       </c>
       <c r="D312" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E312" s="18">
-        <v>990.2148900000002</v>
+        <v>959.1919820000002</v>
       </c>
       <c r="F312" s="3"/>
     </row>
     <row r="313" spans="1:6">
       <c r="A313" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B313" s="17" t="s">
         <v>624</v>
       </c>
       <c r="C313" s="17" t="s">
         <v>625</v>
       </c>
       <c r="D313" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E313" s="18">
-        <v>661.2028800000001</v>
+        <v>640.487744</v>
       </c>
       <c r="F313" s="3"/>
     </row>
     <row r="314" spans="1:6">
       <c r="A314" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B314" s="17" t="s">
         <v>626</v>
       </c>
       <c r="C314" s="17" t="s">
         <v>627</v>
       </c>
       <c r="D314" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E314" s="18">
-        <v>1944.667605</v>
+        <v>1883.742199</v>
       </c>
       <c r="F314" s="3"/>
     </row>
     <row r="315" spans="1:6">
       <c r="A315" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B315" s="17" t="s">
         <v>628</v>
       </c>
       <c r="C315" s="17" t="s">
         <v>629</v>
       </c>
       <c r="D315" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E315" s="18">
-        <v>894.84909</v>
+        <v>866.813942</v>
       </c>
       <c r="F315" s="3"/>
     </row>
     <row r="316" spans="1:6">
       <c r="A316" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B316" s="17" t="s">
         <v>630</v>
       </c>
       <c r="C316" s="17" t="s">
         <v>631</v>
       </c>
       <c r="D316" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E316" s="18">
-        <v>1330.35291</v>
+        <v>1288.673658</v>
       </c>
       <c r="F316" s="3"/>
     </row>
     <row r="317" spans="1:6">
       <c r="A317" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B317" s="17" t="s">
         <v>632</v>
       </c>
       <c r="C317" s="17" t="s">
         <v>633</v>
       </c>
       <c r="D317" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E317" s="18">
-        <v>1180.151775</v>
+        <v>1143.178245</v>
       </c>
       <c r="F317" s="3"/>
     </row>
     <row r="318" spans="1:6">
       <c r="A318" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B318" s="17" t="s">
         <v>634</v>
       </c>
       <c r="C318" s="17" t="s">
         <v>635</v>
       </c>
       <c r="D318" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E318" s="18">
-        <v>2506.53111</v>
+        <v>2428.002818</v>
       </c>
       <c r="F318" s="3"/>
     </row>
     <row r="319" spans="1:6">
       <c r="A319" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B319" s="17" t="s">
         <v>636</v>
       </c>
       <c r="C319" s="17" t="s">
         <v>637</v>
       </c>
       <c r="D319" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E319" s="18">
-        <v>1057.765665</v>
+        <v>1024.626427</v>
       </c>
       <c r="F319" s="3"/>
     </row>
     <row r="320" spans="1:6">
       <c r="A320" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B320" s="17" t="s">
         <v>638</v>
       </c>
       <c r="C320" s="17" t="s">
         <v>639</v>
       </c>
       <c r="D320" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E320" s="18">
-        <v>1654.59663</v>
+        <v>1602.758994</v>
       </c>
       <c r="F320" s="3"/>
     </row>
     <row r="321" spans="1:6">
       <c r="A321" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B321" s="17" t="s">
         <v>640</v>
       </c>
       <c r="C321" s="17" t="s">
         <v>641</v>
       </c>
       <c r="D321" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E321" s="18">
-        <v>1459.891455</v>
+        <v>1414.153829</v>
       </c>
       <c r="F321" s="3"/>
     </row>
     <row r="322" spans="1:6">
       <c r="A322" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B322" s="17" t="s">
         <v>642</v>
       </c>
       <c r="C322" s="17" t="s">
         <v>643</v>
       </c>
       <c r="D322" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E322" s="18">
-        <v>250.335225</v>
+        <v>242.492355</v>
       </c>
       <c r="F322" s="3"/>
     </row>
     <row r="323" spans="1:6">
       <c r="A323" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B323" s="17" t="s">
         <v>644</v>
       </c>
       <c r="C323" s="17" t="s">
         <v>645</v>
       </c>
       <c r="D323" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E323" s="18">
-        <v>310.7335650000001</v>
+        <v>300.998447</v>
       </c>
       <c r="F323" s="3"/>
     </row>
     <row r="324" spans="1:6">
       <c r="A324" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B324" s="17" t="s">
         <v>646</v>
       </c>
       <c r="C324" s="17" t="s">
         <v>647</v>
       </c>
       <c r="D324" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E324" s="18">
-        <v>305.965275</v>
+        <v>296.379545</v>
       </c>
       <c r="F324" s="3"/>
     </row>
     <row r="325" spans="1:6">
       <c r="A325" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B325" s="17" t="s">
         <v>648</v>
       </c>
       <c r="C325" s="17" t="s">
         <v>649</v>
       </c>
       <c r="D325" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E325" s="18">
-        <v>453.7822650000001</v>
+        <v>439.565507</v>
       </c>
       <c r="F325" s="3"/>
     </row>
     <row r="326" spans="1:6">
       <c r="A326" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B326" s="17" t="s">
         <v>650</v>
       </c>
       <c r="C326" s="17" t="s">
         <v>651</v>
       </c>
       <c r="D326" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E326" s="18">
-        <v>279.73968</v>
+        <v>270.975584</v>
       </c>
       <c r="F326" s="3"/>
     </row>
     <row r="327" spans="1:6">
       <c r="A327" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B327" s="17" t="s">
         <v>652</v>
       </c>
       <c r="C327" s="17" t="s">
         <v>653</v>
       </c>
       <c r="D327" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E327" s="18">
-        <v>356.0323200000001</v>
+        <v>344.8780160000001</v>
       </c>
       <c r="F327" s="3"/>
     </row>
     <row r="328" spans="1:6">
       <c r="A328" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B328" s="17" t="s">
         <v>654</v>
       </c>
       <c r="C328" s="17" t="s">
         <v>655</v>
       </c>
       <c r="D328" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E328" s="18">
-        <v>349.6746000000001</v>
+        <v>338.71948</v>
       </c>
       <c r="F328" s="3"/>
     </row>
     <row r="329" spans="1:6">
       <c r="A329" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B329" s="17" t="s">
         <v>656</v>
       </c>
       <c r="C329" s="17" t="s">
         <v>657</v>
       </c>
       <c r="D329" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E329" s="18">
-        <v>341.72745</v>
+        <v>331.02131</v>
       </c>
       <c r="F329" s="3"/>
     </row>
     <row r="330" spans="1:6">
       <c r="A330" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B330" s="17" t="s">
         <v>658</v>
       </c>
       <c r="C330" s="17" t="s">
         <v>659</v>
       </c>
       <c r="D330" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E330" s="18">
-        <v>518.15418</v>
+        <v>501.920684</v>
       </c>
       <c r="F330" s="3"/>
     </row>
     <row r="331" spans="1:6">
       <c r="A331" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B331" s="17" t="s">
         <v>660</v>
       </c>
       <c r="C331" s="17" t="s">
         <v>661</v>
       </c>
       <c r="D331" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E331" s="18">
-        <v>496.696875</v>
+        <v>481.135625</v>
       </c>
       <c r="F331" s="3"/>
     </row>
     <row r="332" spans="1:6">
       <c r="A332" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B332" s="17" t="s">
         <v>662</v>
       </c>
       <c r="C332" s="17" t="s">
         <v>663</v>
       </c>
       <c r="D332" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E332" s="18">
-        <v>488.7497250000001</v>
+        <v>473.4374550000001</v>
       </c>
       <c r="F332" s="3"/>
     </row>
     <row r="333" spans="1:6">
       <c r="A333" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B333" s="17" t="s">
         <v>664</v>
       </c>
       <c r="C333" s="17" t="s">
         <v>665</v>
       </c>
       <c r="D333" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E333" s="18">
-        <v>801.867435</v>
+        <v>776.745353</v>
       </c>
       <c r="F333" s="3"/>
     </row>
     <row r="334" spans="1:6">
       <c r="A334" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B334" s="17" t="s">
         <v>666</v>
       </c>
       <c r="C334" s="17" t="s">
         <v>667</v>
       </c>
       <c r="D334" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E334" s="18">
-        <v>776.436555</v>
+        <v>752.111209</v>
       </c>
       <c r="F334" s="3"/>
     </row>
     <row r="335" spans="1:6">
       <c r="A335" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B335" s="17" t="s">
         <v>668</v>
       </c>
       <c r="C335" s="17" t="s">
         <v>669</v>
       </c>
       <c r="D335" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E335" s="18">
-        <v>617.493555</v>
+        <v>598.1478089999999</v>
       </c>
       <c r="F335" s="3"/>
     </row>
     <row r="336" spans="1:6">
       <c r="A336" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B336" s="17" t="s">
         <v>670</v>
       </c>
       <c r="C336" s="17" t="s">
         <v>671</v>
       </c>
       <c r="D336" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E336" s="18">
-        <v>294.839265</v>
+        <v>285.602107</v>
       </c>
       <c r="F336" s="3"/>
     </row>
     <row r="337" spans="1:6">
       <c r="A337" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B337" s="17" t="s">
         <v>672</v>
       </c>
       <c r="C337" s="17" t="s">
         <v>673</v>
       </c>
       <c r="D337" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E337" s="18">
-        <v>406.099365</v>
+        <v>393.3764870000001</v>
       </c>
       <c r="F337" s="3"/>
     </row>
     <row r="338" spans="1:6">
       <c r="A338" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B338" s="17" t="s">
         <v>674</v>
       </c>
       <c r="C338" s="17" t="s">
         <v>675</v>
       </c>
       <c r="D338" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E338" s="18">
-        <v>390.99978</v>
+        <v>378.749964</v>
       </c>
       <c r="F338" s="3"/>
     </row>
     <row r="339" spans="1:6">
       <c r="A339" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B339" s="17" t="s">
         <v>676</v>
       </c>
       <c r="C339" s="17" t="s">
         <v>250</v>
       </c>
       <c r="D339" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E339" s="18">
-        <v>370.33719</v>
+        <v>358.734722</v>
       </c>
       <c r="F339" s="3"/>
     </row>
     <row r="340" spans="1:6">
       <c r="A340" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B340" s="17" t="s">
         <v>677</v>
       </c>
       <c r="C340" s="17" t="s">
         <v>678</v>
       </c>
       <c r="D340" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E340" s="18">
-        <v>154.17471</v>
+        <v>149.344498</v>
       </c>
       <c r="F340" s="3"/>
     </row>
     <row r="341" spans="1:6">
       <c r="A341" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B341" s="17" t="s">
         <v>679</v>
       </c>
       <c r="C341" s="17" t="s">
         <v>680</v>
       </c>
       <c r="D341" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E341" s="18">
-        <v>199.473465</v>
+        <v>193.224067</v>
       </c>
       <c r="F341" s="3"/>
     </row>
     <row r="342" spans="1:6">
       <c r="A342" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B342" s="17" t="s">
         <v>681</v>
       </c>
       <c r="C342" s="17" t="s">
         <v>682</v>
       </c>
       <c r="D342" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E342" s="18">
-        <v>150.99585</v>
+        <v>146.26523</v>
       </c>
       <c r="F342" s="3"/>
     </row>
     <row r="343" spans="1:6">
       <c r="A343" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B343" s="17" t="s">
         <v>683</v>
       </c>
       <c r="C343" s="17" t="s">
         <v>684</v>
       </c>
       <c r="D343" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E343" s="18">
-        <v>262.25595</v>
+        <v>254.03961</v>
       </c>
       <c r="F343" s="3"/>
     </row>
     <row r="344" spans="1:6">
       <c r="A344" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B344" s="17" t="s">
         <v>685</v>
       </c>
       <c r="C344" s="17" t="s">
         <v>686</v>
       </c>
       <c r="D344" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E344" s="18">
-        <v>375.10548</v>
+        <v>363.353624</v>
       </c>
       <c r="F344" s="3"/>
     </row>
     <row r="345" spans="1:6">
       <c r="A345" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B345" s="17" t="s">
         <v>687</v>
       </c>
       <c r="C345" s="17" t="s">
         <v>248</v>
       </c>
       <c r="D345" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E345" s="18">
-        <v>588.0891</v>
+        <v>569.66458</v>
       </c>
       <c r="F345" s="3"/>
     </row>
     <row r="346" spans="1:6">
       <c r="A346" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B346" s="17" t="s">
         <v>688</v>
       </c>
       <c r="C346" s="17" t="s">
         <v>689</v>
       </c>
       <c r="D346" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E346" s="18">
-        <v>164.506005</v>
+        <v>159.352119</v>
       </c>
       <c r="F346" s="3"/>
     </row>
     <row r="347" spans="1:6">
       <c r="A347" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B347" s="17" t="s">
         <v>690</v>
       </c>
       <c r="C347" s="17" t="s">
         <v>691</v>
       </c>
       <c r="D347" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E347" s="18">
-        <v>240.00393</v>
+        <v>232.484734</v>
       </c>
       <c r="F347" s="3"/>
     </row>
     <row r="348" spans="1:6">
       <c r="A348" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B348" s="17" t="s">
         <v>692</v>
       </c>
       <c r="C348" s="17" t="s">
         <v>693</v>
       </c>
       <c r="D348" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E348" s="18">
-        <v>314.70714</v>
+        <v>304.847532</v>
       </c>
       <c r="F348" s="3"/>
     </row>
     <row r="349" spans="1:6">
       <c r="A349" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B349" s="17" t="s">
         <v>694</v>
       </c>
       <c r="C349" s="17" t="s">
         <v>695</v>
       </c>
       <c r="D349" s="17" t="s">
         <v>232</v>
       </c>
       <c r="E349" s="18">
-        <v>729.54837</v>
+        <v>706.692006</v>
       </c>
       <c r="F349" s="3"/>
     </row>
     <row r="350" spans="1:6">
       <c r="A350" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B350" s="17" t="s">
         <v>696</v>
       </c>
       <c r="C350" s="17" t="s">
         <v>697</v>
       </c>
       <c r="D350" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E350" s="18">
-        <v>5157.700350000001</v>
+        <v>4996.112330000001</v>
       </c>
       <c r="F350" s="3"/>
     </row>
     <row r="351" spans="1:6">
       <c r="A351" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B351" s="17" t="s">
         <v>699</v>
       </c>
       <c r="C351" s="17" t="s">
         <v>700</v>
       </c>
       <c r="D351" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E351" s="18">
-        <v>4801.668030000001</v>
+        <v>4651.234314</v>
       </c>
       <c r="F351" s="3"/>
     </row>
     <row r="352" spans="1:6">
       <c r="A352" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B352" s="17" t="s">
         <v>701</v>
       </c>
       <c r="C352" s="17" t="s">
         <v>702</v>
       </c>
       <c r="D352" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E352" s="18">
-        <v>5001.93621</v>
+        <v>4845.228198</v>
       </c>
       <c r="F352" s="3"/>
     </row>
     <row r="353" spans="1:6">
       <c r="A353" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B353" s="17" t="s">
         <v>703</v>
       </c>
       <c r="C353" s="17" t="s">
         <v>704</v>
       </c>
       <c r="D353" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E353" s="18">
-        <v>17821.483875</v>
+        <v>17263.146225</v>
       </c>
       <c r="F353" s="3"/>
     </row>
     <row r="354" spans="1:6">
       <c r="A354" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B354" s="17" t="s">
         <v>705</v>
       </c>
       <c r="C354" s="17" t="s">
         <v>706</v>
       </c>
       <c r="D354" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E354" s="18">
-        <v>18147.317025</v>
+        <v>17578.771195</v>
       </c>
       <c r="F354" s="3"/>
     </row>
     <row r="355" spans="1:6">
       <c r="A355" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B355" s="17" t="s">
         <v>707</v>
       </c>
       <c r="C355" s="17" t="s">
         <v>708</v>
       </c>
       <c r="D355" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E355" s="18">
-        <v>5187.104805</v>
+        <v>5024.595559</v>
       </c>
       <c r="F355" s="3"/>
     </row>
     <row r="356" spans="1:6">
       <c r="A356" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B356" s="17" t="s">
         <v>709</v>
       </c>
       <c r="C356" s="17" t="s">
         <v>710</v>
       </c>
       <c r="D356" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E356" s="18">
-        <v>11839.66407</v>
+        <v>11468.733666</v>
       </c>
       <c r="F356" s="3"/>
     </row>
     <row r="357" spans="1:6">
       <c r="A357" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B357" s="17" t="s">
         <v>711</v>
       </c>
       <c r="C357" s="17" t="s">
         <v>712</v>
       </c>
       <c r="D357" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E357" s="18">
-        <v>16300.399365</v>
+        <v>15789.716487</v>
       </c>
       <c r="F357" s="3"/>
     </row>
     <row r="358" spans="1:6">
       <c r="A358" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B358" s="17" t="s">
         <v>713</v>
       </c>
       <c r="C358" s="17" t="s">
         <v>714</v>
       </c>
       <c r="D358" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E358" s="18">
-        <v>15174.28821</v>
+        <v>14698.885798</v>
       </c>
       <c r="F358" s="3"/>
     </row>
     <row r="359" spans="1:6">
       <c r="A359" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B359" s="17" t="s">
         <v>715</v>
       </c>
       <c r="C359" s="17" t="s">
         <v>716</v>
       </c>
       <c r="D359" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E359" s="18">
-        <v>11532.109365</v>
+        <v>11170.814487</v>
       </c>
       <c r="F359" s="3"/>
     </row>
     <row r="360" spans="1:6">
       <c r="A360" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B360" s="17" t="s">
         <v>717</v>
       </c>
       <c r="C360" s="17" t="s">
         <v>718</v>
       </c>
       <c r="D360" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E360" s="18">
-        <v>9994.335840000002</v>
+        <v>9681.218592000001</v>
       </c>
       <c r="F360" s="3"/>
     </row>
     <row r="361" spans="1:6">
       <c r="A361" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B361" s="17" t="s">
         <v>719</v>
       </c>
       <c r="C361" s="17" t="s">
         <v>720</v>
       </c>
       <c r="D361" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E361" s="18">
-        <v>2195.00283</v>
+        <v>2126.234554</v>
       </c>
       <c r="F361" s="3"/>
     </row>
     <row r="362" spans="1:6">
       <c r="A362" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B362" s="17" t="s">
         <v>721</v>
       </c>
       <c r="C362" s="17" t="s">
         <v>722</v>
       </c>
       <c r="D362" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E362" s="18">
-        <v>1190.48307</v>
+        <v>1153.185866</v>
       </c>
       <c r="F362" s="3"/>
     </row>
     <row r="363" spans="1:6">
       <c r="A363" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B363" s="17" t="s">
         <v>723</v>
       </c>
       <c r="C363" s="17" t="s">
         <v>722</v>
       </c>
       <c r="D363" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E363" s="18">
-        <v>1190.48307</v>
+        <v>1153.185866</v>
       </c>
       <c r="F363" s="3"/>
     </row>
     <row r="364" spans="1:6">
       <c r="A364" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B364" s="17" t="s">
         <v>724</v>
       </c>
       <c r="C364" s="17" t="s">
         <v>725</v>
       </c>
       <c r="D364" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E364" s="18">
-        <v>3087.467775000001</v>
+        <v>2990.739045</v>
       </c>
       <c r="F364" s="3"/>
     </row>
     <row r="365" spans="1:6">
       <c r="A365" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B365" s="17" t="s">
         <v>726</v>
       </c>
       <c r="C365" s="17" t="s">
         <v>727</v>
       </c>
       <c r="D365" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E365" s="18">
-        <v>3538.865895</v>
+        <v>3427.995101</v>
       </c>
       <c r="F365" s="3"/>
     </row>
     <row r="366" spans="1:6">
       <c r="A366" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B366" s="17" t="s">
         <v>728</v>
       </c>
       <c r="C366" s="17" t="s">
         <v>729</v>
       </c>
       <c r="D366" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E366" s="18">
-        <v>3312.37212</v>
+        <v>3208.597256</v>
       </c>
       <c r="F366" s="3"/>
     </row>
     <row r="367" spans="1:6">
       <c r="A367" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B367" s="17" t="s">
         <v>730</v>
       </c>
       <c r="C367" s="17" t="s">
         <v>731</v>
       </c>
       <c r="D367" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E367" s="18">
-        <v>348.879885</v>
+        <v>337.949663</v>
       </c>
       <c r="F367" s="3"/>
     </row>
     <row r="368" spans="1:6">
       <c r="A368" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B368" s="17" t="s">
         <v>732</v>
       </c>
       <c r="C368" s="17" t="s">
         <v>733</v>
       </c>
       <c r="D368" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E368" s="18">
-        <v>991.0096050000001</v>
+        <v>959.961799</v>
       </c>
       <c r="F368" s="3"/>
     </row>
     <row r="369" spans="1:6">
       <c r="A369" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B369" s="17" t="s">
         <v>734</v>
       </c>
       <c r="C369" s="17" t="s">
         <v>735</v>
       </c>
       <c r="D369" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E369" s="18">
-        <v>5719.563855</v>
+        <v>5540.372949000001</v>
       </c>
       <c r="F369" s="3"/>
     </row>
     <row r="370" spans="1:6">
       <c r="A370" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B370" s="17" t="s">
         <v>736</v>
       </c>
       <c r="C370" s="17" t="s">
         <v>737</v>
       </c>
       <c r="D370" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E370" s="18">
-        <v>4765.11114</v>
+        <v>4615.822732000001</v>
       </c>
       <c r="F370" s="3"/>
     </row>
     <row r="371" spans="1:6">
       <c r="A371" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B371" s="17" t="s">
         <v>738</v>
       </c>
       <c r="C371" s="17" t="s">
         <v>739</v>
       </c>
       <c r="D371" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E371" s="18">
-        <v>5443.003035</v>
+        <v>5272.476633</v>
       </c>
       <c r="F371" s="3"/>
     </row>
     <row r="372" spans="1:6">
       <c r="A372" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B372" s="17" t="s">
         <v>740</v>
       </c>
       <c r="C372" s="17" t="s">
         <v>741</v>
       </c>
       <c r="D372" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E372" s="18">
-        <v>4935.974865</v>
+        <v>4781.333387000001</v>
       </c>
       <c r="F372" s="3"/>
     </row>
     <row r="373" spans="1:6">
       <c r="A373" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B373" s="17" t="s">
         <v>742</v>
       </c>
       <c r="C373" s="17" t="s">
         <v>743</v>
       </c>
       <c r="D373" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E373" s="18">
-        <v>4765.11114</v>
+        <v>4615.822732000001</v>
       </c>
       <c r="F373" s="3"/>
     </row>
     <row r="374" spans="1:6">
       <c r="A374" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B374" s="17" t="s">
         <v>744</v>
       </c>
       <c r="C374" s="17" t="s">
         <v>745</v>
       </c>
       <c r="D374" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E374" s="18">
-        <v>8283.314445000002</v>
+        <v>8023.802591000001</v>
       </c>
       <c r="F374" s="3"/>
     </row>
     <row r="375" spans="1:6">
       <c r="A375" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B375" s="17" t="s">
         <v>746</v>
       </c>
       <c r="C375" s="17" t="s">
         <v>747</v>
       </c>
       <c r="D375" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E375" s="18">
-        <v>5095.71258</v>
+        <v>4936.066604000001</v>
       </c>
       <c r="F375" s="3"/>
     </row>
     <row r="376" spans="1:6">
       <c r="A376" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B376" s="17" t="s">
         <v>748</v>
       </c>
       <c r="C376" s="17" t="s">
         <v>749</v>
       </c>
       <c r="D376" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E376" s="18">
-        <v>7267.668675000001</v>
+        <v>7039.976465000001</v>
       </c>
       <c r="F376" s="3"/>
     </row>
     <row r="377" spans="1:6">
       <c r="A377" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B377" s="17" t="s">
         <v>750</v>
       </c>
       <c r="C377" s="17" t="s">
         <v>751</v>
       </c>
       <c r="D377" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E377" s="18">
-        <v>1136.44245</v>
+        <v>1100.83831</v>
       </c>
       <c r="F377" s="3"/>
     </row>
     <row r="378" spans="1:6">
       <c r="A378" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B378" s="17" t="s">
         <v>752</v>
       </c>
       <c r="C378" s="17" t="s">
         <v>753</v>
       </c>
       <c r="D378" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E378" s="18">
-        <v>7862.115495000001</v>
+        <v>7615.799581000001</v>
       </c>
       <c r="F378" s="3"/>
     </row>
     <row r="379" spans="1:6">
       <c r="A379" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B379" s="17" t="s">
         <v>754</v>
       </c>
       <c r="C379" s="17" t="s">
         <v>755</v>
       </c>
       <c r="D379" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E379" s="18">
-        <v>5861.023125000001</v>
+        <v>5677.400375</v>
       </c>
       <c r="F379" s="3"/>
     </row>
     <row r="380" spans="1:6">
       <c r="A380" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B380" s="17" t="s">
         <v>756</v>
       </c>
       <c r="C380" s="17" t="s">
         <v>757</v>
       </c>
       <c r="D380" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E380" s="18">
-        <v>5095.71258</v>
+        <v>4936.066604000001</v>
       </c>
       <c r="F380" s="3"/>
     </row>
     <row r="381" spans="1:6">
       <c r="A381" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B381" s="17" t="s">
         <v>758</v>
       </c>
       <c r="C381" s="17" t="s">
         <v>759</v>
       </c>
       <c r="D381" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E381" s="18">
-        <v>5494.65951</v>
+        <v>5322.514738</v>
       </c>
       <c r="F381" s="3"/>
     </row>
     <row r="382" spans="1:6">
       <c r="A382" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B382" s="17" t="s">
         <v>760</v>
       </c>
       <c r="C382" s="17" t="s">
         <v>761</v>
       </c>
       <c r="D382" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E382" s="18">
-        <v>5369.094540000001</v>
+        <v>5200.883652</v>
       </c>
       <c r="F382" s="3"/>
     </row>
     <row r="383" spans="1:6">
       <c r="A383" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B383" s="17" t="s">
         <v>762</v>
       </c>
       <c r="C383" s="17" t="s">
         <v>763</v>
       </c>
       <c r="D383" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E383" s="18">
-        <v>7201.707330000001</v>
+        <v>6976.081654000001</v>
       </c>
       <c r="F383" s="3"/>
     </row>
     <row r="384" spans="1:6">
       <c r="A384" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B384" s="17" t="s">
         <v>764</v>
       </c>
       <c r="C384" s="17" t="s">
         <v>765</v>
       </c>
       <c r="D384" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E384" s="18">
-        <v>6817.859985000001</v>
+        <v>6604.260043000001</v>
       </c>
       <c r="F384" s="3"/>
     </row>
     <row r="385" spans="1:6">
       <c r="A385" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B385" s="17" t="s">
         <v>766</v>
       </c>
       <c r="C385" s="17" t="s">
         <v>767</v>
       </c>
       <c r="D385" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E385" s="18">
-        <v>6762.229935000001</v>
+        <v>6550.372853000001</v>
       </c>
       <c r="F385" s="3"/>
     </row>
     <row r="386" spans="1:6">
       <c r="A386" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B386" s="17" t="s">
         <v>768</v>
       </c>
       <c r="C386" s="17" t="s">
         <v>769</v>
       </c>
       <c r="D386" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E386" s="18">
-        <v>9273.529335000001</v>
+        <v>8982.994573</v>
       </c>
       <c r="F386" s="3"/>
     </row>
     <row r="387" spans="1:6">
       <c r="A387" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B387" s="17" t="s">
         <v>770</v>
       </c>
       <c r="C387" s="17" t="s">
         <v>771</v>
       </c>
       <c r="D387" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E387" s="18">
-        <v>9273.529335000001</v>
+        <v>8982.994573</v>
       </c>
       <c r="F387" s="3"/>
     </row>
     <row r="388" spans="1:6">
       <c r="A388" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B388" s="17" t="s">
         <v>772</v>
       </c>
       <c r="C388" s="17" t="s">
         <v>773</v>
       </c>
       <c r="D388" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E388" s="18">
-        <v>313.11771</v>
+        <v>303.307898</v>
       </c>
       <c r="F388" s="3"/>
     </row>
     <row r="389" spans="1:6">
       <c r="A389" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B389" s="17" t="s">
         <v>774</v>
       </c>
       <c r="C389" s="17" t="s">
         <v>775</v>
       </c>
       <c r="D389" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E389" s="18">
-        <v>503.0545950000001</v>
+        <v>487.294161</v>
       </c>
       <c r="F389" s="3"/>
     </row>
     <row r="390" spans="1:6">
       <c r="A390" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B390" s="17" t="s">
         <v>776</v>
       </c>
       <c r="C390" s="17" t="s">
         <v>777</v>
       </c>
       <c r="D390" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E390" s="18">
-        <v>852.7291950000001</v>
+        <v>826.0136410000001</v>
       </c>
       <c r="F390" s="3"/>
     </row>
     <row r="391" spans="1:6">
       <c r="A391" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B391" s="17" t="s">
         <v>778</v>
       </c>
       <c r="C391" s="17" t="s">
         <v>779</v>
       </c>
       <c r="D391" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E391" s="18">
-        <v>12773.454195</v>
+        <v>12373.268641</v>
       </c>
       <c r="F391" s="3"/>
     </row>
     <row r="392" spans="1:6">
       <c r="A392" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B392" s="17" t="s">
         <v>780</v>
       </c>
       <c r="C392" s="17" t="s">
         <v>781</v>
       </c>
       <c r="D392" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E392" s="18">
-        <v>4115.828985</v>
+        <v>3986.882243</v>
       </c>
       <c r="F392" s="3"/>
     </row>
     <row r="393" spans="1:6">
       <c r="A393" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B393" s="17" t="s">
         <v>782</v>
       </c>
       <c r="C393" s="17" t="s">
         <v>783</v>
       </c>
       <c r="D393" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E393" s="18">
-        <v>4469.47716</v>
+        <v>4329.450808000001</v>
       </c>
       <c r="F393" s="3"/>
     </row>
     <row r="394" spans="1:6">
       <c r="A394" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B394" s="17" t="s">
         <v>784</v>
       </c>
       <c r="C394" s="17" t="s">
         <v>785</v>
       </c>
       <c r="D394" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E394" s="18">
-        <v>4832.661915000001</v>
+        <v>4681.257177</v>
       </c>
       <c r="F394" s="3"/>
     </row>
     <row r="395" spans="1:6">
       <c r="A395" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B395" s="17" t="s">
         <v>786</v>
       </c>
       <c r="C395" s="17" t="s">
         <v>787</v>
       </c>
       <c r="D395" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E395" s="18">
-        <v>4293.05043</v>
+        <v>4158.551434000001</v>
       </c>
       <c r="F395" s="3"/>
     </row>
     <row r="396" spans="1:6">
       <c r="A396" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B396" s="17" t="s">
         <v>788</v>
       </c>
       <c r="C396" s="17" t="s">
         <v>789</v>
       </c>
       <c r="D396" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E396" s="18">
-        <v>3398.996055000001</v>
+        <v>3292.507309000001</v>
       </c>
       <c r="F396" s="3"/>
     </row>
     <row r="397" spans="1:6">
       <c r="A397" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B397" s="17" t="s">
         <v>790</v>
       </c>
       <c r="C397" s="17" t="s">
         <v>791</v>
       </c>
       <c r="D397" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E397" s="18">
-        <v>4005.3636</v>
+        <v>3879.87768</v>
       </c>
       <c r="F397" s="3"/>
     </row>
     <row r="398" spans="1:6">
       <c r="A398" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B398" s="17" t="s">
         <v>792</v>
       </c>
       <c r="C398" s="17" t="s">
         <v>793</v>
       </c>
       <c r="D398" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E398" s="18">
-        <v>4115.828985</v>
+        <v>3986.882243</v>
       </c>
       <c r="F398" s="3"/>
     </row>
     <row r="399" spans="1:6">
       <c r="A399" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B399" s="17" t="s">
         <v>794</v>
       </c>
       <c r="C399" s="17" t="s">
         <v>795</v>
       </c>
       <c r="D399" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E399" s="18">
-        <v>4832.661915000001</v>
+        <v>4681.257177</v>
       </c>
       <c r="F399" s="3"/>
     </row>
     <row r="400" spans="1:6">
       <c r="A400" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B400" s="17" t="s">
         <v>796</v>
       </c>
       <c r="C400" s="17" t="s">
         <v>797</v>
       </c>
       <c r="D400" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E400" s="18">
-        <v>14596.530405</v>
+        <v>14139.228839</v>
       </c>
       <c r="F400" s="3"/>
     </row>
     <row r="401" spans="1:6">
       <c r="A401" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B401" s="17" t="s">
         <v>798</v>
       </c>
       <c r="C401" s="17" t="s">
         <v>799</v>
       </c>
       <c r="D401" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E401" s="18">
-        <v>2574.8766</v>
+        <v>2494.20708</v>
       </c>
       <c r="F401" s="3"/>
     </row>
     <row r="402" spans="1:6">
       <c r="A402" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B402" s="17" t="s">
         <v>800</v>
       </c>
       <c r="C402" s="17" t="s">
         <v>801</v>
       </c>
       <c r="D402" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E402" s="18">
-        <v>1407.440265</v>
+        <v>1363.345907</v>
       </c>
       <c r="F402" s="3"/>
     </row>
     <row r="403" spans="1:6">
       <c r="A403" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B403" s="17" t="s">
         <v>802</v>
       </c>
       <c r="C403" s="17" t="s">
         <v>803</v>
       </c>
       <c r="D403" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E403" s="18">
-        <v>11271.442845</v>
+        <v>10918.314511</v>
       </c>
       <c r="F403" s="3"/>
     </row>
     <row r="404" spans="1:6">
       <c r="A404" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B404" s="17" t="s">
         <v>804</v>
       </c>
       <c r="C404" s="17" t="s">
         <v>805</v>
       </c>
       <c r="D404" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E404" s="18">
-        <v>3324.292845</v>
+        <v>3220.144511</v>
       </c>
       <c r="F404" s="3"/>
     </row>
     <row r="405" spans="1:6">
       <c r="A405" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B405" s="17" t="s">
         <v>806</v>
       </c>
       <c r="C405" s="17" t="s">
         <v>807</v>
       </c>
       <c r="D405" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E405" s="18">
-        <v>3324.292845</v>
+        <v>3220.144511</v>
       </c>
       <c r="F405" s="3"/>
     </row>
     <row r="406" spans="1:6">
       <c r="A406" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B406" s="17" t="s">
         <v>808</v>
       </c>
       <c r="C406" s="17" t="s">
         <v>809</v>
       </c>
       <c r="D406" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E406" s="18">
-        <v>85.82922000000001</v>
+        <v>83.14023600000002</v>
       </c>
       <c r="F406" s="3"/>
     </row>
     <row r="407" spans="1:6">
       <c r="A407" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B407" s="17" t="s">
         <v>810</v>
       </c>
       <c r="C407" s="17" t="s">
         <v>811</v>
       </c>
       <c r="D407" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E407" s="18">
-        <v>13552.274895</v>
+        <v>13127.689301</v>
       </c>
       <c r="F407" s="3"/>
     </row>
     <row r="408" spans="1:6">
       <c r="A408" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B408" s="17" t="s">
         <v>812</v>
       </c>
       <c r="C408" s="17" t="s">
         <v>813</v>
       </c>
       <c r="D408" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E408" s="18">
-        <v>11584.560555</v>
+        <v>11221.622409</v>
       </c>
       <c r="F408" s="3"/>
     </row>
     <row r="409" spans="1:6">
       <c r="A409" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B409" s="17" t="s">
         <v>814</v>
       </c>
       <c r="C409" s="17" t="s">
         <v>815</v>
       </c>
       <c r="D409" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E409" s="18">
-        <v>320.2701450000001</v>
+        <v>310.236251</v>
       </c>
       <c r="F409" s="3"/>
     </row>
     <row r="410" spans="1:6">
       <c r="A410" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B410" s="17" t="s">
         <v>816</v>
       </c>
       <c r="C410" s="17" t="s">
         <v>817</v>
       </c>
       <c r="D410" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E410" s="18">
-        <v>6962.498115</v>
+        <v>6744.366737</v>
       </c>
       <c r="F410" s="3"/>
     </row>
     <row r="411" spans="1:6">
       <c r="A411" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B411" s="17" t="s">
         <v>818</v>
       </c>
       <c r="C411" s="17" t="s">
         <v>819</v>
       </c>
       <c r="D411" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E411" s="18">
-        <v>3208.264455</v>
+        <v>3107.751229</v>
       </c>
       <c r="F411" s="3"/>
     </row>
     <row r="412" spans="1:6">
       <c r="A412" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B412" s="17" t="s">
         <v>820</v>
       </c>
       <c r="C412" s="17" t="s">
         <v>821</v>
       </c>
       <c r="D412" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E412" s="18">
-        <v>3410.122065</v>
+        <v>3303.284747</v>
       </c>
       <c r="F412" s="3"/>
     </row>
     <row r="413" spans="1:6">
       <c r="A413" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B413" s="17" t="s">
         <v>822</v>
       </c>
       <c r="C413" s="17" t="s">
         <v>823</v>
       </c>
       <c r="D413" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E413" s="18">
-        <v>3647.74185</v>
+        <v>3533.46003</v>
       </c>
       <c r="F413" s="3"/>
     </row>
     <row r="414" spans="1:6">
       <c r="A414" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B414" s="17" t="s">
         <v>824</v>
       </c>
       <c r="C414" s="17" t="s">
         <v>825</v>
       </c>
       <c r="D414" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E414" s="18">
-        <v>4028.410335</v>
+        <v>3902.202373</v>
       </c>
       <c r="F414" s="3"/>
     </row>
     <row r="415" spans="1:6">
       <c r="A415" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B415" s="17" t="s">
         <v>826</v>
       </c>
       <c r="C415" s="17" t="s">
         <v>827</v>
       </c>
       <c r="D415" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E415" s="18">
-        <v>814.5828750000001</v>
+        <v>789.0624250000001</v>
       </c>
       <c r="F415" s="3"/>
     </row>
     <row r="416" spans="1:6">
       <c r="A416" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B416" s="17" t="s">
         <v>828</v>
       </c>
       <c r="C416" s="17" t="s">
         <v>829</v>
       </c>
       <c r="D416" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E416" s="18">
-        <v>13253.462055</v>
+        <v>12838.238109</v>
       </c>
       <c r="F416" s="3"/>
     </row>
     <row r="417" spans="1:6">
       <c r="A417" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B417" s="17" t="s">
         <v>830</v>
       </c>
       <c r="C417" s="17" t="s">
         <v>831</v>
       </c>
       <c r="D417" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E417" s="18">
-        <v>11271.442845</v>
+        <v>10918.314511</v>
       </c>
       <c r="F417" s="3"/>
     </row>
     <row r="418" spans="1:6">
       <c r="A418" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B418" s="17" t="s">
         <v>832</v>
       </c>
       <c r="C418" s="17" t="s">
         <v>833</v>
       </c>
       <c r="D418" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E418" s="18">
-        <v>12626.43192</v>
+        <v>12230.852496</v>
       </c>
       <c r="F418" s="3"/>
     </row>
     <row r="419" spans="1:6">
       <c r="A419" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B419" s="17" t="s">
         <v>834</v>
       </c>
       <c r="C419" s="17" t="s">
         <v>835</v>
       </c>
       <c r="D419" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E419" s="18">
-        <v>5040.877245000001</v>
+        <v>4882.949231000001</v>
       </c>
       <c r="F419" s="3"/>
     </row>
     <row r="420" spans="1:6">
       <c r="A420" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B420" s="17" t="s">
         <v>836</v>
       </c>
       <c r="C420" s="17" t="s">
         <v>837</v>
       </c>
       <c r="D420" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E420" s="18">
-        <v>4791.336735</v>
+        <v>4641.226693000001</v>
       </c>
       <c r="F420" s="3"/>
     </row>
     <row r="421" spans="1:6">
       <c r="A421" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B421" s="17" t="s">
         <v>838</v>
       </c>
       <c r="C421" s="17" t="s">
         <v>839</v>
       </c>
       <c r="D421" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E421" s="18">
-        <v>8594.842725</v>
+        <v>8325.570855</v>
       </c>
       <c r="F421" s="3"/>
     </row>
     <row r="422" spans="1:6">
       <c r="A422" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B422" s="17" t="s">
         <v>840</v>
       </c>
       <c r="C422" s="17" t="s">
         <v>841</v>
       </c>
       <c r="D422" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E422" s="18">
-        <v>8059.999530000001</v>
+        <v>7807.484014000001</v>
       </c>
       <c r="F422" s="3"/>
     </row>
     <row r="423" spans="1:6">
       <c r="A423" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B423" s="17" t="s">
         <v>842</v>
       </c>
       <c r="C423" s="17" t="s">
         <v>843</v>
       </c>
       <c r="D423" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E423" s="18">
-        <v>8594.842725</v>
+        <v>8325.570855</v>
       </c>
       <c r="F423" s="3"/>
     </row>
     <row r="424" spans="1:6">
       <c r="A424" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B424" s="17" t="s">
         <v>844</v>
       </c>
       <c r="C424" s="17" t="s">
         <v>845</v>
       </c>
       <c r="D424" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E424" s="18">
-        <v>1769.03559</v>
+        <v>1713.612642</v>
       </c>
       <c r="F424" s="3"/>
     </row>
     <row r="425" spans="1:6">
       <c r="A425" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B425" s="17" t="s">
         <v>846</v>
       </c>
       <c r="C425" s="17" t="s">
         <v>847</v>
       </c>
       <c r="D425" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E425" s="18">
-        <v>1769.03559</v>
+        <v>1713.612642</v>
       </c>
       <c r="F425" s="3"/>
     </row>
     <row r="426" spans="1:6">
       <c r="A426" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B426" s="17" t="s">
         <v>848</v>
       </c>
       <c r="C426" s="17" t="s">
         <v>849</v>
       </c>
       <c r="D426" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E426" s="18">
-        <v>1769.03559</v>
+        <v>1713.612642</v>
       </c>
       <c r="F426" s="3"/>
     </row>
     <row r="427" spans="1:6">
       <c r="A427" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B427" s="17" t="s">
         <v>850</v>
       </c>
       <c r="C427" s="17" t="s">
         <v>851</v>
       </c>
       <c r="D427" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E427" s="18">
-        <v>5845.923540000001</v>
+        <v>5662.773852</v>
       </c>
       <c r="F427" s="3"/>
     </row>
     <row r="428" spans="1:6">
       <c r="A428" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B428" s="17" t="s">
         <v>852</v>
       </c>
       <c r="C428" s="17" t="s">
         <v>853</v>
       </c>
       <c r="D428" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E428" s="18">
-        <v>3756.617805</v>
+        <v>3638.924959</v>
       </c>
       <c r="F428" s="3"/>
     </row>
     <row r="429" spans="1:6">
       <c r="A429" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B429" s="17" t="s">
         <v>854</v>
       </c>
       <c r="C429" s="17" t="s">
         <v>855</v>
       </c>
       <c r="D429" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E429" s="18">
-        <v>5845.923540000001</v>
+        <v>5662.773852</v>
       </c>
       <c r="F429" s="3"/>
     </row>
     <row r="430" spans="1:6">
       <c r="A430" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B430" s="17" t="s">
         <v>856</v>
       </c>
       <c r="C430" s="17" t="s">
         <v>857</v>
       </c>
       <c r="D430" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E430" s="18">
-        <v>12773.454195</v>
+        <v>12373.268641</v>
       </c>
       <c r="F430" s="3"/>
     </row>
     <row r="431" spans="1:6">
       <c r="A431" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B431" s="17" t="s">
         <v>858</v>
       </c>
       <c r="C431" s="17" t="s">
         <v>859</v>
       </c>
       <c r="D431" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E431" s="18">
-        <v>11775.292155</v>
+        <v>11406.378489</v>
       </c>
       <c r="F431" s="3"/>
     </row>
     <row r="432" spans="1:6">
       <c r="A432" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B432" s="17" t="s">
         <v>860</v>
       </c>
       <c r="C432" s="17" t="s">
         <v>861</v>
       </c>
       <c r="D432" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E432" s="18">
-        <v>12773.454195</v>
+        <v>12373.268641</v>
       </c>
       <c r="F432" s="3"/>
     </row>
     <row r="433" spans="1:6">
       <c r="A433" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B433" s="17" t="s">
         <v>862</v>
       </c>
       <c r="C433" s="17" t="s">
         <v>863</v>
       </c>
       <c r="D433" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E433" s="18">
-        <v>2721.898875</v>
+        <v>2636.623225</v>
       </c>
       <c r="F433" s="3"/>
     </row>
     <row r="434" spans="1:6">
       <c r="A434" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B434" s="17" t="s">
         <v>864</v>
       </c>
       <c r="C434" s="17" t="s">
         <v>865</v>
       </c>
       <c r="D434" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E434" s="18">
-        <v>3756.617805</v>
+        <v>3638.924959</v>
       </c>
       <c r="F434" s="3"/>
     </row>
     <row r="435" spans="1:6">
       <c r="A435" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B435" s="17" t="s">
         <v>866</v>
       </c>
       <c r="C435" s="17" t="s">
         <v>867</v>
       </c>
       <c r="D435" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E435" s="18">
-        <v>2474.74251</v>
+        <v>2397.210138</v>
       </c>
       <c r="F435" s="3"/>
     </row>
     <row r="436" spans="1:6">
       <c r="A436" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B436" s="17" t="s">
         <v>868</v>
       </c>
       <c r="C436" s="17" t="s">
         <v>869</v>
       </c>
       <c r="D436" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E436" s="18">
-        <v>2195.00283</v>
+        <v>2126.234554</v>
       </c>
       <c r="F436" s="3"/>
     </row>
     <row r="437" spans="1:6">
       <c r="A437" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B437" s="17" t="s">
         <v>870</v>
       </c>
       <c r="C437" s="17" t="s">
         <v>871</v>
       </c>
       <c r="D437" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E437" s="18">
-        <v>2034.4704</v>
+        <v>1970.73152</v>
       </c>
       <c r="F437" s="3"/>
     </row>
     <row r="438" spans="1:6">
       <c r="A438" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B438" s="17" t="s">
         <v>872</v>
       </c>
       <c r="C438" s="17" t="s">
         <v>873</v>
       </c>
       <c r="D438" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E438" s="18">
-        <v>2739.382605</v>
+        <v>2653.559199</v>
       </c>
       <c r="F438" s="3"/>
     </row>
     <row r="439" spans="1:6">
       <c r="A439" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B439" s="17" t="s">
         <v>874</v>
       </c>
       <c r="C439" s="17" t="s">
         <v>875</v>
       </c>
       <c r="D439" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E439" s="18">
-        <v>879.7495050000001</v>
+        <v>852.1874190000001</v>
       </c>
       <c r="F439" s="3"/>
     </row>
     <row r="440" spans="1:6">
       <c r="A440" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B440" s="17" t="s">
         <v>876</v>
       </c>
       <c r="C440" s="17" t="s">
         <v>827</v>
       </c>
       <c r="D440" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E440" s="18">
-        <v>814.5828750000001</v>
+        <v>789.0624250000001</v>
       </c>
       <c r="F440" s="3"/>
     </row>
     <row r="441" spans="1:6">
       <c r="A441" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B441" s="17" t="s">
         <v>877</v>
       </c>
       <c r="C441" s="17" t="s">
         <v>878</v>
       </c>
       <c r="D441" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E441" s="18">
-        <v>723.985365</v>
+        <v>701.303287</v>
       </c>
       <c r="F441" s="3"/>
     </row>
     <row r="442" spans="1:6">
       <c r="A442" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B442" s="17" t="s">
         <v>879</v>
       </c>
       <c r="C442" s="17" t="s">
         <v>880</v>
       </c>
       <c r="D442" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E442" s="18">
-        <v>1250.086695</v>
+        <v>1210.922141</v>
       </c>
       <c r="F442" s="3"/>
     </row>
     <row r="443" spans="1:6">
       <c r="A443" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B443" s="17" t="s">
         <v>881</v>
       </c>
       <c r="C443" s="17" t="s">
         <v>882</v>
       </c>
       <c r="D443" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E443" s="18">
-        <v>1869.964395</v>
+        <v>1811.379401</v>
       </c>
       <c r="F443" s="3"/>
     </row>
     <row r="444" spans="1:6">
       <c r="A444" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B444" s="17" t="s">
         <v>883</v>
       </c>
       <c r="C444" s="17" t="s">
         <v>880</v>
       </c>
       <c r="D444" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E444" s="18">
-        <v>1190.48307</v>
+        <v>1153.185866</v>
       </c>
       <c r="F444" s="3"/>
     </row>
     <row r="445" spans="1:6">
       <c r="A445" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B445" s="17" t="s">
         <v>884</v>
       </c>
       <c r="C445" s="17" t="s">
         <v>885</v>
       </c>
       <c r="D445" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E445" s="18">
-        <v>3161.37627</v>
+        <v>3062.332026</v>
       </c>
       <c r="F445" s="3"/>
     </row>
     <row r="446" spans="1:6">
       <c r="A446" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B446" s="17" t="s">
         <v>886</v>
       </c>
       <c r="C446" s="17" t="s">
         <v>887</v>
       </c>
       <c r="D446" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E446" s="18">
-        <v>3087.467775000001</v>
+        <v>2990.739045</v>
       </c>
       <c r="F446" s="3"/>
     </row>
     <row r="447" spans="1:6">
       <c r="A447" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B447" s="17" t="s">
         <v>888</v>
       </c>
       <c r="C447" s="17" t="s">
         <v>889</v>
       </c>
       <c r="D447" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E447" s="18">
-        <v>3161.37627</v>
+        <v>3062.332026</v>
       </c>
       <c r="F447" s="3"/>
     </row>
     <row r="448" spans="1:6">
       <c r="A448" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B448" s="17" t="s">
         <v>890</v>
       </c>
       <c r="C448" s="17" t="s">
         <v>891</v>
       </c>
       <c r="D448" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E448" s="18">
-        <v>9774.994500000001</v>
+        <v>9468.749100000001</v>
       </c>
       <c r="F448" s="3"/>
     </row>
     <row r="449" spans="1:6">
       <c r="A449" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B449" s="17" t="s">
         <v>892</v>
       </c>
       <c r="C449" s="17" t="s">
         <v>893</v>
       </c>
       <c r="D449" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E449" s="18">
-        <v>14062.481925</v>
+        <v>13621.911815</v>
       </c>
       <c r="F449" s="3"/>
     </row>
     <row r="450" spans="1:6">
       <c r="A450" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B450" s="17" t="s">
         <v>894</v>
       </c>
       <c r="C450" s="17" t="s">
         <v>895</v>
       </c>
       <c r="D450" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E450" s="18">
-        <v>39905.024295</v>
+        <v>38654.821021</v>
       </c>
       <c r="F450" s="3"/>
     </row>
     <row r="451" spans="1:6">
       <c r="A451" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B451" s="17" t="s">
         <v>896</v>
       </c>
       <c r="C451" s="17" t="s">
         <v>897</v>
       </c>
       <c r="D451" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E451" s="18">
-        <v>29777.176335</v>
+        <v>28844.273173</v>
       </c>
       <c r="F451" s="3"/>
     </row>
     <row r="452" spans="1:6">
       <c r="A452" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B452" s="17" t="s">
         <v>898</v>
       </c>
       <c r="C452" s="17" t="s">
         <v>899</v>
       </c>
       <c r="D452" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E452" s="18">
-        <v>1190.48307</v>
+        <v>1153.185866</v>
       </c>
       <c r="F452" s="3"/>
     </row>
     <row r="453" spans="1:6">
       <c r="A453" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B453" s="17" t="s">
         <v>900</v>
       </c>
       <c r="C453" s="17" t="s">
         <v>901</v>
       </c>
       <c r="D453" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E453" s="18">
-        <v>991.0096050000001</v>
+        <v>959.961799</v>
       </c>
       <c r="F453" s="3"/>
     </row>
     <row r="454" spans="1:6">
       <c r="A454" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B454" s="17" t="s">
         <v>902</v>
       </c>
       <c r="C454" s="17" t="s">
         <v>903</v>
       </c>
       <c r="D454" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E454" s="18">
-        <v>1001.3409</v>
+        <v>969.96942</v>
       </c>
       <c r="F454" s="3"/>
     </row>
     <row r="455" spans="1:6">
       <c r="A455" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B455" s="17" t="s">
         <v>904</v>
       </c>
       <c r="C455" s="17" t="s">
         <v>905</v>
       </c>
       <c r="D455" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E455" s="18">
-        <v>2787.86022</v>
+        <v>2700.518036</v>
       </c>
       <c r="F455" s="3"/>
     </row>
     <row r="456" spans="1:6">
       <c r="A456" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B456" s="17" t="s">
         <v>906</v>
       </c>
       <c r="C456" s="17" t="s">
         <v>907</v>
       </c>
       <c r="D456" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E456" s="18">
-        <v>849.550335</v>
+        <v>822.9343730000001</v>
       </c>
       <c r="F456" s="3"/>
     </row>
     <row r="457" spans="1:6">
       <c r="A457" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B457" s="17" t="s">
         <v>908</v>
       </c>
       <c r="C457" s="17" t="s">
         <v>909</v>
       </c>
       <c r="D457" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E457" s="18">
-        <v>13035.710145</v>
+        <v>12627.308251</v>
       </c>
       <c r="F457" s="3"/>
     </row>
     <row r="458" spans="1:6">
       <c r="A458" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B458" s="17" t="s">
         <v>910</v>
       </c>
       <c r="C458" s="17" t="s">
         <v>911</v>
       </c>
       <c r="D458" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E458" s="18">
-        <v>21992.94291</v>
+        <v>21303.915658</v>
       </c>
       <c r="F458" s="3"/>
     </row>
     <row r="459" spans="1:6">
       <c r="A459" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B459" s="17" t="s">
         <v>912</v>
       </c>
       <c r="C459" s="17" t="s">
         <v>913</v>
       </c>
       <c r="D459" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E459" s="18">
-        <v>62064.06264000001</v>
+        <v>60119.628432</v>
       </c>
       <c r="F459" s="3"/>
     </row>
     <row r="460" spans="1:6">
       <c r="A460" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B460" s="17" t="s">
         <v>914</v>
       </c>
       <c r="C460" s="17" t="s">
         <v>915</v>
       </c>
       <c r="D460" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E460" s="18">
-        <v>43218.98584500001</v>
+        <v>41864.957911</v>
       </c>
       <c r="F460" s="3"/>
     </row>
     <row r="461" spans="1:6">
       <c r="A461" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B461" s="17" t="s">
         <v>916</v>
       </c>
       <c r="C461" s="17" t="s">
         <v>917</v>
       </c>
       <c r="D461" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E461" s="18">
-        <v>453.7822650000001</v>
+        <v>439.565507</v>
       </c>
       <c r="F461" s="3"/>
     </row>
     <row r="462" spans="1:6">
       <c r="A462" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B462" s="17" t="s">
         <v>918</v>
       </c>
       <c r="C462" s="17" t="s">
         <v>919</v>
       </c>
       <c r="D462" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E462" s="18">
-        <v>12737.69202</v>
+        <v>12338.626876</v>
       </c>
       <c r="F462" s="3"/>
     </row>
     <row r="463" spans="1:6">
       <c r="A463" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B463" s="17" t="s">
         <v>920</v>
       </c>
       <c r="C463" s="17" t="s">
         <v>921</v>
       </c>
       <c r="D463" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E463" s="18">
-        <v>27520.98045</v>
+        <v>26658.76271</v>
       </c>
       <c r="F463" s="3"/>
     </row>
     <row r="464" spans="1:6">
       <c r="A464" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B464" s="17" t="s">
         <v>922</v>
       </c>
       <c r="C464" s="17" t="s">
         <v>923</v>
       </c>
       <c r="D464" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E464" s="18">
-        <v>350.4693150000001</v>
+        <v>339.489297</v>
       </c>
       <c r="F464" s="3"/>
     </row>
     <row r="465" spans="1:6">
       <c r="A465" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B465" s="17" t="s">
         <v>924</v>
       </c>
       <c r="C465" s="17" t="s">
         <v>925</v>
       </c>
       <c r="D465" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E465" s="18">
-        <v>2028.907395</v>
+        <v>1965.342801</v>
       </c>
       <c r="F465" s="3"/>
     </row>
     <row r="466" spans="1:6">
       <c r="A466" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B466" s="17" t="s">
         <v>926</v>
       </c>
       <c r="C466" s="17" t="s">
         <v>927</v>
       </c>
       <c r="D466" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E466" s="18">
-        <v>1603.73487</v>
+        <v>1553.490706</v>
       </c>
       <c r="F466" s="3"/>
     </row>
     <row r="467" spans="1:6">
       <c r="A467" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B467" s="17" t="s">
         <v>928</v>
       </c>
       <c r="C467" s="17" t="s">
         <v>929</v>
       </c>
       <c r="D467" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E467" s="18">
-        <v>275.766105</v>
+        <v>267.126499</v>
       </c>
       <c r="F467" s="3"/>
     </row>
     <row r="468" spans="1:6">
       <c r="A468" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B468" s="17" t="s">
         <v>930</v>
       </c>
       <c r="C468" s="17" t="s">
         <v>931</v>
       </c>
       <c r="D468" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E468" s="18">
-        <v>1025.18235</v>
+        <v>993.06393</v>
       </c>
       <c r="F468" s="3"/>
     </row>
     <row r="469" spans="1:6">
       <c r="A469" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B469" s="17" t="s">
         <v>932</v>
       </c>
       <c r="C469" s="17" t="s">
         <v>933</v>
       </c>
       <c r="D469" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E469" s="18">
-        <v>1489.29591</v>
+        <v>1442.637058</v>
       </c>
       <c r="F469" s="3"/>
     </row>
     <row r="470" spans="1:6">
       <c r="A470" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B470" s="17" t="s">
         <v>934</v>
       </c>
       <c r="C470" s="17" t="s">
         <v>935</v>
       </c>
       <c r="D470" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E470" s="18">
-        <v>1542.541815</v>
+        <v>1494.214797</v>
       </c>
       <c r="F470" s="3"/>
     </row>
     <row r="471" spans="1:6">
       <c r="A471" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B471" s="17" t="s">
         <v>936</v>
       </c>
       <c r="C471" s="17" t="s">
         <v>937</v>
       </c>
       <c r="D471" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E471" s="18">
-        <v>871.0076400000002</v>
+        <v>843.7194320000001</v>
       </c>
       <c r="F471" s="3"/>
     </row>
     <row r="472" spans="1:6">
       <c r="A472" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B472" s="17" t="s">
         <v>938</v>
       </c>
       <c r="C472" s="17" t="s">
         <v>939</v>
       </c>
       <c r="D472" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E472" s="18">
-        <v>2229.175575</v>
+        <v>2159.336685</v>
       </c>
       <c r="F472" s="3"/>
     </row>
     <row r="473" spans="1:6">
       <c r="A473" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B473" s="17" t="s">
         <v>940</v>
       </c>
       <c r="C473" s="17" t="s">
         <v>941</v>
       </c>
       <c r="D473" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E473" s="18">
-        <v>2336.4621</v>
+        <v>2263.26198</v>
       </c>
       <c r="F473" s="3"/>
     </row>
     <row r="474" spans="1:6">
       <c r="A474" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B474" s="17" t="s">
         <v>942</v>
       </c>
       <c r="C474" s="17" t="s">
         <v>943</v>
       </c>
       <c r="D474" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E474" s="18">
-        <v>2547.85629</v>
+        <v>2468.033302</v>
       </c>
       <c r="F474" s="3"/>
     </row>
     <row r="475" spans="1:6">
       <c r="A475" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B475" s="17" t="s">
         <v>944</v>
       </c>
       <c r="C475" s="17" t="s">
         <v>945</v>
       </c>
       <c r="D475" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E475" s="18">
-        <v>2658.321675000001</v>
+        <v>2575.037865</v>
       </c>
       <c r="F475" s="3"/>
     </row>
     <row r="476" spans="1:6">
       <c r="A476" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B476" s="17" t="s">
         <v>946</v>
       </c>
       <c r="C476" s="17" t="s">
         <v>947</v>
       </c>
       <c r="D476" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E476" s="18">
-        <v>2615.407065</v>
+        <v>2533.467747</v>
       </c>
       <c r="F476" s="3"/>
     </row>
     <row r="477" spans="1:6">
       <c r="A477" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B477" s="17" t="s">
         <v>948</v>
       </c>
       <c r="C477" s="17" t="s">
         <v>949</v>
       </c>
       <c r="D477" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E477" s="18">
-        <v>2722.69359</v>
+        <v>2637.393042</v>
       </c>
       <c r="F477" s="3"/>
     </row>
     <row r="478" spans="1:6">
       <c r="A478" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B478" s="17" t="s">
         <v>950</v>
       </c>
       <c r="C478" s="17" t="s">
         <v>951</v>
       </c>
       <c r="D478" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E478" s="18">
-        <v>2829.980115</v>
+        <v>2741.318337</v>
       </c>
       <c r="F478" s="3"/>
     </row>
     <row r="479" spans="1:6">
       <c r="A479" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B479" s="17" t="s">
         <v>952</v>
       </c>
       <c r="C479" s="17" t="s">
         <v>953</v>
       </c>
       <c r="D479" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E479" s="18">
-        <v>3044.553165</v>
+        <v>2949.168927</v>
       </c>
       <c r="F479" s="3"/>
     </row>
     <row r="480" spans="1:6">
       <c r="A480" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B480" s="17" t="s">
         <v>954</v>
       </c>
       <c r="C480" s="17" t="s">
         <v>955</v>
       </c>
       <c r="D480" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E480" s="18">
-        <v>2423.086035</v>
+        <v>2347.172033</v>
       </c>
       <c r="F480" s="3"/>
     </row>
     <row r="481" spans="1:6">
       <c r="A481" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B481" s="17" t="s">
         <v>956</v>
       </c>
       <c r="C481" s="17" t="s">
         <v>957</v>
       </c>
       <c r="D481" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E481" s="18">
-        <v>2531.167275</v>
+        <v>2451.867145</v>
       </c>
       <c r="F481" s="3"/>
     </row>
     <row r="482" spans="1:6">
       <c r="A482" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B482" s="17" t="s">
         <v>958</v>
       </c>
       <c r="C482" s="17" t="s">
         <v>959</v>
       </c>
       <c r="D482" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E482" s="18">
-        <v>2637.659085</v>
+        <v>2555.022623</v>
       </c>
       <c r="F482" s="3"/>
     </row>
     <row r="483" spans="1:6">
       <c r="A483" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B483" s="17" t="s">
         <v>960</v>
       </c>
       <c r="C483" s="17" t="s">
         <v>961</v>
       </c>
       <c r="D483" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E483" s="18">
-        <v>2852.232135</v>
+        <v>2762.873213</v>
       </c>
       <c r="F483" s="3"/>
     </row>
     <row r="484" spans="1:6">
       <c r="A484" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B484" s="17" t="s">
         <v>962</v>
       </c>
       <c r="C484" s="17" t="s">
         <v>963</v>
       </c>
       <c r="D484" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E484" s="18">
-        <v>696.965055</v>
+        <v>675.129509</v>
       </c>
       <c r="F484" s="3"/>
     </row>
     <row r="485" spans="1:6">
       <c r="A485" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B485" s="17" t="s">
         <v>964</v>
       </c>
       <c r="C485" s="17" t="s">
         <v>965</v>
       </c>
       <c r="D485" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E485" s="18">
-        <v>729.54837</v>
+        <v>706.692006</v>
       </c>
       <c r="F485" s="3"/>
     </row>
     <row r="486" spans="1:6">
       <c r="A486" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B486" s="17" t="s">
         <v>966</v>
       </c>
       <c r="C486" s="17" t="s">
         <v>967</v>
       </c>
       <c r="D486" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E486" s="18">
-        <v>609.546405</v>
+        <v>590.449639</v>
       </c>
       <c r="F486" s="3"/>
     </row>
     <row r="487" spans="1:6">
       <c r="A487" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B487" s="17" t="s">
         <v>968</v>
       </c>
       <c r="C487" s="17" t="s">
         <v>969</v>
       </c>
       <c r="D487" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E487" s="18">
-        <v>2293.54749</v>
+        <v>2221.691862</v>
       </c>
       <c r="F487" s="3"/>
     </row>
     <row r="488" spans="1:6">
       <c r="A488" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B488" s="17" t="s">
         <v>970</v>
       </c>
       <c r="C488" s="17" t="s">
         <v>971</v>
       </c>
       <c r="D488" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E488" s="18">
-        <v>2400.834015</v>
+        <v>2325.617157</v>
       </c>
       <c r="F488" s="3"/>
     </row>
     <row r="489" spans="1:6">
       <c r="A489" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B489" s="17" t="s">
         <v>972</v>
       </c>
       <c r="C489" s="17" t="s">
         <v>973</v>
       </c>
       <c r="D489" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E489" s="18">
-        <v>2508.12054</v>
+        <v>2429.542452</v>
       </c>
       <c r="F489" s="3"/>
     </row>
     <row r="490" spans="1:6">
       <c r="A490" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B490" s="17" t="s">
         <v>974</v>
       </c>
       <c r="C490" s="17" t="s">
         <v>975</v>
       </c>
       <c r="D490" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E490" s="18">
-        <v>2722.69359</v>
+        <v>2637.393042</v>
       </c>
       <c r="F490" s="3"/>
     </row>
     <row r="491" spans="1:6">
       <c r="A491" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B491" s="17" t="s">
         <v>976</v>
       </c>
       <c r="C491" s="17" t="s">
         <v>977</v>
       </c>
       <c r="D491" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E491" s="18">
-        <v>2682.163125</v>
+        <v>2598.132375</v>
       </c>
       <c r="F491" s="3"/>
     </row>
     <row r="492" spans="1:6">
       <c r="A492" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B492" s="17" t="s">
         <v>978</v>
       </c>
       <c r="C492" s="17" t="s">
         <v>979</v>
       </c>
       <c r="D492" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E492" s="18">
-        <v>2896.736175</v>
+        <v>2805.982965</v>
       </c>
       <c r="F492" s="3"/>
     </row>
     <row r="493" spans="1:6">
       <c r="A493" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B493" s="17" t="s">
         <v>980</v>
       </c>
       <c r="C493" s="17" t="s">
         <v>981</v>
       </c>
       <c r="D493" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E493" s="18">
-        <v>3109.719795</v>
+        <v>3012.293921</v>
       </c>
       <c r="F493" s="3"/>
     </row>
     <row r="494" spans="1:6">
       <c r="A494" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B494" s="17" t="s">
         <v>982</v>
       </c>
       <c r="C494" s="17" t="s">
         <v>983</v>
       </c>
       <c r="D494" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E494" s="18">
-        <v>2486.663235</v>
+        <v>2408.757393</v>
       </c>
       <c r="F494" s="3"/>
     </row>
     <row r="495" spans="1:6">
       <c r="A495" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B495" s="17" t="s">
         <v>984</v>
       </c>
       <c r="C495" s="17" t="s">
         <v>985</v>
       </c>
       <c r="D495" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E495" s="18">
-        <v>2593.94976</v>
+        <v>2512.682688</v>
       </c>
       <c r="F495" s="3"/>
     </row>
     <row r="496" spans="1:6">
       <c r="A496" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B496" s="17" t="s">
         <v>986</v>
       </c>
       <c r="C496" s="17" t="s">
         <v>987</v>
       </c>
       <c r="D496" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E496" s="18">
-        <v>2701.236285</v>
+        <v>2616.607983</v>
       </c>
       <c r="F496" s="3"/>
     </row>
     <row r="497" spans="1:6">
       <c r="A497" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B497" s="17" t="s">
         <v>988</v>
       </c>
       <c r="C497" s="17" t="s">
         <v>989</v>
       </c>
       <c r="D497" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E497" s="18">
-        <v>2915.809335</v>
+        <v>2824.458573</v>
       </c>
       <c r="F497" s="3"/>
     </row>
     <row r="498" spans="1:6">
       <c r="A498" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B498" s="17" t="s">
         <v>990</v>
       </c>
       <c r="C498" s="17" t="s">
         <v>991</v>
       </c>
       <c r="D498" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E498" s="18">
-        <v>620.672415</v>
+        <v>601.227077</v>
       </c>
       <c r="F498" s="3"/>
     </row>
     <row r="499" spans="1:6">
       <c r="A499" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B499" s="17" t="s">
         <v>992</v>
       </c>
       <c r="C499" s="17" t="s">
         <v>993</v>
       </c>
       <c r="D499" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E499" s="18">
-        <v>708.0910650000001</v>
+        <v>685.9069470000001</v>
       </c>
       <c r="F499" s="3"/>
     </row>
     <row r="500" spans="1:6">
       <c r="A500" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B500" s="17" t="s">
         <v>994</v>
       </c>
       <c r="C500" s="17" t="s">
         <v>995</v>
       </c>
       <c r="D500" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E500" s="18">
-        <v>4058.609505</v>
+        <v>3931.455419</v>
       </c>
       <c r="F500" s="3"/>
     </row>
     <row r="501" spans="1:6">
       <c r="A501" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B501" s="17" t="s">
         <v>996</v>
       </c>
       <c r="C501" s="17" t="s">
         <v>997</v>
       </c>
       <c r="D501" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E501" s="18">
-        <v>4527.491355</v>
+        <v>4385.647449</v>
       </c>
       <c r="F501" s="3"/>
     </row>
     <row r="502" spans="1:6">
       <c r="A502" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B502" s="17" t="s">
         <v>998</v>
       </c>
       <c r="C502" s="17" t="s">
         <v>999</v>
       </c>
       <c r="D502" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E502" s="18">
-        <v>5188.694235000001</v>
+        <v>5026.135193000001</v>
       </c>
       <c r="F502" s="3"/>
     </row>
     <row r="503" spans="1:6">
       <c r="A503" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B503" s="17" t="s">
         <v>1000</v>
       </c>
       <c r="C503" s="17" t="s">
         <v>1001</v>
       </c>
       <c r="D503" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E503" s="18">
-        <v>316.29657</v>
+        <v>306.387166</v>
       </c>
       <c r="F503" s="3"/>
     </row>
     <row r="504" spans="1:6">
       <c r="A504" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B504" s="17" t="s">
         <v>1002</v>
       </c>
       <c r="C504" s="17" t="s">
         <v>1003</v>
       </c>
       <c r="D504" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E504" s="18">
-        <v>1227.834675</v>
+        <v>1189.367265</v>
       </c>
       <c r="F504" s="3"/>
     </row>
     <row r="505" spans="1:6">
       <c r="A505" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B505" s="17" t="s">
         <v>1004</v>
       </c>
       <c r="C505" s="17" t="s">
         <v>1005</v>
       </c>
       <c r="D505" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E505" s="18">
-        <v>1319.2269</v>
+        <v>1277.89622</v>
       </c>
       <c r="F505" s="3"/>
     </row>
     <row r="506" spans="1:6">
       <c r="A506" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B506" s="17" t="s">
         <v>1006</v>
       </c>
       <c r="C506" s="17" t="s">
         <v>1007</v>
       </c>
       <c r="D506" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E506" s="18">
-        <v>486.36558</v>
+        <v>471.128004</v>
       </c>
       <c r="F506" s="3"/>
     </row>
     <row r="507" spans="1:6">
       <c r="A507" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B507" s="17" t="s">
         <v>1008</v>
       </c>
       <c r="C507" s="17" t="s">
         <v>1009</v>
       </c>
       <c r="D507" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E507" s="18">
-        <v>1098.29613</v>
+        <v>1063.887094</v>
       </c>
       <c r="F507" s="3"/>
     </row>
     <row r="508" spans="1:6">
       <c r="A508" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B508" s="17" t="s">
         <v>1010</v>
       </c>
       <c r="C508" s="17" t="s">
         <v>1011</v>
       </c>
       <c r="D508" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E508" s="18">
-        <v>2195.00283</v>
+        <v>2126.234554</v>
       </c>
       <c r="F508" s="3"/>
     </row>
     <row r="509" spans="1:6">
       <c r="A509" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B509" s="17" t="s">
         <v>1012</v>
       </c>
       <c r="C509" s="17" t="s">
         <v>1013</v>
       </c>
       <c r="D509" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E509" s="18">
-        <v>785.1784200000001</v>
+        <v>760.5791960000001</v>
       </c>
       <c r="F509" s="3"/>
     </row>
     <row r="510" spans="1:6">
       <c r="A510" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B510" s="17" t="s">
         <v>1014</v>
       </c>
       <c r="C510" s="17" t="s">
         <v>1015</v>
       </c>
       <c r="D510" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E510" s="18">
-        <v>477.623715</v>
+        <v>462.660017</v>
       </c>
       <c r="F510" s="3"/>
     </row>
     <row r="511" spans="1:6">
       <c r="A511" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B511" s="17" t="s">
         <v>1016</v>
       </c>
       <c r="C511" s="17" t="s">
         <v>1017</v>
       </c>
       <c r="D511" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E511" s="18">
-        <v>513.38589</v>
+        <v>497.301782</v>
       </c>
       <c r="F511" s="3"/>
     </row>
     <row r="512" spans="1:6">
       <c r="A512" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B512" s="17" t="s">
         <v>1018</v>
       </c>
       <c r="C512" s="17" t="s">
         <v>927</v>
       </c>
       <c r="D512" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E512" s="18">
-        <v>1603.73487</v>
+        <v>1553.490706</v>
       </c>
       <c r="F512" s="3"/>
     </row>
     <row r="513" spans="1:6">
       <c r="A513" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B513" s="17" t="s">
         <v>1019</v>
       </c>
       <c r="C513" s="17" t="s">
         <v>1020</v>
       </c>
       <c r="D513" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E513" s="18">
-        <v>822.530025</v>
+        <v>796.760595</v>
       </c>
       <c r="F513" s="3"/>
     </row>
     <row r="514" spans="1:6">
       <c r="A514" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B514" s="17" t="s">
         <v>1021</v>
       </c>
       <c r="C514" s="17" t="s">
         <v>1022</v>
       </c>
       <c r="D514" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E514" s="18">
-        <v>361.595325</v>
+        <v>350.266735</v>
       </c>
       <c r="F514" s="3"/>
     </row>
     <row r="515" spans="1:6">
       <c r="A515" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B515" s="17" t="s">
         <v>1023</v>
       </c>
       <c r="C515" s="17" t="s">
         <v>1024</v>
       </c>
       <c r="D515" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E515" s="18">
-        <v>495.90216</v>
+        <v>480.365808</v>
       </c>
       <c r="F515" s="3"/>
     </row>
     <row r="516" spans="1:6">
       <c r="A516" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B516" s="17" t="s">
         <v>1025</v>
       </c>
       <c r="C516" s="17" t="s">
         <v>1026</v>
       </c>
       <c r="D516" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E516" s="18">
-        <v>539.611485</v>
+        <v>522.705743</v>
       </c>
       <c r="F516" s="3"/>
     </row>
     <row r="517" spans="1:6">
       <c r="A517" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B517" s="17" t="s">
         <v>1027</v>
       </c>
       <c r="C517" s="17" t="s">
         <v>1028</v>
       </c>
       <c r="D517" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E517" s="18">
-        <v>1095.911985</v>
+        <v>1061.577643</v>
       </c>
       <c r="F517" s="3"/>
     </row>
     <row r="518" spans="1:6">
       <c r="A518" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B518" s="17" t="s">
         <v>1029</v>
       </c>
       <c r="C518" s="17" t="s">
         <v>1030</v>
       </c>
       <c r="D518" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E518" s="18">
-        <v>952.8632850000001</v>
+        <v>923.0105830000001</v>
       </c>
       <c r="F518" s="3"/>
     </row>
     <row r="519" spans="1:6">
       <c r="A519" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B519" s="17" t="s">
         <v>1031</v>
       </c>
       <c r="C519" s="17" t="s">
         <v>1032</v>
       </c>
       <c r="D519" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E519" s="18">
-        <v>476.8290000000001</v>
+        <v>461.8902</v>
       </c>
       <c r="F519" s="3"/>
     </row>
     <row r="520" spans="1:6">
       <c r="A520" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B520" s="17" t="s">
         <v>1033</v>
       </c>
       <c r="C520" s="17" t="s">
         <v>1034</v>
       </c>
       <c r="D520" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E520" s="18">
-        <v>2383.350285</v>
+        <v>2308.681183</v>
       </c>
       <c r="F520" s="3"/>
     </row>
     <row r="521" spans="1:6">
       <c r="A521" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B521" s="17" t="s">
         <v>1035</v>
       </c>
       <c r="C521" s="17" t="s">
         <v>1036</v>
       </c>
       <c r="D521" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E521" s="18">
-        <v>1698.305955</v>
+        <v>1645.098929</v>
       </c>
       <c r="F521" s="3"/>
     </row>
     <row r="522" spans="1:6">
       <c r="A522" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B522" s="17" t="s">
         <v>1037</v>
       </c>
       <c r="C522" s="17" t="s">
         <v>1038</v>
       </c>
       <c r="D522" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E522" s="18">
-        <v>26256.588885</v>
+        <v>25433.983863</v>
       </c>
       <c r="F522" s="3"/>
     </row>
     <row r="523" spans="1:6">
       <c r="A523" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B523" s="17" t="s">
         <v>1039</v>
       </c>
       <c r="C523" s="17" t="s">
         <v>1040</v>
       </c>
       <c r="D523" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E523" s="18">
-        <v>35899.66069500001</v>
+        <v>34774.94334100001</v>
       </c>
       <c r="F523" s="3"/>
     </row>
     <row r="524" spans="1:6">
       <c r="A524" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B524" s="17" t="s">
         <v>1041</v>
       </c>
       <c r="C524" s="17" t="s">
         <v>1042</v>
       </c>
       <c r="D524" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E524" s="18">
-        <v>3336.21357</v>
+        <v>3231.691766</v>
       </c>
       <c r="F524" s="3"/>
     </row>
     <row r="525" spans="1:6">
       <c r="A525" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B525" s="17" t="s">
         <v>1043</v>
       </c>
       <c r="C525" s="17" t="s">
         <v>1044</v>
       </c>
       <c r="D525" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E525" s="18">
-        <v>5451.7449</v>
+        <v>5280.94462</v>
       </c>
       <c r="F525" s="3"/>
     </row>
     <row r="526" spans="1:6">
       <c r="A526" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B526" s="17" t="s">
         <v>1045</v>
       </c>
       <c r="C526" s="17" t="s">
         <v>1046</v>
       </c>
       <c r="D526" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E526" s="18">
-        <v>7357.47147</v>
+        <v>7126.965786</v>
       </c>
       <c r="F526" s="3"/>
     </row>
     <row r="527" spans="1:6">
       <c r="A527" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B527" s="17" t="s">
         <v>1047</v>
       </c>
       <c r="C527" s="17" t="s">
         <v>1048</v>
       </c>
       <c r="D527" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E527" s="18">
-        <v>7401.97551</v>
+        <v>7170.075538</v>
       </c>
       <c r="F527" s="3"/>
     </row>
     <row r="528" spans="1:6">
       <c r="A528" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B528" s="17" t="s">
         <v>1049</v>
       </c>
       <c r="C528" s="17" t="s">
         <v>1050</v>
       </c>
       <c r="D528" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E528" s="18">
-        <v>10566.53064</v>
+        <v>10235.486832</v>
       </c>
       <c r="F528" s="3"/>
     </row>
     <row r="529" spans="1:6">
       <c r="A529" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B529" s="17" t="s">
         <v>1051</v>
       </c>
       <c r="C529" s="17" t="s">
         <v>1052</v>
       </c>
       <c r="D529" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E529" s="18">
-        <v>30753.086355</v>
+        <v>29789.608449</v>
       </c>
       <c r="F529" s="3"/>
     </row>
     <row r="530" spans="1:6">
       <c r="A530" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B530" s="17" t="s">
         <v>1053</v>
       </c>
       <c r="C530" s="17" t="s">
         <v>1054</v>
       </c>
       <c r="D530" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E530" s="18">
-        <v>4746.832695</v>
+        <v>4598.116941</v>
       </c>
       <c r="F530" s="3"/>
     </row>
     <row r="531" spans="1:6">
       <c r="A531" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B531" s="17" t="s">
         <v>1055</v>
       </c>
       <c r="C531" s="17" t="s">
         <v>1056</v>
       </c>
       <c r="D531" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E531" s="18">
-        <v>4953.458595</v>
+        <v>4798.269361</v>
       </c>
       <c r="F531" s="3"/>
     </row>
     <row r="532" spans="1:6">
       <c r="A532" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B532" s="17" t="s">
         <v>1057</v>
       </c>
       <c r="C532" s="17" t="s">
         <v>1058</v>
       </c>
       <c r="D532" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E532" s="18">
-        <v>5188.694235000001</v>
+        <v>5026.135193000001</v>
       </c>
       <c r="F532" s="3"/>
     </row>
     <row r="533" spans="1:6">
       <c r="A533" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B533" s="17" t="s">
         <v>1059</v>
       </c>
       <c r="C533" s="17" t="s">
         <v>1060</v>
       </c>
       <c r="D533" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E533" s="18">
-        <v>4289.076855</v>
+        <v>4154.702349</v>
       </c>
       <c r="F533" s="3"/>
     </row>
     <row r="534" spans="1:6">
       <c r="A534" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B534" s="17" t="s">
         <v>1061</v>
       </c>
       <c r="C534" s="17" t="s">
         <v>1062</v>
       </c>
       <c r="D534" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E534" s="18">
-        <v>3599.264235</v>
+        <v>3486.501193</v>
       </c>
       <c r="F534" s="3"/>
     </row>
     <row r="535" spans="1:6">
       <c r="A535" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B535" s="17" t="s">
         <v>1063</v>
       </c>
       <c r="C535" s="17" t="s">
         <v>1064</v>
       </c>
       <c r="D535" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E535" s="18">
-        <v>3772.512105</v>
+        <v>3654.321299</v>
       </c>
       <c r="F535" s="3"/>
     </row>
     <row r="536" spans="1:6">
       <c r="A536" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B536" s="17" t="s">
         <v>1065</v>
       </c>
       <c r="C536" s="17" t="s">
         <v>1066</v>
       </c>
       <c r="D536" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E536" s="18">
-        <v>3947.349405</v>
+        <v>3823.681039000001</v>
       </c>
       <c r="F536" s="3"/>
     </row>
     <row r="537" spans="1:6">
       <c r="A537" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B537" s="17" t="s">
         <v>1067</v>
       </c>
       <c r="C537" s="17" t="s">
         <v>1068</v>
       </c>
       <c r="D537" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E537" s="18">
-        <v>3550.78662</v>
+        <v>3439.542356</v>
       </c>
       <c r="F537" s="3"/>
     </row>
     <row r="538" spans="1:6">
       <c r="A538" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B538" s="17" t="s">
         <v>1069</v>
       </c>
       <c r="C538" s="17" t="s">
         <v>1070</v>
       </c>
       <c r="D538" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E538" s="18">
-        <v>3706.550760000001</v>
+        <v>3590.426488</v>
       </c>
       <c r="F538" s="3"/>
     </row>
     <row r="539" spans="1:6">
       <c r="A539" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B539" s="17" t="s">
         <v>1071</v>
       </c>
       <c r="C539" s="17" t="s">
         <v>1072</v>
       </c>
       <c r="D539" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E539" s="18">
-        <v>4087.219245</v>
+        <v>3959.168831</v>
       </c>
       <c r="F539" s="3"/>
     </row>
     <row r="540" spans="1:6">
       <c r="A540" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B540" s="17" t="s">
         <v>1073</v>
       </c>
       <c r="C540" s="17" t="s">
         <v>1074</v>
       </c>
       <c r="D540" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E540" s="18">
-        <v>4251.72525</v>
+        <v>4118.52095</v>
       </c>
       <c r="F540" s="3"/>
     </row>
     <row r="541" spans="1:6">
       <c r="A541" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B541" s="17" t="s">
         <v>1075</v>
       </c>
       <c r="C541" s="17" t="s">
         <v>1076</v>
       </c>
       <c r="D541" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E541" s="18">
-        <v>3463.36797</v>
+        <v>3354.862486</v>
       </c>
       <c r="F541" s="3"/>
     </row>
     <row r="542" spans="1:6">
       <c r="A542" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B542" s="17" t="s">
         <v>1077</v>
       </c>
       <c r="C542" s="17" t="s">
         <v>1078</v>
       </c>
       <c r="D542" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E542" s="18">
-        <v>3629.463405</v>
+        <v>3515.754239</v>
       </c>
       <c r="F542" s="3"/>
     </row>
     <row r="543" spans="1:6">
       <c r="A543" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B543" s="17" t="s">
         <v>1079</v>
       </c>
       <c r="C543" s="17" t="s">
         <v>1080</v>
       </c>
       <c r="D543" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E543" s="18">
-        <v>3776.485680000001</v>
+        <v>3658.170384</v>
       </c>
       <c r="F543" s="3"/>
     </row>
     <row r="544" spans="1:6">
       <c r="A544" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B544" s="17" t="s">
         <v>1081</v>
       </c>
       <c r="C544" s="17" t="s">
         <v>1082</v>
       </c>
       <c r="D544" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E544" s="18">
-        <v>4049.86764</v>
+        <v>3922.987432</v>
       </c>
       <c r="F544" s="3"/>
     </row>
     <row r="545" spans="1:6">
       <c r="A545" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B545" s="17" t="s">
         <v>1083</v>
       </c>
       <c r="C545" s="17" t="s">
         <v>1084</v>
       </c>
       <c r="D545" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E545" s="18">
-        <v>3398.996055000001</v>
+        <v>3292.507309000001</v>
       </c>
       <c r="F545" s="3"/>
     </row>
     <row r="546" spans="1:6">
       <c r="A546" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B546" s="17" t="s">
         <v>1085</v>
       </c>
       <c r="C546" s="17" t="s">
         <v>1086</v>
       </c>
       <c r="D546" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E546" s="18">
-        <v>3550.78662</v>
+        <v>3439.542356</v>
       </c>
       <c r="F546" s="3"/>
     </row>
     <row r="547" spans="1:6">
       <c r="A547" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B547" s="17" t="s">
         <v>1087</v>
       </c>
       <c r="C547" s="17" t="s">
         <v>1088</v>
       </c>
       <c r="D547" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E547" s="18">
-        <v>3706.550760000001</v>
+        <v>3590.426488</v>
       </c>
       <c r="F547" s="3"/>
     </row>
     <row r="548" spans="1:6">
       <c r="A548" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B548" s="17" t="s">
         <v>1089</v>
       </c>
       <c r="C548" s="17" t="s">
         <v>1090</v>
       </c>
       <c r="D548" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E548" s="18">
-        <v>4005.3636</v>
+        <v>3879.87768</v>
       </c>
       <c r="F548" s="3"/>
     </row>
     <row r="549" spans="1:6">
       <c r="A549" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B549" s="17" t="s">
         <v>1091</v>
       </c>
       <c r="C549" s="17" t="s">
         <v>1092</v>
       </c>
       <c r="D549" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E549" s="18">
-        <v>6011.224260000001</v>
+        <v>5822.895788000001</v>
       </c>
       <c r="F549" s="3"/>
     </row>
     <row r="550" spans="1:6">
       <c r="A550" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B550" s="17" t="s">
         <v>1093</v>
       </c>
       <c r="C550" s="17" t="s">
         <v>1094</v>
       </c>
       <c r="D550" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E550" s="18">
-        <v>6321.957825</v>
+        <v>6123.894235</v>
       </c>
       <c r="F550" s="3"/>
     </row>
     <row r="551" spans="1:6">
       <c r="A551" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B551" s="17" t="s">
         <v>1095</v>
       </c>
       <c r="C551" s="17" t="s">
         <v>1096</v>
       </c>
       <c r="D551" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E551" s="18">
-        <v>6506.331705000001</v>
+        <v>6302.491779000001</v>
       </c>
       <c r="F551" s="3"/>
     </row>
     <row r="552" spans="1:6">
       <c r="A552" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B552" s="17" t="s">
         <v>1097</v>
       </c>
       <c r="C552" s="17" t="s">
         <v>1098</v>
       </c>
       <c r="D552" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E552" s="18">
-        <v>7092.831375000001</v>
+        <v>6870.616725000001</v>
       </c>
       <c r="F552" s="3"/>
     </row>
     <row r="553" spans="1:6">
       <c r="A553" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B553" s="17" t="s">
         <v>1099</v>
       </c>
       <c r="C553" s="17" t="s">
         <v>1100</v>
       </c>
       <c r="D553" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E553" s="18">
-        <v>5992.945815</v>
+        <v>5805.189997</v>
       </c>
       <c r="F553" s="3"/>
     </row>
     <row r="554" spans="1:6">
       <c r="A554" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B554" s="17" t="s">
         <v>1101</v>
       </c>
       <c r="C554" s="17" t="s">
         <v>1102</v>
       </c>
       <c r="D554" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E554" s="18">
-        <v>6221.823735000001</v>
+        <v>6026.897293000001</v>
       </c>
       <c r="F554" s="3"/>
     </row>
     <row r="555" spans="1:6">
       <c r="A555" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B555" s="17" t="s">
         <v>1103</v>
       </c>
       <c r="C555" s="17" t="s">
         <v>1104</v>
       </c>
       <c r="D555" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E555" s="18">
-        <v>6813.091695000001</v>
+        <v>6599.641141000001</v>
       </c>
       <c r="F555" s="3"/>
     </row>
     <row r="556" spans="1:6">
       <c r="A556" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B556" s="17" t="s">
         <v>1105</v>
       </c>
       <c r="C556" s="17" t="s">
         <v>1106</v>
       </c>
       <c r="D556" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E556" s="18">
-        <v>7456.01613</v>
+        <v>7222.423094</v>
       </c>
       <c r="F556" s="3"/>
     </row>
     <row r="557" spans="1:6">
       <c r="A557" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B557" s="17" t="s">
         <v>1107</v>
       </c>
       <c r="C557" s="17" t="s">
         <v>799</v>
       </c>
       <c r="D557" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E557" s="18">
-        <v>2574.8766</v>
+        <v>2494.20708</v>
       </c>
       <c r="F557" s="3"/>
     </row>
     <row r="558" spans="1:6">
       <c r="A558" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B558" s="17" t="s">
         <v>1108</v>
       </c>
       <c r="C558" s="17" t="s">
         <v>1109</v>
       </c>
       <c r="D558" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E558" s="18">
-        <v>1319.2269</v>
+        <v>1277.89622</v>
       </c>
       <c r="F558" s="3"/>
     </row>
     <row r="559" spans="1:6">
       <c r="A559" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B559" s="17" t="s">
         <v>1110</v>
       </c>
       <c r="C559" s="17" t="s">
         <v>1111</v>
       </c>
       <c r="D559" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E559" s="18">
-        <v>1319.2269</v>
+        <v>1277.89622</v>
       </c>
       <c r="F559" s="3"/>
     </row>
     <row r="560" spans="1:6">
       <c r="A560" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B560" s="17" t="s">
         <v>1112</v>
       </c>
       <c r="C560" s="17" t="s">
         <v>1113</v>
       </c>
       <c r="D560" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E560" s="18">
-        <v>2574.8766</v>
+        <v>2494.20708</v>
       </c>
       <c r="F560" s="3"/>
     </row>
     <row r="561" spans="1:6">
       <c r="A561" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B561" s="17" t="s">
         <v>1114</v>
       </c>
       <c r="C561" s="17" t="s">
         <v>1113</v>
       </c>
       <c r="D561" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E561" s="18">
-        <v>2556.598155</v>
+        <v>2476.501289</v>
       </c>
       <c r="F561" s="3"/>
     </row>
     <row r="562" spans="1:6">
       <c r="A562" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B562" s="17" t="s">
         <v>1115</v>
       </c>
       <c r="C562" s="17" t="s">
         <v>1116</v>
       </c>
       <c r="D562" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E562" s="18">
-        <v>1227.834675</v>
+        <v>1189.367265</v>
       </c>
       <c r="F562" s="3"/>
     </row>
     <row r="563" spans="1:6">
       <c r="A563" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B563" s="17" t="s">
         <v>1117</v>
       </c>
       <c r="C563" s="17" t="s">
         <v>1118</v>
       </c>
       <c r="D563" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E563" s="18">
-        <v>28463.51244000001</v>
+        <v>27571.765672</v>
       </c>
       <c r="F563" s="3"/>
     </row>
     <row r="564" spans="1:6">
       <c r="A564" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B564" s="17" t="s">
         <v>1119</v>
       </c>
       <c r="C564" s="17" t="s">
         <v>1120</v>
       </c>
       <c r="D564" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E564" s="18">
-        <v>28463.51244000001</v>
+        <v>27571.765672</v>
       </c>
       <c r="F564" s="3"/>
     </row>
     <row r="565" spans="1:6">
       <c r="A565" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B565" s="17" t="s">
         <v>1121</v>
       </c>
       <c r="C565" s="17" t="s">
         <v>1122</v>
       </c>
       <c r="D565" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E565" s="18">
-        <v>28937.16258</v>
+        <v>28030.576604</v>
       </c>
       <c r="F565" s="3"/>
     </row>
     <row r="566" spans="1:6">
       <c r="A566" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B566" s="17" t="s">
         <v>1123</v>
       </c>
       <c r="C566" s="17" t="s">
         <v>1124</v>
       </c>
       <c r="D566" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E566" s="18">
-        <v>4970.14761</v>
+        <v>4814.435518</v>
       </c>
       <c r="F566" s="3"/>
     </row>
     <row r="567" spans="1:6">
       <c r="A567" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B567" s="17" t="s">
         <v>1125</v>
       </c>
       <c r="C567" s="17" t="s">
         <v>1126</v>
       </c>
       <c r="D567" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E567" s="18">
-        <v>4970.14761</v>
+        <v>4814.435518</v>
       </c>
       <c r="F567" s="3"/>
     </row>
     <row r="568" spans="1:6">
       <c r="A568" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B568" s="17" t="s">
         <v>1127</v>
       </c>
       <c r="C568" s="17" t="s">
         <v>1128</v>
       </c>
       <c r="D568" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E568" s="18">
-        <v>4691.99736</v>
+        <v>4544.999568</v>
       </c>
       <c r="F568" s="3"/>
     </row>
     <row r="569" spans="1:6">
       <c r="A569" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B569" s="17" t="s">
         <v>1129</v>
       </c>
       <c r="C569" s="17" t="s">
         <v>1130</v>
       </c>
       <c r="D569" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E569" s="18">
-        <v>4825.509480000001</v>
+        <v>4674.328824</v>
       </c>
       <c r="F569" s="3"/>
     </row>
     <row r="570" spans="1:6">
       <c r="A570" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B570" s="17" t="s">
         <v>1131</v>
       </c>
       <c r="C570" s="17" t="s">
         <v>1132</v>
       </c>
       <c r="D570" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E570" s="18">
-        <v>4953.458595</v>
+        <v>4798.269361</v>
       </c>
       <c r="F570" s="3"/>
     </row>
     <row r="571" spans="1:6">
       <c r="A571" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B571" s="17" t="s">
         <v>1133</v>
       </c>
       <c r="C571" s="17" t="s">
         <v>1134</v>
       </c>
       <c r="D571" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E571" s="18">
-        <v>5188.694235000001</v>
+        <v>5026.135193000001</v>
       </c>
       <c r="F571" s="3"/>
     </row>
     <row r="572" spans="1:6">
       <c r="A572" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B572" s="17" t="s">
         <v>1135</v>
       </c>
       <c r="C572" s="17" t="s">
         <v>1136</v>
       </c>
       <c r="D572" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E572" s="18">
-        <v>4181.79033</v>
+        <v>4050.777054</v>
       </c>
       <c r="F572" s="3"/>
     </row>
     <row r="573" spans="1:6">
       <c r="A573" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B573" s="17" t="s">
         <v>1137</v>
       </c>
       <c r="C573" s="17" t="s">
         <v>1138</v>
       </c>
       <c r="D573" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E573" s="18">
-        <v>1136.44245</v>
+        <v>1100.83831</v>
       </c>
       <c r="F573" s="3"/>
     </row>
     <row r="574" spans="1:6">
       <c r="A574" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B574" s="17" t="s">
         <v>1139</v>
       </c>
       <c r="C574" s="17" t="s">
         <v>1140</v>
       </c>
       <c r="D574" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E574" s="18">
-        <v>1026.77178</v>
+        <v>994.603564</v>
       </c>
       <c r="F574" s="3"/>
     </row>
     <row r="575" spans="1:6">
       <c r="A575" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B575" s="17" t="s">
         <v>1141</v>
       </c>
       <c r="C575" s="17" t="s">
         <v>1142</v>
       </c>
       <c r="D575" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E575" s="18">
-        <v>4656.235185</v>
+        <v>4510.357803000001</v>
       </c>
       <c r="F575" s="3"/>
     </row>
     <row r="576" spans="1:6">
       <c r="A576" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B576" s="17" t="s">
         <v>1143</v>
       </c>
       <c r="C576" s="17" t="s">
         <v>1144</v>
       </c>
       <c r="D576" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E576" s="18">
-        <v>4837.430205000001</v>
+        <v>4685.876079</v>
       </c>
       <c r="F576" s="3"/>
     </row>
     <row r="577" spans="1:6">
       <c r="A577" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B577" s="17" t="s">
         <v>1145</v>
       </c>
       <c r="C577" s="17" t="s">
         <v>1146</v>
       </c>
       <c r="D577" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E577" s="18">
-        <v>5095.71258</v>
+        <v>4936.066604000001</v>
       </c>
       <c r="F577" s="3"/>
     </row>
     <row r="578" spans="1:6">
       <c r="A578" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B578" s="17" t="s">
         <v>1147</v>
       </c>
       <c r="C578" s="17" t="s">
         <v>1148</v>
       </c>
       <c r="D578" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E578" s="18">
-        <v>5726.71629</v>
+        <v>5547.301302000001</v>
       </c>
       <c r="F578" s="3"/>
     </row>
     <row r="579" spans="1:6">
       <c r="A579" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B579" s="17" t="s">
         <v>1149</v>
       </c>
       <c r="C579" s="17" t="s">
         <v>1150</v>
       </c>
       <c r="D579" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E579" s="18">
-        <v>4307.3553</v>
+        <v>4172.40814</v>
       </c>
       <c r="F579" s="3"/>
     </row>
     <row r="580" spans="1:6">
       <c r="A580" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B580" s="17" t="s">
         <v>1151</v>
       </c>
       <c r="C580" s="17" t="s">
         <v>1152</v>
       </c>
       <c r="D580" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E580" s="18">
-        <v>4709.48109</v>
+        <v>4561.935542</v>
       </c>
       <c r="F580" s="3"/>
     </row>
     <row r="581" spans="1:6">
       <c r="A581" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B581" s="17" t="s">
         <v>1153</v>
       </c>
       <c r="C581" s="17" t="s">
         <v>1154</v>
       </c>
       <c r="D581" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E581" s="18">
-        <v>5022.598800000001</v>
+        <v>4865.24344</v>
       </c>
       <c r="F581" s="3"/>
     </row>
     <row r="582" spans="1:6">
       <c r="A582" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B582" s="17" t="s">
         <v>1155</v>
       </c>
       <c r="C582" s="17" t="s">
         <v>1156</v>
       </c>
       <c r="D582" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E582" s="18">
-        <v>5954.799495000001</v>
+        <v>5768.238781000001</v>
       </c>
       <c r="F582" s="3"/>
     </row>
     <row r="583" spans="1:6">
       <c r="A583" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B583" s="17" t="s">
         <v>1157</v>
       </c>
       <c r="C583" s="17" t="s">
         <v>1158</v>
       </c>
       <c r="D583" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E583" s="18">
-        <v>4285.897995</v>
+        <v>4151.623081</v>
       </c>
       <c r="F583" s="3"/>
     </row>
     <row r="584" spans="1:6">
       <c r="A584" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B584" s="17" t="s">
         <v>1159</v>
       </c>
       <c r="C584" s="17" t="s">
         <v>1160</v>
       </c>
       <c r="D584" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E584" s="18">
-        <v>4711.07052</v>
+        <v>4563.475176</v>
       </c>
       <c r="F584" s="3"/>
     </row>
     <row r="585" spans="1:6">
       <c r="A585" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B585" s="17" t="s">
         <v>1161</v>
       </c>
       <c r="C585" s="17" t="s">
         <v>1162</v>
       </c>
       <c r="D585" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E585" s="18">
-        <v>5134.653615</v>
+        <v>4973.787637</v>
       </c>
       <c r="F585" s="3"/>
     </row>
     <row r="586" spans="1:6">
       <c r="A586" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B586" s="17" t="s">
         <v>1163</v>
       </c>
       <c r="C586" s="17" t="s">
         <v>1164</v>
       </c>
       <c r="D586" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E586" s="18">
-        <v>5994.535245000001</v>
+        <v>5806.729631000001</v>
       </c>
       <c r="F586" s="3"/>
     </row>
     <row r="587" spans="1:6">
       <c r="A587" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B587" s="17" t="s">
         <v>1165</v>
       </c>
       <c r="C587" s="17" t="s">
         <v>1166</v>
       </c>
       <c r="D587" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E587" s="18">
-        <v>4343.117475</v>
+        <v>4207.049905</v>
       </c>
       <c r="F587" s="3"/>
     </row>
     <row r="588" spans="1:6">
       <c r="A588" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B588" s="17" t="s">
         <v>1167</v>
       </c>
       <c r="C588" s="17" t="s">
         <v>1168</v>
       </c>
       <c r="D588" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E588" s="18">
-        <v>4509.21291</v>
+        <v>4367.941658000001</v>
       </c>
       <c r="F588" s="3"/>
     </row>
     <row r="589" spans="1:6">
       <c r="A589" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B589" s="17" t="s">
         <v>1169</v>
       </c>
       <c r="C589" s="17" t="s">
         <v>1170</v>
       </c>
       <c r="D589" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E589" s="18">
-        <v>4709.48109</v>
+        <v>4561.935542</v>
       </c>
       <c r="F589" s="3"/>
     </row>
     <row r="590" spans="1:6">
       <c r="A590" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B590" s="17" t="s">
         <v>1171</v>
       </c>
       <c r="C590" s="17" t="s">
         <v>1172</v>
       </c>
       <c r="D590" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E590" s="18">
-        <v>5040.877245000001</v>
+        <v>4882.949231000001</v>
       </c>
       <c r="F590" s="3"/>
     </row>
     <row r="591" spans="1:6">
       <c r="A591" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B591" s="17" t="s">
         <v>1173</v>
       </c>
       <c r="C591" s="17" t="s">
         <v>1174</v>
       </c>
       <c r="D591" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E591" s="18">
-        <v>3445.089525</v>
+        <v>3337.156695</v>
       </c>
       <c r="F591" s="3"/>
     </row>
     <row r="592" spans="1:6">
       <c r="A592" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B592" s="17" t="s">
         <v>1175</v>
       </c>
       <c r="C592" s="17" t="s">
         <v>1176</v>
       </c>
       <c r="D592" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E592" s="18">
-        <v>3629.463405</v>
+        <v>3515.754239</v>
       </c>
       <c r="F592" s="3"/>
     </row>
     <row r="593" spans="1:6">
       <c r="A593" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B593" s="17" t="s">
         <v>1177</v>
       </c>
       <c r="C593" s="17" t="s">
         <v>1178</v>
       </c>
       <c r="D593" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E593" s="18">
-        <v>3812.247855</v>
+        <v>3692.812149</v>
       </c>
       <c r="F593" s="3"/>
     </row>
     <row r="594" spans="1:6">
       <c r="A594" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B594" s="17" t="s">
         <v>1179</v>
       </c>
       <c r="C594" s="17" t="s">
         <v>1180</v>
       </c>
       <c r="D594" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E594" s="18">
-        <v>4178.61147</v>
+        <v>4047.697786</v>
       </c>
       <c r="F594" s="3"/>
     </row>
     <row r="595" spans="1:6">
       <c r="A595" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B595" s="17" t="s">
         <v>1181</v>
       </c>
       <c r="C595" s="17" t="s">
         <v>1182</v>
       </c>
       <c r="D595" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E595" s="18">
-        <v>3500.719575</v>
+        <v>3391.043885</v>
       </c>
       <c r="F595" s="3"/>
     </row>
     <row r="596" spans="1:6">
       <c r="A596" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B596" s="17" t="s">
         <v>1183</v>
       </c>
       <c r="C596" s="17" t="s">
         <v>1184</v>
       </c>
       <c r="D596" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E596" s="18">
-        <v>3720.060915</v>
+        <v>3603.513377</v>
       </c>
       <c r="F596" s="3"/>
     </row>
     <row r="597" spans="1:6">
       <c r="A597" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B597" s="17" t="s">
         <v>1185</v>
       </c>
       <c r="C597" s="17" t="s">
         <v>1186</v>
       </c>
       <c r="D597" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E597" s="18">
-        <v>3940.991685</v>
+        <v>3817.522503000001</v>
       </c>
       <c r="F597" s="3"/>
     </row>
     <row r="598" spans="1:6">
       <c r="A598" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B598" s="17" t="s">
         <v>1187</v>
       </c>
       <c r="C598" s="17" t="s">
         <v>1188</v>
       </c>
       <c r="D598" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E598" s="18">
-        <v>4389.210945</v>
+        <v>4251.699291</v>
       </c>
       <c r="F598" s="3"/>
     </row>
     <row r="599" spans="1:6">
       <c r="A599" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B599" s="17" t="s">
         <v>1189</v>
       </c>
       <c r="C599" s="17" t="s">
         <v>1190</v>
       </c>
       <c r="D599" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E599" s="18">
-        <v>3995.82702</v>
+        <v>3870.639876</v>
       </c>
       <c r="F599" s="3"/>
     </row>
     <row r="600" spans="1:6">
       <c r="A600" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B600" s="17" t="s">
         <v>1191</v>
       </c>
       <c r="C600" s="17" t="s">
         <v>1192</v>
       </c>
       <c r="D600" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E600" s="18">
-        <v>4161.12774</v>
+        <v>4030.761812</v>
       </c>
       <c r="F600" s="3"/>
     </row>
     <row r="601" spans="1:6">
       <c r="A601" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B601" s="17" t="s">
         <v>1193</v>
       </c>
       <c r="C601" s="17" t="s">
         <v>1194</v>
       </c>
       <c r="D601" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E601" s="18">
-        <v>4307.3553</v>
+        <v>4172.40814</v>
       </c>
       <c r="F601" s="3"/>
     </row>
     <row r="602" spans="1:6">
       <c r="A602" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B602" s="17" t="s">
         <v>1195</v>
       </c>
       <c r="C602" s="17" t="s">
         <v>1196</v>
       </c>
       <c r="D602" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E602" s="18">
-        <v>4618.088865000001</v>
+        <v>4473.406587</v>
       </c>
       <c r="F602" s="3"/>
     </row>
     <row r="603" spans="1:6">
       <c r="A603" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B603" s="17" t="s">
         <v>1197</v>
       </c>
       <c r="C603" s="17" t="s">
         <v>1198</v>
       </c>
       <c r="D603" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E603" s="18">
-        <v>3189.98601</v>
+        <v>3090.045438</v>
       </c>
       <c r="F603" s="3"/>
     </row>
     <row r="604" spans="1:6">
       <c r="A604" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B604" s="17" t="s">
         <v>1199</v>
       </c>
       <c r="C604" s="17" t="s">
         <v>1200</v>
       </c>
       <c r="D604" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E604" s="18">
-        <v>3371.18103</v>
+        <v>3265.563714</v>
       </c>
       <c r="F604" s="3"/>
     </row>
     <row r="605" spans="1:6">
       <c r="A605" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B605" s="17" t="s">
         <v>1201</v>
       </c>
       <c r="C605" s="17" t="s">
         <v>1202</v>
       </c>
       <c r="D605" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E605" s="18">
-        <v>3556.349625</v>
+        <v>3444.931075</v>
       </c>
       <c r="F605" s="3"/>
     </row>
     <row r="606" spans="1:6">
       <c r="A606" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B606" s="17" t="s">
         <v>1203</v>
       </c>
       <c r="C606" s="17" t="s">
         <v>1204</v>
       </c>
       <c r="D606" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E606" s="18">
-        <v>3902.845365</v>
+        <v>3780.571287</v>
       </c>
       <c r="F606" s="3"/>
     </row>
     <row r="607" spans="1:6">
       <c r="A607" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B607" s="17" t="s">
         <v>1205</v>
       </c>
       <c r="C607" s="17" t="s">
         <v>1206</v>
       </c>
       <c r="D607" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E607" s="18">
-        <v>3225.748185</v>
+        <v>3124.687203</v>
       </c>
       <c r="F607" s="3"/>
     </row>
     <row r="608" spans="1:6">
       <c r="A608" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B608" s="17" t="s">
         <v>1207</v>
       </c>
       <c r="C608" s="17" t="s">
         <v>1208</v>
       </c>
       <c r="D608" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E608" s="18">
-        <v>3445.089525</v>
+        <v>3337.156695</v>
       </c>
       <c r="F608" s="3"/>
     </row>
     <row r="609" spans="1:6">
       <c r="A609" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B609" s="17" t="s">
         <v>1209</v>
       </c>
       <c r="C609" s="17" t="s">
         <v>1210</v>
       </c>
       <c r="D609" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E609" s="18">
-        <v>3661.252005</v>
+        <v>3546.546919</v>
       </c>
       <c r="F609" s="3"/>
     </row>
     <row r="610" spans="1:6">
       <c r="A610" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B610" s="17" t="s">
         <v>1211</v>
       </c>
       <c r="C610" s="17" t="s">
         <v>1212</v>
       </c>
       <c r="D610" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E610" s="18">
-        <v>4122.98142</v>
+        <v>3993.810596</v>
       </c>
       <c r="F610" s="3"/>
     </row>
     <row r="611" spans="1:6">
       <c r="A611" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B611" s="17" t="s">
         <v>1213</v>
       </c>
       <c r="C611" s="17" t="s">
         <v>1214</v>
       </c>
       <c r="D611" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E611" s="18">
-        <v>6066.059595000001</v>
+        <v>5876.013161</v>
       </c>
       <c r="F611" s="3"/>
     </row>
     <row r="612" spans="1:6">
       <c r="A612" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B612" s="17" t="s">
         <v>1215</v>
       </c>
       <c r="C612" s="17" t="s">
         <v>1216</v>
       </c>
       <c r="D612" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E612" s="18">
-        <v>6341.8257</v>
+        <v>6143.13966</v>
       </c>
       <c r="F612" s="3"/>
     </row>
     <row r="613" spans="1:6">
       <c r="A613" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B613" s="17" t="s">
         <v>1217</v>
       </c>
       <c r="C613" s="17" t="s">
         <v>1218</v>
       </c>
       <c r="D613" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E613" s="18">
-        <v>6835.343715000001</v>
+        <v>6621.196017000001</v>
       </c>
       <c r="F613" s="3"/>
     </row>
     <row r="614" spans="1:6">
       <c r="A614" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B614" s="17" t="s">
         <v>1219</v>
       </c>
       <c r="C614" s="17" t="s">
         <v>1220</v>
       </c>
       <c r="D614" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E614" s="18">
-        <v>7385.286495000001</v>
+        <v>7153.909381000001</v>
       </c>
       <c r="F614" s="3"/>
     </row>
     <row r="615" spans="1:6">
       <c r="A615" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B615" s="17" t="s">
         <v>1221</v>
       </c>
       <c r="C615" s="17" t="s">
         <v>1222</v>
       </c>
       <c r="D615" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E615" s="18">
-        <v>5882.480430000001</v>
+        <v>5698.185434</v>
       </c>
       <c r="F615" s="3"/>
     </row>
     <row r="616" spans="1:6">
       <c r="A616" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B616" s="17" t="s">
         <v>1223</v>
       </c>
       <c r="C616" s="17" t="s">
         <v>1224</v>
       </c>
       <c r="D616" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E616" s="18">
-        <v>6011.224260000001</v>
+        <v>5822.895788000001</v>
       </c>
       <c r="F616" s="3"/>
     </row>
     <row r="617" spans="1:6">
       <c r="A617" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B617" s="17" t="s">
         <v>1225</v>
       </c>
       <c r="C617" s="17" t="s">
         <v>1226</v>
       </c>
       <c r="D617" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E617" s="18">
-        <v>6175.730265</v>
+        <v>5982.247907</v>
       </c>
       <c r="F617" s="3"/>
     </row>
     <row r="618" spans="1:6">
       <c r="A618" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B618" s="17" t="s">
         <v>1227</v>
       </c>
       <c r="C618" s="17" t="s">
         <v>1228</v>
       </c>
       <c r="D618" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E618" s="18">
-        <v>6468.185385000001</v>
+        <v>6265.540563</v>
       </c>
       <c r="F618" s="3"/>
     </row>
     <row r="619" spans="1:6">
       <c r="A619" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B619" s="17" t="s">
         <v>1229</v>
       </c>
       <c r="C619" s="17" t="s">
         <v>1230</v>
       </c>
       <c r="D619" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E619" s="18">
-        <v>6084.338040000001</v>
+        <v>5893.718952</v>
       </c>
       <c r="F619" s="3"/>
     </row>
     <row r="620" spans="1:6">
       <c r="A620" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B620" s="17" t="s">
         <v>1231</v>
       </c>
       <c r="C620" s="17" t="s">
         <v>1232</v>
       </c>
       <c r="D620" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E620" s="18">
-        <v>6359.30943</v>
+        <v>6160.075634</v>
       </c>
       <c r="F620" s="3"/>
     </row>
     <row r="621" spans="1:6">
       <c r="A621" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B621" s="17" t="s">
         <v>1233</v>
       </c>
       <c r="C621" s="17" t="s">
         <v>1234</v>
       </c>
       <c r="D621" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E621" s="18">
-        <v>7165.945155</v>
+        <v>6941.439889</v>
       </c>
       <c r="F621" s="3"/>
     </row>
     <row r="622" spans="1:6">
       <c r="A622" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B622" s="17" t="s">
         <v>1235</v>
       </c>
       <c r="C622" s="17" t="s">
         <v>1236</v>
       </c>
       <c r="D622" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E622" s="18">
-        <v>1296.180165</v>
+        <v>1255.571527</v>
       </c>
       <c r="F622" s="3"/>
     </row>
     <row r="623" spans="1:6">
       <c r="A623" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B623" s="17" t="s">
         <v>1237</v>
       </c>
       <c r="C623" s="17" t="s">
         <v>1238</v>
       </c>
       <c r="D623" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E623" s="18">
-        <v>4397.952810000001</v>
+        <v>4260.167278000001</v>
       </c>
       <c r="F623" s="3"/>
     </row>
     <row r="624" spans="1:6">
       <c r="A624" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B624" s="17" t="s">
         <v>1239</v>
       </c>
       <c r="C624" s="17" t="s">
         <v>1240</v>
       </c>
       <c r="D624" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E624" s="18">
-        <v>1136.44245</v>
+        <v>1100.83831</v>
       </c>
       <c r="F624" s="3"/>
     </row>
     <row r="625" spans="1:6">
       <c r="A625" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B625" s="17" t="s">
         <v>1241</v>
       </c>
       <c r="C625" s="17" t="s">
         <v>1242</v>
       </c>
       <c r="D625" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E625" s="18">
-        <v>1190.48307</v>
+        <v>1153.185866</v>
       </c>
       <c r="F625" s="3"/>
     </row>
     <row r="626" spans="1:6">
       <c r="A626" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B626" s="17" t="s">
         <v>1243</v>
       </c>
       <c r="C626" s="17" t="s">
         <v>1244</v>
       </c>
       <c r="D626" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E626" s="18">
-        <v>925.8429750000001</v>
+        <v>896.836805</v>
       </c>
       <c r="F626" s="3"/>
     </row>
     <row r="627" spans="1:6">
       <c r="A627" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B627" s="17" t="s">
         <v>1245</v>
       </c>
       <c r="C627" s="17" t="s">
         <v>1246</v>
       </c>
       <c r="D627" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E627" s="18">
-        <v>979.0888800000001</v>
+        <v>948.4145440000001</v>
       </c>
       <c r="F627" s="3"/>
     </row>
     <row r="628" spans="1:6">
       <c r="A628" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B628" s="17" t="s">
         <v>1247</v>
       </c>
       <c r="C628" s="17" t="s">
         <v>1248</v>
       </c>
       <c r="D628" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E628" s="18">
-        <v>4362.190635</v>
+        <v>4225.525513000001</v>
       </c>
       <c r="F628" s="3"/>
     </row>
     <row r="629" spans="1:6">
       <c r="A629" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B629" s="17" t="s">
         <v>1249</v>
       </c>
       <c r="C629" s="17" t="s">
         <v>1250</v>
       </c>
       <c r="D629" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E629" s="18">
-        <v>4635.572595000001</v>
+        <v>4490.342561</v>
       </c>
       <c r="F629" s="3"/>
     </row>
     <row r="630" spans="1:6">
       <c r="A630" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B630" s="17" t="s">
         <v>1251</v>
       </c>
       <c r="C630" s="17" t="s">
         <v>1252</v>
       </c>
       <c r="D630" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E630" s="18">
-        <v>4929.617145</v>
+        <v>4775.174851000001</v>
       </c>
       <c r="F630" s="3"/>
     </row>
     <row r="631" spans="1:6">
       <c r="A631" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B631" s="17" t="s">
         <v>1253</v>
       </c>
       <c r="C631" s="17" t="s">
         <v>1254</v>
       </c>
       <c r="D631" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E631" s="18">
-        <v>5855.460120000001</v>
+        <v>5672.011656000001</v>
       </c>
       <c r="F631" s="3"/>
     </row>
     <row r="632" spans="1:6">
       <c r="A632" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B632" s="17" t="s">
         <v>1255</v>
       </c>
       <c r="C632" s="17" t="s">
         <v>1256</v>
       </c>
       <c r="D632" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E632" s="18">
-        <v>6158.246535</v>
+        <v>5965.311933</v>
       </c>
       <c r="F632" s="3"/>
     </row>
     <row r="633" spans="1:6">
       <c r="A633" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B633" s="17" t="s">
         <v>1257</v>
       </c>
       <c r="C633" s="17" t="s">
         <v>1258</v>
       </c>
       <c r="D633" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E633" s="18">
-        <v>6468.185385000001</v>
+        <v>6265.540563</v>
       </c>
       <c r="F633" s="3"/>
     </row>
     <row r="634" spans="1:6">
       <c r="A634" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B634" s="17" t="s">
         <v>1259</v>
       </c>
       <c r="C634" s="17" t="s">
         <v>1260</v>
       </c>
       <c r="D634" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E634" s="18">
-        <v>6798.786825</v>
+        <v>6585.784435</v>
       </c>
       <c r="F634" s="3"/>
     </row>
     <row r="635" spans="1:6">
       <c r="A635" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B635" s="17" t="s">
         <v>1261</v>
       </c>
       <c r="C635" s="17" t="s">
         <v>1262</v>
       </c>
       <c r="D635" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E635" s="18">
-        <v>7459.194990000001</v>
+        <v>7225.502362</v>
       </c>
       <c r="F635" s="3"/>
     </row>
     <row r="636" spans="1:6">
       <c r="A636" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B636" s="17" t="s">
         <v>1263</v>
       </c>
       <c r="C636" s="17" t="s">
         <v>1264</v>
       </c>
       <c r="D636" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E636" s="18">
-        <v>4196.0952</v>
+        <v>4064.63376</v>
       </c>
       <c r="F636" s="3"/>
     </row>
     <row r="637" spans="1:6">
       <c r="A637" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B637" s="17" t="s">
         <v>1265</v>
       </c>
       <c r="C637" s="17" t="s">
         <v>1266</v>
       </c>
       <c r="D637" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E637" s="18">
-        <v>4380.46908</v>
+        <v>4243.231304</v>
       </c>
       <c r="F637" s="3"/>
     </row>
     <row r="638" spans="1:6">
       <c r="A638" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B638" s="17" t="s">
         <v>1267</v>
       </c>
       <c r="C638" s="17" t="s">
         <v>1268</v>
       </c>
       <c r="D638" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E638" s="18">
-        <v>4691.99736</v>
+        <v>4544.999568</v>
       </c>
       <c r="F638" s="3"/>
     </row>
     <row r="639" spans="1:6">
       <c r="A639" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B639" s="17" t="s">
         <v>1269</v>
       </c>
       <c r="C639" s="17" t="s">
         <v>1270</v>
       </c>
       <c r="D639" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E639" s="18">
-        <v>5855.460120000001</v>
+        <v>5672.011656000001</v>
       </c>
       <c r="F639" s="3"/>
     </row>
     <row r="640" spans="1:6">
       <c r="A640" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B640" s="17" t="s">
         <v>1271</v>
       </c>
       <c r="C640" s="17" t="s">
         <v>1272</v>
       </c>
       <c r="D640" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E640" s="18">
-        <v>888.4913700000001</v>
+        <v>860.655406</v>
       </c>
       <c r="F640" s="3"/>
     </row>
     <row r="641" spans="1:6">
       <c r="A641" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B641" s="17" t="s">
         <v>1273</v>
       </c>
       <c r="C641" s="17" t="s">
         <v>1274</v>
       </c>
       <c r="D641" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E641" s="18">
-        <v>843.98733</v>
+        <v>817.545654</v>
       </c>
       <c r="F641" s="3"/>
     </row>
     <row r="642" spans="1:6">
       <c r="A642" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B642" s="17" t="s">
         <v>1275</v>
       </c>
       <c r="C642" s="17" t="s">
         <v>1276</v>
       </c>
       <c r="D642" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E642" s="18">
-        <v>888.4913700000001</v>
+        <v>860.655406</v>
       </c>
       <c r="F642" s="3"/>
     </row>
     <row r="643" spans="1:6">
       <c r="A643" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B643" s="17" t="s">
         <v>1277</v>
       </c>
       <c r="C643" s="17" t="s">
         <v>1278</v>
       </c>
       <c r="D643" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E643" s="18">
-        <v>1712.610825</v>
+        <v>1658.955635</v>
       </c>
       <c r="F643" s="3"/>
     </row>
     <row r="644" spans="1:6">
       <c r="A644" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B644" s="17" t="s">
         <v>1279</v>
       </c>
       <c r="C644" s="17" t="s">
         <v>1280</v>
       </c>
       <c r="D644" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E644" s="18">
-        <v>2785.476075</v>
+        <v>2698.208585</v>
       </c>
       <c r="F644" s="3"/>
     </row>
     <row r="645" spans="1:6">
       <c r="A645" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B645" s="17" t="s">
         <v>1281</v>
       </c>
       <c r="C645" s="17" t="s">
         <v>1282</v>
       </c>
       <c r="D645" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E645" s="18">
-        <v>5563.799715000001</v>
+        <v>5389.488817</v>
       </c>
       <c r="F645" s="3"/>
     </row>
     <row r="646" spans="1:6">
       <c r="A646" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B646" s="17" t="s">
         <v>1283</v>
       </c>
       <c r="C646" s="17" t="s">
         <v>1284</v>
       </c>
       <c r="D646" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E646" s="18">
-        <v>3410.122065</v>
+        <v>3303.284747</v>
       </c>
       <c r="F646" s="3"/>
     </row>
     <row r="647" spans="1:6">
       <c r="A647" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B647" s="17" t="s">
         <v>1285</v>
       </c>
       <c r="C647" s="17" t="s">
         <v>1286</v>
       </c>
       <c r="D647" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E647" s="18">
-        <v>3629.463405</v>
+        <v>3515.754239</v>
       </c>
       <c r="F647" s="3"/>
     </row>
     <row r="648" spans="1:6">
       <c r="A648" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B648" s="17" t="s">
         <v>1287</v>
       </c>
       <c r="C648" s="17" t="s">
         <v>1288</v>
       </c>
       <c r="D648" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E648" s="18">
-        <v>3839.268165</v>
+        <v>3718.985927</v>
       </c>
       <c r="F648" s="3"/>
     </row>
     <row r="649" spans="1:6">
       <c r="A649" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B649" s="17" t="s">
         <v>1289</v>
       </c>
       <c r="C649" s="17" t="s">
         <v>1290</v>
       </c>
       <c r="D649" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E649" s="18">
-        <v>4289.076855</v>
+        <v>4154.702349</v>
       </c>
       <c r="F649" s="3"/>
     </row>
     <row r="650" spans="1:6">
       <c r="A650" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B650" s="17" t="s">
         <v>1291</v>
       </c>
       <c r="C650" s="17" t="s">
         <v>1292</v>
       </c>
       <c r="D650" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E650" s="18">
-        <v>4394.77395</v>
+        <v>4257.08801</v>
       </c>
       <c r="F650" s="3"/>
     </row>
     <row r="651" spans="1:6">
       <c r="A651" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B651" s="17" t="s">
         <v>1293</v>
       </c>
       <c r="C651" s="17" t="s">
         <v>1294</v>
       </c>
       <c r="D651" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E651" s="18">
-        <v>4591.068555000001</v>
+        <v>4447.232809</v>
       </c>
       <c r="F651" s="3"/>
     </row>
     <row r="652" spans="1:6">
       <c r="A652" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B652" s="17" t="s">
         <v>1295</v>
       </c>
       <c r="C652" s="17" t="s">
         <v>1296</v>
       </c>
       <c r="D652" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E652" s="18">
-        <v>4911.3387</v>
+        <v>4757.46906</v>
       </c>
       <c r="F652" s="3"/>
     </row>
     <row r="653" spans="1:6">
       <c r="A653" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B653" s="17" t="s">
         <v>1297</v>
       </c>
       <c r="C653" s="17" t="s">
         <v>1298</v>
       </c>
       <c r="D653" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E653" s="18">
-        <v>5333.332365</v>
+        <v>5166.241887</v>
       </c>
       <c r="F653" s="3"/>
     </row>
     <row r="654" spans="1:6">
       <c r="A654" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B654" s="17" t="s">
         <v>1299</v>
       </c>
       <c r="C654" s="17" t="s">
         <v>1300</v>
       </c>
       <c r="D654" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E654" s="18">
-        <v>3189.98601</v>
+        <v>3090.045438</v>
       </c>
       <c r="F654" s="3"/>
     </row>
     <row r="655" spans="1:6">
       <c r="A655" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B655" s="17" t="s">
         <v>1301</v>
       </c>
       <c r="C655" s="17" t="s">
         <v>1302</v>
       </c>
       <c r="D655" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E655" s="18">
-        <v>3362.439165</v>
+        <v>3257.095727</v>
       </c>
       <c r="F655" s="3"/>
     </row>
     <row r="656" spans="1:6">
       <c r="A656" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B656" s="17" t="s">
         <v>1303</v>
       </c>
       <c r="C656" s="17" t="s">
         <v>1304</v>
       </c>
       <c r="D656" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E656" s="18">
-        <v>3433.1688</v>
+        <v>3325.60944</v>
       </c>
       <c r="F656" s="3"/>
     </row>
     <row r="657" spans="1:6">
       <c r="A657" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B657" s="17" t="s">
         <v>1305</v>
       </c>
       <c r="C657" s="17" t="s">
         <v>1306</v>
       </c>
       <c r="D657" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E657" s="18">
-        <v>3736.74993</v>
+        <v>3619.679534</v>
       </c>
       <c r="F657" s="3"/>
     </row>
     <row r="658" spans="1:6">
       <c r="A658" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B658" s="17" t="s">
         <v>1307</v>
       </c>
       <c r="C658" s="17" t="s">
         <v>1308</v>
       </c>
       <c r="D658" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E658" s="18">
-        <v>2510.504685</v>
+        <v>2431.851903</v>
       </c>
       <c r="F658" s="3"/>
     </row>
     <row r="659" spans="1:6">
       <c r="A659" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B659" s="17" t="s">
         <v>1309</v>
       </c>
       <c r="C659" s="17" t="s">
         <v>1310</v>
       </c>
       <c r="D659" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E659" s="18">
-        <v>1630.75518</v>
+        <v>1579.664484</v>
       </c>
       <c r="F659" s="3"/>
     </row>
     <row r="660" spans="1:6">
       <c r="A660" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B660" s="17" t="s">
         <v>1311</v>
       </c>
       <c r="C660" s="17" t="s">
         <v>1312</v>
       </c>
       <c r="D660" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E660" s="18">
-        <v>2052.748845</v>
+        <v>1988.437311</v>
       </c>
       <c r="F660" s="3"/>
     </row>
     <row r="661" spans="1:6">
       <c r="A661" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B661" s="17" t="s">
         <v>1313</v>
       </c>
       <c r="C661" s="17" t="s">
         <v>1314</v>
       </c>
       <c r="D661" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E661" s="18">
-        <v>2052.748845</v>
+        <v>1988.437311</v>
       </c>
       <c r="F661" s="3"/>
     </row>
     <row r="662" spans="1:6">
       <c r="A662" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B662" s="17" t="s">
         <v>1315</v>
       </c>
       <c r="C662" s="17" t="s">
         <v>1316</v>
       </c>
       <c r="D662" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E662" s="18">
-        <v>3244.02663</v>
+        <v>3142.392994</v>
       </c>
       <c r="F662" s="3"/>
     </row>
     <row r="663" spans="1:6">
       <c r="A663" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B663" s="17" t="s">
         <v>1317</v>
       </c>
       <c r="C663" s="17" t="s">
         <v>1318</v>
       </c>
       <c r="D663" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E663" s="18">
-        <v>120.001965</v>
+        <v>116.242367</v>
       </c>
       <c r="F663" s="3"/>
     </row>
     <row r="664" spans="1:6">
       <c r="A664" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B664" s="17" t="s">
         <v>1319</v>
       </c>
       <c r="C664" s="17" t="s">
         <v>1320</v>
       </c>
       <c r="D664" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E664" s="18">
-        <v>1001.3409</v>
+        <v>969.96942</v>
       </c>
       <c r="F664" s="3"/>
     </row>
     <row r="665" spans="1:6">
       <c r="A665" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B665" s="17" t="s">
         <v>1321</v>
       </c>
       <c r="C665" s="17" t="s">
         <v>1322</v>
       </c>
       <c r="D665" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E665" s="18">
-        <v>1008.493335</v>
+        <v>976.897773</v>
       </c>
       <c r="F665" s="3"/>
     </row>
     <row r="666" spans="1:6">
       <c r="A666" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B666" s="17" t="s">
         <v>1323</v>
       </c>
       <c r="C666" s="17" t="s">
         <v>1324</v>
       </c>
       <c r="D666" s="17" t="s">
         <v>698</v>
       </c>
       <c r="E666" s="18">
-        <v>1108.627425</v>
+        <v>1073.894715</v>
       </c>
       <c r="F666" s="3"/>
     </row>
     <row r="667" spans="1:6">
       <c r="A667" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B667" s="17" t="s">
         <v>1325</v>
       </c>
       <c r="C667" s="17" t="s">
         <v>1326</v>
       </c>
       <c r="D667" s="17" t="s">
         <v>1327</v>
       </c>
       <c r="E667" s="18">
-        <v>28949.87802</v>
+        <v>28042.893676</v>
       </c>
       <c r="F667" s="3"/>
     </row>
     <row r="668" spans="1:6">
       <c r="A668" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B668" s="17" t="s">
         <v>1328</v>
       </c>
       <c r="C668" s="17" t="s">
         <v>1329</v>
       </c>
       <c r="D668" s="17" t="s">
         <v>1327</v>
       </c>
       <c r="E668" s="18">
-        <v>32824.90836</v>
+        <v>31796.521368</v>
       </c>
       <c r="F668" s="3"/>
     </row>
     <row r="669" spans="1:6">
       <c r="A669" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B669" s="17" t="s">
         <v>1330</v>
       </c>
       <c r="C669" s="17" t="s">
         <v>1331</v>
       </c>
       <c r="D669" s="17" t="s">
         <v>1327</v>
       </c>
       <c r="E669" s="18">
-        <v>6441.959790000001</v>
+        <v>6240.136602</v>
       </c>
       <c r="F669" s="3"/>
     </row>
     <row r="670" spans="1:6">
       <c r="A670" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B670" s="17" t="s">
         <v>1332</v>
       </c>
       <c r="C670" s="17" t="s">
         <v>1333</v>
       </c>
       <c r="D670" s="17" t="s">
         <v>1327</v>
       </c>
       <c r="E670" s="18">
-        <v>1335.1212</v>
+        <v>1293.29256</v>
       </c>
       <c r="F670" s="3"/>
     </row>
     <row r="671" spans="1:6">
       <c r="A671" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B671" s="17" t="s">
         <v>1334</v>
       </c>
       <c r="C671" s="17" t="s">
         <v>1335</v>
       </c>
       <c r="D671" s="17" t="s">
         <v>1327</v>
       </c>
       <c r="E671" s="18">
-        <v>262981.524795</v>
+        <v>254742.452921</v>
       </c>
       <c r="F671" s="3"/>
     </row>
     <row r="672" spans="1:6">
       <c r="A672" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B672" s="17" t="s">
         <v>1336</v>
       </c>
       <c r="C672" s="17" t="s">
         <v>1337</v>
       </c>
       <c r="D672" s="17" t="s">
         <v>1327</v>
       </c>
       <c r="E672" s="18">
-        <v>166767.76389</v>
+        <v>161543.018182</v>
       </c>
       <c r="F672" s="3"/>
     </row>
     <row r="673" spans="1:6">
       <c r="A673" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B673" s="17" t="s">
         <v>1338</v>
       </c>
       <c r="C673" s="17" t="s">
         <v>1339</v>
       </c>
       <c r="D673" s="17" t="s">
         <v>1327</v>
       </c>
       <c r="E673" s="18">
-        <v>3592.111800000001</v>
+        <v>3479.57284</v>
       </c>
       <c r="F673" s="3"/>
     </row>
     <row r="674" spans="1:6">
       <c r="A674" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B674" s="17" t="s">
         <v>1340</v>
       </c>
       <c r="C674" s="17" t="s">
         <v>1341</v>
       </c>
       <c r="D674" s="17" t="s">
         <v>1327</v>
       </c>
       <c r="E674" s="18">
-        <v>5644.860645000001</v>
+        <v>5468.010151</v>
       </c>
       <c r="F674" s="3"/>
     </row>
     <row r="675" spans="1:6">
       <c r="A675" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B675" s="17" t="s">
         <v>1342</v>
       </c>
       <c r="C675" s="17" t="s">
         <v>1343</v>
       </c>
       <c r="D675" s="17" t="s">
         <v>1327</v>
       </c>
       <c r="E675" s="18">
-        <v>12963.39108</v>
+        <v>12557.254904</v>
       </c>
       <c r="F675" s="3"/>
     </row>
     <row r="676" spans="1:6">
       <c r="A676" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B676" s="17" t="s">
         <v>1344</v>
       </c>
       <c r="C676" s="17" t="s">
         <v>1345</v>
       </c>
       <c r="D676" s="17" t="s">
         <v>1327</v>
       </c>
       <c r="E676" s="18">
-        <v>278557.938795</v>
+        <v>269830.866121</v>
       </c>
       <c r="F676" s="3"/>
     </row>
     <row r="677" spans="1:6">
       <c r="A677" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B677" s="17" t="s">
         <v>1346</v>
       </c>
       <c r="C677" s="17" t="s">
         <v>1347</v>
       </c>
       <c r="D677" s="17" t="s">
         <v>1327</v>
       </c>
       <c r="E677" s="18">
-        <v>379351.6422450001</v>
+        <v>367466.7562310001</v>
       </c>
       <c r="F677" s="3"/>
     </row>
     <row r="678" spans="1:6">
       <c r="A678" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B678" s="17" t="s">
         <v>1348</v>
       </c>
       <c r="C678" s="17" t="s">
         <v>1349</v>
       </c>
       <c r="D678" s="17" t="s">
         <v>1327</v>
       </c>
       <c r="E678" s="18">
-        <v>20360.5983</v>
+        <v>19722.71154</v>
       </c>
       <c r="F678" s="3"/>
     </row>
     <row r="679" spans="1:6">
       <c r="A679" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B679" s="17" t="s">
         <v>1350</v>
       </c>
       <c r="C679" s="17" t="s">
         <v>1351</v>
       </c>
       <c r="D679" s="17" t="s">
         <v>1327</v>
       </c>
       <c r="E679" s="18">
-        <v>13047.63087</v>
+        <v>12638.855506</v>
       </c>
       <c r="F679" s="3"/>
     </row>
     <row r="680" spans="1:6">
       <c r="A680" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B680" s="17" t="s">
         <v>1352</v>
       </c>
       <c r="C680" s="17" t="s">
         <v>1353</v>
       </c>
       <c r="D680" s="17" t="s">
         <v>1327</v>
       </c>
       <c r="E680" s="18">
-        <v>3776.485680000001</v>
+        <v>3658.170384</v>
       </c>
       <c r="F680" s="3"/>
     </row>
     <row r="681" spans="1:6">
       <c r="A681" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B681" s="17" t="s">
         <v>1354</v>
       </c>
       <c r="C681" s="17" t="s">
         <v>1355</v>
       </c>
       <c r="D681" s="17" t="s">
         <v>1327</v>
       </c>
       <c r="E681" s="18">
-        <v>18616.99359</v>
+        <v>18033.733042</v>
       </c>
       <c r="F681" s="3"/>
     </row>
     <row r="682" spans="1:6">
       <c r="A682" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B682" s="17" t="s">
         <v>1356</v>
       </c>
       <c r="C682" s="17" t="s">
         <v>1357</v>
       </c>
       <c r="D682" s="17" t="s">
         <v>1327</v>
       </c>
       <c r="E682" s="18">
-        <v>6285.400935000001</v>
+        <v>6088.482653000001</v>
       </c>
       <c r="F682" s="3"/>
     </row>
     <row r="683" spans="1:6">
       <c r="A683" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B683" s="17" t="s">
         <v>1358</v>
       </c>
       <c r="C683" s="17" t="s">
         <v>1359</v>
       </c>
       <c r="D683" s="17" t="s">
         <v>1327</v>
       </c>
       <c r="E683" s="18">
-        <v>2090.895165</v>
+        <v>2025.388527</v>
       </c>
       <c r="F683" s="3"/>
     </row>
     <row r="684" spans="1:6">
       <c r="A684" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B684" s="17" t="s">
         <v>1360</v>
       </c>
       <c r="C684" s="17" t="s">
         <v>1361</v>
       </c>
       <c r="D684" s="17" t="s">
         <v>1327</v>
       </c>
       <c r="E684" s="18">
-        <v>34435.00095</v>
+        <v>33356.17061</v>
       </c>
       <c r="F684" s="3"/>
     </row>
     <row r="685" spans="1:6">
       <c r="A685" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B685" s="17" t="s">
         <v>1362</v>
       </c>
       <c r="C685" s="17" t="s">
         <v>1363</v>
       </c>
       <c r="D685" s="17" t="s">
         <v>1327</v>
       </c>
       <c r="E685" s="18">
-        <v>43780.84935</v>
+        <v>42409.21853</v>
       </c>
       <c r="F685" s="3"/>
     </row>
     <row r="686" spans="1:6">
       <c r="A686" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B686" s="17" t="s">
         <v>1364</v>
       </c>
       <c r="C686" s="17" t="s">
         <v>1365</v>
       </c>
       <c r="D686" s="17" t="s">
         <v>1327</v>
       </c>
       <c r="E686" s="18">
-        <v>16475.236665</v>
+        <v>15959.076227</v>
       </c>
       <c r="F686" s="3"/>
     </row>
     <row r="687" spans="1:6">
       <c r="A687" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B687" s="17" t="s">
         <v>1366</v>
       </c>
       <c r="C687" s="17" t="s">
         <v>1367</v>
       </c>
       <c r="D687" s="17" t="s">
         <v>1327</v>
       </c>
       <c r="E687" s="18">
-        <v>11197.53435</v>
+        <v>10846.72153</v>
       </c>
       <c r="F687" s="3"/>
     </row>
     <row r="688" spans="1:6">
       <c r="A688" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B688" s="17" t="s">
         <v>1368</v>
       </c>
       <c r="C688" s="17" t="s">
         <v>1369</v>
       </c>
       <c r="D688" s="17" t="s">
         <v>1327</v>
       </c>
       <c r="E688" s="18">
-        <v>22165.396065</v>
+        <v>21470.965947</v>
       </c>
       <c r="F688" s="3"/>
     </row>
     <row r="689" spans="1:6">
       <c r="A689" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B689" s="17" t="s">
         <v>1370</v>
       </c>
       <c r="C689" s="17" t="s">
         <v>1371</v>
       </c>
       <c r="D689" s="17" t="s">
         <v>1327</v>
       </c>
       <c r="E689" s="18">
-        <v>10793.81913</v>
+        <v>10455.654494</v>
       </c>
       <c r="F689" s="3"/>
     </row>
     <row r="690" spans="1:6">
       <c r="A690" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B690" s="17" t="s">
         <v>1372</v>
       </c>
       <c r="C690" s="17" t="s">
         <v>1373</v>
       </c>
       <c r="D690" s="17" t="s">
         <v>1327</v>
       </c>
       <c r="E690" s="18">
-        <v>5304.722625</v>
+        <v>5138.528475</v>
       </c>
       <c r="F690" s="3"/>
     </row>
     <row r="691" spans="1:6">
       <c r="A691" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B691" s="17" t="s">
         <v>1374</v>
       </c>
       <c r="C691" s="17" t="s">
         <v>1375</v>
       </c>
       <c r="D691" s="17" t="s">
         <v>1327</v>
       </c>
       <c r="E691" s="18">
-        <v>45979.82575500001</v>
+        <v>44539.302169</v>
       </c>
       <c r="F691" s="3"/>
     </row>
     <row r="692" spans="1:6">
       <c r="A692" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B692" s="17" t="s">
         <v>1376</v>
       </c>
       <c r="C692" s="17" t="s">
         <v>1377</v>
       </c>
       <c r="D692" s="17" t="s">
         <v>1327</v>
       </c>
       <c r="E692" s="18">
-        <v>6321.957825</v>
+        <v>6123.894235</v>
       </c>
       <c r="F692" s="3"/>
     </row>
     <row r="693" spans="1:6">
       <c r="A693" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B693" s="17" t="s">
         <v>1378</v>
       </c>
       <c r="C693" s="17" t="s">
         <v>1379</v>
       </c>
       <c r="D693" s="17" t="s">
         <v>1327</v>
       </c>
       <c r="E693" s="18">
-        <v>151869.241785</v>
+        <v>147111.258883</v>
       </c>
       <c r="F693" s="3"/>
     </row>
     <row r="694" spans="1:6">
       <c r="A694" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B694" s="17" t="s">
         <v>1380</v>
       </c>
       <c r="C694" s="17" t="s">
         <v>1381</v>
       </c>
       <c r="D694" s="17" t="s">
         <v>1327</v>
       </c>
       <c r="E694" s="18">
-        <v>118204.31967</v>
+        <v>114501.040946</v>
       </c>
       <c r="F694" s="3"/>
     </row>
     <row r="695" spans="1:6">
       <c r="A695" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B695" s="17" t="s">
         <v>1382</v>
       </c>
       <c r="C695" s="17" t="s">
         <v>1383</v>
       </c>
       <c r="D695" s="17" t="s">
         <v>1327</v>
       </c>
       <c r="E695" s="18">
-        <v>15156.009765</v>
+        <v>14681.180007</v>
       </c>
       <c r="F695" s="3"/>
     </row>
     <row r="696" spans="1:6">
       <c r="A696" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B696" s="17" t="s">
         <v>1384</v>
       </c>
       <c r="C696" s="17" t="s">
         <v>1385</v>
       </c>
       <c r="D696" s="17" t="s">
         <v>1327</v>
       </c>
       <c r="E696" s="18">
-        <v>14331.095595</v>
+        <v>13882.109961</v>
       </c>
       <c r="F696" s="3"/>
     </row>
     <row r="697" spans="1:6">
       <c r="A697" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B697" s="17" t="s">
         <v>1386</v>
       </c>
       <c r="C697" s="17" t="s">
         <v>1387</v>
       </c>
       <c r="D697" s="17" t="s">
         <v>1327</v>
       </c>
       <c r="E697" s="18">
-        <v>8834.051940000001</v>
+        <v>8557.285771999999</v>
       </c>
       <c r="F697" s="3"/>
     </row>
     <row r="698" spans="1:6">
       <c r="A698" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B698" s="17" t="s">
         <v>1388</v>
       </c>
       <c r="C698" s="17" t="s">
         <v>1389</v>
       </c>
       <c r="D698" s="17" t="s">
         <v>1327</v>
       </c>
       <c r="E698" s="18">
-        <v>1556.846685</v>
+        <v>1508.071503</v>
       </c>
       <c r="F698" s="3"/>
     </row>
     <row r="699" spans="1:6">
       <c r="A699" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B699" s="17" t="s">
         <v>1390</v>
       </c>
       <c r="C699" s="17" t="s">
         <v>1391</v>
       </c>
       <c r="D699" s="17" t="s">
         <v>1327</v>
       </c>
       <c r="E699" s="18">
-        <v>24280.927395</v>
+        <v>23520.218801</v>
       </c>
       <c r="F699" s="3"/>
     </row>
     <row r="700" spans="1:6">
       <c r="A700" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B700" s="17" t="s">
         <v>1392</v>
       </c>
       <c r="C700" s="17" t="s">
         <v>1393</v>
       </c>
       <c r="D700" s="17" t="s">
         <v>1327</v>
       </c>
       <c r="E700" s="18">
-        <v>2290.36863</v>
+        <v>2218.612594</v>
       </c>
       <c r="F700" s="3"/>
     </row>
     <row r="701" spans="1:6">
       <c r="A701" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B701" s="17" t="s">
         <v>1394</v>
       </c>
       <c r="C701" s="17" t="s">
         <v>1395</v>
       </c>
       <c r="D701" s="17" t="s">
         <v>1327</v>
       </c>
       <c r="E701" s="18">
-        <v>6.35772</v>
+        <v>6.158536000000001</v>
       </c>
       <c r="F701" s="3"/>
     </row>
     <row r="702" spans="1:6">
       <c r="A702" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B702" s="17" t="s">
         <v>1396</v>
       </c>
       <c r="C702" s="17" t="s">
         <v>1397</v>
       </c>
       <c r="D702" s="17" t="s">
         <v>1327</v>
       </c>
       <c r="E702" s="18">
-        <v>19975.95624</v>
+        <v>19350.120112</v>
       </c>
       <c r="F702" s="3"/>
     </row>
     <row r="703" spans="1:6">
       <c r="A703" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B703" s="17" t="s">
         <v>1398</v>
       </c>
       <c r="C703" s="17" t="s">
         <v>1399</v>
       </c>
       <c r="D703" s="17" t="s">
         <v>1327</v>
       </c>
       <c r="E703" s="18">
-        <v>19975.95624</v>
+        <v>19350.120112</v>
       </c>
       <c r="F703" s="3"/>
     </row>
     <row r="704" spans="1:6">
       <c r="A704" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B704" s="17" t="s">
         <v>1400</v>
       </c>
       <c r="C704" s="17" t="s">
         <v>1401</v>
       </c>
       <c r="D704" s="17" t="s">
         <v>1327</v>
       </c>
       <c r="E704" s="18">
-        <v>19975.95624</v>
+        <v>19350.120112</v>
       </c>
       <c r="F704" s="3"/>
     </row>
     <row r="705" spans="1:6">
       <c r="A705" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B705" s="17" t="s">
         <v>1402</v>
       </c>
       <c r="C705" s="17" t="s">
         <v>1403</v>
       </c>
       <c r="D705" s="17" t="s">
         <v>1327</v>
       </c>
       <c r="E705" s="18">
-        <v>19975.161525</v>
+        <v>19349.350295</v>
       </c>
       <c r="F705" s="3"/>
     </row>
     <row r="706" spans="1:6">
       <c r="A706" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B706" s="17" t="s">
         <v>1404</v>
       </c>
       <c r="C706" s="17" t="s">
         <v>1405</v>
       </c>
       <c r="D706" s="17" t="s">
         <v>1327</v>
       </c>
       <c r="E706" s="18">
-        <v>47446.07493</v>
+        <v>45959.614534</v>
       </c>
       <c r="F706" s="3"/>
     </row>
     <row r="707" spans="1:6">
       <c r="A707" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B707" s="17" t="s">
         <v>1406</v>
       </c>
       <c r="C707" s="17" t="s">
         <v>1407</v>
       </c>
       <c r="D707" s="17" t="s">
         <v>1327</v>
       </c>
       <c r="E707" s="18">
-        <v>57709.02444</v>
+        <v>55901.031272</v>
       </c>
       <c r="F707" s="3"/>
     </row>
     <row r="708" spans="1:6">
       <c r="A708" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B708" s="17" t="s">
         <v>1408</v>
       </c>
       <c r="C708" s="17" t="s">
         <v>1409</v>
       </c>
       <c r="D708" s="17" t="s">
         <v>1327</v>
       </c>
       <c r="E708" s="18">
-        <v>9981.6204</v>
+        <v>9668.901519999999</v>
       </c>
       <c r="F708" s="3"/>
     </row>
     <row r="709" spans="1:6">
       <c r="A709" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B709" s="17" t="s">
         <v>1410</v>
       </c>
       <c r="C709" s="17" t="s">
         <v>1411</v>
       </c>
       <c r="D709" s="17" t="s">
         <v>1327</v>
       </c>
       <c r="E709" s="18">
-        <v>93187.486185</v>
+        <v>90267.971603</v>
       </c>
       <c r="F709" s="3"/>
     </row>
     <row r="710" spans="1:6">
       <c r="A710" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B710" s="17" t="s">
         <v>1412</v>
       </c>
       <c r="C710" s="17" t="s">
         <v>1413</v>
       </c>
       <c r="D710" s="17" t="s">
         <v>1327</v>
       </c>
       <c r="E710" s="18">
-        <v>22283.013885</v>
+        <v>21584.898863</v>
       </c>
       <c r="F710" s="3"/>
     </row>
     <row r="711" spans="1:6">
       <c r="A711" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B711" s="17" t="s">
         <v>1414</v>
       </c>
       <c r="C711" s="17" t="s">
         <v>1415</v>
       </c>
       <c r="D711" s="17" t="s">
         <v>1327</v>
       </c>
       <c r="E711" s="18">
-        <v>48693.77748</v>
+        <v>47168.227224</v>
       </c>
       <c r="F711" s="3"/>
     </row>
     <row r="712" spans="1:6">
       <c r="A712" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B712" s="17" t="s">
         <v>1416</v>
       </c>
       <c r="C712" s="17" t="s">
         <v>1417</v>
       </c>
       <c r="D712" s="17" t="s">
         <v>1327</v>
       </c>
       <c r="E712" s="18">
-        <v>147031.016865</v>
+        <v>142424.612987</v>
       </c>
       <c r="F712" s="3"/>
     </row>
     <row r="713" spans="1:6">
       <c r="A713" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B713" s="17" t="s">
         <v>1418</v>
       </c>
       <c r="C713" s="17" t="s">
         <v>1419</v>
       </c>
       <c r="D713" s="17" t="s">
         <v>1327</v>
       </c>
       <c r="E713" s="18">
-        <v>1346.24721</v>
+        <v>1304.069998</v>
       </c>
       <c r="F713" s="3"/>
     </row>
     <row r="714" spans="1:6">
       <c r="A714" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B714" s="17" t="s">
         <v>1420</v>
       </c>
       <c r="C714" s="17" t="s">
         <v>1421</v>
       </c>
       <c r="D714" s="17" t="s">
         <v>1327</v>
       </c>
       <c r="E714" s="18">
-        <v>61410.80691000001</v>
+        <v>59486.838858</v>
       </c>
       <c r="F714" s="3"/>
     </row>
     <row r="715" spans="1:6">
       <c r="A715" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B715" s="17" t="s">
         <v>1422</v>
       </c>
       <c r="C715" s="17" t="s">
         <v>1423</v>
       </c>
       <c r="D715" s="17" t="s">
         <v>1327</v>
       </c>
       <c r="E715" s="18">
-        <v>28785.372015</v>
+        <v>27883.541557</v>
       </c>
       <c r="F715" s="3"/>
     </row>
     <row r="716" spans="1:6">
       <c r="A716" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B716" s="17" t="s">
         <v>1424</v>
       </c>
       <c r="C716" s="17" t="s">
         <v>1341</v>
       </c>
       <c r="D716" s="17" t="s">
         <v>1327</v>
       </c>
       <c r="E716" s="18">
-        <v>5479.559925</v>
+        <v>5307.888215000001</v>
       </c>
       <c r="F716" s="3"/>
     </row>
     <row r="717" spans="1:6">
       <c r="A717" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B717" s="17" t="s">
         <v>1425</v>
       </c>
       <c r="C717" s="17" t="s">
         <v>1426</v>
       </c>
       <c r="D717" s="17" t="s">
         <v>1327</v>
       </c>
       <c r="E717" s="18">
-        <v>6254.407050000001</v>
+        <v>6058.459790000001</v>
       </c>
       <c r="F717" s="3"/>
     </row>
     <row r="718" spans="1:6">
       <c r="A718" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B718" s="17" t="s">
         <v>1427</v>
       </c>
       <c r="C718" s="17" t="s">
         <v>1428</v>
       </c>
       <c r="D718" s="17" t="s">
         <v>1327</v>
       </c>
       <c r="E718" s="18">
-        <v>707527.612065</v>
+        <v>685361.146747</v>
       </c>
       <c r="F718" s="3"/>
     </row>
     <row r="719" spans="1:6">
       <c r="A719" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B719" s="17" t="s">
         <v>1429</v>
       </c>
       <c r="C719" s="17" t="s">
         <v>1430</v>
       </c>
       <c r="D719" s="17" t="s">
         <v>1327</v>
       </c>
       <c r="E719" s="18">
-        <v>9713.801445000001</v>
+        <v>9409.473191000001</v>
       </c>
       <c r="F719" s="3"/>
     </row>
     <row r="720" spans="1:6">
       <c r="A720" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B720" s="17" t="s">
         <v>1431</v>
       </c>
       <c r="C720" s="17" t="s">
         <v>1432</v>
       </c>
       <c r="D720" s="17" t="s">
         <v>1327</v>
       </c>
       <c r="E720" s="18">
-        <v>1144.3896</v>
+        <v>1108.53648</v>
       </c>
       <c r="F720" s="3"/>
     </row>
     <row r="721" spans="1:6">
       <c r="A721" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B721" s="17" t="s">
         <v>1433</v>
       </c>
       <c r="C721" s="17" t="s">
         <v>1434</v>
       </c>
       <c r="D721" s="17" t="s">
         <v>1327</v>
       </c>
       <c r="E721" s="18">
-        <v>32223.309105</v>
+        <v>31213.769899</v>
       </c>
       <c r="F721" s="3"/>
     </row>
     <row r="722" spans="1:6">
       <c r="A722" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B722" s="17" t="s">
         <v>1435</v>
       </c>
       <c r="C722" s="17" t="s">
         <v>1436</v>
       </c>
       <c r="D722" s="17" t="s">
         <v>1327</v>
       </c>
       <c r="E722" s="18">
-        <v>116072.099325</v>
+        <v>112435.621935</v>
       </c>
       <c r="F722" s="3"/>
     </row>
     <row r="723" spans="1:6">
       <c r="A723" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B723" s="17" t="s">
         <v>1437</v>
       </c>
       <c r="C723" s="17" t="s">
         <v>1438</v>
       </c>
       <c r="D723" s="17" t="s">
         <v>1327</v>
       </c>
       <c r="E723" s="18">
-        <v>113482.917855</v>
+        <v>109927.558149</v>
       </c>
       <c r="F723" s="3"/>
     </row>
     <row r="724" spans="1:6">
       <c r="A724" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B724" s="17" t="s">
         <v>1439</v>
       </c>
       <c r="C724" s="17" t="s">
         <v>1440</v>
       </c>
       <c r="D724" s="17" t="s">
         <v>1327</v>
       </c>
       <c r="E724" s="18">
-        <v>11140.31487</v>
+        <v>10791.294706</v>
       </c>
       <c r="F724" s="3"/>
     </row>
     <row r="725" spans="1:6">
       <c r="A725" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B725" s="17" t="s">
         <v>1441</v>
       </c>
       <c r="C725" s="17" t="s">
         <v>1442</v>
       </c>
       <c r="D725" s="17" t="s">
         <v>1327</v>
       </c>
       <c r="E725" s="18">
-        <v>24333.378585</v>
+        <v>23571.026723</v>
       </c>
       <c r="F725" s="3"/>
     </row>
     <row r="726" spans="1:6">
       <c r="A726" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B726" s="17" t="s">
         <v>1443</v>
       </c>
       <c r="C726" s="17" t="s">
         <v>1444</v>
       </c>
       <c r="D726" s="17" t="s">
         <v>1327</v>
       </c>
       <c r="E726" s="18">
-        <v>194660.67096</v>
+        <v>188562.055248</v>
       </c>
       <c r="F726" s="3"/>
     </row>
     <row r="727" spans="1:6">
       <c r="A727" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B727" s="17" t="s">
         <v>1445</v>
       </c>
       <c r="C727" s="17" t="s">
         <v>1446</v>
       </c>
       <c r="D727" s="17" t="s">
         <v>1327</v>
       </c>
       <c r="E727" s="18">
-        <v>623.851275</v>
+        <v>604.306345</v>
       </c>
       <c r="F727" s="3"/>
     </row>
     <row r="728" spans="1:6">
       <c r="A728" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B728" s="17" t="s">
         <v>1447</v>
       </c>
       <c r="C728" s="17" t="s">
         <v>1448</v>
       </c>
       <c r="D728" s="17" t="s">
         <v>1327</v>
       </c>
       <c r="E728" s="18">
-        <v>6762.229935000001</v>
+        <v>6550.372853000001</v>
       </c>
       <c r="F728" s="3"/>
     </row>
     <row r="729" spans="1:6">
       <c r="A729" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B729" s="17" t="s">
         <v>1449</v>
       </c>
       <c r="C729" s="17" t="s">
         <v>1450</v>
       </c>
       <c r="D729" s="17" t="s">
         <v>1327</v>
       </c>
       <c r="E729" s="18">
-        <v>6221.823735000001</v>
+        <v>6026.897293000001</v>
       </c>
       <c r="F729" s="3"/>
     </row>
     <row r="730" spans="1:6">
       <c r="A730" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B730" s="17" t="s">
         <v>1451</v>
       </c>
       <c r="C730" s="17" t="s">
         <v>1452</v>
       </c>
       <c r="D730" s="17" t="s">
         <v>1327</v>
       </c>
       <c r="E730" s="18">
-        <v>428.351385</v>
+        <v>414.931363</v>
       </c>
       <c r="F730" s="3"/>
     </row>
     <row r="731" spans="1:6">
       <c r="A731" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B731" s="17" t="s">
         <v>1453</v>
       </c>
       <c r="C731" s="17" t="s">
         <v>1454</v>
       </c>
       <c r="D731" s="17" t="s">
         <v>1327</v>
       </c>
       <c r="E731" s="18">
-        <v>11490.784185</v>
+        <v>11130.784003</v>
       </c>
       <c r="F731" s="3"/>
     </row>
     <row r="732" spans="1:6">
       <c r="A732" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B732" s="17" t="s">
         <v>1455</v>
       </c>
       <c r="C732" s="17" t="s">
         <v>1456</v>
       </c>
       <c r="D732" s="17" t="s">
         <v>1327</v>
       </c>
       <c r="E732" s="18">
-        <v>19956.88308</v>
+        <v>19331.644504</v>
       </c>
       <c r="F732" s="3"/>
     </row>
     <row r="733" spans="1:6">
       <c r="A733" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B733" s="17" t="s">
         <v>1457</v>
       </c>
       <c r="C733" s="17" t="s">
         <v>1458</v>
       </c>
       <c r="D733" s="17" t="s">
         <v>1327</v>
       </c>
       <c r="E733" s="18">
-        <v>438.68268</v>
+        <v>424.938984</v>
       </c>
       <c r="F733" s="3"/>
     </row>
     <row r="734" spans="1:6">
       <c r="A734" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B734" s="17" t="s">
         <v>1459</v>
       </c>
       <c r="C734" s="17" t="s">
         <v>1460</v>
       </c>
       <c r="D734" s="17" t="s">
         <v>1327</v>
       </c>
       <c r="E734" s="18">
-        <v>7103.162670000001</v>
+        <v>6880.624346</v>
       </c>
       <c r="F734" s="3"/>
     </row>
     <row r="735" spans="1:6">
       <c r="A735" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B735" s="17" t="s">
         <v>1461</v>
       </c>
       <c r="C735" s="17" t="s">
         <v>1462</v>
       </c>
       <c r="D735" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E735" s="18">
-        <v>2236.32801</v>
+        <v>2166.265038</v>
       </c>
       <c r="F735" s="3"/>
     </row>
     <row r="736" spans="1:6">
       <c r="A736" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B736" s="17" t="s">
         <v>1464</v>
       </c>
       <c r="C736" s="17" t="s">
         <v>1465</v>
       </c>
       <c r="D736" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E736" s="18">
-        <v>2108.378895</v>
+        <v>2042.324501</v>
       </c>
       <c r="F736" s="3"/>
     </row>
     <row r="737" spans="1:6">
       <c r="A737" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B737" s="17" t="s">
         <v>1466</v>
       </c>
       <c r="C737" s="17" t="s">
         <v>1467</v>
       </c>
       <c r="D737" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E737" s="18">
-        <v>638.156145</v>
+        <v>618.163051</v>
       </c>
       <c r="F737" s="3"/>
     </row>
     <row r="738" spans="1:6">
       <c r="A738" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B738" s="17" t="s">
         <v>1468</v>
       </c>
       <c r="C738" s="17" t="s">
         <v>1469</v>
       </c>
       <c r="D738" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E738" s="18">
-        <v>805.8410100000001</v>
+        <v>780.5944380000001</v>
       </c>
       <c r="F738" s="3"/>
     </row>
     <row r="739" spans="1:6">
       <c r="A739" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B739" s="17" t="s">
         <v>1470</v>
       </c>
       <c r="C739" s="17" t="s">
         <v>1471</v>
       </c>
       <c r="D739" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E739" s="18">
-        <v>888.4913700000001</v>
+        <v>860.655406</v>
       </c>
       <c r="F739" s="3"/>
     </row>
     <row r="740" spans="1:6">
       <c r="A740" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B740" s="17" t="s">
         <v>1472</v>
       </c>
       <c r="C740" s="17" t="s">
         <v>1473</v>
       </c>
       <c r="D740" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E740" s="18">
-        <v>1613.27145</v>
+        <v>1562.72851</v>
       </c>
       <c r="F740" s="3"/>
     </row>
     <row r="741" spans="1:6">
       <c r="A741" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B741" s="17" t="s">
         <v>1474</v>
       </c>
       <c r="C741" s="17" t="s">
         <v>1475</v>
       </c>
       <c r="D741" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E741" s="18">
-        <v>107.286525</v>
+        <v>103.925295</v>
       </c>
       <c r="F741" s="3"/>
     </row>
     <row r="742" spans="1:6">
       <c r="A742" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B742" s="17" t="s">
         <v>1476</v>
       </c>
       <c r="C742" s="17" t="s">
         <v>1477</v>
       </c>
       <c r="D742" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E742" s="18">
-        <v>956.83686</v>
+        <v>926.8596679999999</v>
       </c>
       <c r="F742" s="3"/>
     </row>
     <row r="743" spans="1:6">
       <c r="A743" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B743" s="17" t="s">
         <v>1478</v>
       </c>
       <c r="C743" s="17" t="s">
         <v>1479</v>
       </c>
       <c r="D743" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E743" s="18">
-        <v>1251.676125</v>
+        <v>1212.461775</v>
       </c>
       <c r="F743" s="3"/>
     </row>
     <row r="744" spans="1:6">
       <c r="A744" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B744" s="17" t="s">
         <v>1480</v>
       </c>
       <c r="C744" s="17" t="s">
         <v>1481</v>
       </c>
       <c r="D744" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E744" s="18">
-        <v>1619.62917</v>
+        <v>1568.887046</v>
       </c>
       <c r="F744" s="3"/>
     </row>
     <row r="745" spans="1:6">
       <c r="A745" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B745" s="17" t="s">
         <v>1482</v>
       </c>
       <c r="C745" s="17" t="s">
         <v>1483</v>
       </c>
       <c r="D745" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E745" s="18">
-        <v>3097.004355</v>
+        <v>2999.976849</v>
       </c>
       <c r="F745" s="3"/>
     </row>
     <row r="746" spans="1:6">
       <c r="A746" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B746" s="17" t="s">
         <v>1484</v>
       </c>
       <c r="C746" s="17" t="s">
         <v>1485</v>
       </c>
       <c r="D746" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E746" s="18">
-        <v>888.4913700000001</v>
+        <v>860.655406</v>
       </c>
       <c r="F746" s="3"/>
     </row>
     <row r="747" spans="1:6">
       <c r="A747" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B747" s="17" t="s">
         <v>1486</v>
       </c>
       <c r="C747" s="17" t="s">
         <v>1487</v>
       </c>
       <c r="D747" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E747" s="18">
-        <v>1117.36929</v>
+        <v>1082.362702</v>
       </c>
       <c r="F747" s="3"/>
     </row>
     <row r="748" spans="1:6">
       <c r="A748" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B748" s="17" t="s">
         <v>1488</v>
       </c>
       <c r="C748" s="17" t="s">
         <v>1489</v>
       </c>
       <c r="D748" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E748" s="18">
-        <v>1357.37322</v>
+        <v>1314.847436</v>
       </c>
       <c r="F748" s="3"/>
     </row>
     <row r="749" spans="1:6">
       <c r="A749" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B749" s="17" t="s">
         <v>1490</v>
       </c>
       <c r="C749" s="17" t="s">
         <v>1491</v>
       </c>
       <c r="D749" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E749" s="18">
-        <v>2144.14107</v>
+        <v>2076.966266</v>
       </c>
       <c r="F749" s="3"/>
     </row>
     <row r="750" spans="1:6">
       <c r="A750" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B750" s="17" t="s">
         <v>1492</v>
       </c>
       <c r="C750" s="17" t="s">
         <v>1493</v>
       </c>
       <c r="D750" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E750" s="18">
-        <v>259.871805</v>
+        <v>251.730159</v>
       </c>
       <c r="F750" s="3"/>
     </row>
     <row r="751" spans="1:6">
       <c r="A751" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B751" s="17" t="s">
         <v>1494</v>
       </c>
       <c r="C751" s="17" t="s">
         <v>1495</v>
       </c>
       <c r="D751" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E751" s="18">
-        <v>285.302685</v>
+        <v>276.364303</v>
       </c>
       <c r="F751" s="3"/>
     </row>
     <row r="752" spans="1:6">
       <c r="A752" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B752" s="17" t="s">
         <v>1496</v>
       </c>
       <c r="C752" s="17" t="s">
         <v>1497</v>
       </c>
       <c r="D752" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E752" s="18">
-        <v>15567.672135</v>
+        <v>15079.945213</v>
       </c>
       <c r="F752" s="3"/>
     </row>
     <row r="753" spans="1:6">
       <c r="A753" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B753" s="17" t="s">
         <v>1498</v>
       </c>
       <c r="C753" s="17" t="s">
         <v>1499</v>
       </c>
       <c r="D753" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E753" s="18">
-        <v>673.9183200000001</v>
+        <v>652.8048160000001</v>
       </c>
       <c r="F753" s="3"/>
     </row>
     <row r="754" spans="1:6">
       <c r="A754" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B754" s="17" t="s">
         <v>1500</v>
       </c>
       <c r="C754" s="17" t="s">
         <v>1501</v>
       </c>
       <c r="D754" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E754" s="18">
-        <v>673.9183200000001</v>
+        <v>652.8048160000001</v>
       </c>
       <c r="F754" s="3"/>
     </row>
     <row r="755" spans="1:6">
       <c r="A755" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B755" s="17" t="s">
         <v>1502</v>
       </c>
       <c r="C755" s="17" t="s">
         <v>1503</v>
       </c>
       <c r="D755" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E755" s="18">
-        <v>636.566715</v>
+        <v>616.623417</v>
       </c>
       <c r="F755" s="3"/>
     </row>
     <row r="756" spans="1:6">
       <c r="A756" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B756" s="17" t="s">
         <v>1504</v>
       </c>
       <c r="C756" s="17" t="s">
         <v>1505</v>
       </c>
       <c r="D756" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E756" s="18">
-        <v>347.290455</v>
+        <v>336.410029</v>
       </c>
       <c r="F756" s="3"/>
     </row>
     <row r="757" spans="1:6">
       <c r="A757" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B757" s="17" t="s">
         <v>1506</v>
       </c>
       <c r="C757" s="17" t="s">
         <v>1507</v>
       </c>
       <c r="D757" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E757" s="18">
-        <v>347.290455</v>
+        <v>336.410029</v>
       </c>
       <c r="F757" s="3"/>
     </row>
     <row r="758" spans="1:6">
       <c r="A758" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B758" s="17" t="s">
         <v>1508</v>
       </c>
       <c r="C758" s="17" t="s">
         <v>1509</v>
       </c>
       <c r="D758" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E758" s="18">
-        <v>20982.860145</v>
+        <v>20325.478251</v>
       </c>
       <c r="F758" s="3"/>
     </row>
     <row r="759" spans="1:6">
       <c r="A759" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B759" s="17" t="s">
         <v>1510</v>
       </c>
       <c r="C759" s="17" t="s">
         <v>1511</v>
       </c>
       <c r="D759" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E759" s="18">
-        <v>29066.701125</v>
+        <v>28156.056775</v>
       </c>
       <c r="F759" s="3"/>
     </row>
     <row r="760" spans="1:6">
       <c r="A760" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B760" s="17" t="s">
         <v>1512</v>
       </c>
       <c r="C760" s="17" t="s">
         <v>1513</v>
       </c>
       <c r="D760" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E760" s="18">
-        <v>16117.614915</v>
+        <v>15612.658577</v>
       </c>
       <c r="F760" s="3"/>
     </row>
     <row r="761" spans="1:6">
       <c r="A761" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B761" s="17" t="s">
         <v>1514</v>
       </c>
       <c r="C761" s="17" t="s">
         <v>1515</v>
       </c>
       <c r="D761" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E761" s="18">
-        <v>9658.966110000001</v>
+        <v>9356.355818000002</v>
       </c>
       <c r="F761" s="3"/>
     </row>
     <row r="762" spans="1:6">
       <c r="A762" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B762" s="17" t="s">
         <v>1516</v>
       </c>
       <c r="C762" s="17" t="s">
         <v>1517</v>
       </c>
       <c r="D762" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E762" s="18">
-        <v>19050.113265</v>
+        <v>18453.283307</v>
       </c>
       <c r="F762" s="3"/>
     </row>
     <row r="763" spans="1:6">
       <c r="A763" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B763" s="17" t="s">
         <v>1518</v>
       </c>
       <c r="C763" s="17" t="s">
         <v>1519</v>
       </c>
       <c r="D763" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E763" s="18">
-        <v>267.02424</v>
+        <v>258.658512</v>
       </c>
       <c r="F763" s="3"/>
     </row>
     <row r="764" spans="1:6">
       <c r="A764" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B764" s="17" t="s">
         <v>1520</v>
       </c>
       <c r="C764" s="17" t="s">
         <v>1521</v>
       </c>
       <c r="D764" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E764" s="18">
-        <v>27213.425745</v>
+        <v>26360.843531</v>
       </c>
       <c r="F764" s="3"/>
     </row>
     <row r="765" spans="1:6">
       <c r="A765" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B765" s="17" t="s">
         <v>1522</v>
       </c>
       <c r="C765" s="17" t="s">
         <v>1523</v>
       </c>
       <c r="D765" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E765" s="18">
-        <v>2414.34417</v>
+        <v>2338.704046</v>
       </c>
       <c r="F765" s="3"/>
     </row>
     <row r="766" spans="1:6">
       <c r="A766" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B766" s="17" t="s">
         <v>1524</v>
       </c>
       <c r="C766" s="17" t="s">
         <v>1525</v>
       </c>
       <c r="D766" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E766" s="18">
-        <v>2414.34417</v>
+        <v>2338.704046</v>
       </c>
       <c r="F766" s="3"/>
     </row>
     <row r="767" spans="1:6">
       <c r="A767" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B767" s="17" t="s">
         <v>1526</v>
       </c>
       <c r="C767" s="17" t="s">
         <v>1527</v>
       </c>
       <c r="D767" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E767" s="18">
-        <v>735.1113750000001</v>
+        <v>712.080725</v>
       </c>
       <c r="F767" s="3"/>
     </row>
     <row r="768" spans="1:6">
       <c r="A768" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B768" s="17" t="s">
         <v>1528</v>
       </c>
       <c r="C768" s="17" t="s">
         <v>1529</v>
       </c>
       <c r="D768" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E768" s="18">
-        <v>879.7495050000001</v>
+        <v>852.1874190000001</v>
       </c>
       <c r="F768" s="3"/>
     </row>
     <row r="769" spans="1:6">
       <c r="A769" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B769" s="17" t="s">
         <v>1530</v>
       </c>
       <c r="C769" s="17" t="s">
         <v>1531</v>
       </c>
       <c r="D769" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E769" s="18">
-        <v>958.4262900000001</v>
+        <v>928.399302</v>
       </c>
       <c r="F769" s="3"/>
     </row>
     <row r="770" spans="1:6">
       <c r="A770" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B770" s="17" t="s">
         <v>1532</v>
       </c>
       <c r="C770" s="17" t="s">
         <v>1533</v>
       </c>
       <c r="D770" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E770" s="18">
-        <v>1319.2269</v>
+        <v>1277.89622</v>
       </c>
       <c r="F770" s="3"/>
     </row>
     <row r="771" spans="1:6">
       <c r="A771" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B771" s="17" t="s">
         <v>1534</v>
       </c>
       <c r="C771" s="17" t="s">
         <v>1535</v>
       </c>
       <c r="D771" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E771" s="18">
-        <v>1219.09281</v>
+        <v>1180.899278</v>
       </c>
       <c r="F771" s="3"/>
     </row>
     <row r="772" spans="1:6">
       <c r="A772" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B772" s="17" t="s">
         <v>1536</v>
       </c>
       <c r="C772" s="17" t="s">
         <v>1537</v>
       </c>
       <c r="D772" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E772" s="18">
-        <v>2220.43371</v>
+        <v>2150.868698</v>
       </c>
       <c r="F772" s="3"/>
     </row>
     <row r="773" spans="1:6">
       <c r="A773" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B773" s="17" t="s">
         <v>1538</v>
       </c>
       <c r="C773" s="17" t="s">
         <v>1539</v>
       </c>
       <c r="D773" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E773" s="18">
-        <v>2220.43371</v>
+        <v>2150.868698</v>
       </c>
       <c r="F773" s="3"/>
     </row>
     <row r="774" spans="1:6">
       <c r="A774" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B774" s="17" t="s">
         <v>1540</v>
       </c>
       <c r="C774" s="17" t="s">
         <v>1541</v>
       </c>
       <c r="D774" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E774" s="18">
-        <v>22633.4832</v>
+        <v>21924.38816</v>
       </c>
       <c r="F774" s="3"/>
     </row>
     <row r="775" spans="1:6">
       <c r="A775" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B775" s="17" t="s">
         <v>1542</v>
       </c>
       <c r="C775" s="17" t="s">
         <v>1543</v>
       </c>
       <c r="D775" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E775" s="18">
-        <v>1210.350945</v>
+        <v>1172.431291</v>
       </c>
       <c r="F775" s="3"/>
     </row>
     <row r="776" spans="1:6">
       <c r="A776" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B776" s="17" t="s">
         <v>1544</v>
       </c>
       <c r="C776" s="17" t="s">
         <v>1545</v>
       </c>
       <c r="D776" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E776" s="18">
-        <v>8887.297845000001</v>
+        <v>8608.863511</v>
       </c>
       <c r="F776" s="3"/>
     </row>
     <row r="777" spans="1:6">
       <c r="A777" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B777" s="17" t="s">
         <v>1546</v>
       </c>
       <c r="C777" s="17" t="s">
         <v>1547</v>
       </c>
       <c r="D777" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E777" s="18">
-        <v>11086.27425</v>
+        <v>10738.94715</v>
       </c>
       <c r="F777" s="3"/>
     </row>
     <row r="778" spans="1:6">
       <c r="A778" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B778" s="17" t="s">
         <v>1548</v>
       </c>
       <c r="C778" s="17" t="s">
         <v>1549</v>
       </c>
       <c r="D778" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E778" s="18">
-        <v>197.884035</v>
+        <v>191.684433</v>
       </c>
       <c r="F778" s="3"/>
     </row>
     <row r="779" spans="1:6">
       <c r="A779" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B779" s="17" t="s">
         <v>1550</v>
       </c>
       <c r="C779" s="17" t="s">
         <v>1551</v>
       </c>
       <c r="D779" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E779" s="18">
-        <v>173.24787</v>
+        <v>167.820106</v>
       </c>
       <c r="F779" s="3"/>
     </row>
     <row r="780" spans="1:6">
       <c r="A780" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B780" s="17" t="s">
         <v>1552</v>
       </c>
       <c r="C780" s="17" t="s">
         <v>1553</v>
       </c>
       <c r="D780" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E780" s="18">
-        <v>25271.937</v>
+        <v>24480.1806</v>
       </c>
       <c r="F780" s="3"/>
     </row>
     <row r="781" spans="1:6">
       <c r="A781" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B781" s="17" t="s">
         <v>1554</v>
       </c>
       <c r="C781" s="17" t="s">
         <v>1555</v>
       </c>
       <c r="D781" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E781" s="18">
-        <v>129.538545</v>
+        <v>125.480171</v>
       </c>
       <c r="F781" s="3"/>
     </row>
     <row r="782" spans="1:6">
       <c r="A782" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B782" s="17" t="s">
         <v>1556</v>
       </c>
       <c r="C782" s="17" t="s">
         <v>1557</v>
       </c>
       <c r="D782" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E782" s="18">
-        <v>3244.02663</v>
+        <v>3142.392994</v>
       </c>
       <c r="F782" s="3"/>
     </row>
     <row r="783" spans="1:6">
       <c r="A783" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B783" s="17" t="s">
         <v>1558</v>
       </c>
       <c r="C783" s="17" t="s">
         <v>1559</v>
       </c>
       <c r="D783" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E783" s="18">
-        <v>3236.07948</v>
+        <v>3134.694824</v>
       </c>
       <c r="F783" s="3"/>
     </row>
     <row r="784" spans="1:6">
       <c r="A784" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B784" s="17" t="s">
         <v>1560</v>
       </c>
       <c r="C784" s="17" t="s">
         <v>1561</v>
       </c>
       <c r="D784" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E784" s="18">
-        <v>1169.025765</v>
+        <v>1132.400807</v>
       </c>
       <c r="F784" s="3"/>
     </row>
     <row r="785" spans="1:6">
       <c r="A785" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B785" s="17" t="s">
         <v>1562</v>
       </c>
       <c r="C785" s="17" t="s">
         <v>1563</v>
       </c>
       <c r="D785" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E785" s="18">
-        <v>94.571085</v>
+        <v>91.608223</v>
       </c>
       <c r="F785" s="3"/>
     </row>
     <row r="786" spans="1:6">
       <c r="A786" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B786" s="17" t="s">
         <v>1564</v>
       </c>
       <c r="C786" s="17" t="s">
         <v>1565</v>
       </c>
       <c r="D786" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E786" s="18">
-        <v>157.35357</v>
+        <v>152.423766</v>
       </c>
       <c r="F786" s="3"/>
     </row>
     <row r="787" spans="1:6">
       <c r="A787" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B787" s="17" t="s">
         <v>1566</v>
       </c>
       <c r="C787" s="17" t="s">
         <v>1567</v>
       </c>
       <c r="D787" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E787" s="18">
-        <v>1577.509275</v>
+        <v>1528.086745</v>
       </c>
       <c r="F787" s="3"/>
     </row>
     <row r="788" spans="1:6">
       <c r="A788" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B788" s="17" t="s">
         <v>1568</v>
       </c>
       <c r="C788" s="17" t="s">
         <v>1569</v>
       </c>
       <c r="D788" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E788" s="18">
-        <v>270.2031</v>
+        <v>261.73778</v>
       </c>
       <c r="F788" s="3"/>
     </row>
     <row r="789" spans="1:6">
       <c r="A789" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B789" s="17" t="s">
         <v>1570</v>
       </c>
       <c r="C789" s="17" t="s">
         <v>1571</v>
       </c>
       <c r="D789" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E789" s="18">
-        <v>217.75191</v>
+        <v>210.929858</v>
       </c>
       <c r="F789" s="3"/>
     </row>
     <row r="790" spans="1:6">
       <c r="A790" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B790" s="17" t="s">
         <v>1572</v>
       </c>
       <c r="C790" s="17" t="s">
         <v>1573</v>
       </c>
       <c r="D790" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E790" s="18">
-        <v>6579.445485000001</v>
+        <v>6373.314943000001</v>
       </c>
       <c r="F790" s="3"/>
     </row>
     <row r="791" spans="1:6">
       <c r="A791" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B791" s="17" t="s">
         <v>1574</v>
       </c>
       <c r="C791" s="17" t="s">
         <v>1575</v>
       </c>
       <c r="D791" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E791" s="18">
-        <v>51037.392015</v>
+        <v>49438.41755700001</v>
       </c>
       <c r="F791" s="3"/>
     </row>
     <row r="792" spans="1:6">
       <c r="A792" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B792" s="17" t="s">
         <v>1576</v>
       </c>
       <c r="C792" s="17" t="s">
         <v>1577</v>
       </c>
       <c r="D792" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E792" s="18">
-        <v>1474.99104</v>
+        <v>1428.780352</v>
       </c>
       <c r="F792" s="3"/>
     </row>
     <row r="793" spans="1:6">
       <c r="A793" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B793" s="17" t="s">
         <v>1578</v>
       </c>
       <c r="C793" s="17" t="s">
         <v>1579</v>
       </c>
       <c r="D793" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E793" s="18">
-        <v>1686.38523</v>
+        <v>1633.551674</v>
       </c>
       <c r="F793" s="3"/>
     </row>
     <row r="794" spans="1:6">
       <c r="A794" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B794" s="17" t="s">
         <v>1580</v>
       </c>
       <c r="C794" s="17" t="s">
         <v>1581</v>
       </c>
       <c r="D794" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E794" s="18">
-        <v>1686.38523</v>
+        <v>1633.551674</v>
       </c>
       <c r="F794" s="3"/>
     </row>
     <row r="795" spans="1:6">
       <c r="A795" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B795" s="17" t="s">
         <v>1582</v>
       </c>
       <c r="C795" s="17" t="s">
         <v>1583</v>
       </c>
       <c r="D795" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E795" s="18">
-        <v>302.786415</v>
+        <v>293.300277</v>
       </c>
       <c r="F795" s="3"/>
     </row>
     <row r="796" spans="1:6">
       <c r="A796" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B796" s="17" t="s">
         <v>1584</v>
       </c>
       <c r="C796" s="17" t="s">
         <v>1585</v>
       </c>
       <c r="D796" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E796" s="18">
-        <v>2225.996715</v>
+        <v>2156.257417</v>
       </c>
       <c r="F796" s="3"/>
     </row>
     <row r="797" spans="1:6">
       <c r="A797" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B797" s="17" t="s">
         <v>1586</v>
       </c>
       <c r="C797" s="17" t="s">
         <v>1587</v>
       </c>
       <c r="D797" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E797" s="18">
-        <v>2225.996715</v>
+        <v>2156.257417</v>
       </c>
       <c r="F797" s="3"/>
     </row>
     <row r="798" spans="1:6">
       <c r="A798" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B798" s="17" t="s">
         <v>1588</v>
       </c>
       <c r="C798" s="17" t="s">
         <v>1589</v>
       </c>
       <c r="D798" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E798" s="18">
-        <v>2225.996715</v>
+        <v>2156.257417</v>
       </c>
       <c r="F798" s="3"/>
     </row>
     <row r="799" spans="1:6">
       <c r="A799" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B799" s="17" t="s">
         <v>1590</v>
       </c>
       <c r="C799" s="17" t="s">
         <v>1591</v>
       </c>
       <c r="D799" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E799" s="18">
-        <v>2225.996715</v>
+        <v>2156.257417</v>
       </c>
       <c r="F799" s="3"/>
     </row>
     <row r="800" spans="1:6">
       <c r="A800" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B800" s="17" t="s">
         <v>1592</v>
       </c>
       <c r="C800" s="17" t="s">
         <v>1593</v>
       </c>
       <c r="D800" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E800" s="18">
-        <v>2225.996715</v>
+        <v>2156.257417</v>
       </c>
       <c r="F800" s="3"/>
     </row>
     <row r="801" spans="1:6">
       <c r="A801" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B801" s="17" t="s">
         <v>1594</v>
       </c>
       <c r="C801" s="17" t="s">
         <v>1595</v>
       </c>
       <c r="D801" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E801" s="18">
-        <v>2225.996715</v>
+        <v>2156.257417</v>
       </c>
       <c r="F801" s="3"/>
     </row>
     <row r="802" spans="1:6">
       <c r="A802" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B802" s="17" t="s">
         <v>1596</v>
       </c>
       <c r="C802" s="17" t="s">
         <v>1597</v>
       </c>
       <c r="D802" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E802" s="18">
-        <v>1605.3243</v>
+        <v>1555.03034</v>
       </c>
       <c r="F802" s="3"/>
     </row>
     <row r="803" spans="1:6">
       <c r="A803" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B803" s="17" t="s">
         <v>1598</v>
       </c>
       <c r="C803" s="17" t="s">
         <v>1599</v>
       </c>
       <c r="D803" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E803" s="18">
-        <v>2005.86066</v>
+        <v>1943.018108</v>
       </c>
       <c r="F803" s="3"/>
     </row>
     <row r="804" spans="1:6">
       <c r="A804" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B804" s="17" t="s">
         <v>1600</v>
       </c>
       <c r="C804" s="17" t="s">
         <v>1601</v>
       </c>
       <c r="D804" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E804" s="18">
-        <v>1693.537665</v>
+        <v>1640.480027</v>
       </c>
       <c r="F804" s="3"/>
     </row>
     <row r="805" spans="1:6">
       <c r="A805" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B805" s="17" t="s">
         <v>1602</v>
       </c>
       <c r="C805" s="17" t="s">
         <v>1603</v>
       </c>
       <c r="D805" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E805" s="18">
-        <v>1760.293725</v>
+        <v>1705.144655</v>
       </c>
       <c r="F805" s="3"/>
     </row>
     <row r="806" spans="1:6">
       <c r="A806" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B806" s="17" t="s">
         <v>1604</v>
       </c>
       <c r="C806" s="17" t="s">
         <v>1605</v>
       </c>
       <c r="D806" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E806" s="18">
-        <v>1693.537665</v>
+        <v>1640.480027</v>
       </c>
       <c r="F806" s="3"/>
     </row>
     <row r="807" spans="1:6">
       <c r="A807" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B807" s="17" t="s">
         <v>1606</v>
       </c>
       <c r="C807" s="17" t="s">
         <v>1607</v>
       </c>
       <c r="D807" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E807" s="18">
-        <v>1761.883155</v>
+        <v>1706.684289</v>
       </c>
       <c r="F807" s="3"/>
     </row>
     <row r="808" spans="1:6">
       <c r="A808" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B808" s="17" t="s">
         <v>1608</v>
       </c>
       <c r="C808" s="17" t="s">
         <v>1609</v>
       </c>
       <c r="D808" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E808" s="18">
-        <v>1608.50316</v>
+        <v>1558.109608</v>
       </c>
       <c r="F808" s="3"/>
     </row>
     <row r="809" spans="1:6">
       <c r="A809" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B809" s="17" t="s">
         <v>1610</v>
       </c>
       <c r="C809" s="17" t="s">
         <v>1611</v>
       </c>
       <c r="D809" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E809" s="18">
-        <v>1760.293725</v>
+        <v>1705.144655</v>
       </c>
       <c r="F809" s="3"/>
     </row>
     <row r="810" spans="1:6">
       <c r="A810" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B810" s="17" t="s">
         <v>1612</v>
       </c>
       <c r="C810" s="17" t="s">
         <v>1613</v>
       </c>
       <c r="D810" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E810" s="18">
-        <v>472.0607100000001</v>
+        <v>457.2712980000001</v>
       </c>
       <c r="F810" s="3"/>
     </row>
     <row r="811" spans="1:6">
       <c r="A811" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B811" s="17" t="s">
         <v>1614</v>
       </c>
       <c r="C811" s="17" t="s">
         <v>1615</v>
       </c>
       <c r="D811" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E811" s="18">
-        <v>241.59336</v>
+        <v>234.024368</v>
       </c>
       <c r="F811" s="3"/>
     </row>
     <row r="812" spans="1:6">
       <c r="A812" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B812" s="17" t="s">
         <v>1616</v>
       </c>
       <c r="C812" s="17" t="s">
         <v>1617</v>
       </c>
       <c r="D812" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E812" s="18">
-        <v>28320.46374</v>
+        <v>27433.198612</v>
       </c>
       <c r="F812" s="3"/>
     </row>
     <row r="813" spans="1:6">
       <c r="A813" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B813" s="17" t="s">
         <v>1618</v>
       </c>
       <c r="C813" s="17" t="s">
         <v>1619</v>
       </c>
       <c r="D813" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E813" s="18">
-        <v>34874.478345</v>
+        <v>33781.879411</v>
       </c>
       <c r="F813" s="3"/>
     </row>
     <row r="814" spans="1:6">
       <c r="A814" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B814" s="17" t="s">
         <v>1620</v>
       </c>
       <c r="C814" s="17" t="s">
         <v>1621</v>
       </c>
       <c r="D814" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E814" s="18">
-        <v>686.6337600000001</v>
+        <v>665.1218880000001</v>
       </c>
       <c r="F814" s="3"/>
     </row>
     <row r="815" spans="1:6">
       <c r="A815" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B815" s="17" t="s">
         <v>1622</v>
       </c>
       <c r="C815" s="17" t="s">
         <v>1623</v>
       </c>
       <c r="D815" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E815" s="18">
-        <v>952.8632850000001</v>
+        <v>923.0105830000001</v>
       </c>
       <c r="F815" s="3"/>
     </row>
     <row r="816" spans="1:6">
       <c r="A816" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B816" s="17" t="s">
         <v>1624</v>
       </c>
       <c r="C816" s="17" t="s">
         <v>1625</v>
       </c>
       <c r="D816" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E816" s="18">
-        <v>1136.44245</v>
+        <v>1100.83831</v>
       </c>
       <c r="F816" s="3"/>
     </row>
     <row r="817" spans="1:6">
       <c r="A817" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B817" s="17" t="s">
         <v>1626</v>
       </c>
       <c r="C817" s="17" t="s">
         <v>1627</v>
       </c>
       <c r="D817" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E817" s="18">
-        <v>1841.354655</v>
+        <v>1783.665989</v>
       </c>
       <c r="F817" s="3"/>
     </row>
     <row r="818" spans="1:6">
       <c r="A818" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B818" s="17" t="s">
         <v>1628</v>
       </c>
       <c r="C818" s="17" t="s">
         <v>1629</v>
       </c>
       <c r="D818" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E818" s="18">
-        <v>2253.017025</v>
+        <v>2182.431195</v>
       </c>
       <c r="F818" s="3"/>
     </row>
     <row r="819" spans="1:6">
       <c r="A819" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B819" s="17" t="s">
         <v>1630</v>
       </c>
       <c r="C819" s="17" t="s">
         <v>1631</v>
       </c>
       <c r="D819" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E819" s="18">
-        <v>2253.017025</v>
+        <v>2182.431195</v>
       </c>
       <c r="F819" s="3"/>
     </row>
     <row r="820" spans="1:6">
       <c r="A820" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B820" s="17" t="s">
         <v>1632</v>
       </c>
       <c r="C820" s="17" t="s">
         <v>1633</v>
       </c>
       <c r="D820" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E820" s="18">
-        <v>1546.51539</v>
+        <v>1498.063882</v>
       </c>
       <c r="F820" s="3"/>
     </row>
     <row r="821" spans="1:6">
       <c r="A821" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B821" s="17" t="s">
         <v>1634</v>
       </c>
       <c r="C821" s="17" t="s">
         <v>1635</v>
       </c>
       <c r="D821" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E821" s="18">
-        <v>499.0810200000001</v>
+        <v>483.445076</v>
       </c>
       <c r="F821" s="3"/>
     </row>
     <row r="822" spans="1:6">
       <c r="A822" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B822" s="17" t="s">
         <v>1636</v>
       </c>
       <c r="C822" s="17" t="s">
         <v>1637</v>
       </c>
       <c r="D822" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E822" s="18">
-        <v>126.359685</v>
+        <v>122.400903</v>
       </c>
       <c r="F822" s="3"/>
     </row>
     <row r="823" spans="1:6">
       <c r="A823" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B823" s="17" t="s">
         <v>1638</v>
       </c>
       <c r="C823" s="17" t="s">
         <v>1639</v>
       </c>
       <c r="D823" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E823" s="18">
-        <v>1003.725045</v>
+        <v>972.2788710000001</v>
       </c>
       <c r="F823" s="3"/>
     </row>
     <row r="824" spans="1:6">
       <c r="A824" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B824" s="17" t="s">
         <v>1640</v>
       </c>
       <c r="C824" s="17" t="s">
         <v>1641</v>
       </c>
       <c r="D824" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E824" s="18">
-        <v>710.4752100000001</v>
+        <v>688.216398</v>
       </c>
       <c r="F824" s="3"/>
     </row>
     <row r="825" spans="1:6">
       <c r="A825" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B825" s="17" t="s">
         <v>1642</v>
       </c>
       <c r="C825" s="17" t="s">
         <v>1643</v>
       </c>
       <c r="D825" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E825" s="18">
-        <v>881.3389350000001</v>
+        <v>853.7270530000001</v>
       </c>
       <c r="F825" s="3"/>
     </row>
     <row r="826" spans="1:6">
       <c r="A826" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B826" s="17" t="s">
         <v>1644</v>
       </c>
       <c r="C826" s="17" t="s">
         <v>1645</v>
       </c>
       <c r="D826" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E826" s="18">
-        <v>582.5260950000001</v>
+        <v>564.2758610000001</v>
       </c>
       <c r="F826" s="3"/>
     </row>
     <row r="827" spans="1:6">
       <c r="A827" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B827" s="17" t="s">
         <v>1646</v>
       </c>
       <c r="C827" s="17" t="s">
         <v>1647</v>
       </c>
       <c r="D827" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E827" s="18">
-        <v>738.2902349999999</v>
+        <v>715.159993</v>
       </c>
       <c r="F827" s="3"/>
     </row>
     <row r="828" spans="1:6">
       <c r="A828" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B828" s="17" t="s">
         <v>1648</v>
       </c>
       <c r="C828" s="17" t="s">
         <v>1649</v>
       </c>
       <c r="D828" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E828" s="18">
-        <v>906.7698150000001</v>
+        <v>878.3611970000001</v>
       </c>
       <c r="F828" s="3"/>
     </row>
     <row r="829" spans="1:6">
       <c r="A829" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B829" s="17" t="s">
         <v>1650</v>
       </c>
       <c r="C829" s="17" t="s">
         <v>1651</v>
       </c>
       <c r="D829" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E829" s="18">
-        <v>705.7069200000001</v>
+        <v>683.5974960000001</v>
       </c>
       <c r="F829" s="3"/>
     </row>
     <row r="830" spans="1:6">
       <c r="A830" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B830" s="17" t="s">
         <v>1652</v>
       </c>
       <c r="C830" s="17" t="s">
         <v>1653</v>
       </c>
       <c r="D830" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E830" s="18">
-        <v>3566.680920000001</v>
+        <v>3454.938696</v>
       </c>
       <c r="F830" s="3"/>
     </row>
     <row r="831" spans="1:6">
       <c r="A831" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B831" s="17" t="s">
         <v>1654</v>
       </c>
       <c r="C831" s="17" t="s">
         <v>1655</v>
       </c>
       <c r="D831" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E831" s="18">
-        <v>20177.019135</v>
+        <v>19544.883813</v>
       </c>
       <c r="F831" s="3"/>
     </row>
     <row r="832" spans="1:6">
       <c r="A832" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B832" s="17" t="s">
         <v>1656</v>
       </c>
       <c r="C832" s="17" t="s">
         <v>1657</v>
       </c>
       <c r="D832" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E832" s="18">
-        <v>36527.485545</v>
+        <v>35383.098771</v>
       </c>
       <c r="F832" s="3"/>
     </row>
     <row r="833" spans="1:6">
       <c r="A833" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B833" s="17" t="s">
         <v>1658</v>
       </c>
       <c r="C833" s="17" t="s">
         <v>1659</v>
       </c>
       <c r="D833" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E833" s="18">
-        <v>5535.189975000001</v>
+        <v>5361.775405</v>
       </c>
       <c r="F833" s="3"/>
     </row>
     <row r="834" spans="1:6">
       <c r="A834" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B834" s="17" t="s">
         <v>1660</v>
       </c>
       <c r="C834" s="17" t="s">
         <v>1661</v>
       </c>
       <c r="D834" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E834" s="18">
-        <v>5671.086240000001</v>
+        <v>5493.414112</v>
       </c>
       <c r="F834" s="3"/>
     </row>
     <row r="835" spans="1:6">
       <c r="A835" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B835" s="17" t="s">
         <v>1662</v>
       </c>
       <c r="C835" s="17" t="s">
         <v>1663</v>
       </c>
       <c r="D835" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E835" s="18">
-        <v>1127.700585</v>
+        <v>1092.370323</v>
       </c>
       <c r="F835" s="3"/>
     </row>
     <row r="836" spans="1:6">
       <c r="A836" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B836" s="17" t="s">
         <v>1664</v>
       </c>
       <c r="C836" s="17" t="s">
         <v>1665</v>
       </c>
       <c r="D836" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E836" s="18">
-        <v>1169.025765</v>
+        <v>1132.400807</v>
       </c>
       <c r="F836" s="3"/>
     </row>
     <row r="837" spans="1:6">
       <c r="A837" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B837" s="17" t="s">
         <v>1666</v>
       </c>
       <c r="C837" s="17" t="s">
         <v>1667</v>
       </c>
       <c r="D837" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E837" s="18">
-        <v>1819.89735</v>
+        <v>1762.88093</v>
       </c>
       <c r="F837" s="3"/>
     </row>
     <row r="838" spans="1:6">
       <c r="A838" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B838" s="17" t="s">
         <v>1668</v>
       </c>
       <c r="C838" s="17" t="s">
         <v>1669</v>
       </c>
       <c r="D838" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E838" s="18">
-        <v>1819.89735</v>
+        <v>1762.88093</v>
       </c>
       <c r="F838" s="3"/>
     </row>
     <row r="839" spans="1:6">
       <c r="A839" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B839" s="17" t="s">
         <v>1670</v>
       </c>
       <c r="C839" s="17" t="s">
         <v>1671</v>
       </c>
       <c r="D839" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E839" s="18">
-        <v>1819.89735</v>
+        <v>1762.88093</v>
       </c>
       <c r="F839" s="3"/>
     </row>
     <row r="840" spans="1:6">
       <c r="A840" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B840" s="17" t="s">
         <v>1672</v>
       </c>
       <c r="C840" s="17" t="s">
         <v>1673</v>
       </c>
       <c r="D840" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E840" s="18">
-        <v>18808.519905</v>
+        <v>18219.258939</v>
       </c>
       <c r="F840" s="3"/>
     </row>
     <row r="841" spans="1:6">
       <c r="A841" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B841" s="17" t="s">
         <v>1674</v>
       </c>
       <c r="C841" s="17" t="s">
         <v>1675</v>
       </c>
       <c r="D841" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E841" s="18">
-        <v>363.1847550000001</v>
+        <v>351.806369</v>
       </c>
       <c r="F841" s="3"/>
     </row>
     <row r="842" spans="1:6">
       <c r="A842" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B842" s="17" t="s">
         <v>1676</v>
       </c>
       <c r="C842" s="17" t="s">
         <v>1677</v>
       </c>
       <c r="D842" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E842" s="18">
-        <v>316.29657</v>
+        <v>306.387166</v>
       </c>
       <c r="F842" s="3"/>
     </row>
     <row r="843" spans="1:6">
       <c r="A843" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B843" s="17" t="s">
         <v>1678</v>
       </c>
       <c r="C843" s="17" t="s">
         <v>1679</v>
       </c>
       <c r="D843" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E843" s="18">
-        <v>430.73553</v>
+        <v>417.240814</v>
       </c>
       <c r="F843" s="3"/>
     </row>
     <row r="844" spans="1:6">
       <c r="A844" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B844" s="17" t="s">
         <v>1680</v>
       </c>
       <c r="C844" s="17" t="s">
         <v>1681</v>
       </c>
       <c r="D844" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E844" s="18">
-        <v>838.4243250000001</v>
+        <v>812.1569350000001</v>
       </c>
       <c r="F844" s="3"/>
     </row>
     <row r="845" spans="1:6">
       <c r="A845" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B845" s="17" t="s">
         <v>1682</v>
       </c>
       <c r="C845" s="17" t="s">
         <v>1683</v>
       </c>
       <c r="D845" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E845" s="18">
-        <v>1047.43437</v>
+        <v>1014.618806</v>
       </c>
       <c r="F845" s="3"/>
     </row>
     <row r="846" spans="1:6">
       <c r="A846" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B846" s="17" t="s">
         <v>1684</v>
       </c>
       <c r="C846" s="17" t="s">
         <v>1685</v>
       </c>
       <c r="D846" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E846" s="18">
-        <v>271.79253</v>
+        <v>263.277414</v>
       </c>
       <c r="F846" s="3"/>
     </row>
     <row r="847" spans="1:6">
       <c r="A847" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B847" s="17" t="s">
         <v>1686</v>
       </c>
       <c r="C847" s="17" t="s">
         <v>1687</v>
       </c>
       <c r="D847" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E847" s="18">
-        <v>363.1847550000001</v>
+        <v>351.806369</v>
       </c>
       <c r="F847" s="3"/>
     </row>
     <row r="848" spans="1:6">
       <c r="A848" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B848" s="17" t="s">
         <v>1688</v>
       </c>
       <c r="C848" s="17" t="s">
         <v>1689</v>
       </c>
       <c r="D848" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E848" s="18">
-        <v>439.4773950000001</v>
+        <v>425.7088010000001</v>
       </c>
       <c r="F848" s="3"/>
     </row>
     <row r="849" spans="1:6">
       <c r="A849" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B849" s="17" t="s">
         <v>1690</v>
       </c>
       <c r="C849" s="17" t="s">
         <v>1691</v>
       </c>
       <c r="D849" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E849" s="18">
-        <v>600.80454</v>
+        <v>581.9816520000001</v>
       </c>
       <c r="F849" s="3"/>
     </row>
     <row r="850" spans="1:6">
       <c r="A850" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B850" s="17" t="s">
         <v>1692</v>
       </c>
       <c r="C850" s="17" t="s">
         <v>1693</v>
       </c>
       <c r="D850" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E850" s="18">
-        <v>223.314915</v>
+        <v>216.318577</v>
       </c>
       <c r="F850" s="3"/>
     </row>
     <row r="851" spans="1:6">
       <c r="A851" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B851" s="17" t="s">
         <v>1694</v>
       </c>
       <c r="C851" s="17" t="s">
         <v>1695</v>
       </c>
       <c r="D851" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E851" s="18">
-        <v>8787.958470000001</v>
+        <v>8512.636386</v>
       </c>
       <c r="F851" s="3"/>
     </row>
     <row r="852" spans="1:6">
       <c r="A852" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B852" s="17" t="s">
         <v>1696</v>
       </c>
       <c r="C852" s="17" t="s">
         <v>1697</v>
       </c>
       <c r="D852" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E852" s="18">
-        <v>17520.28689</v>
+        <v>16971.385582</v>
       </c>
       <c r="F852" s="3"/>
     </row>
     <row r="853" spans="1:6">
       <c r="A853" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B853" s="17" t="s">
         <v>1698</v>
       </c>
       <c r="C853" s="17" t="s">
         <v>1699</v>
       </c>
       <c r="D853" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E853" s="18">
-        <v>456.16641</v>
+        <v>441.874958</v>
       </c>
       <c r="F853" s="3"/>
     </row>
     <row r="854" spans="1:6">
       <c r="A854" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B854" s="17" t="s">
         <v>1700</v>
       </c>
       <c r="C854" s="17" t="s">
         <v>1701</v>
       </c>
       <c r="D854" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E854" s="18">
-        <v>443.45097</v>
+        <v>429.5578860000001</v>
       </c>
       <c r="F854" s="3"/>
     </row>
     <row r="855" spans="1:6">
       <c r="A855" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B855" s="17" t="s">
         <v>1702</v>
       </c>
       <c r="C855" s="17" t="s">
         <v>1703</v>
       </c>
       <c r="D855" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E855" s="18">
-        <v>9185.31597</v>
+        <v>8897.544886</v>
       </c>
       <c r="F855" s="3"/>
     </row>
     <row r="856" spans="1:6">
       <c r="A856" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B856" s="17" t="s">
         <v>1704</v>
       </c>
       <c r="C856" s="17" t="s">
         <v>1705</v>
       </c>
       <c r="D856" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E856" s="18">
-        <v>147.022275</v>
+        <v>142.416145</v>
       </c>
       <c r="F856" s="3"/>
     </row>
     <row r="857" spans="1:6">
       <c r="A857" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B857" s="17" t="s">
         <v>1706</v>
       </c>
       <c r="C857" s="17" t="s">
         <v>1707</v>
       </c>
       <c r="D857" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E857" s="18">
-        <v>30.993885</v>
+        <v>30.022863</v>
       </c>
       <c r="F857" s="3"/>
     </row>
     <row r="858" spans="1:6">
       <c r="A858" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B858" s="17" t="s">
         <v>1708</v>
       </c>
       <c r="C858" s="17" t="s">
         <v>1709</v>
       </c>
       <c r="D858" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E858" s="18">
-        <v>27.02031000000001</v>
+        <v>26.173778</v>
       </c>
       <c r="F858" s="3"/>
     </row>
     <row r="859" spans="1:6">
       <c r="A859" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B859" s="17" t="s">
         <v>1710</v>
       </c>
       <c r="C859" s="17" t="s">
         <v>1711</v>
       </c>
       <c r="D859" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E859" s="18">
-        <v>30.993885</v>
+        <v>30.022863</v>
       </c>
       <c r="F859" s="3"/>
     </row>
     <row r="860" spans="1:6">
       <c r="A860" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B860" s="17" t="s">
         <v>1712</v>
       </c>
       <c r="C860" s="17" t="s">
         <v>1713</v>
       </c>
       <c r="D860" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E860" s="18">
-        <v>50.06704500000001</v>
+        <v>48.498471</v>
       </c>
       <c r="F860" s="3"/>
     </row>
     <row r="861" spans="1:6">
       <c r="A861" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B861" s="17" t="s">
         <v>1714</v>
       </c>
       <c r="C861" s="17" t="s">
         <v>1715</v>
       </c>
       <c r="D861" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E861" s="18">
-        <v>92.981655</v>
+        <v>90.068589</v>
       </c>
       <c r="F861" s="3"/>
     </row>
     <row r="862" spans="1:6">
       <c r="A862" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B862" s="17" t="s">
         <v>1716</v>
       </c>
       <c r="C862" s="17" t="s">
         <v>1717</v>
       </c>
       <c r="D862" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E862" s="18">
-        <v>105.697095</v>
+        <v>102.385661</v>
       </c>
       <c r="F862" s="3"/>
     </row>
     <row r="863" spans="1:6">
       <c r="A863" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B863" s="17" t="s">
         <v>1718</v>
       </c>
       <c r="C863" s="17" t="s">
         <v>1719</v>
       </c>
       <c r="D863" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E863" s="18">
-        <v>316.29657</v>
+        <v>306.387166</v>
       </c>
       <c r="F863" s="3"/>
     </row>
     <row r="864" spans="1:6">
       <c r="A864" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B864" s="17" t="s">
         <v>1720</v>
       </c>
       <c r="C864" s="17" t="s">
         <v>1721</v>
       </c>
       <c r="D864" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E864" s="18">
-        <v>430.73553</v>
+        <v>417.240814</v>
       </c>
       <c r="F864" s="3"/>
     </row>
     <row r="865" spans="1:6">
       <c r="A865" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B865" s="17" t="s">
         <v>1722</v>
       </c>
       <c r="C865" s="17" t="s">
         <v>1723</v>
       </c>
       <c r="D865" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E865" s="18">
-        <v>838.4243250000001</v>
+        <v>812.1569350000001</v>
       </c>
       <c r="F865" s="3"/>
     </row>
     <row r="866" spans="1:6">
       <c r="A866" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B866" s="17" t="s">
         <v>1724</v>
       </c>
       <c r="C866" s="17" t="s">
         <v>1725</v>
       </c>
       <c r="D866" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E866" s="18">
-        <v>1047.43437</v>
+        <v>1014.618806</v>
       </c>
       <c r="F866" s="3"/>
     </row>
     <row r="867" spans="1:6">
       <c r="A867" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B867" s="17" t="s">
         <v>1726</v>
       </c>
       <c r="C867" s="17" t="s">
         <v>1727</v>
       </c>
       <c r="D867" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E867" s="18">
-        <v>271.79253</v>
+        <v>263.277414</v>
       </c>
       <c r="F867" s="3"/>
     </row>
     <row r="868" spans="1:6">
       <c r="A868" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B868" s="17" t="s">
         <v>1728</v>
       </c>
       <c r="C868" s="17" t="s">
         <v>1729</v>
       </c>
       <c r="D868" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E868" s="18">
-        <v>363.1847550000001</v>
+        <v>351.806369</v>
       </c>
       <c r="F868" s="3"/>
     </row>
     <row r="869" spans="1:6">
       <c r="A869" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B869" s="17" t="s">
         <v>1730</v>
       </c>
       <c r="C869" s="17" t="s">
         <v>1731</v>
       </c>
       <c r="D869" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E869" s="18">
-        <v>439.4773950000001</v>
+        <v>425.7088010000001</v>
       </c>
       <c r="F869" s="3"/>
     </row>
     <row r="870" spans="1:6">
       <c r="A870" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B870" s="17" t="s">
         <v>1732</v>
       </c>
       <c r="C870" s="17" t="s">
         <v>1733</v>
       </c>
       <c r="D870" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E870" s="18">
-        <v>600.80454</v>
+        <v>581.9816520000001</v>
       </c>
       <c r="F870" s="3"/>
     </row>
     <row r="871" spans="1:6">
       <c r="A871" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B871" s="17" t="s">
         <v>1734</v>
       </c>
       <c r="C871" s="17" t="s">
         <v>1735</v>
       </c>
       <c r="D871" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E871" s="18">
-        <v>223.314915</v>
+        <v>216.318577</v>
       </c>
       <c r="F871" s="3"/>
     </row>
     <row r="872" spans="1:6">
       <c r="A872" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B872" s="17" t="s">
         <v>1736</v>
       </c>
       <c r="C872" s="17" t="s">
         <v>1737</v>
       </c>
       <c r="D872" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E872" s="18">
-        <v>66.75606000000001</v>
+        <v>64.66462800000001</v>
       </c>
       <c r="F872" s="3"/>
     </row>
     <row r="873" spans="1:6">
       <c r="A873" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B873" s="17" t="s">
         <v>1738</v>
       </c>
       <c r="C873" s="17" t="s">
         <v>1739</v>
       </c>
       <c r="D873" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E873" s="18">
-        <v>66.75606000000001</v>
+        <v>64.66462800000001</v>
       </c>
       <c r="F873" s="3"/>
     </row>
     <row r="874" spans="1:6">
       <c r="A874" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B874" s="17" t="s">
         <v>1740</v>
       </c>
       <c r="C874" s="17" t="s">
         <v>1741</v>
       </c>
       <c r="D874" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E874" s="18">
-        <v>75.49792500000001</v>
+        <v>73.132615</v>
       </c>
       <c r="F874" s="3"/>
     </row>
     <row r="875" spans="1:6">
       <c r="A875" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B875" s="17" t="s">
         <v>1742</v>
       </c>
       <c r="C875" s="17" t="s">
         <v>1743</v>
       </c>
       <c r="D875" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E875" s="18">
-        <v>84.23979000000001</v>
+        <v>81.60060200000001</v>
       </c>
       <c r="F875" s="3"/>
     </row>
     <row r="876" spans="1:6">
       <c r="A876" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B876" s="17" t="s">
         <v>1744</v>
       </c>
       <c r="C876" s="17" t="s">
         <v>1745</v>
       </c>
       <c r="D876" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E876" s="18">
-        <v>109.67067</v>
+        <v>106.234746</v>
       </c>
       <c r="F876" s="3"/>
     </row>
     <row r="877" spans="1:6">
       <c r="A877" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B877" s="17" t="s">
         <v>1746</v>
       </c>
       <c r="C877" s="17" t="s">
         <v>1747</v>
       </c>
       <c r="D877" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E877" s="18">
-        <v>5413.598580000001</v>
+        <v>5243.993404000001</v>
       </c>
       <c r="F877" s="3"/>
     </row>
     <row r="878" spans="1:6">
       <c r="A878" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B878" s="17" t="s">
         <v>1748</v>
       </c>
       <c r="C878" s="17" t="s">
         <v>1749</v>
       </c>
       <c r="D878" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E878" s="18">
-        <v>6983.160705000001</v>
+        <v>6764.381979000001</v>
       </c>
       <c r="F878" s="3"/>
     </row>
     <row r="879" spans="1:6">
       <c r="A879" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B879" s="17" t="s">
         <v>1750</v>
       </c>
       <c r="C879" s="17" t="s">
         <v>1751</v>
       </c>
       <c r="D879" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E879" s="18">
-        <v>10124.6691</v>
+        <v>9807.468580000001</v>
       </c>
       <c r="F879" s="3"/>
     </row>
     <row r="880" spans="1:6">
       <c r="A880" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B880" s="17" t="s">
         <v>1752</v>
       </c>
       <c r="C880" s="17" t="s">
         <v>1753</v>
       </c>
       <c r="D880" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E880" s="18">
-        <v>871.0076400000002</v>
+        <v>843.7194320000001</v>
       </c>
       <c r="F880" s="3"/>
     </row>
     <row r="881" spans="1:6">
       <c r="A881" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B881" s="17" t="s">
         <v>1754</v>
       </c>
       <c r="C881" s="17" t="s">
         <v>1755</v>
       </c>
       <c r="D881" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E881" s="18">
-        <v>1433.66586</v>
+        <v>1388.749868</v>
       </c>
       <c r="F881" s="3"/>
     </row>
     <row r="882" spans="1:6">
       <c r="A882" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B882" s="17" t="s">
         <v>1756</v>
       </c>
       <c r="C882" s="17" t="s">
         <v>1757</v>
       </c>
       <c r="D882" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E882" s="18">
-        <v>993.3937500000001</v>
+        <v>962.27125</v>
       </c>
       <c r="F882" s="3"/>
     </row>
     <row r="883" spans="1:6">
       <c r="A883" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B883" s="17" t="s">
         <v>1758</v>
       </c>
       <c r="C883" s="17" t="s">
         <v>1759</v>
       </c>
       <c r="D883" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E883" s="18">
-        <v>1639.497045</v>
+        <v>1588.132471</v>
       </c>
       <c r="F883" s="3"/>
     </row>
     <row r="884" spans="1:6">
       <c r="A884" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B884" s="17" t="s">
         <v>1760</v>
       </c>
       <c r="C884" s="17" t="s">
         <v>1761</v>
       </c>
       <c r="D884" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E884" s="18">
-        <v>4181.79033</v>
+        <v>4050.777054</v>
       </c>
       <c r="F884" s="3"/>
     </row>
     <row r="885" spans="1:6">
       <c r="A885" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B885" s="17" t="s">
         <v>1762</v>
       </c>
       <c r="C885" s="17" t="s">
         <v>1763</v>
       </c>
       <c r="D885" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E885" s="18">
-        <v>255.103515</v>
+        <v>247.111257</v>
       </c>
       <c r="F885" s="3"/>
     </row>
     <row r="886" spans="1:6">
       <c r="A886" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B886" s="17" t="s">
         <v>1764</v>
       </c>
       <c r="C886" s="17" t="s">
         <v>1765</v>
       </c>
       <c r="D886" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E886" s="18">
-        <v>402.12579</v>
+        <v>389.527402</v>
       </c>
       <c r="F886" s="3"/>
     </row>
     <row r="887" spans="1:6">
       <c r="A887" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B887" s="17" t="s">
         <v>1766</v>
       </c>
       <c r="C887" s="17" t="s">
         <v>1767</v>
       </c>
       <c r="D887" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E887" s="18">
-        <v>499.0810200000001</v>
+        <v>483.445076</v>
       </c>
       <c r="F887" s="3"/>
     </row>
     <row r="888" spans="1:6">
       <c r="A888" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B888" s="17" t="s">
         <v>1768</v>
       </c>
       <c r="C888" s="17" t="s">
         <v>1769</v>
       </c>
       <c r="D888" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E888" s="18">
-        <v>781.2048450000001</v>
+        <v>756.7301110000001</v>
       </c>
       <c r="F888" s="3"/>
     </row>
     <row r="889" spans="1:6">
       <c r="A889" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B889" s="17" t="s">
         <v>1770</v>
       </c>
       <c r="C889" s="17" t="s">
         <v>1771</v>
       </c>
       <c r="D889" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E889" s="18">
-        <v>826.5036000000001</v>
+        <v>800.60968</v>
       </c>
       <c r="F889" s="3"/>
     </row>
     <row r="890" spans="1:6">
       <c r="A890" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B890" s="17" t="s">
         <v>1772</v>
       </c>
       <c r="C890" s="17" t="s">
         <v>1773</v>
       </c>
       <c r="D890" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E890" s="18">
-        <v>866.2393500000001</v>
+        <v>839.10053</v>
       </c>
       <c r="F890" s="3"/>
     </row>
     <row r="891" spans="1:6">
       <c r="A891" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B891" s="17" t="s">
         <v>1774</v>
       </c>
       <c r="C891" s="17" t="s">
         <v>1775</v>
       </c>
       <c r="D891" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E891" s="18">
-        <v>910.7433900000001</v>
+        <v>882.2102820000001</v>
       </c>
       <c r="F891" s="3"/>
     </row>
     <row r="892" spans="1:6">
       <c r="A892" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B892" s="17" t="s">
         <v>1776</v>
       </c>
       <c r="C892" s="17" t="s">
         <v>1777</v>
       </c>
       <c r="D892" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E892" s="18">
-        <v>1037.89779</v>
+        <v>1005.381002</v>
       </c>
       <c r="F892" s="3"/>
     </row>
     <row r="893" spans="1:6">
       <c r="A893" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B893" s="17" t="s">
         <v>1778</v>
       </c>
       <c r="C893" s="17" t="s">
         <v>1779</v>
       </c>
       <c r="D893" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E893" s="18">
-        <v>1085.58069</v>
+        <v>1051.570022</v>
       </c>
       <c r="F893" s="3"/>
     </row>
     <row r="894" spans="1:6">
       <c r="A894" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B894" s="17" t="s">
         <v>1780</v>
       </c>
       <c r="C894" s="17" t="s">
         <v>1781</v>
       </c>
       <c r="D894" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E894" s="18">
-        <v>1134.058305</v>
+        <v>1098.528859</v>
       </c>
       <c r="F894" s="3"/>
     </row>
     <row r="895" spans="1:6">
       <c r="A895" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B895" s="17" t="s">
         <v>1782</v>
       </c>
       <c r="C895" s="17" t="s">
         <v>1783</v>
       </c>
       <c r="D895" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E895" s="18">
-        <v>1180.151775</v>
+        <v>1143.178245</v>
       </c>
       <c r="F895" s="3"/>
     </row>
     <row r="896" spans="1:6">
       <c r="A896" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B896" s="17" t="s">
         <v>1784</v>
       </c>
       <c r="C896" s="17" t="s">
         <v>1785</v>
       </c>
       <c r="D896" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E896" s="18">
-        <v>1319.2269</v>
+        <v>1277.89622</v>
       </c>
       <c r="F896" s="3"/>
     </row>
     <row r="897" spans="1:6">
       <c r="A897" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B897" s="17" t="s">
         <v>1786</v>
       </c>
       <c r="C897" s="17" t="s">
         <v>1787</v>
       </c>
       <c r="D897" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E897" s="18">
-        <v>1337.505345</v>
+        <v>1295.602011</v>
       </c>
       <c r="F897" s="3"/>
     </row>
     <row r="898" spans="1:6">
       <c r="A898" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B898" s="17" t="s">
         <v>1788</v>
       </c>
       <c r="C898" s="17" t="s">
         <v>1789</v>
       </c>
       <c r="D898" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E898" s="18">
-        <v>1485.322335</v>
+        <v>1438.787973</v>
       </c>
       <c r="F898" s="3"/>
     </row>
     <row r="899" spans="1:6">
       <c r="A899" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B899" s="17" t="s">
         <v>1790</v>
       </c>
       <c r="C899" s="17" t="s">
         <v>1791</v>
       </c>
       <c r="D899" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E899" s="18">
-        <v>1509.163785</v>
+        <v>1461.882483</v>
       </c>
       <c r="F899" s="3"/>
     </row>
     <row r="900" spans="1:6">
       <c r="A900" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B900" s="17" t="s">
         <v>1792</v>
       </c>
       <c r="C900" s="17" t="s">
         <v>1793</v>
       </c>
       <c r="D900" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E900" s="18">
-        <v>26680.966695</v>
+        <v>25845.066141</v>
       </c>
       <c r="F900" s="3"/>
     </row>
     <row r="901" spans="1:6">
       <c r="A901" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B901" s="17" t="s">
         <v>1794</v>
       </c>
       <c r="C901" s="17" t="s">
         <v>1795</v>
       </c>
       <c r="D901" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E901" s="18">
-        <v>22.25202000000001</v>
+        <v>21.554876</v>
       </c>
       <c r="F901" s="3"/>
     </row>
     <row r="902" spans="1:6">
       <c r="A902" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B902" s="17" t="s">
         <v>1796</v>
       </c>
       <c r="C902" s="17" t="s">
         <v>1797</v>
       </c>
       <c r="D902" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E902" s="18">
-        <v>22.25202000000001</v>
+        <v>21.554876</v>
       </c>
       <c r="F902" s="3"/>
     </row>
     <row r="903" spans="1:6">
       <c r="A903" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B903" s="17" t="s">
         <v>1798</v>
       </c>
       <c r="C903" s="17" t="s">
         <v>1799</v>
       </c>
       <c r="D903" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E903" s="18">
-        <v>22.25202000000001</v>
+        <v>21.554876</v>
       </c>
       <c r="F903" s="3"/>
     </row>
     <row r="904" spans="1:6">
       <c r="A904" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B904" s="17" t="s">
         <v>1800</v>
       </c>
       <c r="C904" s="17" t="s">
         <v>1801</v>
       </c>
       <c r="D904" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E904" s="18">
-        <v>22.25202000000001</v>
+        <v>21.554876</v>
       </c>
       <c r="F904" s="3"/>
     </row>
     <row r="905" spans="1:6">
       <c r="A905" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B905" s="17" t="s">
         <v>1802</v>
       </c>
       <c r="C905" s="17" t="s">
         <v>1803</v>
       </c>
       <c r="D905" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E905" s="18">
-        <v>22.25202000000001</v>
+        <v>21.554876</v>
       </c>
       <c r="F905" s="3"/>
     </row>
     <row r="906" spans="1:6">
       <c r="A906" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B906" s="17" t="s">
         <v>1804</v>
       </c>
       <c r="C906" s="17" t="s">
         <v>1805</v>
       </c>
       <c r="D906" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E906" s="18">
-        <v>22.25202000000001</v>
+        <v>21.554876</v>
       </c>
       <c r="F906" s="3"/>
     </row>
     <row r="907" spans="1:6">
       <c r="A907" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B907" s="17" t="s">
         <v>1806</v>
       </c>
       <c r="C907" s="17" t="s">
         <v>1807</v>
       </c>
       <c r="D907" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E907" s="18">
-        <v>22.25202000000001</v>
+        <v>21.554876</v>
       </c>
       <c r="F907" s="3"/>
     </row>
     <row r="908" spans="1:6">
       <c r="A908" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B908" s="17" t="s">
         <v>1808</v>
       </c>
       <c r="C908" s="17" t="s">
         <v>1809</v>
       </c>
       <c r="D908" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E908" s="18">
-        <v>22.25202000000001</v>
+        <v>21.554876</v>
       </c>
       <c r="F908" s="3"/>
     </row>
     <row r="909" spans="1:6">
       <c r="A909" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B909" s="17" t="s">
         <v>1810</v>
       </c>
       <c r="C909" s="17" t="s">
         <v>1811</v>
       </c>
       <c r="D909" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E909" s="18">
-        <v>22.25202000000001</v>
+        <v>21.554876</v>
       </c>
       <c r="F909" s="3"/>
     </row>
     <row r="910" spans="1:6">
       <c r="A910" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B910" s="17" t="s">
         <v>1812</v>
       </c>
       <c r="C910" s="17" t="s">
         <v>1813</v>
       </c>
       <c r="D910" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E910" s="18">
-        <v>316.29657</v>
+        <v>306.387166</v>
       </c>
       <c r="F910" s="3"/>
     </row>
     <row r="911" spans="1:6">
       <c r="A911" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B911" s="17" t="s">
         <v>1814</v>
       </c>
       <c r="C911" s="17" t="s">
         <v>1815</v>
       </c>
       <c r="D911" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E911" s="18">
-        <v>430.73553</v>
+        <v>417.240814</v>
       </c>
       <c r="F911" s="3"/>
     </row>
     <row r="912" spans="1:6">
       <c r="A912" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B912" s="17" t="s">
         <v>1816</v>
       </c>
       <c r="C912" s="17" t="s">
         <v>1817</v>
       </c>
       <c r="D912" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E912" s="18">
-        <v>838.4243250000001</v>
+        <v>812.1569350000001</v>
       </c>
       <c r="F912" s="3"/>
     </row>
     <row r="913" spans="1:6">
       <c r="A913" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B913" s="17" t="s">
         <v>1818</v>
       </c>
       <c r="C913" s="17" t="s">
         <v>1819</v>
       </c>
       <c r="D913" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E913" s="18">
-        <v>1047.43437</v>
+        <v>1014.618806</v>
       </c>
       <c r="F913" s="3"/>
     </row>
     <row r="914" spans="1:6">
       <c r="A914" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B914" s="17" t="s">
         <v>1820</v>
       </c>
       <c r="C914" s="17" t="s">
         <v>1821</v>
       </c>
       <c r="D914" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E914" s="18">
-        <v>271.79253</v>
+        <v>263.277414</v>
       </c>
       <c r="F914" s="3"/>
     </row>
     <row r="915" spans="1:6">
       <c r="A915" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B915" s="17" t="s">
         <v>1822</v>
       </c>
       <c r="C915" s="17" t="s">
         <v>1823</v>
       </c>
       <c r="D915" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E915" s="18">
-        <v>363.1847550000001</v>
+        <v>351.806369</v>
       </c>
       <c r="F915" s="3"/>
     </row>
     <row r="916" spans="1:6">
       <c r="A916" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B916" s="17" t="s">
         <v>1824</v>
       </c>
       <c r="C916" s="17" t="s">
         <v>1825</v>
       </c>
       <c r="D916" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E916" s="18">
-        <v>439.4773950000001</v>
+        <v>425.7088010000001</v>
       </c>
       <c r="F916" s="3"/>
     </row>
     <row r="917" spans="1:6">
       <c r="A917" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B917" s="17" t="s">
         <v>1826</v>
       </c>
       <c r="C917" s="17" t="s">
         <v>1827</v>
       </c>
       <c r="D917" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E917" s="18">
-        <v>600.80454</v>
+        <v>581.9816520000001</v>
       </c>
       <c r="F917" s="3"/>
     </row>
     <row r="918" spans="1:6">
       <c r="A918" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B918" s="17" t="s">
         <v>1828</v>
       </c>
       <c r="C918" s="17" t="s">
         <v>1829</v>
       </c>
       <c r="D918" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E918" s="18">
-        <v>223.314915</v>
+        <v>216.318577</v>
       </c>
       <c r="F918" s="3"/>
     </row>
     <row r="919" spans="1:6">
       <c r="A919" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B919" s="17" t="s">
         <v>1830</v>
       </c>
       <c r="C919" s="17" t="s">
         <v>1831</v>
       </c>
       <c r="D919" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E919" s="18">
-        <v>722.395935</v>
+        <v>699.763653</v>
       </c>
       <c r="F919" s="3"/>
     </row>
     <row r="920" spans="1:6">
       <c r="A920" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B920" s="17" t="s">
         <v>1832</v>
       </c>
       <c r="C920" s="17" t="s">
         <v>1833</v>
       </c>
       <c r="D920" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E920" s="18">
-        <v>991.0096050000001</v>
+        <v>959.961799</v>
       </c>
       <c r="F920" s="3"/>
     </row>
     <row r="921" spans="1:6">
       <c r="A921" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B921" s="17" t="s">
         <v>1834</v>
       </c>
       <c r="C921" s="17" t="s">
         <v>1835</v>
       </c>
       <c r="D921" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E921" s="18">
-        <v>1148.363175</v>
+        <v>1112.385565</v>
       </c>
       <c r="F921" s="3"/>
     </row>
     <row r="922" spans="1:6">
       <c r="A922" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B922" s="17" t="s">
         <v>1836</v>
       </c>
       <c r="C922" s="17" t="s">
         <v>1837</v>
       </c>
       <c r="D922" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E922" s="18">
-        <v>1453.533735</v>
+        <v>1407.995293</v>
       </c>
       <c r="F922" s="3"/>
     </row>
     <row r="923" spans="1:6">
       <c r="A923" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B923" s="17" t="s">
         <v>1838</v>
       </c>
       <c r="C923" s="17" t="s">
         <v>1839</v>
       </c>
       <c r="D923" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E923" s="18">
-        <v>666.7658850000001</v>
+        <v>645.8764630000001</v>
       </c>
       <c r="F923" s="3"/>
     </row>
     <row r="924" spans="1:6">
       <c r="A924" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B924" s="17" t="s">
         <v>1840</v>
       </c>
       <c r="C924" s="17" t="s">
         <v>1841</v>
       </c>
       <c r="D924" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E924" s="18">
-        <v>774.0524100000001</v>
+        <v>749.8017580000001</v>
       </c>
       <c r="F924" s="3"/>
     </row>
     <row r="925" spans="1:6">
       <c r="A925" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B925" s="17" t="s">
         <v>1842</v>
       </c>
       <c r="C925" s="17" t="s">
         <v>1843</v>
       </c>
       <c r="D925" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E925" s="18">
-        <v>897.233235</v>
+        <v>869.123393</v>
       </c>
       <c r="F925" s="3"/>
     </row>
     <row r="926" spans="1:6">
       <c r="A926" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B926" s="17" t="s">
         <v>1844</v>
       </c>
       <c r="C926" s="17" t="s">
         <v>1845</v>
       </c>
       <c r="D926" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E926" s="18">
-        <v>1108.627425</v>
+        <v>1073.894715</v>
       </c>
       <c r="F926" s="3"/>
     </row>
     <row r="927" spans="1:6">
       <c r="A927" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B927" s="17" t="s">
         <v>1846</v>
       </c>
       <c r="C927" s="17" t="s">
         <v>1847</v>
       </c>
       <c r="D927" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E927" s="18">
-        <v>612.725265</v>
+        <v>593.528907</v>
       </c>
       <c r="F927" s="3"/>
     </row>
     <row r="928" spans="1:6">
       <c r="A928" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B928" s="17" t="s">
         <v>1848</v>
       </c>
       <c r="C928" s="17" t="s">
         <v>1849</v>
       </c>
       <c r="D928" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E928" s="18">
-        <v>486.36558</v>
+        <v>471.128004</v>
       </c>
       <c r="F928" s="3"/>
     </row>
     <row r="929" spans="1:6">
       <c r="A929" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B929" s="17" t="s">
         <v>1850</v>
       </c>
       <c r="C929" s="17" t="s">
         <v>1851</v>
       </c>
       <c r="D929" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E929" s="18">
-        <v>579.3472350000001</v>
+        <v>561.196593</v>
       </c>
       <c r="F929" s="3"/>
     </row>
     <row r="930" spans="1:6">
       <c r="A930" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B930" s="17" t="s">
         <v>1852</v>
       </c>
       <c r="C930" s="17" t="s">
         <v>1853</v>
       </c>
       <c r="D930" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E930" s="18">
-        <v>686.6337600000001</v>
+        <v>665.1218880000001</v>
       </c>
       <c r="F930" s="3"/>
     </row>
     <row r="931" spans="1:6">
       <c r="A931" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B931" s="17" t="s">
         <v>1854</v>
       </c>
       <c r="C931" s="17" t="s">
         <v>1855</v>
       </c>
       <c r="D931" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E931" s="18">
-        <v>805.8410100000001</v>
+        <v>780.5944380000001</v>
       </c>
       <c r="F931" s="3"/>
     </row>
     <row r="932" spans="1:6">
       <c r="A932" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B932" s="17" t="s">
         <v>1856</v>
       </c>
       <c r="C932" s="17" t="s">
         <v>1857</v>
       </c>
       <c r="D932" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E932" s="18">
-        <v>894.0543750000001</v>
+        <v>866.044125</v>
       </c>
       <c r="F932" s="3"/>
     </row>
     <row r="933" spans="1:6">
       <c r="A933" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B933" s="17" t="s">
         <v>1858</v>
       </c>
       <c r="C933" s="17" t="s">
         <v>1859</v>
       </c>
       <c r="D933" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E933" s="18">
-        <v>1008.493335</v>
+        <v>976.897773</v>
       </c>
       <c r="F933" s="3"/>
     </row>
     <row r="934" spans="1:6">
       <c r="A934" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B934" s="17" t="s">
         <v>1860</v>
       </c>
       <c r="C934" s="17" t="s">
         <v>1861</v>
       </c>
       <c r="D934" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E934" s="18">
-        <v>316.29657</v>
+        <v>306.387166</v>
       </c>
       <c r="F934" s="3"/>
     </row>
     <row r="935" spans="1:6">
       <c r="A935" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B935" s="17" t="s">
         <v>1862</v>
       </c>
       <c r="C935" s="17" t="s">
         <v>1863</v>
       </c>
       <c r="D935" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E935" s="18">
-        <v>430.73553</v>
+        <v>417.240814</v>
       </c>
       <c r="F935" s="3"/>
     </row>
     <row r="936" spans="1:6">
       <c r="A936" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B936" s="17" t="s">
         <v>1864</v>
       </c>
       <c r="C936" s="17" t="s">
         <v>1865</v>
       </c>
       <c r="D936" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E936" s="18">
-        <v>838.4243250000001</v>
+        <v>812.1569350000001</v>
       </c>
       <c r="F936" s="3"/>
     </row>
     <row r="937" spans="1:6">
       <c r="A937" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B937" s="17" t="s">
         <v>1866</v>
       </c>
       <c r="C937" s="17" t="s">
         <v>1867</v>
       </c>
       <c r="D937" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E937" s="18">
-        <v>1047.43437</v>
+        <v>1014.618806</v>
       </c>
       <c r="F937" s="3"/>
     </row>
     <row r="938" spans="1:6">
       <c r="A938" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B938" s="17" t="s">
         <v>1868</v>
       </c>
       <c r="C938" s="17" t="s">
         <v>1869</v>
       </c>
       <c r="D938" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E938" s="18">
-        <v>271.79253</v>
+        <v>263.277414</v>
       </c>
       <c r="F938" s="3"/>
     </row>
     <row r="939" spans="1:6">
       <c r="A939" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B939" s="17" t="s">
         <v>1870</v>
       </c>
       <c r="C939" s="17" t="s">
         <v>1871</v>
       </c>
       <c r="D939" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E939" s="18">
-        <v>363.1847550000001</v>
+        <v>351.806369</v>
       </c>
       <c r="F939" s="3"/>
     </row>
     <row r="940" spans="1:6">
       <c r="A940" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B940" s="17" t="s">
         <v>1872</v>
       </c>
       <c r="C940" s="17" t="s">
         <v>1873</v>
       </c>
       <c r="D940" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E940" s="18">
-        <v>439.4773950000001</v>
+        <v>425.7088010000001</v>
       </c>
       <c r="F940" s="3"/>
     </row>
     <row r="941" spans="1:6">
       <c r="A941" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B941" s="17" t="s">
         <v>1874</v>
       </c>
       <c r="C941" s="17" t="s">
         <v>1875</v>
       </c>
       <c r="D941" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E941" s="18">
-        <v>600.80454</v>
+        <v>581.9816520000001</v>
       </c>
       <c r="F941" s="3"/>
     </row>
     <row r="942" spans="1:6">
       <c r="A942" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B942" s="17" t="s">
         <v>1876</v>
       </c>
       <c r="C942" s="17" t="s">
         <v>1877</v>
       </c>
       <c r="D942" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E942" s="18">
-        <v>223.314915</v>
+        <v>216.318577</v>
       </c>
       <c r="F942" s="3"/>
     </row>
     <row r="943" spans="1:6">
       <c r="A943" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B943" s="17" t="s">
         <v>1878</v>
       </c>
       <c r="C943" s="17" t="s">
         <v>1879</v>
       </c>
       <c r="D943" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E943" s="18">
-        <v>1408.23498</v>
+        <v>1364.115724</v>
       </c>
       <c r="F943" s="3"/>
     </row>
     <row r="944" spans="1:6">
       <c r="A944" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B944" s="17" t="s">
         <v>1880</v>
       </c>
       <c r="C944" s="17" t="s">
         <v>1881</v>
       </c>
       <c r="D944" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E944" s="18">
-        <v>432.3249600000001</v>
+        <v>418.780448</v>
       </c>
       <c r="F944" s="3"/>
     </row>
     <row r="945" spans="1:6">
       <c r="A945" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B945" s="17" t="s">
         <v>1882</v>
       </c>
       <c r="C945" s="17" t="s">
         <v>1883</v>
       </c>
       <c r="D945" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E945" s="18">
-        <v>479.2131450000001</v>
+        <v>464.199651</v>
       </c>
       <c r="F945" s="3"/>
     </row>
     <row r="946" spans="1:6">
       <c r="A946" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B946" s="17" t="s">
         <v>1884</v>
       </c>
       <c r="C946" s="17" t="s">
         <v>1885</v>
       </c>
       <c r="D946" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E946" s="18">
-        <v>1065.712815</v>
+        <v>1032.324597</v>
       </c>
       <c r="F946" s="3"/>
     </row>
     <row r="947" spans="1:6">
       <c r="A947" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B947" s="17" t="s">
         <v>1886</v>
       </c>
       <c r="C947" s="17" t="s">
         <v>1887</v>
       </c>
       <c r="D947" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E947" s="18">
-        <v>316.29657</v>
+        <v>306.387166</v>
       </c>
       <c r="F947" s="3"/>
     </row>
     <row r="948" spans="1:6">
       <c r="A948" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B948" s="17" t="s">
         <v>1888</v>
       </c>
       <c r="C948" s="17" t="s">
         <v>1889</v>
       </c>
       <c r="D948" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E948" s="18">
-        <v>430.73553</v>
+        <v>417.240814</v>
       </c>
       <c r="F948" s="3"/>
     </row>
     <row r="949" spans="1:6">
       <c r="A949" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B949" s="17" t="s">
         <v>1890</v>
       </c>
       <c r="C949" s="17" t="s">
         <v>1891</v>
       </c>
       <c r="D949" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E949" s="18">
-        <v>838.4243250000001</v>
+        <v>812.1569350000001</v>
       </c>
       <c r="F949" s="3"/>
     </row>
     <row r="950" spans="1:6">
       <c r="A950" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B950" s="17" t="s">
         <v>1892</v>
       </c>
       <c r="C950" s="17" t="s">
         <v>1893</v>
       </c>
       <c r="D950" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E950" s="18">
-        <v>1047.43437</v>
+        <v>1014.618806</v>
       </c>
       <c r="F950" s="3"/>
     </row>
     <row r="951" spans="1:6">
       <c r="A951" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B951" s="17" t="s">
         <v>1894</v>
       </c>
       <c r="C951" s="17" t="s">
         <v>1895</v>
       </c>
       <c r="D951" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E951" s="18">
-        <v>271.79253</v>
+        <v>263.277414</v>
       </c>
       <c r="F951" s="3"/>
     </row>
     <row r="952" spans="1:6">
       <c r="A952" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B952" s="17" t="s">
         <v>1896</v>
       </c>
       <c r="C952" s="17" t="s">
         <v>1897</v>
       </c>
       <c r="D952" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E952" s="18">
-        <v>363.1847550000001</v>
+        <v>351.806369</v>
       </c>
       <c r="F952" s="3"/>
     </row>
     <row r="953" spans="1:6">
       <c r="A953" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B953" s="17" t="s">
         <v>1898</v>
       </c>
       <c r="C953" s="17" t="s">
         <v>1899</v>
       </c>
       <c r="D953" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E953" s="18">
-        <v>439.4773950000001</v>
+        <v>425.7088010000001</v>
       </c>
       <c r="F953" s="3"/>
     </row>
     <row r="954" spans="1:6">
       <c r="A954" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B954" s="17" t="s">
         <v>1900</v>
       </c>
       <c r="C954" s="17" t="s">
         <v>1901</v>
       </c>
       <c r="D954" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E954" s="18">
-        <v>600.80454</v>
+        <v>581.9816520000001</v>
       </c>
       <c r="F954" s="3"/>
     </row>
     <row r="955" spans="1:6">
       <c r="A955" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B955" s="17" t="s">
         <v>1902</v>
       </c>
       <c r="C955" s="17" t="s">
         <v>1903</v>
       </c>
       <c r="D955" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E955" s="18">
-        <v>223.314915</v>
+        <v>216.318577</v>
       </c>
       <c r="F955" s="3"/>
     </row>
     <row r="956" spans="1:6">
       <c r="A956" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B956" s="17" t="s">
         <v>1904</v>
       </c>
       <c r="C956" s="17" t="s">
         <v>1905</v>
       </c>
       <c r="D956" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E956" s="18">
-        <v>316.29657</v>
+        <v>306.387166</v>
       </c>
       <c r="F956" s="3"/>
     </row>
     <row r="957" spans="1:6">
       <c r="A957" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B957" s="17" t="s">
         <v>1906</v>
       </c>
       <c r="C957" s="17" t="s">
         <v>1907</v>
       </c>
       <c r="D957" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E957" s="18">
-        <v>430.73553</v>
+        <v>417.240814</v>
       </c>
       <c r="F957" s="3"/>
     </row>
     <row r="958" spans="1:6">
       <c r="A958" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B958" s="17" t="s">
         <v>1908</v>
       </c>
       <c r="C958" s="17" t="s">
         <v>1909</v>
       </c>
       <c r="D958" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E958" s="18">
-        <v>838.4243250000001</v>
+        <v>812.1569350000001</v>
       </c>
       <c r="F958" s="3"/>
     </row>
     <row r="959" spans="1:6">
       <c r="A959" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B959" s="17" t="s">
         <v>1910</v>
       </c>
       <c r="C959" s="17" t="s">
         <v>1911</v>
       </c>
       <c r="D959" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E959" s="18">
-        <v>1047.43437</v>
+        <v>1014.618806</v>
       </c>
       <c r="F959" s="3"/>
     </row>
     <row r="960" spans="1:6">
       <c r="A960" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B960" s="17" t="s">
         <v>1912</v>
       </c>
       <c r="C960" s="17" t="s">
         <v>1913</v>
       </c>
       <c r="D960" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E960" s="18">
-        <v>271.79253</v>
+        <v>263.277414</v>
       </c>
       <c r="F960" s="3"/>
     </row>
     <row r="961" spans="1:6">
       <c r="A961" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B961" s="17" t="s">
         <v>1914</v>
       </c>
       <c r="C961" s="17" t="s">
         <v>1915</v>
       </c>
       <c r="D961" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E961" s="18">
-        <v>363.1847550000001</v>
+        <v>351.806369</v>
       </c>
       <c r="F961" s="3"/>
     </row>
     <row r="962" spans="1:6">
       <c r="A962" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B962" s="17" t="s">
         <v>1916</v>
       </c>
       <c r="C962" s="17" t="s">
         <v>1917</v>
       </c>
       <c r="D962" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E962" s="18">
-        <v>439.4773950000001</v>
+        <v>425.7088010000001</v>
       </c>
       <c r="F962" s="3"/>
     </row>
     <row r="963" spans="1:6">
       <c r="A963" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B963" s="17" t="s">
         <v>1918</v>
       </c>
       <c r="C963" s="17" t="s">
         <v>1919</v>
       </c>
       <c r="D963" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E963" s="18">
-        <v>600.80454</v>
+        <v>581.9816520000001</v>
       </c>
       <c r="F963" s="3"/>
     </row>
     <row r="964" spans="1:6">
       <c r="A964" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B964" s="17" t="s">
         <v>1920</v>
       </c>
       <c r="C964" s="17" t="s">
         <v>1921</v>
       </c>
       <c r="D964" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E964" s="18">
-        <v>223.314915</v>
+        <v>216.318577</v>
       </c>
       <c r="F964" s="3"/>
     </row>
     <row r="965" spans="1:6">
       <c r="A965" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B965" s="17" t="s">
         <v>1922</v>
       </c>
       <c r="C965" s="17" t="s">
         <v>1923</v>
       </c>
       <c r="D965" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E965" s="18">
-        <v>1008.493335</v>
+        <v>976.897773</v>
       </c>
       <c r="F965" s="3"/>
     </row>
     <row r="966" spans="1:6">
       <c r="A966" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B966" s="17" t="s">
         <v>1924</v>
       </c>
       <c r="C966" s="17" t="s">
         <v>1925</v>
       </c>
       <c r="D966" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E966" s="18">
-        <v>1227.834675</v>
+        <v>1189.367265</v>
       </c>
       <c r="F966" s="3"/>
     </row>
     <row r="967" spans="1:6">
       <c r="A967" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B967" s="17" t="s">
         <v>1926</v>
       </c>
       <c r="C967" s="17" t="s">
         <v>1927</v>
       </c>
       <c r="D967" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E967" s="18">
-        <v>1464.659745</v>
+        <v>1418.772731</v>
       </c>
       <c r="F967" s="3"/>
     </row>
     <row r="968" spans="1:6">
       <c r="A968" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B968" s="17" t="s">
         <v>1928</v>
       </c>
       <c r="C968" s="17" t="s">
         <v>1929</v>
       </c>
       <c r="D968" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E968" s="18">
-        <v>1649.033625</v>
+        <v>1597.370275</v>
       </c>
       <c r="F968" s="3"/>
     </row>
     <row r="969" spans="1:6">
       <c r="A969" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B969" s="17" t="s">
         <v>1930</v>
       </c>
       <c r="C969" s="17" t="s">
         <v>1931</v>
       </c>
       <c r="D969" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E969" s="18">
-        <v>1905.72657</v>
+        <v>1846.021166</v>
       </c>
       <c r="F969" s="3"/>
     </row>
     <row r="970" spans="1:6">
       <c r="A970" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B970" s="17" t="s">
         <v>1932</v>
       </c>
       <c r="C970" s="17" t="s">
         <v>1933</v>
       </c>
       <c r="D970" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E970" s="18">
-        <v>2202.94998</v>
+        <v>2133.932724</v>
       </c>
       <c r="F970" s="3"/>
     </row>
     <row r="971" spans="1:6">
       <c r="A971" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B971" s="17" t="s">
         <v>1934</v>
       </c>
       <c r="C971" s="17" t="s">
         <v>1935</v>
       </c>
       <c r="D971" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E971" s="18">
-        <v>487.160295</v>
+        <v>471.897821</v>
       </c>
       <c r="F971" s="3"/>
     </row>
     <row r="972" spans="1:6">
       <c r="A972" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B972" s="17" t="s">
         <v>1936</v>
       </c>
       <c r="C972" s="17" t="s">
         <v>1937</v>
       </c>
       <c r="D972" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E972" s="18">
-        <v>316.29657</v>
+        <v>306.387166</v>
       </c>
       <c r="F972" s="3"/>
     </row>
     <row r="973" spans="1:6">
       <c r="A973" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B973" s="17" t="s">
         <v>1938</v>
       </c>
       <c r="C973" s="17" t="s">
         <v>1939</v>
       </c>
       <c r="D973" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E973" s="18">
-        <v>430.73553</v>
+        <v>417.240814</v>
       </c>
       <c r="F973" s="3"/>
     </row>
     <row r="974" spans="1:6">
       <c r="A974" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B974" s="17" t="s">
         <v>1940</v>
       </c>
       <c r="C974" s="17" t="s">
         <v>1941</v>
       </c>
       <c r="D974" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E974" s="18">
-        <v>600.80454</v>
+        <v>581.9816520000001</v>
       </c>
       <c r="F974" s="3"/>
     </row>
     <row r="975" spans="1:6">
       <c r="A975" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B975" s="17" t="s">
         <v>1942</v>
       </c>
       <c r="C975" s="17" t="s">
         <v>1943</v>
       </c>
       <c r="D975" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E975" s="18">
-        <v>920.27997</v>
+        <v>891.4480860000001</v>
       </c>
       <c r="F975" s="3"/>
     </row>
     <row r="976" spans="1:6">
       <c r="A976" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B976" s="17" t="s">
         <v>1944</v>
       </c>
       <c r="C976" s="17" t="s">
         <v>1945</v>
       </c>
       <c r="D976" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E976" s="18">
-        <v>271.79253</v>
+        <v>263.277414</v>
       </c>
       <c r="F976" s="3"/>
     </row>
     <row r="977" spans="1:6">
       <c r="A977" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B977" s="17" t="s">
         <v>1946</v>
       </c>
       <c r="C977" s="17" t="s">
         <v>1947</v>
       </c>
       <c r="D977" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E977" s="18">
-        <v>363.1847550000001</v>
+        <v>351.806369</v>
       </c>
       <c r="F977" s="3"/>
     </row>
     <row r="978" spans="1:6">
       <c r="A978" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B978" s="17" t="s">
         <v>1948</v>
       </c>
       <c r="C978" s="17" t="s">
         <v>1949</v>
       </c>
       <c r="D978" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E978" s="18">
-        <v>439.4773950000001</v>
+        <v>425.7088010000001</v>
       </c>
       <c r="F978" s="3"/>
     </row>
     <row r="979" spans="1:6">
       <c r="A979" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B979" s="17" t="s">
         <v>1950</v>
       </c>
       <c r="C979" s="17" t="s">
         <v>1951</v>
       </c>
       <c r="D979" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E979" s="18">
-        <v>838.4243250000001</v>
+        <v>812.1569350000001</v>
       </c>
       <c r="F979" s="3"/>
     </row>
     <row r="980" spans="1:6">
       <c r="A980" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B980" s="17" t="s">
         <v>1952</v>
       </c>
       <c r="C980" s="17" t="s">
         <v>1953</v>
       </c>
       <c r="D980" s="17" t="s">
         <v>1463</v>
       </c>
       <c r="E980" s="18">
-        <v>223.314915</v>
+        <v>216.318577</v>
       </c>
       <c r="F980" s="3"/>
     </row>
     <row r="981" spans="1:6">
       <c r="A981" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B981" s="17" t="s">
         <v>1954</v>
       </c>
       <c r="C981" s="17" t="s">
         <v>1955</v>
       </c>
       <c r="D981" s="17" t="s">
         <v>17</v>
       </c>
       <c r="E981" s="18" t="s">
         <v>1956</v>
       </c>
       <c r="F981" s="3"/>
     </row>
     <row r="982" spans="1:6">
       <c r="A982" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B982" s="17" t="s">
         <v>1957</v>
       </c>
       <c r="C982" s="17" t="s">
         <v>1958</v>
       </c>
       <c r="D982" s="17" t="s">
         <v>1959</v>
       </c>
       <c r="E982" s="18">
-        <v>6813.091695000001</v>
+        <v>6599.641141000001</v>
       </c>
       <c r="F982" s="3"/>
     </row>
     <row r="983" spans="1:6">
       <c r="A983" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B983" s="17" t="s">
         <v>1960</v>
       </c>
       <c r="C983" s="17" t="s">
         <v>1961</v>
       </c>
       <c r="D983" s="17" t="s">
         <v>1959</v>
       </c>
       <c r="E983" s="18">
-        <v>3583.369935000001</v>
+        <v>3471.104853</v>
       </c>
       <c r="F983" s="3"/>
     </row>
     <row r="984" spans="1:6">
       <c r="A984" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B984" s="17" t="s">
         <v>1962</v>
       </c>
       <c r="C984" s="17" t="s">
         <v>1963</v>
       </c>
       <c r="D984" s="17" t="s">
         <v>1959</v>
       </c>
       <c r="E984" s="18">
-        <v>3702.577185000001</v>
+        <v>3586.577403</v>
       </c>
       <c r="F984" s="3"/>
     </row>
     <row r="985" spans="1:6">
       <c r="A985" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B985" s="17" t="s">
         <v>1964</v>
       </c>
       <c r="C985" s="17" t="s">
         <v>1965</v>
       </c>
       <c r="D985" s="17" t="s">
         <v>1959</v>
       </c>
       <c r="E985" s="18">
-        <v>3656.483715</v>
+        <v>3541.928017</v>
       </c>
       <c r="F985" s="3"/>
     </row>
     <row r="986" spans="1:6">
       <c r="A986" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B986" s="17" t="s">
         <v>1966</v>
       </c>
       <c r="C986" s="17" t="s">
         <v>1967</v>
       </c>
       <c r="D986" s="17" t="s">
         <v>1959</v>
       </c>
       <c r="E986" s="18">
-        <v>1108.627425</v>
+        <v>1073.894715</v>
       </c>
       <c r="F986" s="3"/>
     </row>
     <row r="987" spans="1:6">
       <c r="A987" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B987" s="17" t="s">
         <v>1968</v>
       </c>
       <c r="C987" s="17" t="s">
         <v>1969</v>
       </c>
       <c r="D987" s="17" t="s">
         <v>1959</v>
       </c>
       <c r="E987" s="18">
-        <v>1401.87726</v>
+        <v>1357.957188</v>
       </c>
       <c r="F987" s="3"/>
     </row>
     <row r="988" spans="1:6">
       <c r="A988" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B988" s="17" t="s">
         <v>1970</v>
       </c>
       <c r="C988" s="17" t="s">
         <v>1971</v>
       </c>
       <c r="D988" s="17" t="s">
         <v>1959</v>
       </c>
       <c r="E988" s="18">
-        <v>1237.371255</v>
+        <v>1198.605069</v>
       </c>
       <c r="F988" s="3"/>
     </row>
     <row r="989" spans="1:6">
       <c r="A989" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B989" s="17" t="s">
         <v>1972</v>
       </c>
       <c r="C989" s="17" t="s">
         <v>1973</v>
       </c>
       <c r="D989" s="17" t="s">
         <v>1959</v>
       </c>
       <c r="E989" s="18">
-        <v>419.60952</v>
+        <v>406.463376</v>
       </c>
       <c r="F989" s="3"/>
     </row>
     <row r="990" spans="1:6">
       <c r="A990" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B990" s="17" t="s">
         <v>1974</v>
       </c>
       <c r="C990" s="17" t="s">
         <v>1975</v>
       </c>
       <c r="D990" s="17" t="s">
         <v>1959</v>
       </c>
       <c r="E990" s="18">
-        <v>989.420175</v>
+        <v>958.4221649999999</v>
       </c>
       <c r="F990" s="3"/>
     </row>
     <row r="991" spans="1:6">
       <c r="A991" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B991" s="17" t="s">
         <v>1976</v>
       </c>
       <c r="C991" s="17" t="s">
         <v>1977</v>
       </c>
       <c r="D991" s="17" t="s">
         <v>1959</v>
       </c>
       <c r="E991" s="18">
-        <v>929.81655</v>
+        <v>900.68589</v>
       </c>
       <c r="F991" s="3"/>
     </row>
     <row r="992" spans="1:6">
       <c r="A992" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B992" s="17" t="s">
         <v>1978</v>
       </c>
       <c r="C992" s="17" t="s">
         <v>1979</v>
       </c>
       <c r="D992" s="17" t="s">
         <v>1959</v>
       </c>
       <c r="E992" s="18">
-        <v>3592.111800000001</v>
+        <v>3479.57284</v>
       </c>
       <c r="F992" s="3"/>
     </row>
     <row r="993" spans="1:6">
       <c r="A993" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B993" s="17" t="s">
         <v>1980</v>
       </c>
       <c r="C993" s="17" t="s">
         <v>1981</v>
       </c>
       <c r="D993" s="17" t="s">
         <v>1959</v>
       </c>
       <c r="E993" s="18">
-        <v>7777.875705000001</v>
+        <v>7534.198979000001</v>
       </c>
       <c r="F993" s="3"/>
     </row>
     <row r="994" spans="1:6">
       <c r="A994" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B994" s="17" t="s">
         <v>1982</v>
       </c>
       <c r="C994" s="17" t="s">
         <v>1983</v>
       </c>
       <c r="D994" s="17" t="s">
         <v>1959</v>
       </c>
       <c r="E994" s="18">
-        <v>2354.740545</v>
+        <v>2280.967771</v>
       </c>
       <c r="F994" s="3"/>
     </row>
     <row r="995" spans="1:6">
       <c r="A995" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B995" s="17" t="s">
         <v>1984</v>
       </c>
       <c r="C995" s="17" t="s">
         <v>1985</v>
       </c>
       <c r="D995" s="17" t="s">
         <v>1959</v>
       </c>
       <c r="E995" s="18">
-        <v>3170.118135</v>
+        <v>3070.800013</v>
       </c>
       <c r="F995" s="3"/>
     </row>
     <row r="996" spans="1:6">
       <c r="A996" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B996" s="17" t="s">
         <v>1986</v>
       </c>
       <c r="C996" s="17" t="s">
         <v>1987</v>
       </c>
       <c r="D996" s="17" t="s">
         <v>1959</v>
       </c>
       <c r="E996" s="18">
-        <v>6127.25265</v>
+        <v>5935.28907</v>
       </c>
       <c r="F996" s="3"/>
     </row>
     <row r="997" spans="1:6">
       <c r="A997" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B997" s="17" t="s">
         <v>1988</v>
       </c>
       <c r="C997" s="17" t="s">
         <v>1989</v>
       </c>
       <c r="D997" s="17" t="s">
         <v>1959</v>
       </c>
       <c r="E997" s="18">
-        <v>1068.891675</v>
+        <v>1035.403865</v>
       </c>
       <c r="F997" s="3"/>
     </row>
     <row r="998" spans="1:6">
       <c r="A998" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B998" s="17" t="s">
         <v>1990</v>
       </c>
       <c r="C998" s="17" t="s">
         <v>1991</v>
       </c>
       <c r="D998" s="17" t="s">
         <v>1959</v>
       </c>
       <c r="E998" s="18">
-        <v>890.8755150000002</v>
+        <v>862.9648570000001</v>
       </c>
       <c r="F998" s="3"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <autoFilter ref="A11:E998"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Прайс-лист за 30.10.2025</vt:lpstr>
+      <vt:lpstr>Прайс-лист за 04.02.2026</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft Corporation</Company>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Unknown Creator</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Untitled Spreadsheet</dc:title>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>