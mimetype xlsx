--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -6,4443 +6,2430 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="-1" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
-    <sheet name="Прайс-лист за 04.02.2026" sheetId="1" r:id="rId4"/>
+    <sheet name="Прайс-лист за 21.03.2026" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист за 04.02.2026'!$A$11:$E$998</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист за 21.03.2026'!$A$11:$E$661</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1992">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1318">
   <si>
     <t>ПРАЙС-ЛИСТ</t>
   </si>
   <si>
     <t>ЕДИНЫЙ НОМЕР</t>
   </si>
   <si>
     <t>8-800-555-7057</t>
   </si>
   <si>
     <t>МОСКВА</t>
   </si>
   <si>
     <t>8-495-646-7057</t>
   </si>
   <si>
     <t>Компания "ТопСети"</t>
   </si>
   <si>
     <t>САНКТ-ПЕТЕРБУРГ</t>
   </si>
   <si>
     <t>8-812-645-7058</t>
   </si>
   <si>
     <t>www.topseti.ru</t>
   </si>
   <si>
     <t>sales@topseti.ru</t>
   </si>
   <si>
     <t>Цены действительны на:</t>
   </si>
   <si>
-    <t>04.02.2026</t>
+    <t>21.03.2026</t>
   </si>
   <si>
     <t>Производитель</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Название</t>
   </si>
   <si>
     <t>Группа</t>
   </si>
   <si>
     <t>Цена, руб.</t>
   </si>
   <si>
     <t>AMP</t>
   </si>
   <si>
-    <t>1711494-1</t>
-[...173 lines deleted...]
-    <t>57893-1</t>
+    <t>1-1206615-0</t>
+  </si>
+  <si>
+    <t>AMP MT-RJ/SC-дуплексный шнур, 62.5/125 мкм, MM, Длина: 10 м</t>
+  </si>
+  <si>
+    <t>Волоконно-оптические кабельные системы</t>
+  </si>
+  <si>
+    <t>1-1536509-0</t>
+  </si>
+  <si>
+    <t>AMP SC/LC-дуплексный шнур, 50/125 мкм, MM, Длина: 10 м</t>
+  </si>
+  <si>
+    <t>1-1568757-0</t>
+  </si>
+  <si>
+    <t>AMP LC/ST-дуплексный шнур, 50/125 мкм, MM, Длина: 10 м</t>
+  </si>
+  <si>
+    <t>1-1671260-1</t>
+  </si>
+  <si>
+    <t>AMP Модульная волоконно-оптическая патч-панель Hi-D 1U для 4 модулей Quick-Fit, с пластик.крышкой</t>
+  </si>
+  <si>
+    <t>1-1671260-2</t>
+  </si>
+  <si>
+    <t>AMP Модульная волоконно-оптическая патч-панель Hi-D 1U для 4 модулей Quick-Fit, с метал.крышкой</t>
+  </si>
+  <si>
+    <t>1-1671373-1</t>
+  </si>
+  <si>
+    <t>AMP Панель для 4 MPO-кассет Quick-Fit без кабельной поддержки</t>
+  </si>
+  <si>
+    <t>1-1671411-1</t>
+  </si>
+  <si>
+    <t>AMP Панель для 4 MPO-кассет Quick-Fit с кабельной поддержкой и организаторами, без крышки</t>
+  </si>
+  <si>
+    <t>1-1671436-1</t>
+  </si>
+  <si>
+    <t>AMP Коммутационная панель AMP Hi-D 1U для 4 MPO-кассет и планок формата Quick-Fit, без крышки</t>
+  </si>
+  <si>
+    <t>1-1671437-1</t>
+  </si>
+  <si>
+    <t>AMP Коммутационная панель 1U для 4 MPO-кассет и планок формата Quick-Fit, без крышки</t>
+  </si>
+  <si>
+    <t>1-1671590-1</t>
+  </si>
+  <si>
+    <t>AMP Коммутационная панель UCP (4хQuick-Fit), угловая, 1U</t>
+  </si>
+  <si>
+    <t>1-1671594-1</t>
+  </si>
+  <si>
+    <t>AMP Коммутационная панель UCP (4хQuick-Fit), прямая, 1U</t>
+  </si>
+  <si>
+    <t>1-1695790-0</t>
+  </si>
+  <si>
+    <t>AMP Счетверенный адаптер LC-типа (LC Quad), Втулка: карамика, Цвет: морской волны, Тип волокна: MM</t>
+  </si>
+  <si>
+    <t>1-1933284-2</t>
+  </si>
+  <si>
+    <t>AMP Вставка SL-типа: Адаптер LC Duplex, Тип волокна: MM, Цвет адаптера и вставки: бежевый</t>
+  </si>
+  <si>
+    <t>1-1933286-2</t>
+  </si>
+  <si>
+    <t>1-5349561-0</t>
+  </si>
+  <si>
+    <t>AMP ST/ST-дуплексный шнур, 50/125 мкм, MM, Длина: 10 м</t>
+  </si>
+  <si>
+    <t>1-5349565-0</t>
+  </si>
+  <si>
+    <t>AMP SC/SC-дуплексный шнур, 50/125 мкм, MM, Длина: 10 м</t>
+  </si>
+  <si>
+    <t>1-5349567-0</t>
+  </si>
+  <si>
+    <t>AMP SC/ST-дуплексный шнур, 50/125 мкм, MM, Длина: 10 м</t>
+  </si>
+  <si>
+    <t>1-5502632-1</t>
+  </si>
+  <si>
+    <t>AMP Адаптер SC-SС Simplex, Втулка: керамика, Цвет: синий, Тип: SМ</t>
+  </si>
+  <si>
+    <t>1-5502776-1</t>
+  </si>
+  <si>
+    <t>AMP Адаптер SC-SС Duplex, Втулка: керамика, Цвет: синий, Тип: SМ</t>
+  </si>
+  <si>
+    <t>1-6206613-0</t>
+  </si>
+  <si>
+    <t>AMP MT-RJ/MT-RJ-дуплексный шнур, 62.5/125 мкм, MM, Длина: 10 м</t>
+  </si>
+  <si>
+    <t>1-6206616-0</t>
+  </si>
+  <si>
+    <t>AMP MT-RJ/ST-дуплексный шнур, 62.5/125 мкм, MM, Длина: 10 м</t>
+  </si>
+  <si>
+    <t>1-6206617-0</t>
+  </si>
+  <si>
+    <t>AMP MT-RJ/MT-RJ-дуплексный шнур, 50/125 мкм, MM, Длина: 10 м</t>
+  </si>
+  <si>
+    <t>1-6206619-0</t>
+  </si>
+  <si>
+    <t>AMP MT-RJ/SC-дуплексный шнур, 50/125 мкм, MM, Длина: 10 м</t>
+  </si>
+  <si>
+    <t>1-6206620-0</t>
+  </si>
+  <si>
+    <t>AMP MT-RJ/ST-дуплексный шнур, 50/125 мкм, MM, Длина: 10 м</t>
+  </si>
+  <si>
+    <t>1-6206621-0</t>
+  </si>
+  <si>
+    <t>AMP MT-RJ/MT-RJ-дуплексный шнур, 9/125 мкм, SМ, Длина: 10 м</t>
+  </si>
+  <si>
+    <t>1-6278414-2</t>
+  </si>
+  <si>
+    <t>AMP Гнездо MT-RJ для абонентской розетки, 50/125 мкм OM3 (900мкм), Цвет гнезда: серый, Цвет SL-адаптера: серый</t>
+  </si>
+  <si>
+    <t>1-6348260-0</t>
+  </si>
+  <si>
+    <t>AMP SC/SC-дуплексный шнур, 9/125 мкм, SМ, Длина: 10 м</t>
+  </si>
+  <si>
+    <t>1-6457567-6</t>
+  </si>
+  <si>
+    <t>AMP Адаптер LC-LC Duplex, Втулка: керамика, Цвет: морской волны, Крепеж: скоба/винты, Тип: MМ</t>
+  </si>
+  <si>
+    <t>1-6536464-0</t>
+  </si>
+  <si>
+    <t>AMP SC/SC-дуплексный шнур, 10 GBit XG, 50/125 мкм, OM3, MM, Длина: 10 м</t>
+  </si>
+  <si>
+    <t>1-6536501-0</t>
+  </si>
+  <si>
+    <t>AMP LC/LC-дуплексный шнур, 9/125 мкм, SM, Длина: 10 м</t>
+  </si>
+  <si>
+    <t>1-6536502-0</t>
+  </si>
+  <si>
+    <t>AMP LC/LC-дуплексный шнур, 50/125 мкм, MM, Длина: 10 м</t>
+  </si>
+  <si>
+    <t>1-6536503-0</t>
+  </si>
+  <si>
+    <t>AMP LC/LC-дуплексный шнур, 62.5/125 мкм, MM, Длина: 10 м</t>
+  </si>
+  <si>
+    <t>1-6536508-0</t>
+  </si>
+  <si>
+    <t>AMP SC/LC-дуплексный шнур, 9/125 мкм, SM, Длина: 10 м</t>
+  </si>
+  <si>
+    <t>1-6536512-0</t>
+  </si>
+  <si>
+    <t>AMP MT-RJ/LC-дуплексный шнур, 50/125 мкм, MM, Длина: 10 м</t>
+  </si>
+  <si>
+    <t>1-6536967-0</t>
+  </si>
+  <si>
+    <t>AMP SC/LC-дуплексный шнур, 10 GBit XG, 50/125 мкм, OM3, MM, Длина: 10 м</t>
+  </si>
+  <si>
+    <t>1-6536969-0</t>
+  </si>
+  <si>
+    <t>AMP LC/LC-дуплексный шнур, 10 GBit XG, 50/125 мкм, OM3, MM, Длина: 10 м</t>
+  </si>
+  <si>
+    <t>1206114-8</t>
+  </si>
+  <si>
+    <t>AMP Панель до 24xST-ST Simplex, MM и SM, Глубина: 300 мм, Без адаптеров</t>
+  </si>
+  <si>
+    <t>1206138-8</t>
+  </si>
+  <si>
+    <t>AMP Панель до 12xSC-SC Duplex, MM и SM, Глубина: 300 мм, Без адаптеров</t>
+  </si>
+  <si>
+    <t>1206144-1</t>
+  </si>
+  <si>
+    <t>AMP Зажим PG 9 (для кабеля диаметром 3,5-8 мм)</t>
+  </si>
+  <si>
+    <t>1206145-1</t>
+  </si>
+  <si>
+    <t>AMP Зажим PG 16 (для кабеля диаметром 9-14 мм)</t>
+  </si>
+  <si>
+    <t>1206146-1</t>
+  </si>
+  <si>
+    <t>AMP Организаторы для волокна (комплект из двух колец)</t>
+  </si>
+  <si>
+    <t>1206343-4</t>
+  </si>
+  <si>
+    <t>AMP Панель до 24xSC-SC Duplex, MM и SM, Глубина: 300 мм, Без адаптеров</t>
+  </si>
+  <si>
+    <t>1206613-1</t>
+  </si>
+  <si>
+    <t>AMP MT-RJ/MT-RJ-дуплексный шнур, 62.5/125 мкм, MM, Длина: 1 м</t>
+  </si>
+  <si>
+    <t>1206613-3</t>
+  </si>
+  <si>
+    <t>AMP MT-RJ/MT-RJ-дуплексный шнур, 62.5/125 мкм, MM, Длина: 3 м</t>
+  </si>
+  <si>
+    <t>1206613-5</t>
+  </si>
+  <si>
+    <t>AMP MT-RJ/MT-RJ-дуплексный шнур, 62.5/125 мкм, MM, Длина: 5 м</t>
+  </si>
+  <si>
+    <t>1206615-5</t>
+  </si>
+  <si>
+    <t>AMP MT-RJ/SC-дуплексный шнур, 62.5/125 мкм, MM, Длина: 5 м</t>
+  </si>
+  <si>
+    <t>1206616-1</t>
+  </si>
+  <si>
+    <t>AMP MT-RJ/ST-дуплексный шнур, 62.5/125 мкм, MM, Длина: 1 м</t>
+  </si>
+  <si>
+    <t>1206616-5</t>
+  </si>
+  <si>
+    <t>AMP MT-RJ/ST-дуплексный шнур, 62.5/125 мкм, MM, Длина: 5 м</t>
+  </si>
+  <si>
+    <t>1206617-1</t>
+  </si>
+  <si>
+    <t>AMP MT-RJ/MT-RJ-дуплексный шнур, 50/125 мкм, MM, Длина: 1 м</t>
+  </si>
+  <si>
+    <t>1206617-5</t>
+  </si>
+  <si>
+    <t>AMP MT-RJ/MT-RJ-дуплексный шнур, 50/125 мкм, MM, Длина: 5 м</t>
+  </si>
+  <si>
+    <t>1206704-4</t>
+  </si>
+  <si>
+    <t>AMP Панель MT-RJ, 6 кабельных вводов + 2 зажима (до 24хMT-RJ)</t>
+  </si>
+  <si>
+    <t>1278009-1</t>
+  </si>
+  <si>
+    <t>AMP Соединитель LightCrimp Plus SC Duplex, Тип волокна: 62.5/125 мкм</t>
+  </si>
+  <si>
+    <t>1278328-3</t>
+  </si>
+  <si>
+    <t>AMP Адаптерная планка Snap-in на 6 гнезд или полушнуров MT-RJ</t>
+  </si>
+  <si>
+    <t>1348876-4</t>
+  </si>
+  <si>
+    <t>AMP Панель для 3 Snap-in планок (комплектуется организаторами для хранения запаса волокна и кабельными зажимами), Высота: 1U</t>
+  </si>
+  <si>
+    <t>1348941-1</t>
+  </si>
+  <si>
+    <t>AMP Полушнур с гнездом MT-RJ, Тип волокна: 62,5/125 мкм</t>
+  </si>
+  <si>
+    <t>1348942-1</t>
+  </si>
+  <si>
+    <t>AMP Полушнур с гнездом MT-RJ, Тип волокна: 50/125 мкм</t>
+  </si>
+  <si>
+    <t>1374208-5</t>
+  </si>
+  <si>
+    <t>AMP Хвостовик для гнезд MT-RJ, бежевый</t>
+  </si>
+  <si>
+    <t>1374463-1</t>
+  </si>
+  <si>
+    <t>AMP Адаптерные планки Snap-in 6xLC-LC Duplex, 12 волокон, SM</t>
+  </si>
+  <si>
+    <t>1374463-2</t>
+  </si>
+  <si>
+    <t>AMP Адаптерные планки Snap-in 6xLC-LC Duplex, 12 волокон, MM</t>
+  </si>
+  <si>
+    <t>1479698-1</t>
+  </si>
+  <si>
+    <t>AMP Фальшпланка Quick-Fit</t>
+  </si>
+  <si>
+    <t>1536513-3</t>
+  </si>
+  <si>
+    <t>AMP MT-RJ/LC-дуплексный шнур, 62.5/125 мкм, MM, Длина: 3 м</t>
+  </si>
+  <si>
+    <t>1568757-1</t>
+  </si>
+  <si>
+    <t>AMP LC/ST-дуплексный шнур, 50/125 мкм, MM, Длина: 1 м</t>
+  </si>
+  <si>
+    <t>1568757-2</t>
+  </si>
+  <si>
+    <t>AMP LC/ST-дуплексный шнур, 50/125 мкм, MM, Длина: 2 м</t>
+  </si>
+  <si>
+    <t>1568757-3</t>
+  </si>
+  <si>
+    <t>AMP LC/ST-дуплексный шнур, 50/125 мкм, MM, Длина: 3 м</t>
+  </si>
+  <si>
+    <t>1568757-5</t>
+  </si>
+  <si>
+    <t>AMP LC/ST-дуплексный шнур, 50/125 мкм, MM, Длина: 5 м</t>
+  </si>
+  <si>
+    <t>1588709-1</t>
+  </si>
+  <si>
+    <t>AMP Клеевой соединитель LC Simplex, Наконечник: керамика, Хвостовик на кабель: 1.6-2.0 мм, Тип волокна: SМ</t>
+  </si>
+  <si>
+    <t>1671000-8</t>
+  </si>
+  <si>
+    <t>AMP Панель до 24xLC-LC Duplex, SM и MM, Глубина: 300 мм, Без адаптеров</t>
+  </si>
+  <si>
+    <t>1671082-8</t>
+  </si>
+  <si>
+    <t>AMP Панель 1U для адаптерных планок Snap-In и кассет MPO</t>
+  </si>
+  <si>
+    <t>1671149-5</t>
+  </si>
+  <si>
+    <t>AMP Коммутационная панель 1U для 4 MPO-кассет и планок формата Quick-Fit, с крышкой</t>
+  </si>
+  <si>
+    <t>1671195-1</t>
+  </si>
+  <si>
+    <t>AMP Адаптерная планка Quick-Fit, 6xST, Тип волокна: SM, металлический корпус, Втулка: керамика</t>
+  </si>
+  <si>
+    <t>1671195-2</t>
+  </si>
+  <si>
+    <t>AMP Адаптерная планка Quick-Fit, 6xST, Тип волокна: MM, металлический корпус, Втулка: композит</t>
+  </si>
+  <si>
+    <t>1671196-1</t>
+  </si>
+  <si>
+    <t>AMP Адаптерная планка Quick-Fit, 6xLC Duplex, Тип волокна: OS2, Втулка: керамика, Цвет: синий</t>
+  </si>
+  <si>
+    <t>1671196-2</t>
+  </si>
+  <si>
+    <t>AMP Адаптерная планка Quick-Fit, 6xLC Duplex, Тип волокна: OM2, Втулка: композит, Цвет: черный</t>
+  </si>
+  <si>
+    <t>1671196-3</t>
+  </si>
+  <si>
+    <t>AMP Адаптерная планка Quick-Fit, 6xLC Duplex, Тип волокна: OM3, Втулка: композит, Цвет: морской волны</t>
+  </si>
+  <si>
+    <t>1671197-1</t>
+  </si>
+  <si>
+    <t>AMP Адаптерная планка Quick-Fit, 6xMT-RJ*, Тип волокна: OS2, Втулка: керамика, Цвет: синий</t>
+  </si>
+  <si>
+    <t>1671197-2</t>
+  </si>
+  <si>
+    <t>AMP Адаптерная планка Quick-Fit, 6xMT-RJ*, Тип волокна: OM2, Втулка: композит, Цвет: черный</t>
+  </si>
+  <si>
+    <t>1671197-3</t>
+  </si>
+  <si>
+    <t>AMP Адаптерная планка Quick-Fit, 6xMT-RJ*, Тип волокна: OM3, Втулка: керамика, Цвет: морской волны</t>
+  </si>
+  <si>
+    <t>1671201-1</t>
+  </si>
+  <si>
+    <t>AMP Адаптерная планка Quick-Fit, 6xSC Duplex, Тип волокна: OS2, Втулка: керамика, Цвет: синий</t>
+  </si>
+  <si>
+    <t>1671201-2</t>
+  </si>
+  <si>
+    <t>AMP Адаптерная планка Quick-Fit, 6xSC Duplex, Тип волокна: OM2, Втулка: композит, Цвет: черный</t>
+  </si>
+  <si>
+    <t>1671201-3</t>
+  </si>
+  <si>
+    <t>AMP Адаптерная планка Quick-Fit, 6xSC Duplex, Тип волокна: OM3, Втулка: керамика, Цвет: морской волны</t>
+  </si>
+  <si>
+    <t>1671202-1</t>
+  </si>
+  <si>
+    <t>AMP Адаптерная планка Quick-Fit, 6xLC Quad, Тип волокна: OS2, Втулка: керамика, Цвет: синий</t>
+  </si>
+  <si>
+    <t>1671202-2</t>
+  </si>
+  <si>
+    <t>AMP Адаптерная планка Quick-Fit, 6xLC Quad, Тип волокна: OM2, Втулка: композит, Цвет: черный</t>
+  </si>
+  <si>
+    <t>1671202-3</t>
+  </si>
+  <si>
+    <t>AMP Адаптерная планка Quick-Fit, 6xLC Quad, Тип волокна: OM3, Втулка: керамика, Цвет: морской волны</t>
+  </si>
+  <si>
+    <t>1671273-1</t>
+  </si>
+  <si>
+    <t>AMP Комплект для ввода (зажимы PG 9 и PG 16) и организации линейного кабеля</t>
+  </si>
+  <si>
+    <t>1671274-1</t>
+  </si>
+  <si>
+    <t>AMP Комплект для ввода (защитные гибкие трубки) и организации линейного кабеля</t>
+  </si>
+  <si>
+    <t>1671281-3</t>
+  </si>
+  <si>
+    <t>AMP Лоток на 24 сплайса RECORDsplice</t>
+  </si>
+  <si>
+    <t>1695790-4</t>
+  </si>
+  <si>
+    <t>AMP Счетверенный адаптер LC-типа (LC Quad), Втулка: керамика, Цвет: синий, Тип волокна: SМ</t>
+  </si>
+  <si>
+    <t>1695790-5</t>
+  </si>
+  <si>
+    <t>AMP Счетверенный адаптер LC-типа (LC Quad), Втулка: металл, Цвет: бежевый, Тип волокна: MM</t>
+  </si>
+  <si>
+    <t>1828953-3</t>
+  </si>
+  <si>
+    <t>AMP Соединитель LightCrimp Plus ST-типа, Тип волокна: 9/125 мкм, SM, Цвет хвостовика: черный</t>
+  </si>
+  <si>
+    <t>183931-1</t>
+  </si>
+  <si>
+    <t>AMP Лицевая панель 45x45 для 1 вставки формата SL, SC Duplex, LC Quad, 2xST, Без адаптеров, Цвет: белый</t>
+  </si>
+  <si>
+    <t>1918266-1</t>
+  </si>
+  <si>
+    <t>1918267-1</t>
+  </si>
+  <si>
+    <t>AMP Клеевой соединитель LC Simplex, Наконечник: керамика, Хвостовик на кабель: 1,6-2,0 мм, Тип волокна: ММ</t>
+  </si>
+  <si>
+    <t>1933284-6</t>
+  </si>
+  <si>
+    <t>AMP Вставка SL-типа: Адаптер LC Duplex, Тип волокна: 10 GBit XG, 50/125 мкм, Цвет адаптера и вставки: аквамарин</t>
+  </si>
+  <si>
+    <t>1933286-4</t>
+  </si>
+  <si>
+    <t>AMP Вставка SL-типа: Адаптер LC Duplex, Тип волокна: SM, Цвет адаптера и вставки: синий</t>
+  </si>
+  <si>
+    <t>1933286-6</t>
+  </si>
+  <si>
+    <t>1985374-1</t>
+  </si>
+  <si>
+    <t>AMP Комплект сплайса LightCrimp для волокна с буферным покрытием 250 мкм и 900 мкм</t>
+  </si>
+  <si>
+    <t>1985771-1</t>
+  </si>
+  <si>
+    <t>AMP Кабельный держатель для монтажа сплайса LightCrimp</t>
+  </si>
+  <si>
+    <t>1985805-1</t>
+  </si>
+  <si>
+    <t>AMP Комплект сплайса LightCrimp для кабеля с диаметром внешней оболочки 2 мм</t>
+  </si>
+  <si>
+    <t>2-1206114-4</t>
+  </si>
+  <si>
+    <t>AMP Панель до 24xST-ST Simplex, MM, Глубина: 300 мм, С 12 адаптерами</t>
+  </si>
+  <si>
+    <t>2-1206138-4</t>
+  </si>
+  <si>
+    <t>AMP Панель до 12xSC-SC Duplex, MM, Глубина: 300 мм, С 6 адаптерами</t>
+  </si>
+  <si>
+    <t>2-1671000-4</t>
+  </si>
+  <si>
+    <t>AMP Панель до 24xLC-LC Duplex, SM, Глубина: 300 мм, С 12 адаптерами</t>
+  </si>
+  <si>
+    <t>2-1671000-8</t>
+  </si>
+  <si>
+    <t>AMP Панель до 24xLC-LC Duplex, MM, Глубина: 300 мм, С 12 адаптерами</t>
+  </si>
+  <si>
+    <t>2-5502776-3</t>
+  </si>
+  <si>
+    <t>AMP Адаптер SC-APC/SC-APC Duplex, Втулка: керамика, Цвет: зеленый, Тип: SM</t>
+  </si>
+  <si>
+    <t>2-5502776-6</t>
+  </si>
+  <si>
+    <t>AMP Адаптер SC-SС Duplex, Втулка: керамика, Цвет: морской волны, Тип: MМ</t>
+  </si>
+  <si>
+    <t>2-966936-2</t>
+  </si>
+  <si>
+    <t>AMP Розетка DIN для SC-SC Duplex, без адаптеров, Цвет: белый</t>
+  </si>
+  <si>
+    <t>349578-2</t>
+  </si>
+  <si>
+    <t>AMP SC/SC-дуплексный шнур, 62.5/125 мкм, MM, Длина: 2 м</t>
+  </si>
+  <si>
+    <t>4-106901-4</t>
+  </si>
+  <si>
+    <t>AMP Адаптер SC-APC/SC-APC, Simplex, Втулка: керамика, Цвет: зеленый, Тип: SM</t>
+  </si>
+  <si>
+    <t>4-1206114-4</t>
+  </si>
+  <si>
+    <t>AMP Панель до 24xST-ST Simplex, MM, Глубина: 300 мм, С 24 адаптерами</t>
+  </si>
+  <si>
+    <t>4-1206138-4</t>
+  </si>
+  <si>
+    <t>AMP Панель до 12xSC-SC Duplex, MM, Глубина: 300 мм, С 12 адаптерами</t>
+  </si>
+  <si>
+    <t>4-1671000-4</t>
+  </si>
+  <si>
+    <t>AMP Панель до 24xLC-LC Duplex, SM, Глубина: 300 мм, С 24 адаптерами</t>
+  </si>
+  <si>
+    <t>4-1671000-8</t>
+  </si>
+  <si>
+    <t>AMP Панель до 24xLC-LC Duplex, MM, Глубина: 300 мм, С 24 адаптерами</t>
+  </si>
+  <si>
+    <t>502750-1</t>
+  </si>
+  <si>
+    <t>AMP Адаптер ST-ST Simplex, Корпус: металл, Втулка: керамика, Крепеж: накидная гайка, Тип: SМ</t>
+  </si>
+  <si>
+    <t>503577-1</t>
+  </si>
+  <si>
+    <t>AMP 12 соединителей CORELINK для SМ и ММ волокон</t>
+  </si>
+  <si>
+    <t>503605-1</t>
+  </si>
+  <si>
+    <t>AMP Подставка для монтажа CORELINK</t>
+  </si>
+  <si>
+    <t>503677-1</t>
+  </si>
+  <si>
+    <t>AMP Клеевой соединитель ST-типа (хвостовик на 3мм), Наконечник: керамика, Тип: ММ</t>
+  </si>
+  <si>
+    <t>503681-1</t>
+  </si>
+  <si>
+    <t>AMP 2 запасных ключа в упаковке для соединителей CORELINK</t>
+  </si>
+  <si>
+    <t>504000-1</t>
+  </si>
+  <si>
+    <t>AMP Соединитель LightCrimp ST-типа, Тип: ST SМ, Наконечник: керамика</t>
+  </si>
+  <si>
+    <t>504021-2</t>
+  </si>
+  <si>
+    <t>AMP Адаптер ST-ST Simplex, Корпус: металл, Втулка: металл, Крепеж: накидная гайка, Тип: MM</t>
+  </si>
+  <si>
+    <t>504649-2</t>
+  </si>
+  <si>
+    <t>AMP Соединитель FC Simplex, SM</t>
+  </si>
+  <si>
+    <t>5233266-1</t>
+  </si>
+  <si>
+    <t>AMP Полушнур SC/PC, SM, Длина: 1 м</t>
+  </si>
+  <si>
+    <t>5233266-2</t>
+  </si>
+  <si>
+    <t>AMP Полушнур SC/PC, SM, Длина: 2 м</t>
+  </si>
+  <si>
+    <t>5233352-2</t>
+  </si>
+  <si>
+    <t>AMP Полушнур ST/PC, SM, Длина: 2 м</t>
+  </si>
+  <si>
+    <t>5349561-1</t>
+  </si>
+  <si>
+    <t>AMP ST/ST-дуплексный шнур, 50/125 мкм, MM, Длина: 1 м</t>
+  </si>
+  <si>
+    <t>5349561-2</t>
+  </si>
+  <si>
+    <t>AMP ST/ST-дуплексный шнур, 50/125 мкм, MM, Длина: 2 м</t>
+  </si>
+  <si>
+    <t>5349561-3</t>
+  </si>
+  <si>
+    <t>AMP ST/ST-дуплексный шнур, 50/125 мкм, MM, Длина: 3 м</t>
+  </si>
+  <si>
+    <t>5349561-5</t>
+  </si>
+  <si>
+    <t>AMP ST/ST-дуплексный шнур, 50/125 мкм, MM, Длина: 5 м</t>
+  </si>
+  <si>
+    <t>5349565-1</t>
+  </si>
+  <si>
+    <t>AMP SC/SC-дуплексный шнур, 50/125 мкм, MM, Длина: 1 м</t>
+  </si>
+  <si>
+    <t>5349565-2</t>
+  </si>
+  <si>
+    <t>AMP SC/SC-дуплексный шнур, 50/125 мкм, MM, Длина: 2 м</t>
+  </si>
+  <si>
+    <t>5349565-3</t>
+  </si>
+  <si>
+    <t>AMP SC/SC-дуплексный шнур, 50/125 мкм, MM, Длина: 3 м</t>
+  </si>
+  <si>
+    <t>5349565-5</t>
+  </si>
+  <si>
+    <t>AMP SC/SC-дуплексный шнур, 50/125 мкм, MM, Длина: 5 м</t>
+  </si>
+  <si>
+    <t>5349567-1</t>
+  </si>
+  <si>
+    <t>AMP SC/ST-дуплексный шнур, 50/125 мкм, MM, Длина: 1 м</t>
+  </si>
+  <si>
+    <t>5349567-2</t>
+  </si>
+  <si>
+    <t>AMP SC/ST-дуплексный шнур, 50/125 мкм, MM, Длина: 2 м</t>
+  </si>
+  <si>
+    <t>5349567-3</t>
+  </si>
+  <si>
+    <t>AMP SC/ST-дуплексный шнур, 50/125 мкм, MM, Длина: 3 м</t>
+  </si>
+  <si>
+    <t>5349567-5</t>
+  </si>
+  <si>
+    <t>AMP SC/ST-дуплексный шнур, 50/125 мкм, MM, Длина: 5 м</t>
+  </si>
+  <si>
+    <t>5349568-2</t>
+  </si>
+  <si>
+    <t>AMP SС-полушнур, Тип волокна: 50/125 мкм, Буфер: легкоснимаемый, Длина: 1 м</t>
+  </si>
+  <si>
+    <t>5349568-4</t>
+  </si>
+  <si>
+    <t>AMP SС-полушнур, Тип волокна: 50/125 мкм, Буфер: легкоснимаемый, Длина: 2 м</t>
+  </si>
+  <si>
+    <t>5349569-4</t>
+  </si>
+  <si>
+    <t>AMP ST-полушнур, Тип волокна: 50/125 мкм, Длина: 2 м</t>
+  </si>
+  <si>
+    <t>5349574-1</t>
+  </si>
+  <si>
+    <t>AMP ST/ST-дуплексный шнур, 62.5/125 мкм, MM, Длина: 1 м</t>
+  </si>
+  <si>
+    <t>5349574-2</t>
+  </si>
+  <si>
+    <t>AMP ST/ST-дуплексный шнур, 62.5/125 мкм, MM, Длина: 2 м</t>
+  </si>
+  <si>
+    <t>5349574-3</t>
+  </si>
+  <si>
+    <t>AMP ST/ST-дуплексный шнур, 62.5/125 мкм, MM, Длина: 3 м</t>
+  </si>
+  <si>
+    <t>5349574-5</t>
+  </si>
+  <si>
+    <t>AMP ST/ST-дуплексный шнур, 62.5/125 мкм, MM, Длина: 5 м</t>
+  </si>
+  <si>
+    <t>5349578-1</t>
+  </si>
+  <si>
+    <t>AMP SC/SC-дуплексный шнур, 62.5/125 мкм, MM, Длина: 1 м</t>
+  </si>
+  <si>
+    <t>5349578-3</t>
+  </si>
+  <si>
+    <t>AMP SC/SC-дуплексный шнур, 62.5/125 мкм, MM, Длина: 3 м</t>
+  </si>
+  <si>
+    <t>5349578-5</t>
+  </si>
+  <si>
+    <t>AMP SC/SC-дуплексный шнур, 62.5/125 мкм, MM, Длина: 5 м</t>
+  </si>
+  <si>
+    <t>5349580-1</t>
+  </si>
+  <si>
+    <t>AMP SC/ST-дуплексный шнур, 62.5/125 мкм, MM, Длина: 1 м</t>
+  </si>
+  <si>
+    <t>5349580-2</t>
+  </si>
+  <si>
+    <t>AMP SC/ST-дуплексный шнур, 62.5/125 мкм, MM, Длина: 2 м</t>
+  </si>
+  <si>
+    <t>5349580-3</t>
+  </si>
+  <si>
+    <t>AMP SC/ST-дуплексный шнур, 62.5/125 мкм, MM, Длина: 3 м</t>
+  </si>
+  <si>
+    <t>5349580-5</t>
+  </si>
+  <si>
+    <t>AMP SC/ST-дуплексный шнур, 62.5/125 мкм, MM, Длина: 5 м</t>
+  </si>
+  <si>
+    <t>5349582-4</t>
+  </si>
+  <si>
+    <t>AMP ST-полушнур, Тип волокна: 62.5/125 мкм, Длина: 2 м</t>
+  </si>
+  <si>
+    <t>5349584-2</t>
+  </si>
+  <si>
+    <t>AMP SС-полушнур, Тип волокна: 62.5/125 мкм, Буфер: легкоснимаемый, Длина: 1 м</t>
+  </si>
+  <si>
+    <t>5492020-2</t>
+  </si>
+  <si>
+    <t>AMP SC/ST-дуплексный шнур, 9/125 мкм, SM, Длина: 2 м</t>
+  </si>
+  <si>
+    <t>5492020-3</t>
+  </si>
+  <si>
+    <t>AMP SC/ST-дуплексный шнур, 9/125 мкм, SM, Длина: 3 м</t>
+  </si>
+  <si>
+    <t>5492020-4</t>
+  </si>
+  <si>
+    <t>AMP SC/ST-дуплексный шнур, 9/125 мкм, SM, Длина: 5 м</t>
+  </si>
+  <si>
+    <t>5492458-1</t>
+  </si>
+  <si>
+    <t>AMP Клеевой соединитель ST Simplex, Тип: MМ</t>
+  </si>
+  <si>
+    <t>5492642-2</t>
+  </si>
+  <si>
+    <t>AMP Соединитель LightCrimp Plus ST Simplex, Тип волокна: 62.5/125 мкм, Цвет хвостовика: бежевый</t>
+  </si>
+  <si>
+    <t>5492643-1</t>
+  </si>
+  <si>
+    <t>AMP Соединитель LightCrimp Plus SC Simplex, Тип волокна: 62.5/125 мкм, Цвет хвостовика: бежевый</t>
+  </si>
+  <si>
+    <t>5502580-2</t>
+  </si>
+  <si>
+    <t>AMP Клеевой соединитель ST-типа (хвостовик на 3мм), Материал наконечника: керамика, Тип: SМ</t>
+  </si>
+  <si>
+    <t>5503692-1</t>
+  </si>
+  <si>
+    <t>AMP Соединитель LightCrimp SС-типа, Simplex SC MM, Наконечник: керамика</t>
+  </si>
+  <si>
+    <t>5503693-1</t>
+  </si>
+  <si>
+    <t>AMP Соединитель LightCrimp SС-типа, Duplex SC MM, Наконечник: керамика</t>
+  </si>
+  <si>
+    <t>5503902-1</t>
+  </si>
+  <si>
+    <t>AMP Соединитель LightCrimp ST-типа, MM, Наконечник: керамика.</t>
+  </si>
+  <si>
+    <t>5503948-1</t>
+  </si>
+  <si>
+    <t>AMP Клеевой соединитель SC Simplex (хвостовик на 3мм), Наконечник: керамика, Тип: ММ</t>
+  </si>
+  <si>
+    <t>5503948-5</t>
+  </si>
+  <si>
+    <t>AMP Клеевой соединитель SC Simplex (хвостовик на 900мкм и 3мм), Наконечник: керамика, Тип: ММ</t>
+  </si>
+  <si>
+    <t>5504000-1</t>
+  </si>
+  <si>
+    <t>5504600-1</t>
+  </si>
+  <si>
+    <t>AMP Соединитель LightCrimp ST-типа, Тип: ST ММ, Наконечник: керамика</t>
+  </si>
+  <si>
+    <t>5504614-1</t>
+  </si>
+  <si>
+    <t>AMP Адаптер SC-SС Simplex, Втулка: металл, Цвет: бежевый, Тип: MM</t>
+  </si>
+  <si>
+    <t>5504640-2</t>
+  </si>
+  <si>
+    <t>AMP Адаптер SC-SС Duplex, Втулка: металл, Цвет: бежевый, Тип: MM</t>
+  </si>
+  <si>
+    <t>5504646-1</t>
+  </si>
+  <si>
+    <t>AMP Клеевой соединитель SC Simplex (хвостовик на 3мм), Наконечник: керамика, Тип: SМ</t>
+  </si>
+  <si>
+    <t>5504655-1</t>
+  </si>
+  <si>
+    <t>AMP Клеевой соединитель SC Duplex (хвостовик на 3мм), Наконечник: керамика, Тип: SМ</t>
+  </si>
+  <si>
+    <t>5504657-1</t>
+  </si>
+  <si>
+    <t>AMP Клеевой соединитель SC Duplex (хвостовик на 3мм), Наконечник: керамика, Тип: MМ</t>
+  </si>
+  <si>
+    <t>559066-1</t>
+  </si>
+  <si>
+    <t>AMP Кассета на 6 соединителей CORELINK</t>
+  </si>
+  <si>
+    <t>559515-1</t>
+  </si>
+  <si>
+    <t>AMP Адаптерная планка Snap-in, 6хST-ST Simplex, 6 волокон, MМ, Втулка: полимер</t>
+  </si>
+  <si>
+    <t>559523-1</t>
+  </si>
+  <si>
+    <t>AMP Фальшпланка Snap-in</t>
+  </si>
+  <si>
+    <t>559542-2</t>
+  </si>
+  <si>
+    <t>AMP Панель для 4 Snap-in планок и MPO-кассет, Высота: 2U, Цвет: черный</t>
+  </si>
+  <si>
+    <t>559552-2</t>
+  </si>
+  <si>
+    <t>AMP Панель для 12 Snap-in планок и MPO-кассет, Высота: 4U, Цвет: черный</t>
+  </si>
+  <si>
+    <t>559557-1</t>
+  </si>
+  <si>
+    <t>AMP Адаптерная планка Snap-in, 6хST-ST Simplex, 6 волокон, Втулка: полимер</t>
+  </si>
+  <si>
+    <t>559558-1</t>
+  </si>
+  <si>
+    <t>AMP Адаптерная планка Snap-in 3xSС-SC Duplex, 6 волокон, ММ</t>
+  </si>
+  <si>
+    <t>559558-2</t>
+  </si>
+  <si>
+    <t>AMP Адаптерная планка Snap-in 3xSС-SC Duplex, 6 волокон, SМ</t>
+  </si>
+  <si>
+    <t>559596-1</t>
+  </si>
+  <si>
+    <t>AMP Адаптерная планка Snap-in 6xSC-SC Duplex, 12 волокон, ММ</t>
+  </si>
+  <si>
+    <t>559596-2</t>
+  </si>
+  <si>
+    <t>AMP Адаптерная планка Snap-in 6xSC-SC Duplex, 12 волокон, SМ</t>
+  </si>
+  <si>
+    <t>559614-2</t>
+  </si>
+  <si>
+    <t>AMP Панель для 8 Snap-in планок и MPO-кассет, Высота: 3U, Цвет: черный</t>
+  </si>
+  <si>
+    <t>6206158-2</t>
+  </si>
+  <si>
+    <t>AMP ST/ST-дуплексный шнур, 9/125 мкм, SМ, Длина: 2 м</t>
+  </si>
+  <si>
+    <t>6206158-3</t>
+  </si>
+  <si>
+    <t>AMP ST/ST-дуплексный шнур, 9/125 мкм, SМ, Длина: 3 м</t>
+  </si>
+  <si>
+    <t>6206158-5</t>
+  </si>
+  <si>
+    <t>AMP ST/ST-дуплексный шнур, 9/125 мкм, SМ, Длина: 5 м</t>
+  </si>
+  <si>
+    <t>6206613-2</t>
+  </si>
+  <si>
+    <t>AMP MT-RJ/MT-RJ-дуплексный шнур, 62.5/125 мкм, MM, Длина: 2 м</t>
+  </si>
+  <si>
+    <t>6206615-1</t>
+  </si>
+  <si>
+    <t>AMP MT-RJ/SC-дуплексный шнур, 62.5/125 мкм, MM, Длина: 1 м</t>
+  </si>
+  <si>
+    <t>6206615-2</t>
+  </si>
+  <si>
+    <t>AMP MT-RJ/SC-дуплексный шнур, 62.5/125 мкм, MM, Длина: 2 м</t>
+  </si>
+  <si>
+    <t>6206615-3</t>
+  </si>
+  <si>
+    <t>AMP MT-RJ/SC-дуплексный шнур, 62.5/125 мкм, MM, Длина: 3 м</t>
+  </si>
+  <si>
+    <t>6206616-2</t>
+  </si>
+  <si>
+    <t>AMP MT-RJ/ST-дуплексный шнур, 62.5/125 мкм, MM, Длина: 2 м</t>
+  </si>
+  <si>
+    <t>6206616-3</t>
+  </si>
+  <si>
+    <t>AMP MT-RJ/ST-дуплексный шнур, 62.5/125 мкм, MM, Длина: 3 м</t>
+  </si>
+  <si>
+    <t>6206617-2</t>
+  </si>
+  <si>
+    <t>AMP MT-RJ/MT-RJ-дуплексный шнур, 50/125 мкм, MM, Длина: 2 м</t>
+  </si>
+  <si>
+    <t>6206617-3</t>
+  </si>
+  <si>
+    <t>AMP MT-RJ/MT-RJ-дуплексный шнур, 50/125 мкм, MM, Длина: 3 м</t>
+  </si>
+  <si>
+    <t>6206619-1</t>
+  </si>
+  <si>
+    <t>AMP MT-RJ/SC-дуплексный шнур, 50/125 мкм, MM, Длина: 1 м</t>
+  </si>
+  <si>
+    <t>6206619-2</t>
+  </si>
+  <si>
+    <t>AMP MT-RJ/SC-дуплексный шнур, 50/125 мкм, MM, Длина: 2 м</t>
+  </si>
+  <si>
+    <t>6206619-3</t>
+  </si>
+  <si>
+    <t>AMP MT-RJ/SC-дуплексный шнур, 50/125 мкм, MM, Длина: 3 м</t>
+  </si>
+  <si>
+    <t>6206619-5</t>
+  </si>
+  <si>
+    <t>AMP MT-RJ/SC-дуплексный шнур, 50/125 мкм, MM, Длина: 5 м</t>
+  </si>
+  <si>
+    <t>6206620-1</t>
+  </si>
+  <si>
+    <t>AMP MT-RJ/ST-дуплексный шнур, 50/125 мкм, MM, Длина: 1 м</t>
+  </si>
+  <si>
+    <t>6206620-2</t>
+  </si>
+  <si>
+    <t>AMP MT-RJ/ST-дуплексный шнур, 50/125 мкм, MM, Длина: 2 м</t>
+  </si>
+  <si>
+    <t>6206620-3</t>
+  </si>
+  <si>
+    <t>AMP MT-RJ/ST-дуплексный шнур, 50/125 мкм, MM, Длина: 3 м</t>
+  </si>
+  <si>
+    <t>6206620-5</t>
+  </si>
+  <si>
+    <t>AMP MT-RJ/ST-дуплексный шнур, 50/125 мкм, MM, Длина: 5 м</t>
+  </si>
+  <si>
+    <t>6206621-1</t>
+  </si>
+  <si>
+    <t>AMP MT-RJ/MT-RJ-дуплексный шнур, 9/125 мкм, SМ, Длина: 1 м</t>
+  </si>
+  <si>
+    <t>6206621-2</t>
+  </si>
+  <si>
+    <t>AMP MT-RJ/MT-RJ-дуплексный шнур, 9/125 мкм, SМ, Длина: 2 м</t>
+  </si>
+  <si>
+    <t>6206621-3</t>
+  </si>
+  <si>
+    <t>AMP MT-RJ/MT-RJ-дуплексный шнур, 9/125 мкм, SМ, Длина: 3 м</t>
+  </si>
+  <si>
+    <t>6206621-5</t>
+  </si>
+  <si>
+    <t>AMP MT-RJ/MT-RJ-дуплексный шнур, 9/125 мкм, SМ, Длина: 5 м</t>
+  </si>
+  <si>
+    <t>6206623-1</t>
+  </si>
+  <si>
+    <t>AMP MT-RJ/SC-дуплексный шнур, 9/125 мкм, SМ, Длина: 1 м</t>
+  </si>
+  <si>
+    <t>6206623-2</t>
+  </si>
+  <si>
+    <t>AMP MT-RJ/SC-дуплексный шнур, 9/125 мкм, SМ, Длина: 2 м</t>
+  </si>
+  <si>
+    <t>6206623-3</t>
+  </si>
+  <si>
+    <t>AMP MT-RJ/SC-дуплексный шнур, 9/125 мкм, SМ, Длина: 3 м</t>
+  </si>
+  <si>
+    <t>6206623-5</t>
+  </si>
+  <si>
+    <t>AMP MT-RJ/SC-дуплексный шнур, 9/125 мкм, SМ, Длина: 5 м</t>
+  </si>
+  <si>
+    <t>6278009-1</t>
+  </si>
+  <si>
+    <t>6278079-1</t>
+  </si>
+  <si>
+    <t>AMP Соединитель LightCrimp Plus SC Simplex, Тип волокна: 50/125 мкм, Цвет хвостовика: бежевый</t>
+  </si>
+  <si>
+    <t>6278079-2</t>
+  </si>
+  <si>
+    <t>AMP Соединитель LightCrimp Plus SC Simplex, Тип волокна: 50/125 мкм, Цвет хвостовика: черный</t>
+  </si>
+  <si>
+    <t>6278080-1</t>
+  </si>
+  <si>
+    <t>AMP Соединитель LightCrimp Plus SC Duplex, Тип волокна: 50/125 мкм</t>
+  </si>
+  <si>
+    <t>6278080-2</t>
+  </si>
+  <si>
+    <t>6278082-1</t>
+  </si>
+  <si>
+    <t>AMP Соединитель LightCrimp Plus ST Simplex, Тип волокна: 50/125 мкм, Цвет хвостовика: черный</t>
+  </si>
+  <si>
+    <t>6278303-1</t>
+  </si>
+  <si>
+    <t>AMP Гнездо MT-RJ для коммутационной панели и адаптерной планки, 50/125 мкм, Тип буфера: 250 мкм, Упаковка: 6 шт., Цвет: черный</t>
+  </si>
+  <si>
+    <t>6278303-2</t>
+  </si>
+  <si>
+    <t>AMP Гнездо MT-RJ для коммутационной панели и адаптерной планки, 62.5/125 мкм, Тип буфера: 250 мкм, Упаковка: 6 шт., Цвет: св. бежевый</t>
+  </si>
+  <si>
+    <t>6278303-4</t>
+  </si>
+  <si>
+    <t>AMP Гнездо MT-RJ для коммутационной панели и адаптерной планки, 50/125 мкм 10GBit XG, Тип буфера: 250 мкм, Упаковка: 6 шт., Цвет: серый</t>
+  </si>
+  <si>
+    <t>6278414-1</t>
+  </si>
+  <si>
+    <t>AMP Гнездо MT-RJ для абонентской розетки, 50/125 мкм (900мкм), Цвет гнезда: черный, Цвет SL-адаптера: светло-бежевый</t>
+  </si>
+  <si>
+    <t>6278415-1</t>
+  </si>
+  <si>
+    <t>AMP Гнездо MT-RJ для абонентской розетки, 62.5/125 мкм (900мкм), Цвет гнезда: светло-бежевый, Цвет SL-адаптера: светло-бежевый</t>
+  </si>
+  <si>
+    <t>6348260-1</t>
+  </si>
+  <si>
+    <t>AMP SC/SC-дуплексный шнур, 9/125 мкм, SМ, Длина: 1 м</t>
+  </si>
+  <si>
+    <t>6348260-2</t>
+  </si>
+  <si>
+    <t>AMP SC/SC-дуплексный шнур, 9/125 мкм, SМ, Длина: 2 м</t>
+  </si>
+  <si>
+    <t>6348260-3</t>
+  </si>
+  <si>
+    <t>AMP SC/SC-дуплексный шнур, 9/125 мкм, SМ, Длина: 3 м</t>
+  </si>
+  <si>
+    <t>6348260-5</t>
+  </si>
+  <si>
+    <t>AMP SC/SC-дуплексный шнур, 9/125 мкм, SМ, Длина: 5 м</t>
+  </si>
+  <si>
+    <t>6391366-1</t>
+  </si>
+  <si>
+    <t>AMP Полушнур с гнездом MT-RJ, Тип волокна: 9/125 мкм, OS2, Цвет гнезда MT-RJ: синий, Длина: 3 м</t>
+  </si>
+  <si>
+    <t>6457567-4</t>
+  </si>
+  <si>
+    <t>AMP Адаптер LC-LC Duplex, Втулка: керамика, Цвет: синий, Крепеж: скоба/винты, Тип: SМ</t>
+  </si>
+  <si>
+    <t>6457567-8</t>
+  </si>
+  <si>
+    <t>AMP Адаптер LC-LC Duplex, Втулка: металл, Цвет: бежевый, Крепеж: скоба/винты, Тип: MM</t>
+  </si>
+  <si>
+    <t>6536462-1</t>
+  </si>
+  <si>
+    <t>AMP MT-RJ/MT-RJ-дуплексный шнур, 10 GBit XG 50/125 мкм, OM3, MM, Длина: 1 м</t>
+  </si>
+  <si>
+    <t>6536462-2</t>
+  </si>
+  <si>
+    <t>AMP MT-RJ/MT-RJ-дуплексный шнур, 10 GBit XG 50/125 мкм, OM3, MM, Длина: 2 м</t>
+  </si>
+  <si>
+    <t>6536462-3</t>
+  </si>
+  <si>
+    <t>AMP MT-RJ/MT-RJ-дуплексный шнур, 10 GBit XG 50/125 мкм, OM3, MM, Длина: 3 м</t>
+  </si>
+  <si>
+    <t>6536462-5</t>
+  </si>
+  <si>
+    <t>AMP MT-RJ/MT-RJ-дуплексный шнур, 10 GBit XG 50/125 мкм, OM3, MM, Длина: 5 м</t>
+  </si>
+  <si>
+    <t>6536463-1</t>
+  </si>
+  <si>
+    <t>AMP MT-RJ/SC-дуплексный шнур, 10 GBit XG, 50/125 мкм, OM3, MM, Длина: 1 м</t>
+  </si>
+  <si>
+    <t>6536463-2</t>
+  </si>
+  <si>
+    <t>AMP MT-RJ/SC-дуплексный шнур, 10 GBit XG, 50/125 мкм, OM3, MM, Длина: 2 м</t>
+  </si>
+  <si>
+    <t>6536463-3</t>
+  </si>
+  <si>
+    <t>AMP MT-RJ/SC-дуплексный шнур, 10 GBit XG, 50/125 мкм, OM3, MM, Длина: 3 м</t>
+  </si>
+  <si>
+    <t>6536463-5</t>
+  </si>
+  <si>
+    <t>AMP MT-RJ/SC-дуплексный шнур, 10 GBit XG, 50/125 мкм, OM3, MM, Длина: 5 м</t>
+  </si>
+  <si>
+    <t>6536464-1</t>
+  </si>
+  <si>
+    <t>AMP SC/SC-дуплексный шнур, 10 GBit XG, 50/125 мкм, OM3, MM, Длина: 1 м</t>
+  </si>
+  <si>
+    <t>6536464-2</t>
+  </si>
+  <si>
+    <t>AMP SC/SC-дуплексный шнур, 10 GBit XG, 50/125 мкм, OM3, MM, Длина: 2 м</t>
+  </si>
+  <si>
+    <t>6536464-3</t>
+  </si>
+  <si>
+    <t>AMP SC/SC-дуплексный шнур, 10 GBit XG, 50/125 мкм, OM3, MM, Длина: 3 м</t>
+  </si>
+  <si>
+    <t>6536464-5</t>
+  </si>
+  <si>
+    <t>AMP SC/SC-дуплексный шнур, 10 GBit XG, 50/125 мкм, OM3, MM, Длина: 5 м</t>
+  </si>
+  <si>
+    <t>6536501-1</t>
+  </si>
+  <si>
+    <t>AMP LC/LC-дуплексный шнур, 9/125 мкм, SM, Длина: 1 м</t>
+  </si>
+  <si>
+    <t>6536501-2</t>
+  </si>
+  <si>
+    <t>AMP LC/LC-дуплексный шнур, 9/125 мкм, SM, Длина: 2 м</t>
+  </si>
+  <si>
+    <t>6536501-3</t>
+  </si>
+  <si>
+    <t>AMP LC/LC-дуплексный шнур, 9/125 мкм, SM, Длина: 3 м</t>
+  </si>
+  <si>
+    <t>6536501-5</t>
+  </si>
+  <si>
+    <t>AMP LC/LC-дуплексный шнур, 9/125 мкм, SM, Длина: 5 м</t>
+  </si>
+  <si>
+    <t>6536502-1</t>
+  </si>
+  <si>
+    <t>AMP LC/LC-дуплексный шнур, 50/125 мкм, MM, Длина: 1 м</t>
+  </si>
+  <si>
+    <t>6536502-2</t>
+  </si>
+  <si>
+    <t>AMP LC/LC-дуплексный шнур, 50/125 мкм, MM, Длина: 2 м</t>
+  </si>
+  <si>
+    <t>6536502-3</t>
+  </si>
+  <si>
+    <t>AMP LC/LC-дуплексный шнур, 50/125 мкм, MM, Длина: 3 м</t>
+  </si>
+  <si>
+    <t>6536502-5</t>
+  </si>
+  <si>
+    <t>AMP LC/LC-дуплексный шнур, 50/125 мкм, MM, Длина: 5 м</t>
+  </si>
+  <si>
+    <t>6536503-1</t>
+  </si>
+  <si>
+    <t>AMP LC/LC-дуплексный шнур, 62.5/125 мкм, MM, Длина: 1 м</t>
+  </si>
+  <si>
+    <t>6536503-2</t>
+  </si>
+  <si>
+    <t>AMP LC/LC-дуплексный шнур, 62.5/125 мкм, MM, Длина: 2 м</t>
+  </si>
+  <si>
+    <t>6536503-3</t>
+  </si>
+  <si>
+    <t>AMP LC/LC-дуплексный шнур, 62.5/125 мкм, MM, Длина: 3 м</t>
+  </si>
+  <si>
+    <t>6536503-5</t>
+  </si>
+  <si>
+    <t>AMP LC/LC-дуплексный шнур, 62.5/125 мкм, MM, Длина: 5 м</t>
+  </si>
+  <si>
+    <t>6536508-1</t>
+  </si>
+  <si>
+    <t>AMP SC/LC-дуплексный шнур, 9/125 мкм, SM, Длина: 1 м</t>
+  </si>
+  <si>
+    <t>6536508-2</t>
+  </si>
+  <si>
+    <t>AMP SC/LC-дуплексный шнур, 9/125 мкм, SM, Длина: 2 м</t>
+  </si>
+  <si>
+    <t>6536508-3</t>
+  </si>
+  <si>
+    <t>AMP SC/LC-дуплексный шнур, 9/125 мкм, SM, Длина: 3 м</t>
+  </si>
+  <si>
+    <t>6536508-5</t>
+  </si>
+  <si>
+    <t>AMP SC/LC-дуплексный шнур, 9/125 мкм, SM, Длина: 5 м</t>
+  </si>
+  <si>
+    <t>6536509-1</t>
+  </si>
+  <si>
+    <t>AMP SC/LC-дуплексный шнур, 50/125 мкм, MM, Длина: 1 м</t>
+  </si>
+  <si>
+    <t>6536509-2</t>
+  </si>
+  <si>
+    <t>AMP SC/LC-дуплексный шнур, 50/125 мкм, MM, Длина: 2 м</t>
+  </si>
+  <si>
+    <t>6536509-3</t>
+  </si>
+  <si>
+    <t>AMP SC/LC-дуплексный шнур, 50/125 мкм, MM, Длина: 3 м</t>
+  </si>
+  <si>
+    <t>6536509-5</t>
+  </si>
+  <si>
+    <t>AMP SC/LC-дуплексный шнур, 50/125 мкм, MM, Длина: 5 м</t>
+  </si>
+  <si>
+    <t>6536510-1</t>
+  </si>
+  <si>
+    <t>AMP SC/LC-дуплексный шнур, 62.5/125 мкм, MM, Длина: 1 м</t>
+  </si>
+  <si>
+    <t>6536510-2</t>
+  </si>
+  <si>
+    <t>AMP SC/LC-дуплексный шнур, 62.5/125 мкм, MM, Длина: 2 м</t>
+  </si>
+  <si>
+    <t>6536510-3</t>
+  </si>
+  <si>
+    <t>AMP SC/LC-дуплексный шнур, 62.5/125 мкм, MM, Длина: 3 м</t>
+  </si>
+  <si>
+    <t>6536510-5</t>
+  </si>
+  <si>
+    <t>AMP SC/LC-дуплексный шнур, 62.5/125 мкм, MM, Длина: 5 м</t>
+  </si>
+  <si>
+    <t>6536511-1</t>
+  </si>
+  <si>
+    <t>AMP MT-RJ/LC-дуплексный шнур, 9/125 мкм, SМ, Длина, 1 м</t>
+  </si>
+  <si>
+    <t>6536511-2</t>
+  </si>
+  <si>
+    <t>AMP MT-RJ/LC-дуплексный шнур, 9/125 мкм, SМ, Длина, 2 м</t>
+  </si>
+  <si>
+    <t>6536511-3</t>
+  </si>
+  <si>
+    <t>AMP MT-RJ/LC-дуплексный шнур, 9/125 мкм, SМ, Длина, 3 м</t>
+  </si>
+  <si>
+    <t>6536511-5</t>
+  </si>
+  <si>
+    <t>AMP MT-RJ/LC-дуплексный шнур, 9/125 мкм, SМ, Длина, 5 м</t>
+  </si>
+  <si>
+    <t>6536512-1</t>
+  </si>
+  <si>
+    <t>AMP MT-RJ/LC-дуплексный шнур, 50/125 мкм, MM, Длина: 1 м</t>
+  </si>
+  <si>
+    <t>6536512-2</t>
+  </si>
+  <si>
+    <t>AMP MT-RJ/LC-дуплексный шнур, 50/125 мкм, MM, Длина: 2 м</t>
+  </si>
+  <si>
+    <t>6536512-3</t>
+  </si>
+  <si>
+    <t>AMP MT-RJ/LC-дуплексный шнур, 50/125 мкм, MM, Длина: 3 м</t>
+  </si>
+  <si>
+    <t>6536512-5</t>
+  </si>
+  <si>
+    <t>AMP MT-RJ/LC-дуплексный шнур, 50/125 мкм, MM, Длина: 5 м</t>
+  </si>
+  <si>
+    <t>6536513-1</t>
+  </si>
+  <si>
+    <t>AMP MT-RJ/LC-дуплексный шнур, 62.5/125 мкм, MM, Длина: 1 м</t>
+  </si>
+  <si>
+    <t>6536513-2</t>
+  </si>
+  <si>
+    <t>AMP MT-RJ/LC-дуплексный шнур, 62.5/125 мкм, MM, Длина, 2 м</t>
+  </si>
+  <si>
+    <t>6536513-5</t>
+  </si>
+  <si>
+    <t>AMP MT-RJ/LC-дуплексный шнур, 62.5/125 мкм, MM, Длина: 5 м</t>
+  </si>
+  <si>
+    <t>6536555-2</t>
+  </si>
+  <si>
+    <t>AMP SС-полушнур, Тип волокна: OM3 50/125 мкм, Буфер: легкоснимаемый, Длина: 2 м</t>
+  </si>
+  <si>
+    <t>6536556-1</t>
+  </si>
+  <si>
+    <t>AMP Полушнур с гнездом MT-RJ, Тип волокна: OM3 50/125 мкм, Цвет гнезда MT-RJ: черный, Длина: 3 м</t>
+  </si>
+  <si>
+    <t>6536880-1</t>
+  </si>
+  <si>
+    <t>AMP LC-полушнур, настраиваемый, Тип волокна: OS2 9/125 мкм, Буфер: легкоснимаемый, Длина: 1 м</t>
+  </si>
+  <si>
+    <t>6536880-2</t>
+  </si>
+  <si>
+    <t>AMP LC-полушнур, настраиваемый, Тип волокна: OS2 9/125 мкм, Буфер: легкоснимаемый, Длина: 2 м</t>
+  </si>
+  <si>
+    <t>6536966-1</t>
+  </si>
+  <si>
+    <t>AMP LC-полушнур, Тип волокна: OM3 50/125 мкм, Буфер: легкоснимаемый, Длина: 1 м</t>
+  </si>
+  <si>
+    <t>6536966-2</t>
+  </si>
+  <si>
+    <t>AMP LC-полушнур, Тип волокна: OM3 50/125 мкм, Буфер: легкоснимаемый, Длина: 2 м</t>
+  </si>
+  <si>
+    <t>6536967-1</t>
+  </si>
+  <si>
+    <t>AMP SC/LC-дуплексный шнур, 10 GBit XG, 50/125 мкм, OM3, MM, Длина: 1 м</t>
+  </si>
+  <si>
+    <t>6536967-2</t>
+  </si>
+  <si>
+    <t>AMP SC/LC-дуплексный шнур, 10 GBit XG, 50/125 мкм, OM3, MM, Длина: 2 м</t>
+  </si>
+  <si>
+    <t>6536967-3</t>
+  </si>
+  <si>
+    <t>AMP SC/LC-дуплексный шнур, 10 GBit XG, 50/125 мкм, OM3, MM, Длина: 3 м</t>
+  </si>
+  <si>
+    <t>6536967-5</t>
+  </si>
+  <si>
+    <t>AMP SC/LC-дуплексный шнур, 10 GBit XG, 50/125 мкм, OM3, MM, Длина: 5 м</t>
+  </si>
+  <si>
+    <t>6536968-1</t>
+  </si>
+  <si>
+    <t>AMP MT-RJ/LC-дуплексный шнур, 10 GBit XG, 50/125 мкм, OM3, MM, Длина: 1 м</t>
+  </si>
+  <si>
+    <t>6536968-2</t>
+  </si>
+  <si>
+    <t>AMP MT-RJ/LC-дуплексный шнур, 10 GBit XG, 50/125 мкм, OM3, MM, Длина: 2 м</t>
+  </si>
+  <si>
+    <t>6536968-3</t>
+  </si>
+  <si>
+    <t>AMP MT-RJ/LC-дуплексный шнур, 10 GBit XG, 50/125 мкм, OM3, MM, Длина: 3 м</t>
+  </si>
+  <si>
+    <t>6536968-5</t>
+  </si>
+  <si>
+    <t>AMP MT-RJ/LC-дуплексный шнур, 10 GBit XG, 50/125 мкм, OM3, MM, Длина: 5 м</t>
+  </si>
+  <si>
+    <t>6536969-1</t>
+  </si>
+  <si>
+    <t>AMP LC/LC-дуплексный шнур, 10 GBit XG, 50/125 мкм, OM3, MM, Длина: 1 м</t>
+  </si>
+  <si>
+    <t>6536969-2</t>
+  </si>
+  <si>
+    <t>AMP LC/LC-дуплексный шнур, 10 GBit XG, 50/125 мкм, OM3, MM, Длина: 2 м</t>
+  </si>
+  <si>
+    <t>6536969-3</t>
+  </si>
+  <si>
+    <t>AMP LC/LC-дуплексный шнур, 10 GBit XG, 50/125 мкм, OM3, MM, Длина: 3 м</t>
+  </si>
+  <si>
+    <t>6536969-5</t>
+  </si>
+  <si>
+    <t>AMP LC/LC-дуплексный шнур, 10 GBit XG, 50/125 мкм, OM3, MM, Длина: 5 м</t>
+  </si>
+  <si>
+    <t>6536974-2</t>
+  </si>
+  <si>
+    <t>AMP LC-полушнур, Тип волокна: 62.5/125 мкм, Буфер: легкоснимаемый, Длина: 2 м</t>
+  </si>
+  <si>
+    <t>6536975-1</t>
+  </si>
+  <si>
+    <t>AMP LC-полушнур, Тип волокна: 50/125 мкм, Буфер: легкоснимаемый, Длина: 1 м</t>
+  </si>
+  <si>
+    <t>6536975-2</t>
+  </si>
+  <si>
+    <t>AMP LC-полушнур, Тип волокна: 50/125 мкм, Буфер: легкоснимаемый, Длина: 2 м</t>
+  </si>
+  <si>
+    <t>6588291-2</t>
+  </si>
+  <si>
+    <t>AMP Соединитель LightCrimp Plus SC Simplex, Тип волокна: OM3/OM4</t>
+  </si>
+  <si>
+    <t>6693276-1</t>
+  </si>
+  <si>
+    <t>AMP Соединитель LightCrimp Plus SC Simplex, Тип волокна: 9/125 мкм, Цвет хвостовика: синий</t>
+  </si>
+  <si>
+    <t>6693278-1</t>
+  </si>
+  <si>
+    <t>AMP Соединитель LightCrimp Plus SC Duplex, Тип волокна: 9/125 мкм</t>
+  </si>
+  <si>
+    <t>6695121-1</t>
+  </si>
+  <si>
+    <t>AMP LC/ST-дуплексный шнур, 62.5/125 мкм, MM, Длина: 1 м</t>
+  </si>
+  <si>
+    <t>6695121-2</t>
+  </si>
+  <si>
+    <t>AMP LC/ST-дуплексный шнур, 62.5/125 мкм, MM, Длина: 2 м</t>
+  </si>
+  <si>
+    <t>6695121-3</t>
+  </si>
+  <si>
+    <t>AMP LC/ST-дуплексный шнур, 62.5/125 мкм, MM, Длина: 3 м</t>
+  </si>
+  <si>
+    <t>6695121-5</t>
+  </si>
+  <si>
+    <t>AMP LC/ST-дуплексный шнур, 62.5/125 мкм, MM, Длина: 5 м</t>
+  </si>
+  <si>
+    <t>6695657-1</t>
+  </si>
+  <si>
+    <t>AMP LC/ST-дуплексный шнур, Тип волокна: 9/125 мкм, SM, Длина: 1 м</t>
+  </si>
+  <si>
+    <t>6695657-2</t>
+  </si>
+  <si>
+    <t>AMP LC/ST-дуплексный шнур, Тип волокна: 9/125 мкм, SM, Длина: 2 м</t>
+  </si>
+  <si>
+    <t>6695657-3</t>
+  </si>
+  <si>
+    <t>AMP LC/ST-дуплексный шнур, Тип волокна: 9/125 мкм, SM, Длина: 3 м</t>
+  </si>
+  <si>
+    <t>6695657-5</t>
+  </si>
+  <si>
+    <t>AMP LC/ST-дуплексный шнур, Тип волокна: 9/125 мкм, SM, Длина: 5 м</t>
+  </si>
+  <si>
+    <t>6695697-1</t>
+  </si>
+  <si>
+    <t>AMP LC/ST-дуплексный шнур, Тип волокна: 50/125 мкм, OM3, Длина: 1 м</t>
+  </si>
+  <si>
+    <t>6695697-2</t>
+  </si>
+  <si>
+    <t>AMP LC/ST-дуплексный шнур, Тип волокна: 50/125 мкм, OM3, Длина: 2 м</t>
+  </si>
+  <si>
+    <t>6695697-3</t>
+  </si>
+  <si>
+    <t>AMP LC/ST-дуплексный шнур, Тип волокна: 50/125 мкм, OM3, Длина: 3 м</t>
+  </si>
+  <si>
+    <t>6695697-5</t>
+  </si>
+  <si>
+    <t>AMP LC/ST-дуплексный шнур, Тип волокна: 50/125 мкм, OM3, Длина: 5 м</t>
+  </si>
+  <si>
+    <t>6754482-1</t>
+  </si>
+  <si>
+    <t>AMP Соединитель LightCrimp Plus LC Simplex (для буфера 250 и 900мкм), Тип волокна: 9/125 мкм</t>
+  </si>
+  <si>
+    <t>6754483-2</t>
+  </si>
+  <si>
+    <t>AMP Соединитель LightCrimp Plus LC Simplex (для буфера 250 и 900мкм), Тип волокна: 50/125 мкм</t>
+  </si>
+  <si>
+    <t>6754483-3</t>
+  </si>
+  <si>
+    <t>AMP Соединитель LightCrimp Plus LC Simplex, Тип волокна: 10 GBit XG 50/125 мкм</t>
+  </si>
+  <si>
+    <t>6754483-4</t>
+  </si>
+  <si>
+    <t>AMP Соединитель LightCrimp Plus LC Simplex (для буфера 250 и 900мкм), Тип волокна: OM3</t>
+  </si>
+  <si>
+    <t>6754485-2</t>
+  </si>
+  <si>
+    <t>AMP Соединитель LightCrimp Plus LC Duplex, Тип волокна: 50/125 мкм</t>
+  </si>
+  <si>
+    <t>964830-1</t>
+  </si>
+  <si>
+    <t>AMP Декоративная рамка DIN 80х80 мм, с центральным вырезом 63x63 мм, одинарная, Цвет: миндальный (RAL 9013)</t>
+  </si>
+  <si>
+    <t>966936-2</t>
+  </si>
+  <si>
+    <t>AMP Розетка DIN для SC-SC Duplex, без адаптеров, Цвет: миндальный</t>
+  </si>
+  <si>
+    <t>CB8020-000</t>
+  </si>
+  <si>
+    <t>AMP Сплайс RECORDsplice, Упаковка: 1000</t>
+  </si>
+  <si>
+    <t>CC5259-000</t>
+  </si>
+  <si>
+    <t>AMP Сплайс RECORDsplice, Упаковка: 100</t>
+  </si>
+  <si>
+    <t>1-231666-0</t>
+  </si>
+  <si>
+    <t>AMP Набор инструментов для модульных вилок (2 матрицы: для 4-6-контактных вилок + 8-конт. вилок)</t>
+  </si>
+  <si>
+    <t>Инструмент</t>
+  </si>
+  <si>
+    <t>1-231666-1</t>
+  </si>
+  <si>
+    <t>AMP Набор инструментов для модульных вилок (3 матрицы: для 4-контактных коротких вилок + 4-6-конт. вилок + 8-конт. вилок)</t>
+  </si>
+  <si>
+    <t>1-853400-0</t>
+  </si>
+  <si>
+    <t>AMP Обжимная матрица для 8-ми контактных модульных вилок High Performance</t>
+  </si>
+  <si>
+    <t>1278023-1</t>
+  </si>
+  <si>
+    <t>AMP Кабельный держатель для монтажа соединителей LightCrimp Plus SC-типа</t>
+  </si>
+  <si>
+    <t>1278118-4</t>
+  </si>
+  <si>
+    <t>AMP Набор инструментов для монтажа соединителей LightCrimp Plus ST-, SC-, LC-типа и гнёзд MT-RJ без микроскопа</t>
+  </si>
+  <si>
+    <t>1278346-1</t>
+  </si>
+  <si>
+    <t>AMP Набор инструментов для монтажа гнезд MT-RJ</t>
+  </si>
+  <si>
+    <t>1278531-1</t>
+  </si>
+  <si>
+    <t>AMP Стриппер для снятия внешней оболочки с кабеля</t>
+  </si>
+  <si>
+    <t>1278637-1</t>
+  </si>
+  <si>
+    <t>AMP Кусачки для обрезания кевларовой оплетки</t>
+  </si>
+  <si>
+    <t>1278947-1</t>
+  </si>
+  <si>
+    <t>AMP Стриппер для покрытия 250 мкм, буфера 900 мкм и оболочки кабеля</t>
+  </si>
+  <si>
+    <t>1278949-2</t>
+  </si>
+  <si>
+    <t>AMP Универсальный набор для LightCrimp, LightCrimp Plus и MT-RJ без микроскопа</t>
+  </si>
+  <si>
+    <t>1278949-3</t>
+  </si>
+  <si>
+    <t>AMP Универсальный набор для LightCrimp, Light Crimp Plus и MT-RJ с микроскопом</t>
+  </si>
+  <si>
+    <t>1375307-1</t>
+  </si>
+  <si>
+    <t>AMP Набор для монтажа системы тип 110 (сумка, ударный инструмент - "Премиум", нож, ножницы)</t>
+  </si>
+  <si>
+    <t>1375308-1</t>
+  </si>
+  <si>
+    <t>AMP "Премиум" - ударный инструмент типа 110 с увеличенным ресурсом</t>
+  </si>
+  <si>
+    <t>1375309-1</t>
+  </si>
+  <si>
+    <t>AMP Сменное лезвие с увеличенным ресурсом для ударного инструмента типа 110</t>
+  </si>
+  <si>
+    <t>1490530-1</t>
+  </si>
+  <si>
+    <t>AMP 4-х парный тестер карты соединений со встроенным тоновым генератором</t>
+  </si>
+  <si>
+    <t>1583608-1</t>
+  </si>
+  <si>
+    <t>AMP «Стандартный» ударный инструмент типа 110 с лезвием</t>
+  </si>
+  <si>
+    <t>1583609-1</t>
+  </si>
+  <si>
+    <t>AMP Сменное лезвие Standard для ударного ударного инструмента типа 110</t>
+  </si>
+  <si>
+    <t>1588175-1</t>
+  </si>
+  <si>
+    <t>AMP Сменная обжимная матрица, Тип соединителя: клеевой LС-типа, Диаметр внешней оболочки кабеля: 1.6-2.0 и 2.4 и 3.0 мм</t>
+  </si>
+  <si>
+    <t>1588176-1</t>
+  </si>
+  <si>
+    <t>AMP Клещи PRO-CRIMPER II с матрицей, Тип соединителя: клеевой LС-типа, Диаметр внешней оболочки кабеля: 1.6-2.0 и 2.4 и 3.0 мм</t>
+  </si>
+  <si>
+    <t>1725150-1</t>
+  </si>
+  <si>
+    <t>AMP Инструмент SL-Tool в чехле с оправкой</t>
+  </si>
+  <si>
+    <t>1754136-1</t>
+  </si>
+  <si>
+    <t>AMP Сменная обжимная матрица, Тип соединителя: LightCrimp Plus LC, Диаметр внешней оболочки кабеля: 0.9 мм</t>
+  </si>
+  <si>
+    <t>1754137-1</t>
+  </si>
+  <si>
+    <t>AMP Клещи PRO-CRIMPER II с матрицей, Тип соединителя: LightCrimp Plus LС, Диаметр внешней оболочки кабеля: 0.9 мм</t>
+  </si>
+  <si>
+    <t>1754708-1</t>
+  </si>
+  <si>
+    <t>AMP Стриппер для покрытия 250 мкм, буфера 900 мкм и оболочки диаметром 3 мм</t>
+  </si>
+  <si>
+    <t>1754765-1</t>
+  </si>
+  <si>
+    <t>AMP Универсальный адаптер под наконечник для портативного диагностического микроскопа, диаметр 1,25 мм (LC и MU)</t>
+  </si>
+  <si>
+    <t>1754767-1</t>
+  </si>
+  <si>
+    <t>AMP Комплект диагностического микроскопа 200х</t>
+  </si>
+  <si>
+    <t>1754768-1</t>
+  </si>
+  <si>
+    <t>AMP Адаптер для вилок MT-RJ для портативного диагностического микроскопа</t>
+  </si>
+  <si>
+    <t>1754845-1</t>
+  </si>
+  <si>
+    <t>AMP Набор инструментов для монтажа LightCrimp Plus SC- и LC-типа без микроскопа</t>
+  </si>
+  <si>
+    <t>1871696-1</t>
+  </si>
+  <si>
+    <t>AMP Прецизионный скалыватель для использования в полевых условиях</t>
+  </si>
+  <si>
+    <t>1985766-1</t>
+  </si>
+  <si>
+    <t>AMP Сменная обжимная матрица, Тип соединителя: LightCrimp Plus LC и SC, сплайс LightCrimp, Диаметр оболочки кабеля: 2.0 мм</t>
+  </si>
+  <si>
+    <t>2-231652-1</t>
+  </si>
+  <si>
+    <t>AMP Инструмент обжима с матрицей для 8-контактных вилок (Кат.5)</t>
+  </si>
+  <si>
+    <t>2064431-1</t>
+  </si>
+  <si>
+    <t>AMP Клещи PRO-CRIMPER II (без матрицы)</t>
+  </si>
+  <si>
+    <t>2064540-1</t>
+  </si>
+  <si>
+    <t>AMP Кабельный держатель для монтажа соединителей LightCrimp Plus LC- и SC- типа</t>
+  </si>
+  <si>
+    <t>2064603-1</t>
+  </si>
+  <si>
+    <t>AMP Клещи PRO-CRIMPER II с матрицей, Тип соединителя: LightCrimp Plus LC- и SC-типа, сплайс LightCrimp, Диаметр оболочки кабеля: 2.0 мм</t>
+  </si>
+  <si>
+    <t>2119000-1</t>
+  </si>
+  <si>
+    <t>AMP Стриппер JacKnack</t>
+  </si>
+  <si>
+    <t>2160032-2</t>
+  </si>
+  <si>
+    <t>AMP Очищающая салфетка для ВО (цена за 1шт., уп. 200шт.)</t>
+  </si>
+  <si>
+    <t>228433-5</t>
+  </si>
+  <si>
+    <t>AMP Полировочная бумага (100 листов А4), Размер зерна: 0,3 мкм</t>
+  </si>
+  <si>
+    <t>228433-7</t>
+  </si>
+  <si>
+    <t>AMP Полировочная бумага (100 листов А4), Размер зерна: 1 мкм</t>
+  </si>
+  <si>
+    <t>228433-8</t>
+  </si>
+  <si>
+    <t>AMP Полировочная бумага (100 листов А4), Размер зерна: 5 мкм</t>
+  </si>
+  <si>
+    <t>228433-9</t>
+  </si>
+  <si>
+    <t>AMP Полировочная бумага (100 листов А4), Размер зерна: 15 мкм</t>
+  </si>
+  <si>
+    <t>492025-1</t>
+  </si>
+  <si>
+    <t>AMP Сменная обжимная матрица, Тип соединителя: клеевой SС-типа, Диаметр оболочки кабеля: 2.0 и 2.4 / 2.5 и 3.0 мм</t>
+  </si>
+  <si>
+    <t>492026-1</t>
+  </si>
+  <si>
+    <t>AMP Клещи PRO-CRIMPER II с матрицей, Тип соединителя: клеевой SС-типа, Диаметр внешней оболочки кабеля: 2.0 и 2.4/2.5 и 3.0 мм</t>
+  </si>
+  <si>
+    <t>492109-2</t>
+  </si>
+  <si>
+    <t>AMP Микростриппер для буфера 900 мкм (предпочтителен для MT-RJ)</t>
+  </si>
+  <si>
+    <t>492543-1</t>
+  </si>
+  <si>
+    <t>AMP Набор инструментов для монтажа соединителей LightCrimp SС и ST, Комплектация: экономичная, без микроскопа</t>
+  </si>
+  <si>
+    <t>492622-1</t>
+  </si>
+  <si>
+    <t>AMP Сменная обжимная матрица, Тип соединителя: LightCrimp Plus и LightCrimp ST-типа, Диаметр оболочки кабеля: 2.0, 2.5 и 3.0 мм</t>
+  </si>
+  <si>
+    <t>492623-1</t>
+  </si>
+  <si>
+    <t>AMP Клещи PRO-CRIMPER II с матрицей, Тип соединителя: LightCrimp Plus и LightCrimp ST, Диаметр внешней оболочки кабеля: 2.0, 2.5 и 3.0 мм</t>
+  </si>
+  <si>
+    <t>492697-1</t>
+  </si>
+  <si>
+    <t>AMP Набор инструментов для монтажа соединителей LightCrimp Plus ST-типа без микроскопа</t>
+  </si>
+  <si>
+    <t>492703-1</t>
+  </si>
+  <si>
+    <t>AMP Кабельный держатель для монтажа соединителей LightCrimp Plus ST-типа</t>
+  </si>
+  <si>
+    <t>492782-1</t>
+  </si>
+  <si>
+    <t>AMP Клещи PRO-CRIMPER II с матрицей, Тип соединителя: LightCrimp Plus и LightCrimp SC, Диаметр внешней оболочки кабеля: 2.5 и 3.0 мм</t>
+  </si>
+  <si>
+    <t>492783-1</t>
+  </si>
+  <si>
+    <t>AMP Сменная обжимная матрица, Тип соединителя: LightCrimp Plus и LightCrimp SC-типа, Диаметр оболочки кабеля: 2.5 и 3.0 мм</t>
+  </si>
+  <si>
+    <t>501014-1</t>
+  </si>
+  <si>
+    <t>501198-1</t>
+  </si>
+  <si>
+    <t>AMP Стриппер для кабельной оболочки</t>
+  </si>
+  <si>
+    <t>501258-8</t>
+  </si>
+  <si>
+    <t>AMP Профессиональный набор инструментов для монтажа клеевых соединителей с печью и микроскопом</t>
+  </si>
+  <si>
+    <t>501818-1</t>
+  </si>
+  <si>
+    <t>AMP Комплект шаблонов, Применение: для зачистки кабеля и волокна (для ST и SC)</t>
+  </si>
+  <si>
+    <t>501857-1</t>
+  </si>
+  <si>
+    <t>AMP Спиртовая салфетка для очистки ВО (уп. 200шт.)</t>
+  </si>
+  <si>
+    <t>503705-1</t>
+  </si>
+  <si>
+    <t>AMP Скалыватель для соединителей LightCrimp</t>
+  </si>
+  <si>
+    <t>503746-1</t>
+  </si>
+  <si>
+    <t>AMP Стандартный набор инструментов для монтажа клеевых соединителей ST-тип</t>
+  </si>
+  <si>
+    <t>503746-7</t>
+  </si>
+  <si>
+    <t>AMP Стандартный набор инструментов для монтажа клеевых соединителей SC/FC</t>
+  </si>
+  <si>
+    <t>503910-1</t>
+  </si>
+  <si>
+    <t>AMP Сменная обжимная матрица, Тип соединителя: клеевой SС-типа, Диаметр оболочки кабеля: 3.0 мм</t>
+  </si>
+  <si>
+    <t>503911-1</t>
+  </si>
+  <si>
+    <t>AMP Клещи PRO-CRIMPER II с матрицей, Тип соединителя: SC, Диаметр внешней оболочки кабеля: 3.0 мм</t>
+  </si>
+  <si>
+    <t>503957-3</t>
+  </si>
+  <si>
+    <t>AMP Набор инструментов для монтажа соединителей LightCrimp SC и SТ, Комплектация: стандартная, с микроскопом</t>
+  </si>
+  <si>
+    <t>504035-1</t>
+  </si>
+  <si>
+    <t>AMP Эпоксидный компаунд EPO-TEK, Кол-во соединений: 25 (цена за 1шт., упак. 25шт.)</t>
+  </si>
+  <si>
+    <t>504064-1</t>
+  </si>
+  <si>
+    <t>AMP Скалыватель для клеевых соединителей, с лезвием</t>
+  </si>
+  <si>
+    <t>504290-1</t>
+  </si>
+  <si>
+    <t>AMP Запасное лезвие для скалывателя</t>
+  </si>
+  <si>
+    <t>569949-1</t>
+  </si>
+  <si>
+    <t>AMP Монтажная подставка ACO (для заделки Mark II инструментом тип-110)</t>
+  </si>
+  <si>
+    <t>58424-1</t>
+  </si>
+  <si>
+    <t>AMP Сменная обжимная матрица, Тип соединителя: клеевой ST-типа, Диаметр внешней оболочки кабеля: 3.0 мм</t>
+  </si>
+  <si>
+    <t>58433-4</t>
+  </si>
+  <si>
+    <t>AMP Клещи PRO-CRIMPER II с матрицей, Тип соединителя: ST, Диаметр внешней оболочки кабеля: 3.0 мм</t>
+  </si>
+  <si>
+    <t>726948-1</t>
+  </si>
+  <si>
+    <t>AMP Отпирающая скоба для ACO</t>
+  </si>
+  <si>
+    <t>853400-8</t>
+  </si>
+  <si>
+    <t>AMP Обжимная матрица для 4-х и 6-ти контактных модульных вилок</t>
   </si>
   <si>
     <t>1711060-1</t>
   </si>
   <si>
     <t>AMP Кабель на основе витой пары Cat.5e, UTP, 4 пары, с многожильными проводниками, белый, катушка 500 м</t>
   </si>
   <si>
     <t>Витая пара</t>
   </si>
   <si>
-    <t>1594037-5</t>
-[...4139 lines deleted...]
-    <t>AMP Обжимная матрица для 4-х и 6-ти контактных модульных вилок</t>
+    <t>406372-1</t>
+  </si>
+  <si>
+    <t>РАЗЪЕМ AMP NETCONNECT CAT 5E RJ45</t>
+  </si>
+  <si>
+    <t>Разъемы</t>
+  </si>
+  <si>
+    <t>Звоните</t>
   </si>
   <si>
     <t>1-1499001-0</t>
   </si>
   <si>
     <t>AMP Коммутационный шнур Cat.6, UTP, PVC, белый, 7.5м</t>
   </si>
   <si>
     <t>Медные кабельные системы</t>
   </si>
   <si>
     <t>1-1711091-0</t>
   </si>
   <si>
     <t>AMP Коммутационный шнур Cat.6, UTP, оболочка LSZH, белый, 10.0 м</t>
   </si>
   <si>
     <t>1-1711091-1</t>
   </si>
   <si>
     <t>AMP Коммутационный шнур Cat.6, UTP, оболочка LSZH, белый, 0.5 м</t>
   </si>
   <si>
     <t>1-1711091-2</t>
   </si>
@@ -5878,59 +3865,50 @@
     <t>AMP Коммутационный шнур Cat.5e, UTP, PVC, 1.0 м (x=7 - белый, 6 - желтый, 8 - красный, 9 - синий, 5 - зеленыйg, 4 - черный)</t>
   </si>
   <si>
     <t>x-941761-6</t>
   </si>
   <si>
     <t>AMP Коммутационный шнур Cat.5e, UTP, PVC, 2.0 м (x=7 - белый, 6 - желтый, 8 - красный, 9 - синий, 5 - зеленыйg, 4 - черный)</t>
   </si>
   <si>
     <t>x-941761-7</t>
   </si>
   <si>
     <t>AMP Коммутационный шнур Cat.5e, UTP, PVC, 3.0 м (x=7 - белый, 6 - желтый, 8 - красный, 9 - синий, 5 - зеленыйg, 4 - черный)</t>
   </si>
   <si>
     <t>x-941761-8</t>
   </si>
   <si>
     <t>AMP Коммутационный шнур Cat.5e, UTP, PVC, 5.0 м (x=7 - белый, 6 - желтый, 8 - красный, 9 - синий, 5 - зеленыйg, 4 - черный)</t>
   </si>
   <si>
     <t>x-941761-9</t>
   </si>
   <si>
     <t>AMP Коммутационный шнур Cat.5e, UTP, PVC, 0.5 м (x=7 - белый, 6 - желтый, 8 - красный, 9 - синий, 5 - зеленыйg, 4 - черный)</t>
-  </si>
-[...7 lines deleted...]
-    <t>Звоните</t>
   </si>
   <si>
     <t>1375159-1</t>
   </si>
   <si>
     <t>AMP Горизонтальный организатор 1U в форме перфорированного короба, двусторонний (36х76 / 26х102мм)</t>
   </si>
   <si>
     <t>Аксессуары к телекоммуникационным шкафам и стойкам</t>
   </si>
   <si>
     <t>1375161-1</t>
   </si>
   <si>
     <t>AMP Горизонтальный организатор 1U в форме перфорированного короба, односторонний (38х51мм)</t>
   </si>
   <si>
     <t>1375162-1</t>
   </si>
   <si>
     <t>AMP Горизонтальный организатор 1U в форме перфорированного короба, односторонний (38х76мм)</t>
   </si>
   <si>
     <t>1375163-1</t>
   </si>
@@ -6198,51 +4176,51 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="7" numFmtId="0" fillId="2" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="49" fillId="2" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="2" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d362f85f1b907e314df1676a97c2ce32.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11baa3721e2c80e62257288ef6b44fef2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>600075</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>76200</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2447925" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -6530,51 +4508,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F998"/>
+  <dimension ref="A1:F661"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="24.1640625" customWidth="true" style="0"/>
     <col min="2" max="2" width="23.6640625" customWidth="true" style="0"/>
     <col min="3" max="3" width="53.83203125" customWidth="true" style="0"/>
     <col min="4" max="4" width="28.33203125" customWidth="true" style="0"/>
     <col min="5" max="5" width="20.5" customWidth="true" style="0"/>
     <col min="6" max="6" width="9.10" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1"/>
       <c r="B1" s="2"/>
       <c r="C1" s="3"/>
       <c r="D1" s="3"/>
       <c r="E1" s="3"/>
       <c r="F1" s="3"/>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" s="4"/>
@@ -6682,17837 +4660,11771 @@
       <c r="C11" s="15" t="s">
         <v>14</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>15</v>
       </c>
       <c r="E11" s="15" t="s">
         <v>16</v>
       </c>
       <c r="F11" s="16"/>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B12" s="17" t="s">
         <v>18</v>
       </c>
       <c r="C12" s="17" t="s">
         <v>19</v>
       </c>
       <c r="D12" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E12" s="18">
-        <v>365.663075</v>
+        <v>5451.48318</v>
       </c>
       <c r="F12" s="3"/>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B13" s="17" t="s">
         <v>21</v>
       </c>
       <c r="C13" s="17" t="s">
         <v>22</v>
       </c>
       <c r="D13" s="17" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="E13" s="18">
-        <v>707.461823</v>
+        <v>5075.171244</v>
       </c>
       <c r="F13" s="3"/>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B14" s="17" t="s">
+        <v>23</v>
+      </c>
+      <c r="C14" s="17" t="s">
         <v>24</v>
       </c>
-      <c r="C14" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D14" s="17" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="E14" s="18">
-        <v>159.352119</v>
+        <v>5286.846708</v>
       </c>
       <c r="F14" s="3"/>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B15" s="17" t="s">
+        <v>25</v>
+      </c>
+      <c r="C15" s="17" t="s">
         <v>26</v>
       </c>
-      <c r="C15" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D15" s="17" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="E15" s="18">
-        <v>201.692054</v>
+        <v>18836.59635</v>
       </c>
       <c r="F15" s="3"/>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B16" s="17" t="s">
+        <v>27</v>
+      </c>
+      <c r="C16" s="17" t="s">
         <v>28</v>
       </c>
-      <c r="C16" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D16" s="17" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="E16" s="18">
-        <v>108243.96837</v>
+        <v>19180.98897</v>
       </c>
       <c r="F16" s="3"/>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B17" s="17" t="s">
+        <v>29</v>
+      </c>
+      <c r="C17" s="17" t="s">
         <v>30</v>
       </c>
-      <c r="C17" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D17" s="17" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="E17" s="18">
-        <v>108243.96837</v>
+        <v>5482.562513999999</v>
       </c>
       <c r="F17" s="3"/>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B18" s="17" t="s">
+        <v>31</v>
+      </c>
+      <c r="C18" s="17" t="s">
         <v>32</v>
       </c>
-      <c r="C18" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D18" s="17" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="E18" s="18">
-        <v>108243.96837</v>
+        <v>12514.051836</v>
       </c>
       <c r="F18" s="3"/>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B19" s="17" t="s">
+        <v>33</v>
+      </c>
+      <c r="C19" s="17" t="s">
         <v>34</v>
       </c>
-      <c r="C19" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D19" s="17" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="E19" s="18">
-        <v>108243.96837</v>
+        <v>17228.870802</v>
       </c>
       <c r="F19" s="3"/>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B20" s="17" t="s">
+        <v>35</v>
+      </c>
+      <c r="C20" s="17" t="s">
         <v>36</v>
       </c>
-      <c r="C20" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D20" s="17" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="E20" s="18">
-        <v>108243.96837</v>
+        <v>16038.616308</v>
       </c>
       <c r="F20" s="3"/>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B21" s="17" t="s">
+        <v>37</v>
+      </c>
+      <c r="C21" s="17" t="s">
         <v>38</v>
       </c>
-      <c r="C21" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D21" s="17" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="E21" s="18">
-        <v>115460.232928</v>
+        <v>12188.978802</v>
       </c>
       <c r="F21" s="3"/>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B22" s="17" t="s">
+        <v>39</v>
+      </c>
+      <c r="C22" s="17" t="s">
         <v>40</v>
       </c>
-      <c r="C22" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D22" s="17" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="E22" s="18">
-        <v>69682.295206</v>
+        <v>10563.613632</v>
       </c>
       <c r="F22" s="3"/>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B23" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C23" s="17" t="s">
         <v>42</v>
       </c>
-      <c r="C23" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D23" s="17" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="E23" s="18">
-        <v>21216.926337</v>
+        <v>2320.030284</v>
       </c>
       <c r="F23" s="3"/>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B24" s="17" t="s">
+        <v>43</v>
+      </c>
+      <c r="C24" s="17" t="s">
         <v>44</v>
       </c>
-      <c r="C24" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D24" s="17" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="E24" s="18">
-        <v>22928.229528</v>
+        <v>1258.293036</v>
       </c>
       <c r="F24" s="3"/>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B25" s="17" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="C25" s="17" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="D25" s="17" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="E25" s="18">
-        <v>27269.997408</v>
+        <v>1258.293036</v>
       </c>
       <c r="F25" s="3"/>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B26" s="17" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="C26" s="17" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="D26" s="17" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="E26" s="18">
-        <v>26719.578253</v>
+        <v>3263.33007</v>
       </c>
       <c r="F26" s="3"/>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B27" s="17" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="C27" s="17" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="D27" s="17" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="E27" s="18">
-        <v>14576.484895</v>
+        <v>3740.439846</v>
       </c>
       <c r="F27" s="3"/>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B28" s="17" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="C28" s="17" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="D28" s="17" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="E28" s="18">
-        <v>13750.471254</v>
+        <v>3501.044976</v>
       </c>
       <c r="F28" s="3"/>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B29" s="17" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="C29" s="17" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="D29" s="17" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="E29" s="18">
-        <v>16755.067005</v>
+        <v>368.7520979999999</v>
       </c>
       <c r="F29" s="3"/>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B30" s="17" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="C30" s="17" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="D30" s="17" t="s">
-        <v>58</v>
+        <v>20</v>
       </c>
       <c r="E30" s="18">
-        <v>110.853648</v>
+        <v>1047.457554</v>
       </c>
       <c r="F30" s="3"/>
     </row>
     <row r="31" spans="1:6">
       <c r="A31" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B31" s="17" t="s">
-        <v>59</v>
+        <v>56</v>
       </c>
       <c r="C31" s="17" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="D31" s="17" t="s">
-        <v>58</v>
+        <v>20</v>
       </c>
       <c r="E31" s="18">
-        <v>128.559439</v>
+        <v>6045.350453999999</v>
       </c>
       <c r="F31" s="3"/>
     </row>
     <row r="32" spans="1:6">
       <c r="A32" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B32" s="17" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="C32" s="17" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="D32" s="17" t="s">
-        <v>58</v>
+        <v>20</v>
       </c>
       <c r="E32" s="18">
-        <v>57955.672845</v>
+        <v>5036.532072</v>
       </c>
       <c r="F32" s="3"/>
     </row>
     <row r="33" spans="1:6">
       <c r="A33" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B33" s="17" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="C33" s="17" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="D33" s="17" t="s">
-        <v>58</v>
+        <v>20</v>
       </c>
       <c r="E33" s="18">
-        <v>23193.046576</v>
+        <v>5753.036717999999</v>
       </c>
       <c r="F33" s="3"/>
     </row>
     <row r="34" spans="1:6">
       <c r="A34" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B34" s="17" t="s">
-        <v>65</v>
+        <v>62</v>
       </c>
       <c r="C34" s="17" t="s">
-        <v>66</v>
+        <v>63</v>
       </c>
       <c r="D34" s="17" t="s">
-        <v>58</v>
+        <v>20</v>
       </c>
       <c r="E34" s="18">
-        <v>24237.688245</v>
+        <v>5217.128202</v>
       </c>
       <c r="F34" s="3"/>
     </row>
     <row r="35" spans="1:6">
       <c r="A35" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B35" s="17" t="s">
-        <v>67</v>
+        <v>64</v>
       </c>
       <c r="C35" s="17" t="s">
-        <v>68</v>
+        <v>65</v>
       </c>
       <c r="D35" s="17" t="s">
-        <v>69</v>
+        <v>20</v>
       </c>
       <c r="E35" s="18">
-        <v>207.85059</v>
+        <v>5036.532072</v>
       </c>
       <c r="F35" s="3"/>
     </row>
     <row r="36" spans="1:6">
       <c r="A36" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B36" s="17" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="C36" s="17" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
       <c r="D36" s="17" t="s">
-        <v>69</v>
+        <v>20</v>
       </c>
       <c r="E36" s="18">
-        <v>167.050289</v>
+        <v>8755.132385999999</v>
       </c>
       <c r="F36" s="3"/>
     </row>
     <row r="37" spans="1:6">
       <c r="A37" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B37" s="17" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="C37" s="17" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="D37" s="17" t="s">
-        <v>69</v>
+        <v>20</v>
       </c>
       <c r="E37" s="18">
-        <v>67806.251177</v>
+        <v>5385.964584</v>
       </c>
       <c r="F37" s="3"/>
     </row>
     <row r="38" spans="1:6">
       <c r="A38" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B38" s="17" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="C38" s="17" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="D38" s="17" t="s">
-        <v>69</v>
+        <v>20</v>
       </c>
       <c r="E38" s="18">
-        <v>133302.281537</v>
+        <v>7681.63539</v>
       </c>
       <c r="F38" s="3"/>
     </row>
     <row r="39" spans="1:6">
       <c r="A39" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B39" s="17" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
       <c r="C39" s="17" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="D39" s="17" t="s">
-        <v>69</v>
+        <v>20</v>
       </c>
       <c r="E39" s="18">
-        <v>154.733217</v>
+        <v>1201.17426</v>
       </c>
       <c r="F39" s="3"/>
     </row>
     <row r="40" spans="1:6">
       <c r="A40" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B40" s="17" t="s">
-        <v>77</v>
+        <v>74</v>
       </c>
       <c r="C40" s="17" t="s">
-        <v>78</v>
+        <v>75</v>
       </c>
       <c r="D40" s="17" t="s">
-        <v>79</v>
+        <v>20</v>
       </c>
       <c r="E40" s="18">
-        <v>52498.440132</v>
+        <v>8309.941926</v>
       </c>
       <c r="F40" s="3"/>
     </row>
     <row r="41" spans="1:6">
       <c r="A41" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B41" s="17" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="C41" s="17" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="D41" s="17" t="s">
-        <v>82</v>
+        <v>20</v>
       </c>
       <c r="E41" s="18">
-        <v>266.356682</v>
+        <v>6194.867249999999</v>
       </c>
       <c r="F41" s="3"/>
     </row>
     <row r="42" spans="1:6">
       <c r="A42" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B42" s="17" t="s">
-        <v>83</v>
+        <v>78</v>
       </c>
       <c r="C42" s="17" t="s">
-        <v>84</v>
+        <v>79</v>
       </c>
       <c r="D42" s="17" t="s">
-        <v>82</v>
+        <v>20</v>
       </c>
       <c r="E42" s="18">
-        <v>726.707248</v>
+        <v>5385.964584</v>
       </c>
       <c r="F42" s="3"/>
     </row>
     <row r="43" spans="1:6">
       <c r="A43" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B43" s="17" t="s">
-        <v>85</v>
+        <v>80</v>
       </c>
       <c r="C43" s="17" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D43" s="17" t="s">
-        <v>82</v>
+        <v>20</v>
       </c>
       <c r="E43" s="18">
-        <v>155.503034</v>
+        <v>5807.635548</v>
       </c>
       <c r="F43" s="3"/>
     </row>
     <row r="44" spans="1:6">
       <c r="A44" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B44" s="17" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="C44" s="17" t="s">
-        <v>88</v>
+        <v>83</v>
       </c>
       <c r="D44" s="17" t="s">
-        <v>82</v>
+        <v>20</v>
       </c>
       <c r="E44" s="18">
-        <v>174.748459</v>
+        <v>5674.918392</v>
       </c>
       <c r="F44" s="3"/>
     </row>
     <row r="45" spans="1:6">
       <c r="A45" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B45" s="17" t="s">
-        <v>89</v>
+        <v>84</v>
       </c>
       <c r="C45" s="17" t="s">
-        <v>90</v>
+        <v>85</v>
       </c>
       <c r="D45" s="17" t="s">
-        <v>82</v>
+        <v>20</v>
       </c>
       <c r="E45" s="18">
-        <v>182.446629</v>
+        <v>7611.916884</v>
       </c>
       <c r="F45" s="3"/>
     </row>
     <row r="46" spans="1:6">
       <c r="A46" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B46" s="17" t="s">
-        <v>91</v>
+        <v>86</v>
       </c>
       <c r="C46" s="17" t="s">
-        <v>92</v>
+        <v>87</v>
       </c>
       <c r="D46" s="17" t="s">
-        <v>82</v>
+        <v>20</v>
       </c>
       <c r="E46" s="18">
-        <v>389.527402</v>
+        <v>7206.205578</v>
       </c>
       <c r="F46" s="3"/>
     </row>
     <row r="47" spans="1:6">
       <c r="A47" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B47" s="17" t="s">
-        <v>93</v>
+        <v>88</v>
       </c>
       <c r="C47" s="17" t="s">
-        <v>94</v>
+        <v>89</v>
       </c>
       <c r="D47" s="17" t="s">
-        <v>82</v>
+        <v>20</v>
       </c>
       <c r="E47" s="18">
-        <v>564.2758610000001</v>
+        <v>7147.406838</v>
       </c>
       <c r="F47" s="3"/>
     </row>
     <row r="48" spans="1:6">
       <c r="A48" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B48" s="17" t="s">
-        <v>95</v>
+        <v>90</v>
       </c>
       <c r="C48" s="17" t="s">
-        <v>96</v>
+        <v>91</v>
       </c>
       <c r="D48" s="17" t="s">
-        <v>82</v>
+        <v>20</v>
       </c>
       <c r="E48" s="18">
-        <v>323.32314</v>
+        <v>9801.749958</v>
       </c>
       <c r="F48" s="3"/>
     </row>
     <row r="49" spans="1:6">
       <c r="A49" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B49" s="17" t="s">
-        <v>97</v>
+        <v>92</v>
       </c>
       <c r="C49" s="17" t="s">
-        <v>98</v>
+        <v>93</v>
       </c>
       <c r="D49" s="17" t="s">
-        <v>82</v>
+        <v>20</v>
       </c>
       <c r="E49" s="18">
-        <v>154.733217</v>
+        <v>9801.749958</v>
       </c>
       <c r="F49" s="3"/>
     </row>
     <row r="50" spans="1:6">
       <c r="A50" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B50" s="17" t="s">
-        <v>99</v>
+        <v>94</v>
       </c>
       <c r="C50" s="17" t="s">
-        <v>100</v>
+        <v>95</v>
       </c>
       <c r="D50" s="17" t="s">
-        <v>82</v>
+        <v>20</v>
       </c>
       <c r="E50" s="18">
-        <v>181.676812</v>
+        <v>330.952908</v>
       </c>
       <c r="F50" s="3"/>
     </row>
     <row r="51" spans="1:6">
       <c r="A51" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B51" s="17" t="s">
-        <v>101</v>
+        <v>96</v>
       </c>
       <c r="C51" s="17" t="s">
-        <v>102</v>
+        <v>97</v>
       </c>
       <c r="D51" s="17" t="s">
-        <v>82</v>
+        <v>20</v>
       </c>
       <c r="E51" s="18">
-        <v>207.85059</v>
+        <v>531.708606</v>
       </c>
       <c r="F51" s="3"/>
     </row>
     <row r="52" spans="1:6">
       <c r="A52" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B52" s="17" t="s">
-        <v>103</v>
+        <v>98</v>
       </c>
       <c r="C52" s="17" t="s">
-        <v>104</v>
+        <v>99</v>
       </c>
       <c r="D52" s="17" t="s">
-        <v>82</v>
+        <v>20</v>
       </c>
       <c r="E52" s="18">
-        <v>414.161546</v>
+        <v>901.300686</v>
       </c>
       <c r="F52" s="3"/>
     </row>
     <row r="53" spans="1:6">
       <c r="A53" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B53" s="17" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="C53" s="17" t="s">
-        <v>106</v>
+        <v>101</v>
       </c>
       <c r="D53" s="17" t="s">
-        <v>82</v>
+        <v>20</v>
       </c>
       <c r="E53" s="18">
-        <v>332.5609440000001</v>
+        <v>13501.030686</v>
       </c>
       <c r="F53" s="3"/>
     </row>
     <row r="54" spans="1:6">
       <c r="A54" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B54" s="17" t="s">
-        <v>107</v>
+        <v>102</v>
       </c>
       <c r="C54" s="17" t="s">
-        <v>108</v>
+        <v>103</v>
       </c>
       <c r="D54" s="17" t="s">
-        <v>82</v>
+        <v>20</v>
       </c>
       <c r="E54" s="18">
-        <v>352.576186</v>
+        <v>4350.266778</v>
       </c>
       <c r="F54" s="3"/>
     </row>
     <row r="55" spans="1:6">
       <c r="A55" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B55" s="17" t="s">
-        <v>109</v>
+        <v>104</v>
       </c>
       <c r="C55" s="17" t="s">
-        <v>110</v>
+        <v>105</v>
       </c>
       <c r="D55" s="17" t="s">
-        <v>82</v>
+        <v>20</v>
       </c>
       <c r="E55" s="18">
-        <v>319.474055</v>
+        <v>4724.058768</v>
       </c>
       <c r="F55" s="3"/>
     </row>
     <row r="56" spans="1:6">
       <c r="A56" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B56" s="17" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="C56" s="17" t="s">
-        <v>112</v>
+        <v>107</v>
       </c>
       <c r="D56" s="17" t="s">
-        <v>82</v>
+        <v>20</v>
       </c>
       <c r="E56" s="18">
-        <v>513.467939</v>
+        <v>5107.930542</v>
       </c>
       <c r="F56" s="3"/>
     </row>
     <row r="57" spans="1:6">
       <c r="A57" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B57" s="17" t="s">
-        <v>113</v>
+        <v>108</v>
       </c>
       <c r="C57" s="17" t="s">
-        <v>114</v>
+        <v>109</v>
       </c>
       <c r="D57" s="17" t="s">
-        <v>82</v>
+        <v>20</v>
       </c>
       <c r="E57" s="18">
-        <v>341.798748</v>
+        <v>4537.582764</v>
       </c>
       <c r="F57" s="3"/>
     </row>
     <row r="58" spans="1:6">
       <c r="A58" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B58" s="17" t="s">
-        <v>115</v>
+        <v>110</v>
       </c>
       <c r="C58" s="17" t="s">
-        <v>116</v>
+        <v>111</v>
       </c>
       <c r="D58" s="17" t="s">
-        <v>82</v>
+        <v>20</v>
       </c>
       <c r="E58" s="18">
-        <v>421.859716</v>
+        <v>3592.603014</v>
       </c>
       <c r="F58" s="3"/>
     </row>
     <row r="59" spans="1:6">
       <c r="A59" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B59" s="17" t="s">
-        <v>117</v>
+        <v>112</v>
       </c>
       <c r="C59" s="17" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="D59" s="17" t="s">
-        <v>82</v>
+        <v>20</v>
       </c>
       <c r="E59" s="18">
-        <v>367.202709</v>
+        <v>4233.509279999999</v>
       </c>
       <c r="F59" s="3"/>
     </row>
     <row r="60" spans="1:6">
       <c r="A60" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B60" s="17" t="s">
-        <v>119</v>
+        <v>114</v>
       </c>
       <c r="C60" s="17" t="s">
-        <v>120</v>
+        <v>115</v>
       </c>
       <c r="D60" s="17" t="s">
-        <v>82</v>
+        <v>20</v>
       </c>
       <c r="E60" s="18">
-        <v>575.823116</v>
+        <v>4350.266778</v>
       </c>
       <c r="F60" s="3"/>
     </row>
     <row r="61" spans="1:6">
       <c r="A61" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B61" s="17" t="s">
-        <v>121</v>
+        <v>116</v>
       </c>
       <c r="C61" s="17" t="s">
-        <v>122</v>
+        <v>117</v>
       </c>
       <c r="D61" s="17" t="s">
-        <v>82</v>
+        <v>20</v>
       </c>
       <c r="E61" s="18">
-        <v>471.128004</v>
+        <v>5107.930542</v>
       </c>
       <c r="F61" s="3"/>
     </row>
     <row r="62" spans="1:6">
       <c r="A62" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B62" s="17" t="s">
-        <v>123</v>
+        <v>118</v>
       </c>
       <c r="C62" s="17" t="s">
-        <v>124</v>
+        <v>119</v>
       </c>
       <c r="D62" s="17" t="s">
-        <v>82</v>
+        <v>20</v>
       </c>
       <c r="E62" s="18">
-        <v>424.938984</v>
+        <v>15427.949394</v>
       </c>
       <c r="F62" s="3"/>
     </row>
     <row r="63" spans="1:6">
       <c r="A63" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B63" s="17" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="C63" s="17" t="s">
-        <v>126</v>
+        <v>121</v>
       </c>
       <c r="D63" s="17" t="s">
-        <v>82</v>
+        <v>20</v>
       </c>
       <c r="E63" s="18">
-        <v>784.443523</v>
+        <v>2721.54168</v>
       </c>
       <c r="F63" s="3"/>
     </row>
     <row r="64" spans="1:6">
       <c r="A64" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B64" s="17" t="s">
-        <v>127</v>
+        <v>122</v>
       </c>
       <c r="C64" s="17" t="s">
-        <v>128</v>
+        <v>123</v>
       </c>
       <c r="D64" s="17" t="s">
-        <v>82</v>
+        <v>20</v>
       </c>
       <c r="E64" s="18">
-        <v>439.565507</v>
+        <v>1487.608122</v>
       </c>
       <c r="F64" s="3"/>
     </row>
     <row r="65" spans="1:6">
       <c r="A65" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B65" s="17" t="s">
-        <v>129</v>
+        <v>124</v>
       </c>
       <c r="C65" s="17" t="s">
-        <v>130</v>
+        <v>125</v>
       </c>
       <c r="D65" s="17" t="s">
-        <v>82</v>
+        <v>20</v>
       </c>
       <c r="E65" s="18">
-        <v>543.490802</v>
+        <v>11913.464706</v>
       </c>
       <c r="F65" s="3"/>
     </row>
     <row r="66" spans="1:6">
       <c r="A66" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B66" s="17" t="s">
-        <v>131</v>
+        <v>126</v>
       </c>
       <c r="C66" s="17" t="s">
-        <v>132</v>
+        <v>127</v>
       </c>
       <c r="D66" s="17" t="s">
-        <v>82</v>
+        <v>20</v>
       </c>
       <c r="E66" s="18">
-        <v>474.977089</v>
+        <v>3513.644706</v>
       </c>
       <c r="F66" s="3"/>
     </row>
     <row r="67" spans="1:6">
       <c r="A67" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B67" s="17" t="s">
-        <v>133</v>
+        <v>128</v>
       </c>
       <c r="C67" s="17" t="s">
-        <v>134</v>
+        <v>129</v>
       </c>
       <c r="D67" s="17" t="s">
-        <v>82</v>
+        <v>20</v>
       </c>
       <c r="E67" s="18">
-        <v>1076.973983</v>
+        <v>3513.644706</v>
       </c>
       <c r="F67" s="3"/>
     </row>
     <row r="68" spans="1:6">
       <c r="A68" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B68" s="17" t="s">
-        <v>135</v>
+        <v>130</v>
       </c>
       <c r="C68" s="17" t="s">
-        <v>136</v>
+        <v>131</v>
       </c>
       <c r="D68" s="17" t="s">
-        <v>82</v>
+        <v>20</v>
       </c>
       <c r="E68" s="18">
-        <v>609.695064</v>
+        <v>90.718056</v>
       </c>
       <c r="F68" s="3"/>
     </row>
     <row r="69" spans="1:6">
       <c r="A69" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B69" s="17" t="s">
-        <v>137</v>
+        <v>132</v>
       </c>
       <c r="C69" s="17" t="s">
-        <v>138</v>
+        <v>133</v>
       </c>
       <c r="D69" s="17" t="s">
-        <v>82</v>
+        <v>20</v>
       </c>
       <c r="E69" s="18">
-        <v>786.7529740000001</v>
+        <v>14324.213046</v>
       </c>
       <c r="F69" s="3"/>
     </row>
     <row r="70" spans="1:6">
       <c r="A70" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B70" s="17" t="s">
-        <v>139</v>
+        <v>134</v>
       </c>
       <c r="C70" s="17" t="s">
-        <v>140</v>
+        <v>135</v>
       </c>
       <c r="D70" s="17" t="s">
-        <v>82</v>
+        <v>20</v>
       </c>
       <c r="E70" s="18">
-        <v>738.254503</v>
+        <v>12244.417614</v>
       </c>
       <c r="F70" s="3"/>
     </row>
     <row r="71" spans="1:6">
       <c r="A71" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B71" s="17" t="s">
-        <v>141</v>
+        <v>136</v>
       </c>
       <c r="C71" s="17" t="s">
-        <v>142</v>
+        <v>137</v>
       </c>
       <c r="D71" s="17" t="s">
-        <v>82</v>
+        <v>20</v>
       </c>
       <c r="E71" s="18">
-        <v>1568.887046</v>
+        <v>338.512746</v>
       </c>
       <c r="F71" s="3"/>
     </row>
     <row r="72" spans="1:6">
       <c r="A72" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B72" s="17" t="s">
-        <v>143</v>
+        <v>138</v>
       </c>
       <c r="C72" s="17" t="s">
-        <v>144</v>
+        <v>139</v>
       </c>
       <c r="D72" s="17" t="s">
-        <v>82</v>
+        <v>20</v>
       </c>
       <c r="E72" s="18">
-        <v>808.30785</v>
+        <v>7359.082302</v>
       </c>
       <c r="F72" s="3"/>
     </row>
     <row r="73" spans="1:6">
       <c r="A73" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B73" s="17" t="s">
-        <v>145</v>
+        <v>140</v>
       </c>
       <c r="C73" s="17" t="s">
-        <v>146</v>
+        <v>141</v>
       </c>
       <c r="D73" s="17" t="s">
-        <v>82</v>
+        <v>20</v>
       </c>
       <c r="E73" s="18">
-        <v>1177.82001</v>
+        <v>3391.007333999999</v>
       </c>
       <c r="F73" s="3"/>
     </row>
     <row r="74" spans="1:6">
       <c r="A74" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B74" s="17" t="s">
-        <v>147</v>
+        <v>142</v>
       </c>
       <c r="C74" s="17" t="s">
-        <v>148</v>
+        <v>143</v>
       </c>
       <c r="D74" s="17" t="s">
-        <v>82</v>
+        <v>20</v>
       </c>
       <c r="E74" s="18">
-        <v>1047.720937</v>
+        <v>3604.362762</v>
       </c>
       <c r="F74" s="3"/>
     </row>
     <row r="75" spans="1:6">
       <c r="A75" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B75" s="17" t="s">
-        <v>149</v>
+        <v>144</v>
       </c>
       <c r="C75" s="17" t="s">
-        <v>150</v>
+        <v>145</v>
       </c>
       <c r="D75" s="17" t="s">
-        <v>82</v>
+        <v>20</v>
       </c>
       <c r="E75" s="18">
-        <v>1779.816904</v>
+        <v>3855.51738</v>
       </c>
       <c r="F75" s="3"/>
     </row>
     <row r="76" spans="1:6">
       <c r="A76" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B76" s="17" t="s">
-        <v>151</v>
+        <v>146</v>
       </c>
       <c r="C76" s="17" t="s">
-        <v>152</v>
+        <v>147</v>
       </c>
       <c r="D76" s="17" t="s">
-        <v>82</v>
+        <v>20</v>
       </c>
       <c r="E76" s="18">
-        <v>913.002962</v>
+        <v>4257.868758</v>
       </c>
       <c r="F76" s="3"/>
     </row>
     <row r="77" spans="1:6">
       <c r="A77" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B77" s="17" t="s">
-        <v>153</v>
+        <v>148</v>
       </c>
       <c r="C77" s="17" t="s">
-        <v>154</v>
+        <v>149</v>
       </c>
       <c r="D77" s="17" t="s">
-        <v>82</v>
+        <v>20</v>
       </c>
       <c r="E77" s="18">
-        <v>266.356682</v>
+        <v>860.98155</v>
       </c>
       <c r="F77" s="3"/>
     </row>
     <row r="78" spans="1:6">
       <c r="A78" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B78" s="17" t="s">
-        <v>155</v>
+        <v>150</v>
       </c>
       <c r="C78" s="17" t="s">
-        <v>156</v>
+        <v>151</v>
       </c>
       <c r="D78" s="17" t="s">
-        <v>82</v>
+        <v>20</v>
       </c>
       <c r="E78" s="18">
-        <v>190.144799</v>
+        <v>14008.379814</v>
       </c>
       <c r="F78" s="3"/>
     </row>
     <row r="79" spans="1:6">
       <c r="A79" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B79" s="17" t="s">
-        <v>157</v>
+        <v>152</v>
       </c>
       <c r="C79" s="17" t="s">
-        <v>158</v>
+        <v>153</v>
       </c>
       <c r="D79" s="17" t="s">
-        <v>82</v>
+        <v>20</v>
       </c>
       <c r="E79" s="18">
-        <v>267.896316</v>
+        <v>11913.464706</v>
       </c>
       <c r="F79" s="3"/>
     </row>
     <row r="80" spans="1:6">
       <c r="A80" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B80" s="17" t="s">
-        <v>159</v>
+        <v>154</v>
       </c>
       <c r="C80" s="17" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D80" s="17" t="s">
-        <v>82</v>
+        <v>20</v>
       </c>
       <c r="E80" s="18">
-        <v>218.628028</v>
+        <v>13345.634016</v>
       </c>
       <c r="F80" s="3"/>
     </row>
     <row r="81" spans="1:6">
       <c r="A81" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B81" s="17" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="C81" s="17" t="s">
-        <v>162</v>
+        <v>157</v>
       </c>
       <c r="D81" s="17" t="s">
-        <v>82</v>
+        <v>20</v>
       </c>
       <c r="E81" s="18">
-        <v>439.565507</v>
+        <v>5328.005826</v>
       </c>
       <c r="F81" s="3"/>
     </row>
     <row r="82" spans="1:6">
       <c r="A82" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B82" s="17" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="C82" s="17" t="s">
-        <v>164</v>
+        <v>159</v>
       </c>
       <c r="D82" s="17" t="s">
-        <v>82</v>
+        <v>20</v>
       </c>
       <c r="E82" s="18">
-        <v>226.326198</v>
+        <v>5064.251478</v>
       </c>
       <c r="F82" s="3"/>
     </row>
     <row r="83" spans="1:6">
       <c r="A83" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B83" s="17" t="s">
-        <v>165</v>
+        <v>160</v>
       </c>
       <c r="C83" s="17" t="s">
-        <v>166</v>
+        <v>161</v>
       </c>
       <c r="D83" s="17" t="s">
-        <v>82</v>
+        <v>20</v>
       </c>
       <c r="E83" s="18">
-        <v>311.006068</v>
+        <v>9084.40533</v>
       </c>
       <c r="F83" s="3"/>
     </row>
     <row r="84" spans="1:6">
       <c r="A84" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B84" s="17" t="s">
-        <v>167</v>
+        <v>162</v>
       </c>
       <c r="C84" s="17" t="s">
-        <v>168</v>
+        <v>163</v>
       </c>
       <c r="D84" s="17" t="s">
-        <v>82</v>
+        <v>20</v>
       </c>
       <c r="E84" s="18">
-        <v>304.847532</v>
+        <v>8519.097443999999</v>
       </c>
       <c r="F84" s="3"/>
     </row>
     <row r="85" spans="1:6">
       <c r="A85" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B85" s="17" t="s">
-        <v>169</v>
+        <v>164</v>
       </c>
       <c r="C85" s="17" t="s">
-        <v>170</v>
+        <v>165</v>
       </c>
       <c r="D85" s="17" t="s">
-        <v>82</v>
+        <v>20</v>
       </c>
       <c r="E85" s="18">
-        <v>463.429834</v>
+        <v>9084.40533</v>
       </c>
       <c r="F85" s="3"/>
     </row>
     <row r="86" spans="1:6">
       <c r="A86" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B86" s="17" t="s">
-        <v>171</v>
+        <v>166</v>
       </c>
       <c r="C86" s="17" t="s">
-        <v>172</v>
+        <v>167</v>
       </c>
       <c r="D86" s="17" t="s">
-        <v>82</v>
+        <v>20</v>
       </c>
       <c r="E86" s="18">
-        <v>235.564002</v>
+        <v>1869.799932</v>
       </c>
       <c r="F86" s="3"/>
     </row>
     <row r="87" spans="1:6">
       <c r="A87" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B87" s="17" t="s">
-        <v>173</v>
+        <v>168</v>
       </c>
       <c r="C87" s="17" t="s">
-        <v>174</v>
+        <v>169</v>
       </c>
       <c r="D87" s="17" t="s">
-        <v>82</v>
+        <v>20</v>
       </c>
       <c r="E87" s="18">
-        <v>449.573128</v>
+        <v>1869.799932</v>
       </c>
       <c r="F87" s="3"/>
     </row>
     <row r="88" spans="1:6">
       <c r="A88" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B88" s="17" t="s">
-        <v>175</v>
+        <v>170</v>
       </c>
       <c r="C88" s="17" t="s">
-        <v>176</v>
+        <v>171</v>
       </c>
       <c r="D88" s="17" t="s">
-        <v>82</v>
+        <v>20</v>
       </c>
       <c r="E88" s="18">
-        <v>304.847532</v>
+        <v>1869.799932</v>
       </c>
       <c r="F88" s="3"/>
     </row>
     <row r="89" spans="1:6">
       <c r="A89" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B89" s="17" t="s">
-        <v>177</v>
+        <v>172</v>
       </c>
       <c r="C89" s="17" t="s">
-        <v>178</v>
+        <v>173</v>
       </c>
       <c r="D89" s="17" t="s">
-        <v>82</v>
+        <v>20</v>
       </c>
       <c r="E89" s="18">
-        <v>739.794137</v>
+        <v>6178.907592</v>
       </c>
       <c r="F89" s="3"/>
     </row>
     <row r="90" spans="1:6">
       <c r="A90" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B90" s="17" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
       <c r="C90" s="17" t="s">
-        <v>180</v>
+        <v>175</v>
       </c>
       <c r="D90" s="17" t="s">
-        <v>82</v>
+        <v>20</v>
       </c>
       <c r="E90" s="18">
-        <v>340.259114</v>
+        <v>3970.594914</v>
       </c>
       <c r="F90" s="3"/>
     </row>
     <row r="91" spans="1:6">
       <c r="A91" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B91" s="17" t="s">
-        <v>181</v>
+        <v>176</v>
       </c>
       <c r="C91" s="17" t="s">
-        <v>182</v>
+        <v>177</v>
       </c>
       <c r="D91" s="17" t="s">
-        <v>82</v>
+        <v>20</v>
       </c>
       <c r="E91" s="18">
-        <v>760.5791960000001</v>
+        <v>6178.907592</v>
       </c>
       <c r="F91" s="3"/>
     </row>
     <row r="92" spans="1:6">
       <c r="A92" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B92" s="17" t="s">
-        <v>183</v>
+        <v>178</v>
       </c>
       <c r="C92" s="17" t="s">
-        <v>184</v>
+        <v>179</v>
       </c>
       <c r="D92" s="17" t="s">
-        <v>82</v>
+        <v>20</v>
       </c>
       <c r="E92" s="18">
-        <v>474.207272</v>
+        <v>13501.030686</v>
       </c>
       <c r="F92" s="3"/>
     </row>
     <row r="93" spans="1:6">
       <c r="A93" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B93" s="17" t="s">
-        <v>185</v>
+        <v>180</v>
       </c>
       <c r="C93" s="17" t="s">
-        <v>186</v>
+        <v>181</v>
       </c>
       <c r="D93" s="17" t="s">
-        <v>82</v>
+        <v>20</v>
       </c>
       <c r="E93" s="18">
-        <v>353.346003</v>
+        <v>12446.013294</v>
       </c>
       <c r="F93" s="3"/>
     </row>
     <row r="94" spans="1:6">
       <c r="A94" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B94" s="17" t="s">
-        <v>187</v>
+        <v>182</v>
       </c>
       <c r="C94" s="17" t="s">
-        <v>188</v>
+        <v>183</v>
       </c>
       <c r="D94" s="17" t="s">
-        <v>82</v>
+        <v>20</v>
       </c>
       <c r="E94" s="18">
-        <v>215.54876</v>
+        <v>13501.030686</v>
       </c>
       <c r="F94" s="3"/>
     </row>
     <row r="95" spans="1:6">
       <c r="A95" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B95" s="17" t="s">
-        <v>189</v>
+        <v>184</v>
       </c>
       <c r="C95" s="17" t="s">
-        <v>190</v>
+        <v>185</v>
       </c>
       <c r="D95" s="17" t="s">
-        <v>82</v>
+        <v>20</v>
       </c>
       <c r="E95" s="18">
-        <v>362.583807</v>
+        <v>2876.93835</v>
       </c>
       <c r="F95" s="3"/>
     </row>
     <row r="96" spans="1:6">
       <c r="A96" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B96" s="17" t="s">
-        <v>191</v>
+        <v>186</v>
       </c>
       <c r="C96" s="17" t="s">
-        <v>192</v>
+        <v>187</v>
       </c>
       <c r="D96" s="17" t="s">
-        <v>82</v>
+        <v>20</v>
       </c>
       <c r="E96" s="18">
-        <v>250.190525</v>
+        <v>3970.594914</v>
       </c>
       <c r="F96" s="3"/>
     </row>
     <row r="97" spans="1:6">
       <c r="A97" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B97" s="17" t="s">
-        <v>193</v>
+        <v>188</v>
       </c>
       <c r="C97" s="17" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="D97" s="17" t="s">
-        <v>82</v>
+        <v>20</v>
       </c>
       <c r="E97" s="18">
-        <v>215.54876</v>
+        <v>2615.703948</v>
       </c>
       <c r="F97" s="3"/>
     </row>
     <row r="98" spans="1:6">
       <c r="A98" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B98" s="17" t="s">
-        <v>195</v>
+        <v>190</v>
       </c>
       <c r="C98" s="17" t="s">
-        <v>196</v>
+        <v>191</v>
       </c>
       <c r="D98" s="17" t="s">
-        <v>82</v>
+        <v>20</v>
       </c>
       <c r="E98" s="18">
-        <v>621.2423190000001</v>
+        <v>2320.030284</v>
       </c>
       <c r="F98" s="3"/>
     </row>
     <row r="99" spans="1:6">
       <c r="A99" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B99" s="17" t="s">
-        <v>197</v>
+        <v>192</v>
       </c>
       <c r="C99" s="17" t="s">
-        <v>198</v>
+        <v>193</v>
       </c>
       <c r="D99" s="17" t="s">
-        <v>82</v>
+        <v>20</v>
       </c>
       <c r="E99" s="18">
-        <v>218.628028</v>
+        <v>2150.35392</v>
       </c>
       <c r="F99" s="3"/>
     </row>
     <row r="100" spans="1:6">
       <c r="A100" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B100" s="17" t="s">
-        <v>199</v>
+        <v>194</v>
       </c>
       <c r="C100" s="17" t="s">
-        <v>200</v>
+        <v>195</v>
       </c>
       <c r="D100" s="17" t="s">
-        <v>82</v>
+        <v>20</v>
       </c>
       <c r="E100" s="18">
-        <v>294.839911</v>
+        <v>2895.417954</v>
       </c>
       <c r="F100" s="3"/>
     </row>
     <row r="101" spans="1:6">
       <c r="A101" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B101" s="17" t="s">
-        <v>201</v>
+        <v>196</v>
       </c>
       <c r="C101" s="17" t="s">
-        <v>202</v>
+        <v>197</v>
       </c>
       <c r="D101" s="17" t="s">
-        <v>82</v>
+        <v>20</v>
       </c>
       <c r="E101" s="18">
-        <v>369.51216</v>
+        <v>929.8600739999999</v>
       </c>
       <c r="F101" s="3"/>
     </row>
     <row r="102" spans="1:6">
       <c r="A102" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B102" s="17" t="s">
-        <v>203</v>
+        <v>198</v>
       </c>
       <c r="C102" s="17" t="s">
-        <v>204</v>
+        <v>149</v>
       </c>
       <c r="D102" s="17" t="s">
-        <v>205</v>
+        <v>20</v>
       </c>
       <c r="E102" s="18">
-        <v>90.068589</v>
+        <v>860.98155</v>
       </c>
       <c r="F102" s="3"/>
     </row>
     <row r="103" spans="1:6">
       <c r="A103" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B103" s="17" t="s">
-        <v>206</v>
+        <v>199</v>
       </c>
       <c r="C103" s="17" t="s">
-        <v>207</v>
+        <v>200</v>
       </c>
       <c r="D103" s="17" t="s">
-        <v>205</v>
+        <v>20</v>
       </c>
       <c r="E103" s="18">
-        <v>48.498471</v>
+        <v>765.2236019999999</v>
       </c>
       <c r="F103" s="3"/>
     </row>
     <row r="104" spans="1:6">
       <c r="A104" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B104" s="17" t="s">
-        <v>208</v>
+        <v>201</v>
       </c>
       <c r="C104" s="17" t="s">
-        <v>209</v>
+        <v>202</v>
       </c>
       <c r="D104" s="17" t="s">
-        <v>205</v>
+        <v>20</v>
       </c>
       <c r="E104" s="18">
-        <v>58.506092</v>
+        <v>1321.291686</v>
       </c>
       <c r="F104" s="3"/>
     </row>
     <row r="105" spans="1:6">
       <c r="A105" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B105" s="17" t="s">
-        <v>210</v>
+        <v>203</v>
       </c>
       <c r="C105" s="17" t="s">
-        <v>211</v>
+        <v>204</v>
       </c>
       <c r="D105" s="17" t="s">
-        <v>205</v>
+        <v>20</v>
       </c>
       <c r="E105" s="18">
-        <v>56.966458</v>
+        <v>1976.477646</v>
       </c>
       <c r="F105" s="3"/>
     </row>
     <row r="106" spans="1:6">
       <c r="A106" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B106" s="17" t="s">
-        <v>212</v>
+        <v>205</v>
       </c>
       <c r="C106" s="17" t="s">
-        <v>213</v>
+        <v>202</v>
       </c>
       <c r="D106" s="17" t="s">
-        <v>205</v>
+        <v>20</v>
       </c>
       <c r="E106" s="18">
-        <v>136.257609</v>
+        <v>1258.293036</v>
       </c>
       <c r="F106" s="3"/>
     </row>
     <row r="107" spans="1:6">
       <c r="A107" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B107" s="17" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="C107" s="17" t="s">
-        <v>215</v>
+        <v>207</v>
       </c>
       <c r="D107" s="17" t="s">
-        <v>205</v>
+        <v>20</v>
       </c>
       <c r="E107" s="18">
-        <v>66.204262</v>
+        <v>3341.448396</v>
       </c>
       <c r="F107" s="3"/>
     </row>
     <row r="108" spans="1:6">
       <c r="A108" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B108" s="17" t="s">
-        <v>216</v>
+        <v>208</v>
       </c>
       <c r="C108" s="17" t="s">
-        <v>217</v>
+        <v>209</v>
       </c>
       <c r="D108" s="17" t="s">
-        <v>205</v>
+        <v>20</v>
       </c>
       <c r="E108" s="18">
-        <v>96.227125</v>
+        <v>3263.33007</v>
       </c>
       <c r="F108" s="3"/>
     </row>
     <row r="109" spans="1:6">
       <c r="A109" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B109" s="17" t="s">
-        <v>218</v>
+        <v>210</v>
       </c>
       <c r="C109" s="17" t="s">
-        <v>219</v>
+        <v>211</v>
       </c>
       <c r="D109" s="17" t="s">
-        <v>205</v>
+        <v>20</v>
       </c>
       <c r="E109" s="18">
-        <v>92.37804</v>
+        <v>3341.448396</v>
       </c>
       <c r="F109" s="3"/>
     </row>
     <row r="110" spans="1:6">
       <c r="A110" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B110" s="17" t="s">
-        <v>220</v>
+        <v>212</v>
       </c>
       <c r="C110" s="17" t="s">
-        <v>221</v>
+        <v>213</v>
       </c>
       <c r="D110" s="17" t="s">
-        <v>205</v>
+        <v>20</v>
       </c>
       <c r="E110" s="18">
-        <v>49.26828800000001</v>
+        <v>10331.7786</v>
       </c>
       <c r="F110" s="3"/>
     </row>
     <row r="111" spans="1:6">
       <c r="A111" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B111" s="17" t="s">
-        <v>222</v>
+        <v>214</v>
       </c>
       <c r="C111" s="17" t="s">
-        <v>223</v>
+        <v>215</v>
       </c>
       <c r="D111" s="17" t="s">
-        <v>205</v>
+        <v>20</v>
       </c>
       <c r="E111" s="18">
-        <v>138.56706</v>
+        <v>14863.48149</v>
       </c>
       <c r="F111" s="3"/>
     </row>
     <row r="112" spans="1:6">
       <c r="A112" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B112" s="17" t="s">
-        <v>224</v>
+        <v>216</v>
       </c>
       <c r="C112" s="17" t="s">
-        <v>225</v>
+        <v>217</v>
       </c>
       <c r="D112" s="17" t="s">
-        <v>205</v>
+        <v>20</v>
       </c>
       <c r="E112" s="18">
-        <v>68.51371300000001</v>
+        <v>42178.016166</v>
       </c>
       <c r="F112" s="3"/>
     </row>
     <row r="113" spans="1:6">
       <c r="A113" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B113" s="17" t="s">
-        <v>226</v>
+        <v>218</v>
       </c>
       <c r="C113" s="17" t="s">
-        <v>227</v>
+        <v>219</v>
       </c>
       <c r="D113" s="17" t="s">
-        <v>205</v>
+        <v>20</v>
       </c>
       <c r="E113" s="18">
-        <v>97.76675900000001</v>
+        <v>31473.285558</v>
       </c>
       <c r="F113" s="3"/>
     </row>
     <row r="114" spans="1:6">
       <c r="A114" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B114" s="17" t="s">
-        <v>228</v>
+        <v>220</v>
       </c>
       <c r="C114" s="17" t="s">
-        <v>229</v>
+        <v>221</v>
       </c>
       <c r="D114" s="17" t="s">
-        <v>205</v>
+        <v>20</v>
       </c>
       <c r="E114" s="18">
-        <v>94.68749100000001</v>
+        <v>1258.293036</v>
       </c>
       <c r="F114" s="3"/>
     </row>
     <row r="115" spans="1:6">
       <c r="A115" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B115" s="17" t="s">
-        <v>230</v>
+        <v>222</v>
       </c>
       <c r="C115" s="17" t="s">
-        <v>231</v>
+        <v>223</v>
       </c>
       <c r="D115" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E115" s="18">
-        <v>87.75913799999999</v>
+        <v>1047.457554</v>
       </c>
       <c r="F115" s="3"/>
     </row>
     <row r="116" spans="1:6">
       <c r="A116" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B116" s="17" t="s">
-        <v>233</v>
+        <v>224</v>
       </c>
       <c r="C116" s="17" t="s">
-        <v>234</v>
+        <v>225</v>
       </c>
       <c r="D116" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E116" s="18">
-        <v>139.336877</v>
+        <v>1058.37732</v>
       </c>
       <c r="F116" s="3"/>
     </row>
     <row r="117" spans="1:6">
       <c r="A117" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B117" s="17" t="s">
-        <v>235</v>
+        <v>226</v>
       </c>
       <c r="C117" s="17" t="s">
-        <v>236</v>
+        <v>227</v>
       </c>
       <c r="D117" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E117" s="18">
-        <v>191.684433</v>
+        <v>2946.656856</v>
       </c>
       <c r="F117" s="3"/>
     </row>
     <row r="118" spans="1:6">
       <c r="A118" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B118" s="17" t="s">
-        <v>237</v>
+        <v>228</v>
       </c>
       <c r="C118" s="17" t="s">
-        <v>238</v>
+        <v>229</v>
       </c>
       <c r="D118" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E118" s="18">
-        <v>222.477113</v>
+        <v>897.940758</v>
       </c>
       <c r="F118" s="3"/>
     </row>
     <row r="119" spans="1:6">
       <c r="A119" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B119" s="17" t="s">
-        <v>239</v>
+        <v>230</v>
       </c>
       <c r="C119" s="17" t="s">
-        <v>240</v>
+        <v>231</v>
       </c>
       <c r="D119" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E119" s="18">
-        <v>93.147857</v>
+        <v>13778.224746</v>
       </c>
       <c r="F119" s="3"/>
     </row>
     <row r="120" spans="1:6">
       <c r="A120" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B120" s="17" t="s">
-        <v>241</v>
+        <v>232</v>
       </c>
       <c r="C120" s="17" t="s">
-        <v>242</v>
+        <v>233</v>
       </c>
       <c r="D120" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E120" s="18">
-        <v>110.853648</v>
+        <v>23245.661868</v>
       </c>
       <c r="F120" s="3"/>
     </row>
     <row r="121" spans="1:6">
       <c r="A121" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B121" s="17" t="s">
-        <v>243</v>
+        <v>234</v>
       </c>
       <c r="C121" s="17" t="s">
-        <v>244</v>
+        <v>235</v>
       </c>
       <c r="D121" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E121" s="18">
-        <v>130.099073</v>
+        <v>65599.234272</v>
       </c>
       <c r="F121" s="3"/>
     </row>
     <row r="122" spans="1:6">
       <c r="A122" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B122" s="17" t="s">
-        <v>245</v>
+        <v>236</v>
       </c>
       <c r="C122" s="17" t="s">
-        <v>246</v>
+        <v>237</v>
       </c>
       <c r="D122" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E122" s="18">
-        <v>354.885637</v>
+        <v>45680.741106</v>
       </c>
       <c r="F122" s="3"/>
     </row>
     <row r="123" spans="1:6">
       <c r="A123" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B123" s="17" t="s">
-        <v>247</v>
+        <v>238</v>
       </c>
       <c r="C123" s="17" t="s">
-        <v>248</v>
+        <v>239</v>
       </c>
       <c r="D123" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E123" s="18">
-        <v>660.5029860000001</v>
+        <v>479.629722</v>
       </c>
       <c r="F123" s="3"/>
     </row>
     <row r="124" spans="1:6">
       <c r="A124" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B124" s="17" t="s">
-        <v>249</v>
+        <v>240</v>
       </c>
       <c r="C124" s="17" t="s">
-        <v>250</v>
+        <v>241</v>
       </c>
       <c r="D124" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E124" s="18">
-        <v>431.09752</v>
+        <v>13463.231496</v>
       </c>
       <c r="F124" s="3"/>
     </row>
     <row r="125" spans="1:6">
       <c r="A125" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B125" s="17" t="s">
-        <v>251</v>
+        <v>242</v>
       </c>
       <c r="C125" s="17" t="s">
-        <v>252</v>
+        <v>243</v>
       </c>
       <c r="D125" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E125" s="18">
-        <v>883.7499160000001</v>
+        <v>29088.57666</v>
       </c>
       <c r="F125" s="3"/>
     </row>
     <row r="126" spans="1:6">
       <c r="A126" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B126" s="17" t="s">
-        <v>253</v>
+        <v>244</v>
       </c>
       <c r="C126" s="17" t="s">
-        <v>254</v>
+        <v>245</v>
       </c>
       <c r="D126" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E126" s="18">
-        <v>465.739285</v>
+        <v>370.432062</v>
       </c>
       <c r="F126" s="3"/>
     </row>
     <row r="127" spans="1:6">
       <c r="A127" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B127" s="17" t="s">
-        <v>255</v>
+        <v>246</v>
       </c>
       <c r="C127" s="17" t="s">
-        <v>256</v>
+        <v>247</v>
       </c>
       <c r="D127" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E127" s="18">
-        <v>832.941994</v>
+        <v>2144.474046</v>
       </c>
       <c r="F127" s="3"/>
     </row>
     <row r="128" spans="1:6">
       <c r="A128" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B128" s="17" t="s">
-        <v>257</v>
+        <v>248</v>
       </c>
       <c r="C128" s="17" t="s">
-        <v>258</v>
+        <v>249</v>
       </c>
       <c r="D128" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E128" s="18">
-        <v>601.996894</v>
+        <v>1695.083676</v>
       </c>
       <c r="F128" s="3"/>
     </row>
     <row r="129" spans="1:6">
       <c r="A129" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B129" s="17" t="s">
-        <v>259</v>
+        <v>250</v>
       </c>
       <c r="C129" s="17" t="s">
-        <v>260</v>
+        <v>251</v>
       </c>
       <c r="D129" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E129" s="18">
-        <v>431.867337</v>
+        <v>291.473754</v>
       </c>
       <c r="F129" s="3"/>
     </row>
     <row r="130" spans="1:6">
       <c r="A130" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B130" s="17" t="s">
-        <v>261</v>
+        <v>252</v>
       </c>
       <c r="C130" s="17" t="s">
-        <v>262</v>
+        <v>253</v>
       </c>
       <c r="D130" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E130" s="18">
-        <v>486.524344</v>
+        <v>1083.57678</v>
       </c>
       <c r="F130" s="3"/>
     </row>
     <row r="131" spans="1:6">
       <c r="A131" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B131" s="17" t="s">
-        <v>263</v>
+        <v>254</v>
       </c>
       <c r="C131" s="17" t="s">
-        <v>264</v>
+        <v>255</v>
       </c>
       <c r="D131" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E131" s="18">
-        <v>862.9648570000001</v>
+        <v>1574.126268</v>
       </c>
       <c r="F131" s="3"/>
     </row>
     <row r="132" spans="1:6">
       <c r="A132" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B132" s="17" t="s">
-        <v>265</v>
+        <v>256</v>
       </c>
       <c r="C132" s="17" t="s">
-        <v>266</v>
+        <v>257</v>
       </c>
       <c r="D132" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E132" s="18">
-        <v>521.935926</v>
+        <v>1630.405062</v>
       </c>
       <c r="F132" s="3"/>
     </row>
     <row r="133" spans="1:6">
       <c r="A133" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B133" s="17" t="s">
-        <v>267</v>
+        <v>258</v>
       </c>
       <c r="C133" s="17" t="s">
-        <v>268</v>
+        <v>259</v>
       </c>
       <c r="D133" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E133" s="18">
-        <v>645.8764630000001</v>
+        <v>920.620272</v>
       </c>
       <c r="F133" s="3"/>
     </row>
     <row r="134" spans="1:6">
       <c r="A134" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B134" s="17" t="s">
-        <v>269</v>
+        <v>260</v>
       </c>
       <c r="C134" s="17" t="s">
-        <v>270</v>
+        <v>261</v>
       </c>
       <c r="D134" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E134" s="18">
-        <v>521.935926</v>
+        <v>2356.14951</v>
       </c>
       <c r="F134" s="3"/>
     </row>
     <row r="135" spans="1:6">
       <c r="A135" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B135" s="17" t="s">
-        <v>271</v>
+        <v>262</v>
       </c>
       <c r="C135" s="17" t="s">
-        <v>272</v>
+        <v>263</v>
       </c>
       <c r="D135" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E135" s="18">
-        <v>411.852095</v>
+        <v>2469.54708</v>
       </c>
       <c r="F135" s="3"/>
     </row>
     <row r="136" spans="1:6">
       <c r="A136" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B136" s="17" t="s">
-        <v>273</v>
+        <v>264</v>
       </c>
       <c r="C136" s="17" t="s">
-        <v>274</v>
+        <v>265</v>
       </c>
       <c r="D136" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E136" s="18">
-        <v>445.7240430000001</v>
+        <v>2692.982292</v>
       </c>
       <c r="F136" s="3"/>
     </row>
     <row r="137" spans="1:6">
       <c r="A137" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B137" s="17" t="s">
-        <v>275</v>
+        <v>266</v>
       </c>
       <c r="C137" s="17" t="s">
-        <v>276</v>
+        <v>267</v>
       </c>
       <c r="D137" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E137" s="18">
-        <v>399.535023</v>
+        <v>2809.73979</v>
       </c>
       <c r="F137" s="3"/>
     </row>
     <row r="138" spans="1:6">
       <c r="A138" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B138" s="17" t="s">
-        <v>277</v>
+        <v>268</v>
       </c>
       <c r="C138" s="17" t="s">
-        <v>278</v>
+        <v>269</v>
       </c>
       <c r="D138" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E138" s="18">
-        <v>440.335324</v>
+        <v>2764.380762</v>
       </c>
       <c r="F138" s="3"/>
     </row>
     <row r="139" spans="1:6">
       <c r="A139" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B139" s="17" t="s">
-        <v>279</v>
+        <v>270</v>
       </c>
       <c r="C139" s="17" t="s">
-        <v>280</v>
+        <v>271</v>
       </c>
       <c r="D139" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E139" s="18">
-        <v>381.829232</v>
+        <v>2877.778332</v>
       </c>
       <c r="F139" s="3"/>
     </row>
     <row r="140" spans="1:6">
       <c r="A140" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B140" s="17" t="s">
-        <v>281</v>
+        <v>272</v>
       </c>
       <c r="C140" s="17" t="s">
-        <v>282</v>
+        <v>273</v>
       </c>
       <c r="D140" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E140" s="18">
-        <v>402.614291</v>
+        <v>2991.175902</v>
       </c>
       <c r="F140" s="3"/>
     </row>
     <row r="141" spans="1:6">
       <c r="A141" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B141" s="17" t="s">
-        <v>283</v>
+        <v>274</v>
       </c>
       <c r="C141" s="17" t="s">
-        <v>284</v>
+        <v>275</v>
       </c>
       <c r="D141" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E141" s="18">
-        <v>99.30639300000001</v>
+        <v>3217.971042</v>
       </c>
       <c r="F141" s="3"/>
     </row>
     <row r="142" spans="1:6">
       <c r="A142" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B142" s="17" t="s">
-        <v>285</v>
+        <v>276</v>
       </c>
       <c r="C142" s="17" t="s">
-        <v>286</v>
+        <v>277</v>
       </c>
       <c r="D142" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E142" s="18">
-        <v>147.804864</v>
+        <v>2561.105118</v>
       </c>
       <c r="F142" s="3"/>
     </row>
     <row r="143" spans="1:6">
       <c r="A143" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B143" s="17" t="s">
-        <v>287</v>
+        <v>278</v>
       </c>
       <c r="C143" s="17" t="s">
-        <v>288</v>
+        <v>279</v>
       </c>
       <c r="D143" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E143" s="18">
-        <v>215.54876</v>
+        <v>2675.34267</v>
       </c>
       <c r="F143" s="3"/>
     </row>
     <row r="144" spans="1:6">
       <c r="A144" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B144" s="17" t="s">
-        <v>289</v>
+        <v>280</v>
       </c>
       <c r="C144" s="17" t="s">
-        <v>290</v>
+        <v>281</v>
       </c>
       <c r="D144" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E144" s="18">
-        <v>287.911558</v>
+        <v>2787.900258</v>
       </c>
       <c r="F144" s="3"/>
     </row>
     <row r="145" spans="1:6">
       <c r="A145" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B145" s="17" t="s">
-        <v>291</v>
+        <v>282</v>
       </c>
       <c r="C145" s="17" t="s">
-        <v>292</v>
+        <v>283</v>
       </c>
       <c r="D145" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E145" s="18">
-        <v>103.155478</v>
+        <v>3014.695398</v>
       </c>
       <c r="F145" s="3"/>
     </row>
     <row r="146" spans="1:6">
       <c r="A146" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B146" s="17" t="s">
-        <v>293</v>
+        <v>284</v>
       </c>
       <c r="C146" s="17" t="s">
-        <v>294</v>
+        <v>285</v>
       </c>
       <c r="D146" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E146" s="18">
-        <v>127.789622</v>
+        <v>736.6642139999999</v>
       </c>
       <c r="F146" s="3"/>
     </row>
     <row r="147" spans="1:6">
       <c r="A147" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B147" s="17" t="s">
-        <v>295</v>
+        <v>286</v>
       </c>
       <c r="C147" s="17" t="s">
-        <v>296</v>
+        <v>287</v>
       </c>
       <c r="D147" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E147" s="18">
-        <v>153.193583</v>
+        <v>771.103476</v>
       </c>
       <c r="F147" s="3"/>
     </row>
     <row r="148" spans="1:6">
       <c r="A148" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B148" s="17" t="s">
-        <v>297</v>
+        <v>288</v>
       </c>
       <c r="C148" s="17" t="s">
-        <v>298</v>
+        <v>289</v>
       </c>
       <c r="D148" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E148" s="18">
-        <v>408.00301</v>
+        <v>644.2661939999999</v>
       </c>
       <c r="F148" s="3"/>
     </row>
     <row r="149" spans="1:6">
       <c r="A149" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B149" s="17" t="s">
-        <v>299</v>
+        <v>290</v>
       </c>
       <c r="C149" s="17" t="s">
-        <v>300</v>
+        <v>291</v>
       </c>
       <c r="D149" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E149" s="18">
-        <v>199.382603</v>
+        <v>2424.188052</v>
       </c>
       <c r="F149" s="3"/>
     </row>
     <row r="150" spans="1:6">
       <c r="A150" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B150" s="17" t="s">
-        <v>301</v>
+        <v>292</v>
       </c>
       <c r="C150" s="17" t="s">
-        <v>302</v>
+        <v>293</v>
       </c>
       <c r="D150" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E150" s="18">
-        <v>133.948158</v>
+        <v>2537.585622</v>
       </c>
       <c r="F150" s="3"/>
     </row>
     <row r="151" spans="1:6">
       <c r="A151" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B151" s="17" t="s">
-        <v>303</v>
+        <v>294</v>
       </c>
       <c r="C151" s="17" t="s">
-        <v>304</v>
+        <v>295</v>
       </c>
       <c r="D151" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E151" s="18">
-        <v>187.065531</v>
+        <v>2650.983192</v>
       </c>
       <c r="F151" s="3"/>
     </row>
     <row r="152" spans="1:6">
       <c r="A152" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B152" s="17" t="s">
-        <v>305</v>
+        <v>296</v>
       </c>
       <c r="C152" s="17" t="s">
-        <v>306</v>
+        <v>297</v>
       </c>
       <c r="D152" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E152" s="18">
-        <v>165.510655</v>
+        <v>2877.778332</v>
       </c>
       <c r="F152" s="3"/>
     </row>
     <row r="153" spans="1:6">
       <c r="A153" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B153" s="17" t="s">
-        <v>307</v>
+        <v>298</v>
       </c>
       <c r="C153" s="17" t="s">
-        <v>308</v>
+        <v>299</v>
       </c>
       <c r="D153" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E153" s="18">
-        <v>378.749964</v>
+        <v>2834.93925</v>
       </c>
       <c r="F153" s="3"/>
     </row>
     <row r="154" spans="1:6">
       <c r="A154" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B154" s="17" t="s">
-        <v>309</v>
+        <v>300</v>
       </c>
       <c r="C154" s="17" t="s">
-        <v>310</v>
+        <v>301</v>
       </c>
       <c r="D154" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E154" s="18">
-        <v>172.439008</v>
+        <v>3061.73439</v>
       </c>
       <c r="F154" s="3"/>
     </row>
     <row r="155" spans="1:6">
       <c r="A155" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B155" s="17" t="s">
-        <v>311</v>
+        <v>302</v>
       </c>
       <c r="C155" s="17" t="s">
-        <v>312</v>
+        <v>303</v>
       </c>
       <c r="D155" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E155" s="18">
-        <v>250.190525</v>
+        <v>3286.849566</v>
       </c>
       <c r="F155" s="3"/>
     </row>
     <row r="156" spans="1:6">
       <c r="A156" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B156" s="17" t="s">
-        <v>313</v>
+        <v>304</v>
       </c>
       <c r="C156" s="17" t="s">
-        <v>314</v>
+        <v>305</v>
       </c>
       <c r="D156" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E156" s="18">
-        <v>238.64327</v>
+        <v>2628.303678</v>
       </c>
       <c r="F156" s="3"/>
     </row>
     <row r="157" spans="1:6">
       <c r="A157" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B157" s="17" t="s">
-        <v>315</v>
+        <v>306</v>
       </c>
       <c r="C157" s="17" t="s">
-        <v>316</v>
+        <v>307</v>
       </c>
       <c r="D157" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E157" s="18">
-        <v>332.5609440000001</v>
+        <v>2741.701248</v>
       </c>
       <c r="F157" s="3"/>
     </row>
     <row r="158" spans="1:6">
       <c r="A158" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B158" s="17" t="s">
-        <v>317</v>
+        <v>308</v>
       </c>
       <c r="C158" s="17" t="s">
-        <v>318</v>
+        <v>309</v>
       </c>
       <c r="D158" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E158" s="18">
-        <v>205.541139</v>
+        <v>2855.098818</v>
       </c>
       <c r="F158" s="3"/>
     </row>
     <row r="159" spans="1:6">
       <c r="A159" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B159" s="17" t="s">
-        <v>319</v>
+        <v>310</v>
       </c>
       <c r="C159" s="17" t="s">
-        <v>320</v>
+        <v>311</v>
       </c>
       <c r="D159" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E159" s="18">
-        <v>311.006068</v>
+        <v>3081.893958</v>
       </c>
       <c r="F159" s="3"/>
     </row>
     <row r="160" spans="1:6">
       <c r="A160" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B160" s="17" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="C160" s="17" t="s">
-        <v>322</v>
+        <v>313</v>
       </c>
       <c r="D160" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E160" s="18">
-        <v>270.205767</v>
+        <v>656.025942</v>
       </c>
       <c r="F160" s="3"/>
     </row>
     <row r="161" spans="1:6">
       <c r="A161" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B161" s="17" t="s">
-        <v>323</v>
+        <v>314</v>
       </c>
       <c r="C161" s="17" t="s">
-        <v>324</v>
+        <v>315</v>
       </c>
       <c r="D161" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E161" s="18">
-        <v>456.501481</v>
+        <v>748.423962</v>
       </c>
       <c r="F161" s="3"/>
     </row>
     <row r="162" spans="1:6">
       <c r="A162" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B162" s="17" t="s">
-        <v>325</v>
+        <v>316</v>
       </c>
       <c r="C162" s="17" t="s">
-        <v>326</v>
+        <v>317</v>
       </c>
       <c r="D162" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E162" s="18">
-        <v>270.205767</v>
+        <v>4289.788074</v>
       </c>
       <c r="F162" s="3"/>
     </row>
     <row r="163" spans="1:6">
       <c r="A163" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B163" s="17" t="s">
-        <v>327</v>
+        <v>318</v>
       </c>
       <c r="C163" s="17" t="s">
-        <v>328</v>
+        <v>319</v>
       </c>
       <c r="D163" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E163" s="18">
-        <v>429.5578860000001</v>
+        <v>4785.377453999999</v>
       </c>
       <c r="F163" s="3"/>
     </row>
     <row r="164" spans="1:6">
       <c r="A164" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B164" s="17" t="s">
-        <v>329</v>
+        <v>320</v>
       </c>
       <c r="C164" s="17" t="s">
-        <v>330</v>
+        <v>321</v>
       </c>
       <c r="D164" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E164" s="18">
-        <v>327.172225</v>
+        <v>5484.242478</v>
       </c>
       <c r="F164" s="3"/>
     </row>
     <row r="165" spans="1:6">
       <c r="A165" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B165" s="17" t="s">
-        <v>331</v>
+        <v>322</v>
       </c>
       <c r="C165" s="17" t="s">
-        <v>332</v>
+        <v>323</v>
       </c>
       <c r="D165" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E165" s="18">
-        <v>895.297171</v>
+        <v>334.312836</v>
       </c>
       <c r="F165" s="3"/>
     </row>
     <row r="166" spans="1:6">
       <c r="A166" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B166" s="17" t="s">
-        <v>333</v>
+        <v>324</v>
       </c>
       <c r="C166" s="17" t="s">
-        <v>334</v>
+        <v>325</v>
       </c>
       <c r="D166" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E166" s="18">
-        <v>429.5578860000001</v>
+        <v>1297.77219</v>
       </c>
       <c r="F166" s="3"/>
     </row>
     <row r="167" spans="1:6">
       <c r="A167" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B167" s="17" t="s">
-        <v>335</v>
+        <v>326</v>
       </c>
       <c r="C167" s="17" t="s">
-        <v>336</v>
+        <v>327</v>
       </c>
       <c r="D167" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E167" s="18">
-        <v>551.188972</v>
+        <v>1394.37012</v>
       </c>
       <c r="F167" s="3"/>
     </row>
     <row r="168" spans="1:6">
       <c r="A168" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B168" s="17" t="s">
-        <v>337</v>
+        <v>328</v>
       </c>
       <c r="C168" s="17" t="s">
-        <v>338</v>
+        <v>329</v>
       </c>
       <c r="D168" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E168" s="18">
-        <v>539.641717</v>
+        <v>514.068984</v>
       </c>
       <c r="F168" s="3"/>
     </row>
     <row r="169" spans="1:6">
       <c r="A169" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B169" s="17" t="s">
-        <v>339</v>
+        <v>330</v>
       </c>
       <c r="C169" s="17" t="s">
-        <v>252</v>
+        <v>331</v>
       </c>
       <c r="D169" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E169" s="18">
-        <v>1782.896172</v>
+        <v>1160.855124</v>
       </c>
       <c r="F169" s="3"/>
     </row>
     <row r="170" spans="1:6">
       <c r="A170" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B170" s="17" t="s">
-        <v>340</v>
+        <v>332</v>
       </c>
       <c r="C170" s="17" t="s">
-        <v>254</v>
+        <v>333</v>
       </c>
       <c r="D170" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E170" s="18">
-        <v>900.68589</v>
+        <v>2320.030284</v>
       </c>
       <c r="F170" s="3"/>
     </row>
     <row r="171" spans="1:6">
       <c r="A171" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B171" s="17" t="s">
-        <v>341</v>
+        <v>334</v>
       </c>
       <c r="C171" s="17" t="s">
-        <v>342</v>
+        <v>335</v>
       </c>
       <c r="D171" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E171" s="18">
-        <v>1231.7072</v>
+        <v>829.9022160000001</v>
       </c>
       <c r="F171" s="3"/>
     </row>
     <row r="172" spans="1:6">
       <c r="A172" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B172" s="17" t="s">
-        <v>343</v>
+        <v>336</v>
       </c>
       <c r="C172" s="17" t="s">
-        <v>256</v>
+        <v>337</v>
       </c>
       <c r="D172" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E172" s="18">
-        <v>1213.231592</v>
+        <v>504.8291819999999</v>
       </c>
       <c r="F172" s="3"/>
     </row>
     <row r="173" spans="1:6">
       <c r="A173" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B173" s="17" t="s">
-        <v>344</v>
+        <v>338</v>
       </c>
       <c r="C173" s="17" t="s">
-        <v>345</v>
+        <v>339</v>
       </c>
       <c r="D173" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E173" s="18">
-        <v>290.990826</v>
+        <v>542.628372</v>
       </c>
       <c r="F173" s="3"/>
     </row>
     <row r="174" spans="1:6">
       <c r="A174" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B174" s="17" t="s">
-        <v>346</v>
+        <v>340</v>
       </c>
       <c r="C174" s="17" t="s">
-        <v>347</v>
+        <v>249</v>
       </c>
       <c r="D174" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E174" s="18">
-        <v>131.638707</v>
+        <v>1695.083676</v>
       </c>
       <c r="F174" s="3"/>
     </row>
     <row r="175" spans="1:6">
       <c r="A175" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B175" s="17" t="s">
-        <v>348</v>
+        <v>341</v>
       </c>
       <c r="C175" s="17" t="s">
-        <v>349</v>
+        <v>342</v>
       </c>
       <c r="D175" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E175" s="18">
-        <v>208.620407</v>
+        <v>869.3813699999999</v>
       </c>
       <c r="F175" s="3"/>
     </row>
     <row r="176" spans="1:6">
       <c r="A176" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B176" s="17" t="s">
-        <v>350</v>
+        <v>343</v>
       </c>
       <c r="C176" s="17" t="s">
-        <v>351</v>
+        <v>344</v>
       </c>
       <c r="D176" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E176" s="18">
-        <v>192.45425</v>
+        <v>382.19181</v>
       </c>
       <c r="F176" s="3"/>
     </row>
     <row r="177" spans="1:6">
       <c r="A177" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B177" s="17" t="s">
-        <v>352</v>
+        <v>345</v>
       </c>
       <c r="C177" s="17" t="s">
-        <v>353</v>
+        <v>346</v>
       </c>
       <c r="D177" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E177" s="18">
-        <v>365.663075</v>
+        <v>524.148768</v>
       </c>
       <c r="F177" s="3"/>
     </row>
     <row r="178" spans="1:6">
       <c r="A178" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B178" s="17" t="s">
-        <v>354</v>
+        <v>347</v>
       </c>
       <c r="C178" s="17" t="s">
-        <v>355</v>
+        <v>348</v>
       </c>
       <c r="D178" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E178" s="18">
-        <v>164.740838</v>
+        <v>570.3477779999999</v>
       </c>
       <c r="F178" s="3"/>
     </row>
     <row r="179" spans="1:6">
       <c r="A179" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B179" s="17" t="s">
-        <v>356</v>
+        <v>349</v>
       </c>
       <c r="C179" s="17" t="s">
-        <v>357</v>
+        <v>350</v>
       </c>
       <c r="D179" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E179" s="18">
-        <v>260.198146</v>
+        <v>1158.335178</v>
       </c>
       <c r="F179" s="3"/>
     </row>
     <row r="180" spans="1:6">
       <c r="A180" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B180" s="17" t="s">
-        <v>358</v>
+        <v>351</v>
       </c>
       <c r="C180" s="17" t="s">
-        <v>359</v>
+        <v>352</v>
       </c>
       <c r="D180" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E180" s="18">
-        <v>231.714917</v>
+        <v>1007.138418</v>
       </c>
       <c r="F180" s="3"/>
     </row>
     <row r="181" spans="1:6">
       <c r="A181" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B181" s="17" t="s">
-        <v>360</v>
+        <v>353</v>
       </c>
       <c r="C181" s="17" t="s">
-        <v>361</v>
+        <v>354</v>
       </c>
       <c r="D181" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E181" s="18">
-        <v>439.565507</v>
+        <v>503.9892</v>
       </c>
       <c r="F181" s="3"/>
     </row>
     <row r="182" spans="1:6">
       <c r="A182" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B182" s="17" t="s">
-        <v>362</v>
+        <v>355</v>
       </c>
       <c r="C182" s="17" t="s">
-        <v>363</v>
+        <v>356</v>
       </c>
       <c r="D182" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E182" s="18">
-        <v>190.914616</v>
+        <v>2519.106018</v>
       </c>
       <c r="F182" s="3"/>
     </row>
     <row r="183" spans="1:6">
       <c r="A183" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B183" s="17" t="s">
-        <v>364</v>
+        <v>357</v>
       </c>
       <c r="C183" s="17" t="s">
-        <v>365</v>
+        <v>358</v>
       </c>
       <c r="D183" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E183" s="18">
-        <v>306.387166</v>
+        <v>1795.041534</v>
       </c>
       <c r="F183" s="3"/>
     </row>
     <row r="184" spans="1:6">
       <c r="A184" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B184" s="17" t="s">
-        <v>366</v>
+        <v>359</v>
       </c>
       <c r="C184" s="17" t="s">
-        <v>367</v>
+        <v>360</v>
       </c>
       <c r="D184" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E184" s="18">
-        <v>270.975584</v>
+        <v>27752.165298</v>
       </c>
       <c r="F184" s="3"/>
     </row>
     <row r="185" spans="1:6">
       <c r="A185" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B185" s="17" t="s">
-        <v>368</v>
+        <v>361</v>
       </c>
       <c r="C185" s="17" t="s">
-        <v>369</v>
+        <v>362</v>
       </c>
       <c r="D185" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E185" s="18">
-        <v>598.1478089999999</v>
+        <v>37944.506886</v>
       </c>
       <c r="F185" s="3"/>
     </row>
     <row r="186" spans="1:6">
       <c r="A186" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B186" s="17" t="s">
-        <v>370</v>
+        <v>363</v>
       </c>
       <c r="C186" s="17" t="s">
-        <v>371</v>
+        <v>364</v>
       </c>
       <c r="D186" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E186" s="18">
-        <v>230.9451</v>
+        <v>3526.244435999999</v>
       </c>
       <c r="F186" s="3"/>
     </row>
     <row r="187" spans="1:6">
       <c r="A187" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B187" s="17" t="s">
-        <v>372</v>
+        <v>365</v>
       </c>
       <c r="C187" s="17" t="s">
-        <v>373</v>
+        <v>366</v>
       </c>
       <c r="D187" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E187" s="18">
-        <v>403.384108</v>
+        <v>5762.276519999999</v>
       </c>
       <c r="F187" s="3"/>
     </row>
     <row r="188" spans="1:6">
       <c r="A188" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B188" s="17" t="s">
-        <v>374</v>
+        <v>367</v>
       </c>
       <c r="C188" s="17" t="s">
-        <v>375</v>
+        <v>368</v>
       </c>
       <c r="D188" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E188" s="18">
-        <v>347.187467</v>
+        <v>7776.553355999999</v>
       </c>
       <c r="F188" s="3"/>
     </row>
     <row r="189" spans="1:6">
       <c r="A189" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B189" s="17" t="s">
-        <v>376</v>
+        <v>369</v>
       </c>
       <c r="C189" s="17" t="s">
-        <v>377</v>
+        <v>370</v>
       </c>
       <c r="D189" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E189" s="18">
-        <v>812.1569350000001</v>
+        <v>7823.592348</v>
       </c>
       <c r="F189" s="3"/>
     </row>
     <row r="190" spans="1:6">
       <c r="A190" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B190" s="17" t="s">
-        <v>378</v>
+        <v>371</v>
       </c>
       <c r="C190" s="17" t="s">
-        <v>379</v>
+        <v>372</v>
       </c>
       <c r="D190" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E190" s="18">
-        <v>277.13412</v>
+        <v>11168.400672</v>
       </c>
       <c r="F190" s="3"/>
     </row>
     <row r="191" spans="1:6">
       <c r="A191" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B191" s="17" t="s">
-        <v>380</v>
+        <v>373</v>
       </c>
       <c r="C191" s="17" t="s">
-        <v>381</v>
+        <v>374</v>
       </c>
       <c r="D191" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E191" s="18">
-        <v>513.467939</v>
+        <v>32504.783454</v>
       </c>
       <c r="F191" s="3"/>
     </row>
     <row r="192" spans="1:6">
       <c r="A192" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B192" s="17" t="s">
-        <v>382</v>
+        <v>375</v>
       </c>
       <c r="C192" s="17" t="s">
-        <v>383</v>
+        <v>376</v>
       </c>
       <c r="D192" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E192" s="18">
-        <v>457.2712980000001</v>
+        <v>5017.212485999999</v>
       </c>
       <c r="F192" s="3"/>
     </row>
     <row r="193" spans="1:6">
       <c r="A193" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B193" s="17" t="s">
-        <v>384</v>
+        <v>377</v>
       </c>
       <c r="C193" s="17" t="s">
-        <v>385</v>
+        <v>378</v>
       </c>
       <c r="D193" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E193" s="18">
-        <v>1306.379449</v>
+        <v>5235.607806</v>
       </c>
       <c r="F193" s="3"/>
     </row>
     <row r="194" spans="1:6">
       <c r="A194" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B194" s="17" t="s">
-        <v>386</v>
+        <v>379</v>
       </c>
       <c r="C194" s="17" t="s">
-        <v>387</v>
+        <v>380</v>
       </c>
       <c r="D194" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E194" s="18">
-        <v>487.294161</v>
+        <v>5484.242478</v>
       </c>
       <c r="F194" s="3"/>
     </row>
     <row r="195" spans="1:6">
       <c r="A195" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B195" s="17" t="s">
-        <v>388</v>
+        <v>381</v>
       </c>
       <c r="C195" s="17" t="s">
-        <v>389</v>
+        <v>382</v>
       </c>
       <c r="D195" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E195" s="18">
-        <v>953.0334460000001</v>
+        <v>4533.382853999999</v>
       </c>
       <c r="F195" s="3"/>
     </row>
     <row r="196" spans="1:6">
       <c r="A196" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B196" s="17" t="s">
-        <v>390</v>
+        <v>383</v>
       </c>
       <c r="C196" s="17" t="s">
-        <v>391</v>
+        <v>384</v>
       </c>
       <c r="D196" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E196" s="18">
-        <v>832.941994</v>
+        <v>3804.278478</v>
       </c>
       <c r="F196" s="3"/>
     </row>
     <row r="197" spans="1:6">
       <c r="A197" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B197" s="17" t="s">
-        <v>392</v>
+        <v>385</v>
       </c>
       <c r="C197" s="17" t="s">
-        <v>393</v>
+        <v>386</v>
       </c>
       <c r="D197" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E197" s="18">
-        <v>293.300277</v>
+        <v>3987.394554</v>
       </c>
       <c r="F197" s="3"/>
     </row>
     <row r="198" spans="1:6">
       <c r="A198" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B198" s="17" t="s">
-        <v>394</v>
+        <v>387</v>
       </c>
       <c r="C198" s="17" t="s">
-        <v>395</v>
+        <v>388</v>
       </c>
       <c r="D198" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E198" s="18">
-        <v>130.099073</v>
+        <v>4172.190594</v>
       </c>
       <c r="F198" s="3"/>
     </row>
     <row r="199" spans="1:6">
       <c r="A199" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B199" s="17" t="s">
-        <v>396</v>
+        <v>389</v>
       </c>
       <c r="C199" s="17" t="s">
-        <v>397</v>
+        <v>390</v>
       </c>
       <c r="D199" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E199" s="18">
-        <v>190.914616</v>
+        <v>3753.039576</v>
       </c>
       <c r="F199" s="3"/>
     </row>
     <row r="200" spans="1:6">
       <c r="A200" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B200" s="17" t="s">
-        <v>398</v>
+        <v>391</v>
       </c>
       <c r="C200" s="17" t="s">
-        <v>399</v>
+        <v>392</v>
       </c>
       <c r="D200" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E200" s="18">
-        <v>182.446629</v>
+        <v>3917.676048</v>
       </c>
       <c r="F200" s="3"/>
     </row>
     <row r="201" spans="1:6">
       <c r="A201" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B201" s="17" t="s">
-        <v>400</v>
+        <v>393</v>
       </c>
       <c r="C201" s="17" t="s">
-        <v>401</v>
+        <v>394</v>
       </c>
       <c r="D201" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E201" s="18">
-        <v>354.885637</v>
+        <v>4320.027426</v>
       </c>
       <c r="F201" s="3"/>
     </row>
     <row r="202" spans="1:6">
       <c r="A202" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B202" s="17" t="s">
-        <v>402</v>
+        <v>395</v>
       </c>
       <c r="C202" s="17" t="s">
-        <v>403</v>
+        <v>396</v>
       </c>
       <c r="D202" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E202" s="18">
-        <v>143.955779</v>
+        <v>4493.9037</v>
       </c>
       <c r="F202" s="3"/>
     </row>
     <row r="203" spans="1:6">
       <c r="A203" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B203" s="17" t="s">
-        <v>404</v>
+        <v>397</v>
       </c>
       <c r="C203" s="17" t="s">
-        <v>405</v>
+        <v>398</v>
       </c>
       <c r="D203" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E203" s="18">
-        <v>230.9451</v>
+        <v>3660.641556</v>
       </c>
       <c r="F203" s="3"/>
     </row>
     <row r="204" spans="1:6">
       <c r="A204" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B204" s="17" t="s">
-        <v>406</v>
+        <v>399</v>
       </c>
       <c r="C204" s="17" t="s">
-        <v>407</v>
+        <v>400</v>
       </c>
       <c r="D204" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E204" s="18">
-        <v>218.628028</v>
+        <v>3836.197794</v>
       </c>
       <c r="F204" s="3"/>
     </row>
     <row r="205" spans="1:6">
       <c r="A205" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B205" s="17" t="s">
-        <v>408</v>
+        <v>401</v>
       </c>
       <c r="C205" s="17" t="s">
-        <v>409</v>
+        <v>402</v>
       </c>
       <c r="D205" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E205" s="18">
-        <v>432.637154</v>
+        <v>3991.594464</v>
       </c>
       <c r="F205" s="3"/>
     </row>
     <row r="206" spans="1:6">
       <c r="A206" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B206" s="17" t="s">
-        <v>410</v>
+        <v>403</v>
       </c>
       <c r="C206" s="17" t="s">
-        <v>411</v>
+        <v>404</v>
       </c>
       <c r="D206" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E206" s="18">
-        <v>184.75608</v>
+        <v>4280.548272</v>
       </c>
       <c r="F206" s="3"/>
     </row>
     <row r="207" spans="1:6">
       <c r="A207" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B207" s="17" t="s">
-        <v>412</v>
+        <v>405</v>
       </c>
       <c r="C207" s="17" t="s">
-        <v>413</v>
+        <v>406</v>
       </c>
       <c r="D207" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E207" s="18">
-        <v>272.515218</v>
+        <v>3592.603014</v>
       </c>
       <c r="F207" s="3"/>
     </row>
     <row r="208" spans="1:6">
       <c r="A208" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B208" s="17" t="s">
-        <v>414</v>
+        <v>407</v>
       </c>
       <c r="C208" s="17" t="s">
-        <v>415</v>
+        <v>408</v>
       </c>
       <c r="D208" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E208" s="18">
-        <v>258.658512</v>
+        <v>3753.039576</v>
       </c>
       <c r="F208" s="3"/>
     </row>
     <row r="209" spans="1:6">
       <c r="A209" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B209" s="17" t="s">
-        <v>416</v>
+        <v>409</v>
       </c>
       <c r="C209" s="17" t="s">
-        <v>417</v>
+        <v>410</v>
       </c>
       <c r="D209" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E209" s="18">
-        <v>585.830737</v>
+        <v>3917.676048</v>
       </c>
       <c r="F209" s="3"/>
     </row>
     <row r="210" spans="1:6">
       <c r="A210" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B210" s="17" t="s">
-        <v>418</v>
+        <v>411</v>
       </c>
       <c r="C210" s="17" t="s">
-        <v>419</v>
+        <v>412</v>
       </c>
       <c r="D210" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E210" s="18">
-        <v>206.310956</v>
+        <v>4233.509279999999</v>
       </c>
       <c r="F210" s="3"/>
     </row>
     <row r="211" spans="1:6">
       <c r="A211" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B211" s="17" t="s">
-        <v>420</v>
+        <v>413</v>
       </c>
       <c r="C211" s="17" t="s">
-        <v>421</v>
+        <v>414</v>
       </c>
       <c r="D211" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E211" s="18">
-        <v>359.504539</v>
+        <v>6353.623848</v>
       </c>
       <c r="F211" s="3"/>
     </row>
     <row r="212" spans="1:6">
       <c r="A212" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B212" s="17" t="s">
-        <v>422</v>
+        <v>415</v>
       </c>
       <c r="C212" s="17" t="s">
-        <v>423</v>
+        <v>416</v>
       </c>
       <c r="D212" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E212" s="18">
-        <v>327.172225</v>
+        <v>6682.056809999999</v>
       </c>
       <c r="F212" s="3"/>
     </row>
     <row r="213" spans="1:6">
       <c r="A213" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B213" s="17" t="s">
-        <v>424</v>
+        <v>417</v>
       </c>
       <c r="C213" s="17" t="s">
-        <v>425</v>
+        <v>418</v>
       </c>
       <c r="D213" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E213" s="18">
-        <v>796.760595</v>
+        <v>6876.932634</v>
       </c>
       <c r="F213" s="3"/>
     </row>
     <row r="214" spans="1:6">
       <c r="A214" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B214" s="17" t="s">
-        <v>426</v>
+        <v>419</v>
       </c>
       <c r="C214" s="17" t="s">
-        <v>427</v>
+        <v>420</v>
       </c>
       <c r="D214" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E214" s="18">
-        <v>311.006068</v>
+        <v>7496.83935</v>
       </c>
       <c r="F214" s="3"/>
     </row>
     <row r="215" spans="1:6">
       <c r="A215" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B215" s="17" t="s">
-        <v>428</v>
+        <v>421</v>
       </c>
       <c r="C215" s="17" t="s">
-        <v>429</v>
+        <v>422</v>
       </c>
       <c r="D215" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E215" s="18">
-        <v>531.9435470000001</v>
+        <v>6334.304262</v>
       </c>
       <c r="F215" s="3"/>
     </row>
     <row r="216" spans="1:6">
       <c r="A216" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B216" s="17" t="s">
-        <v>430</v>
+        <v>423</v>
       </c>
       <c r="C216" s="17" t="s">
-        <v>431</v>
+        <v>424</v>
       </c>
       <c r="D216" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E216" s="18">
-        <v>487.294161</v>
+        <v>6576.219078</v>
       </c>
       <c r="F216" s="3"/>
     </row>
     <row r="217" spans="1:6">
       <c r="A217" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B217" s="17" t="s">
-        <v>432</v>
+        <v>425</v>
       </c>
       <c r="C217" s="17" t="s">
-        <v>433</v>
+        <v>426</v>
       </c>
       <c r="D217" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E217" s="18">
-        <v>1280.205671</v>
+        <v>7201.165686</v>
       </c>
       <c r="F217" s="3"/>
     </row>
     <row r="218" spans="1:6">
       <c r="A218" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B218" s="17" t="s">
-        <v>434</v>
+        <v>427</v>
       </c>
       <c r="C218" s="17" t="s">
-        <v>435</v>
+        <v>428</v>
       </c>
       <c r="D218" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E218" s="18">
-        <v>483.445076</v>
+        <v>7880.711123999999</v>
       </c>
       <c r="F218" s="3"/>
     </row>
     <row r="219" spans="1:6">
       <c r="A219" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B219" s="17" t="s">
-        <v>436</v>
+        <v>429</v>
       </c>
       <c r="C219" s="17" t="s">
-        <v>437</v>
+        <v>121</v>
       </c>
       <c r="D219" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E219" s="18">
-        <v>879.1310140000001</v>
+        <v>2721.54168</v>
       </c>
       <c r="F219" s="3"/>
     </row>
     <row r="220" spans="1:6">
       <c r="A220" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B220" s="17" t="s">
-        <v>438</v>
+        <v>430</v>
       </c>
       <c r="C220" s="17" t="s">
-        <v>439</v>
+        <v>431</v>
       </c>
       <c r="D220" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E220" s="18">
-        <v>805.9983990000001</v>
+        <v>1394.37012</v>
       </c>
       <c r="F220" s="3"/>
     </row>
     <row r="221" spans="1:6">
       <c r="A221" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B221" s="17" t="s">
-        <v>440</v>
+        <v>432</v>
       </c>
       <c r="C221" s="17" t="s">
-        <v>441</v>
+        <v>433</v>
       </c>
       <c r="D221" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E221" s="18">
-        <v>411.082278</v>
+        <v>1394.37012</v>
       </c>
       <c r="F221" s="3"/>
     </row>
     <row r="222" spans="1:6">
       <c r="A222" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B222" s="17" t="s">
-        <v>442</v>
+        <v>434</v>
       </c>
       <c r="C222" s="17" t="s">
-        <v>443</v>
+        <v>435</v>
       </c>
       <c r="D222" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E222" s="18">
-        <v>164.740838</v>
+        <v>2721.54168</v>
       </c>
       <c r="F222" s="3"/>
     </row>
     <row r="223" spans="1:6">
       <c r="A223" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B223" s="17" t="s">
-        <v>444</v>
+        <v>436</v>
       </c>
       <c r="C223" s="17" t="s">
-        <v>445</v>
+        <v>435</v>
       </c>
       <c r="D223" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E223" s="18">
-        <v>100.846027</v>
+        <v>2702.222094</v>
       </c>
       <c r="F223" s="3"/>
     </row>
     <row r="224" spans="1:6">
       <c r="A224" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B224" s="17" t="s">
-        <v>446</v>
+        <v>437</v>
       </c>
       <c r="C224" s="17" t="s">
-        <v>447</v>
+        <v>438</v>
       </c>
       <c r="D224" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E224" s="18">
-        <v>123.940537</v>
+        <v>1297.77219</v>
       </c>
       <c r="F224" s="3"/>
     </row>
     <row r="225" spans="1:6">
       <c r="A225" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B225" s="17" t="s">
-        <v>448</v>
+        <v>439</v>
       </c>
       <c r="C225" s="17" t="s">
-        <v>449</v>
+        <v>440</v>
       </c>
       <c r="D225" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E225" s="18">
-        <v>119.321635</v>
+        <v>30084.795312</v>
       </c>
       <c r="F225" s="3"/>
     </row>
     <row r="226" spans="1:6">
       <c r="A226" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B226" s="17" t="s">
-        <v>450</v>
+        <v>441</v>
       </c>
       <c r="C226" s="17" t="s">
-        <v>451</v>
+        <v>442</v>
       </c>
       <c r="D226" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E226" s="18">
-        <v>2504.984518</v>
+        <v>30084.795312</v>
       </c>
       <c r="F226" s="3"/>
     </row>
     <row r="227" spans="1:6">
       <c r="A227" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B227" s="17" t="s">
-        <v>452</v>
+        <v>443</v>
       </c>
       <c r="C227" s="17" t="s">
-        <v>453</v>
+        <v>444</v>
       </c>
       <c r="D227" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E227" s="18">
-        <v>1376.432796</v>
+        <v>30585.424584</v>
       </c>
       <c r="F227" s="3"/>
     </row>
     <row r="228" spans="1:6">
       <c r="A228" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B228" s="17" t="s">
-        <v>454</v>
+        <v>445</v>
       </c>
       <c r="C228" s="17" t="s">
-        <v>455</v>
+        <v>446</v>
       </c>
       <c r="D228" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E228" s="18">
-        <v>1747.48459</v>
+        <v>5253.247428</v>
       </c>
       <c r="F228" s="3"/>
     </row>
     <row r="229" spans="1:6">
       <c r="A229" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B229" s="17" t="s">
-        <v>456</v>
+        <v>447</v>
       </c>
       <c r="C229" s="17" t="s">
-        <v>457</v>
+        <v>448</v>
       </c>
       <c r="D229" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E229" s="18">
-        <v>1636.630942</v>
+        <v>5253.247428</v>
       </c>
       <c r="F229" s="3"/>
     </row>
     <row r="230" spans="1:6">
       <c r="A230" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B230" s="17" t="s">
-        <v>458</v>
+        <v>449</v>
       </c>
       <c r="C230" s="17" t="s">
-        <v>459</v>
+        <v>450</v>
       </c>
       <c r="D230" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E230" s="18">
-        <v>3310.2131</v>
+        <v>4959.253728</v>
       </c>
       <c r="F230" s="3"/>
     </row>
     <row r="231" spans="1:6">
       <c r="A231" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B231" s="17" t="s">
-        <v>460</v>
+        <v>451</v>
       </c>
       <c r="C231" s="17" t="s">
-        <v>461</v>
+        <v>452</v>
       </c>
       <c r="D231" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E231" s="18">
-        <v>2063.879377</v>
+        <v>5100.370704</v>
       </c>
       <c r="F231" s="3"/>
     </row>
     <row r="232" spans="1:6">
       <c r="A232" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B232" s="17" t="s">
-        <v>462</v>
+        <v>453</v>
       </c>
       <c r="C232" s="17" t="s">
-        <v>463</v>
+        <v>454</v>
       </c>
       <c r="D232" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E232" s="18">
-        <v>2508.063786</v>
+        <v>5235.607806</v>
       </c>
       <c r="F232" s="3"/>
     </row>
     <row r="233" spans="1:6">
       <c r="A233" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B233" s="17" t="s">
-        <v>464</v>
+        <v>455</v>
       </c>
       <c r="C233" s="17" t="s">
-        <v>465</v>
+        <v>456</v>
       </c>
       <c r="D233" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E233" s="18">
-        <v>2347.172033</v>
+        <v>5484.242478</v>
       </c>
       <c r="F233" s="3"/>
     </row>
     <row r="234" spans="1:6">
       <c r="A234" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B234" s="17" t="s">
-        <v>466</v>
+        <v>457</v>
       </c>
       <c r="C234" s="17" t="s">
-        <v>467</v>
+        <v>458</v>
       </c>
       <c r="D234" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E234" s="18">
-        <v>2464.954034</v>
+        <v>4419.985283999999</v>
       </c>
       <c r="F234" s="3"/>
     </row>
     <row r="235" spans="1:6">
       <c r="A235" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B235" s="17" t="s">
-        <v>468</v>
+        <v>459</v>
       </c>
       <c r="C235" s="17" t="s">
-        <v>469</v>
+        <v>460</v>
       </c>
       <c r="D235" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E235" s="18">
-        <v>1113.925199</v>
+        <v>1201.17426</v>
       </c>
       <c r="F235" s="3"/>
     </row>
     <row r="236" spans="1:6">
       <c r="A236" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B236" s="17" t="s">
-        <v>470</v>
+        <v>461</v>
       </c>
       <c r="C236" s="17" t="s">
-        <v>471</v>
+        <v>462</v>
       </c>
       <c r="D236" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E236" s="18">
-        <v>1836.013545</v>
+        <v>1085.256744</v>
       </c>
       <c r="F236" s="3"/>
     </row>
     <row r="237" spans="1:6">
       <c r="A237" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B237" s="17" t="s">
-        <v>472</v>
+        <v>463</v>
       </c>
       <c r="C237" s="17" t="s">
-        <v>473</v>
+        <v>464</v>
       </c>
       <c r="D237" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E237" s="18">
-        <v>1442.637058</v>
+        <v>4921.454538</v>
       </c>
       <c r="F237" s="3"/>
     </row>
     <row r="238" spans="1:6">
       <c r="A238" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B238" s="17" t="s">
-        <v>474</v>
+        <v>465</v>
       </c>
       <c r="C238" s="17" t="s">
-        <v>475</v>
+        <v>466</v>
       </c>
       <c r="D238" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E238" s="18">
-        <v>3504.206984</v>
+        <v>5112.970434</v>
       </c>
       <c r="F238" s="3"/>
     </row>
     <row r="239" spans="1:6">
       <c r="A239" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B239" s="17" t="s">
-        <v>476</v>
+        <v>467</v>
       </c>
       <c r="C239" s="17" t="s">
-        <v>477</v>
+        <v>468</v>
       </c>
       <c r="D239" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E239" s="18">
-        <v>1574.275765</v>
+        <v>5385.964584</v>
       </c>
       <c r="F239" s="3"/>
     </row>
     <row r="240" spans="1:6">
       <c r="A240" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B240" s="17" t="s">
-        <v>478</v>
+        <v>469</v>
       </c>
       <c r="C240" s="17" t="s">
-        <v>479</v>
+        <v>470</v>
       </c>
       <c r="D240" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E240" s="18">
-        <v>3334.077427</v>
+        <v>6052.910292</v>
       </c>
       <c r="F240" s="3"/>
     </row>
     <row r="241" spans="1:6">
       <c r="A241" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B241" s="17" t="s">
-        <v>480</v>
+        <v>471</v>
       </c>
       <c r="C241" s="17" t="s">
-        <v>481</v>
+        <v>472</v>
       </c>
       <c r="D241" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E241" s="18">
-        <v>2267.111065</v>
+        <v>4552.70244</v>
       </c>
       <c r="F241" s="3"/>
     </row>
     <row r="242" spans="1:6">
       <c r="A242" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B242" s="17" t="s">
-        <v>482</v>
+        <v>473</v>
       </c>
       <c r="C242" s="17" t="s">
-        <v>483</v>
+        <v>474</v>
       </c>
       <c r="D242" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E242" s="18">
-        <v>4854.466002</v>
+        <v>4977.733332</v>
       </c>
       <c r="F242" s="3"/>
     </row>
     <row r="243" spans="1:6">
       <c r="A243" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B243" s="17" t="s">
-        <v>484</v>
+        <v>475</v>
       </c>
       <c r="C243" s="17" t="s">
-        <v>485</v>
+        <v>476</v>
       </c>
       <c r="D243" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E243" s="18">
-        <v>2230.159849</v>
+        <v>5308.68624</v>
       </c>
       <c r="F243" s="3"/>
     </row>
     <row r="244" spans="1:6">
       <c r="A244" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B244" s="17" t="s">
-        <v>486</v>
+        <v>477</v>
       </c>
       <c r="C244" s="17" t="s">
-        <v>487</v>
+        <v>478</v>
       </c>
       <c r="D244" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E244" s="18">
-        <v>4504.199267</v>
+        <v>6293.985126</v>
       </c>
       <c r="F244" s="3"/>
     </row>
     <row r="245" spans="1:6">
       <c r="A245" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B245" s="17" t="s">
-        <v>488</v>
+        <v>479</v>
       </c>
       <c r="C245" s="17" t="s">
-        <v>489</v>
+        <v>480</v>
       </c>
       <c r="D245" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E245" s="18">
-        <v>2989.199411</v>
+        <v>4530.022926</v>
       </c>
       <c r="F245" s="3"/>
     </row>
     <row r="246" spans="1:6">
       <c r="A246" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B246" s="17" t="s">
-        <v>490</v>
+        <v>481</v>
       </c>
       <c r="C246" s="17" t="s">
-        <v>491</v>
+        <v>482</v>
       </c>
       <c r="D246" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E246" s="18">
-        <v>2358.719288</v>
+        <v>4979.413296</v>
       </c>
       <c r="F246" s="3"/>
     </row>
     <row r="247" spans="1:6">
       <c r="A247" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B247" s="17" t="s">
-        <v>492</v>
+        <v>483</v>
       </c>
       <c r="C247" s="17" t="s">
-        <v>493</v>
+        <v>484</v>
       </c>
       <c r="D247" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E247" s="18">
-        <v>679.748411</v>
+        <v>5427.123702</v>
       </c>
       <c r="F247" s="3"/>
     </row>
     <row r="248" spans="1:6">
       <c r="A248" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B248" s="17" t="s">
-        <v>494</v>
+        <v>485</v>
       </c>
       <c r="C248" s="17" t="s">
-        <v>495</v>
+        <v>486</v>
       </c>
       <c r="D248" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E248" s="18">
-        <v>1671.272707</v>
+        <v>6335.984226</v>
       </c>
       <c r="F248" s="3"/>
     </row>
     <row r="249" spans="1:6">
       <c r="A249" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B249" s="17" t="s">
-        <v>496</v>
+        <v>487</v>
       </c>
       <c r="C249" s="17" t="s">
-        <v>497</v>
+        <v>488</v>
       </c>
       <c r="D249" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E249" s="18">
-        <v>1661.265086</v>
+        <v>4590.50163</v>
       </c>
       <c r="F249" s="3"/>
     </row>
     <row r="250" spans="1:6">
       <c r="A250" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B250" s="17" t="s">
-        <v>498</v>
+        <v>489</v>
       </c>
       <c r="C250" s="17" t="s">
-        <v>499</v>
+        <v>490</v>
       </c>
       <c r="D250" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E250" s="18">
-        <v>3449.549977</v>
+        <v>4766.057868</v>
       </c>
       <c r="F250" s="3"/>
     </row>
     <row r="251" spans="1:6">
       <c r="A251" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B251" s="17" t="s">
-        <v>500</v>
+        <v>491</v>
       </c>
       <c r="C251" s="17" t="s">
-        <v>501</v>
+        <v>492</v>
       </c>
       <c r="D251" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E251" s="18">
-        <v>1006.920636</v>
+        <v>4977.733332</v>
       </c>
       <c r="F251" s="3"/>
     </row>
     <row r="252" spans="1:6">
       <c r="A252" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B252" s="17" t="s">
-        <v>502</v>
+        <v>493</v>
       </c>
       <c r="C252" s="17" t="s">
-        <v>503</v>
+        <v>494</v>
       </c>
       <c r="D252" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E252" s="18">
-        <v>2706.676572</v>
+        <v>5328.005826</v>
       </c>
       <c r="F252" s="3"/>
     </row>
     <row r="253" spans="1:6">
       <c r="A253" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B253" s="17" t="s">
-        <v>504</v>
+        <v>495</v>
       </c>
       <c r="C253" s="17" t="s">
-        <v>505</v>
+        <v>496</v>
       </c>
       <c r="D253" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E253" s="18">
-        <v>2187.050097</v>
+        <v>3641.32197</v>
       </c>
       <c r="F253" s="3"/>
     </row>
     <row r="254" spans="1:6">
       <c r="A254" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B254" s="17" t="s">
-        <v>506</v>
+        <v>497</v>
       </c>
       <c r="C254" s="17" t="s">
-        <v>507</v>
+        <v>498</v>
       </c>
       <c r="D254" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E254" s="18">
-        <v>4535.761764000001</v>
+        <v>3836.197794</v>
       </c>
       <c r="F254" s="3"/>
     </row>
     <row r="255" spans="1:6">
       <c r="A255" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B255" s="17" t="s">
-        <v>508</v>
+        <v>499</v>
       </c>
       <c r="C255" s="17" t="s">
-        <v>509</v>
+        <v>500</v>
       </c>
       <c r="D255" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E255" s="18">
-        <v>1221.699579</v>
+        <v>4029.393654</v>
       </c>
       <c r="F255" s="3"/>
     </row>
     <row r="256" spans="1:6">
       <c r="A256" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B256" s="17" t="s">
-        <v>510</v>
+        <v>501</v>
       </c>
       <c r="C256" s="17" t="s">
-        <v>511</v>
+        <v>502</v>
       </c>
       <c r="D256" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E256" s="18">
-        <v>3889.885301</v>
+        <v>4416.625356</v>
       </c>
       <c r="F256" s="3"/>
     </row>
     <row r="257" spans="1:6">
       <c r="A257" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B257" s="17" t="s">
-        <v>512</v>
+        <v>503</v>
       </c>
       <c r="C257" s="17" t="s">
-        <v>513</v>
+        <v>504</v>
       </c>
       <c r="D257" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E257" s="18">
-        <v>2645.861029</v>
+        <v>3700.12071</v>
       </c>
       <c r="F257" s="3"/>
     </row>
     <row r="258" spans="1:6">
       <c r="A258" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B258" s="17" t="s">
-        <v>514</v>
+        <v>505</v>
       </c>
       <c r="C258" s="17" t="s">
-        <v>515</v>
+        <v>506</v>
       </c>
       <c r="D258" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E258" s="18">
-        <v>290.990826</v>
+        <v>3931.955742</v>
       </c>
       <c r="F258" s="3"/>
     </row>
     <row r="259" spans="1:6">
       <c r="A259" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B259" s="17" t="s">
-        <v>516</v>
+        <v>507</v>
       </c>
       <c r="C259" s="17" t="s">
-        <v>517</v>
+        <v>508</v>
       </c>
       <c r="D259" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E259" s="18">
-        <v>128.559439</v>
+        <v>4165.470738</v>
       </c>
       <c r="F259" s="3"/>
     </row>
     <row r="260" spans="1:6">
       <c r="A260" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B260" s="17" t="s">
-        <v>518</v>
+        <v>509</v>
       </c>
       <c r="C260" s="17" t="s">
-        <v>519</v>
+        <v>510</v>
       </c>
       <c r="D260" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E260" s="18">
-        <v>182.446629</v>
+        <v>4639.220585999999</v>
       </c>
       <c r="F260" s="3"/>
     </row>
     <row r="261" spans="1:6">
       <c r="A261" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B261" s="17" t="s">
-        <v>520</v>
+        <v>511</v>
       </c>
       <c r="C261" s="17" t="s">
-        <v>521</v>
+        <v>512</v>
       </c>
       <c r="D261" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E261" s="18">
-        <v>174.748459</v>
+        <v>4223.429496</v>
       </c>
       <c r="F261" s="3"/>
     </row>
     <row r="262" spans="1:6">
       <c r="A262" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B262" s="17" t="s">
-        <v>522</v>
+        <v>513</v>
       </c>
       <c r="C262" s="17" t="s">
-        <v>523</v>
+        <v>514</v>
       </c>
       <c r="D262" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E262" s="18">
-        <v>344.8780160000001</v>
+        <v>4398.145751999999</v>
       </c>
       <c r="F262" s="3"/>
     </row>
     <row r="263" spans="1:6">
       <c r="A263" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B263" s="17" t="s">
-        <v>524</v>
+        <v>515</v>
       </c>
       <c r="C263" s="17" t="s">
-        <v>525</v>
+        <v>516</v>
       </c>
       <c r="D263" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E263" s="18">
-        <v>152.423766</v>
+        <v>4552.70244</v>
       </c>
       <c r="F263" s="3"/>
     </row>
     <row r="264" spans="1:6">
       <c r="A264" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B264" s="17" t="s">
-        <v>526</v>
+        <v>517</v>
       </c>
       <c r="C264" s="17" t="s">
-        <v>527</v>
+        <v>518</v>
       </c>
       <c r="D264" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E264" s="18">
-        <v>220.937479</v>
+        <v>4881.135402</v>
       </c>
       <c r="F264" s="3"/>
     </row>
     <row r="265" spans="1:6">
       <c r="A265" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B265" s="17" t="s">
-        <v>528</v>
+        <v>519</v>
       </c>
       <c r="C265" s="17" t="s">
-        <v>529</v>
+        <v>520</v>
       </c>
       <c r="D265" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E265" s="18">
-        <v>210.160041</v>
+        <v>3371.687748</v>
       </c>
       <c r="F265" s="3"/>
     </row>
     <row r="266" spans="1:6">
       <c r="A266" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B266" s="17" t="s">
-        <v>530</v>
+        <v>521</v>
       </c>
       <c r="C266" s="17" t="s">
-        <v>531</v>
+        <v>522</v>
       </c>
       <c r="D266" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E266" s="18">
-        <v>418.780448</v>
+        <v>3563.203644</v>
       </c>
       <c r="F266" s="3"/>
     </row>
     <row r="267" spans="1:6">
       <c r="A267" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B267" s="17" t="s">
-        <v>532</v>
+        <v>523</v>
       </c>
       <c r="C267" s="17" t="s">
-        <v>533</v>
+        <v>524</v>
       </c>
       <c r="D267" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E267" s="18">
-        <v>172.439008</v>
+        <v>3758.91945</v>
       </c>
       <c r="F267" s="3"/>
     </row>
     <row r="268" spans="1:6">
       <c r="A268" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B268" s="17" t="s">
-        <v>534</v>
+        <v>525</v>
       </c>
       <c r="C268" s="17" t="s">
-        <v>535</v>
+        <v>526</v>
       </c>
       <c r="D268" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E268" s="18">
-        <v>264.817048</v>
+        <v>4125.151602</v>
       </c>
       <c r="F268" s="3"/>
     </row>
     <row r="269" spans="1:6">
       <c r="A269" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B269" s="17" t="s">
-        <v>536</v>
+        <v>527</v>
       </c>
       <c r="C269" s="17" t="s">
-        <v>537</v>
+        <v>528</v>
       </c>
       <c r="D269" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E269" s="18">
-        <v>244.801806</v>
+        <v>3409.486938</v>
       </c>
       <c r="F269" s="3"/>
     </row>
     <row r="270" spans="1:6">
       <c r="A270" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B270" s="17" t="s">
-        <v>538</v>
+        <v>529</v>
       </c>
       <c r="C270" s="17" t="s">
-        <v>539</v>
+        <v>530</v>
       </c>
       <c r="D270" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E270" s="18">
-        <v>579.6722010000001</v>
+        <v>3641.32197</v>
       </c>
       <c r="F270" s="3"/>
     </row>
     <row r="271" spans="1:6">
       <c r="A271" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B271" s="17" t="s">
-        <v>540</v>
+        <v>531</v>
       </c>
       <c r="C271" s="17" t="s">
-        <v>541</v>
+        <v>532</v>
       </c>
       <c r="D271" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E271" s="18">
-        <v>214.778943</v>
+        <v>3869.797074</v>
       </c>
       <c r="F271" s="3"/>
     </row>
     <row r="272" spans="1:6">
       <c r="A272" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B272" s="17" t="s">
-        <v>542</v>
+        <v>533</v>
       </c>
       <c r="C272" s="17" t="s">
-        <v>543</v>
+        <v>534</v>
       </c>
       <c r="D272" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E272" s="18">
-        <v>344.8780160000001</v>
+        <v>4357.826616</v>
       </c>
       <c r="F272" s="3"/>
     </row>
     <row r="273" spans="1:6">
       <c r="A273" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B273" s="17" t="s">
-        <v>544</v>
+        <v>535</v>
       </c>
       <c r="C273" s="17" t="s">
-        <v>545</v>
+        <v>536</v>
       </c>
       <c r="D273" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E273" s="18">
-        <v>317.164604</v>
+        <v>6411.582606</v>
       </c>
       <c r="F273" s="3"/>
     </row>
     <row r="274" spans="1:6">
       <c r="A274" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B274" s="17" t="s">
-        <v>546</v>
+        <v>537</v>
       </c>
       <c r="C274" s="17" t="s">
-        <v>547</v>
+        <v>538</v>
       </c>
       <c r="D274" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E274" s="18">
-        <v>816.00602</v>
+        <v>6703.05636</v>
       </c>
       <c r="F274" s="3"/>
     </row>
     <row r="275" spans="1:6">
       <c r="A275" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B275" s="17" t="s">
-        <v>548</v>
+        <v>539</v>
       </c>
       <c r="C275" s="17" t="s">
-        <v>549</v>
+        <v>540</v>
       </c>
       <c r="D275" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E275" s="18">
-        <v>277.13412</v>
+        <v>7224.685182</v>
       </c>
       <c r="F275" s="3"/>
     </row>
     <row r="276" spans="1:6">
       <c r="A276" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B276" s="17" t="s">
-        <v>550</v>
+        <v>541</v>
       </c>
       <c r="C276" s="17" t="s">
-        <v>551</v>
+        <v>542</v>
       </c>
       <c r="D276" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E276" s="18">
-        <v>533.4831810000001</v>
+        <v>7805.952726</v>
       </c>
       <c r="F276" s="3"/>
     </row>
     <row r="277" spans="1:6">
       <c r="A277" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B277" s="17" t="s">
-        <v>552</v>
+        <v>543</v>
       </c>
       <c r="C277" s="17" t="s">
-        <v>553</v>
+        <v>544</v>
       </c>
       <c r="D277" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E277" s="18">
-        <v>463.429834</v>
+        <v>6217.546764</v>
       </c>
       <c r="F277" s="3"/>
     </row>
     <row r="278" spans="1:6">
       <c r="A278" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B278" s="17" t="s">
-        <v>554</v>
+        <v>545</v>
       </c>
       <c r="C278" s="17" t="s">
-        <v>555</v>
+        <v>546</v>
       </c>
       <c r="D278" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E278" s="18">
-        <v>1394.138587</v>
+        <v>6353.623848</v>
       </c>
       <c r="F278" s="3"/>
     </row>
     <row r="279" spans="1:6">
       <c r="A279" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B279" s="17" t="s">
-        <v>556</v>
+        <v>547</v>
       </c>
       <c r="C279" s="17" t="s">
-        <v>557</v>
+        <v>548</v>
       </c>
       <c r="D279" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E279" s="18">
-        <v>558.1173250000001</v>
+        <v>6527.500121999999</v>
       </c>
       <c r="F279" s="3"/>
     </row>
     <row r="280" spans="1:6">
       <c r="A280" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B280" s="17" t="s">
-        <v>558</v>
+        <v>549</v>
       </c>
       <c r="C280" s="17" t="s">
-        <v>559</v>
+        <v>550</v>
       </c>
       <c r="D280" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E280" s="18">
-        <v>938.406923</v>
+        <v>6836.613498</v>
       </c>
       <c r="F280" s="3"/>
     </row>
     <row r="281" spans="1:6">
       <c r="A281" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B281" s="17" t="s">
-        <v>560</v>
+        <v>551</v>
       </c>
       <c r="C281" s="17" t="s">
-        <v>561</v>
+        <v>552</v>
       </c>
       <c r="D281" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E281" s="18">
-        <v>812.1569350000001</v>
+        <v>6430.902192</v>
       </c>
       <c r="F281" s="3"/>
     </row>
     <row r="282" spans="1:6">
       <c r="A282" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B282" s="17" t="s">
-        <v>562</v>
+        <v>553</v>
       </c>
       <c r="C282" s="17" t="s">
-        <v>563</v>
+        <v>554</v>
       </c>
       <c r="D282" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E282" s="18">
-        <v>1931.470853</v>
+        <v>6721.535964</v>
       </c>
       <c r="F282" s="3"/>
     </row>
     <row r="283" spans="1:6">
       <c r="A283" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B283" s="17" t="s">
-        <v>564</v>
+        <v>555</v>
       </c>
       <c r="C283" s="17" t="s">
-        <v>565</v>
+        <v>556</v>
       </c>
       <c r="D283" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E283" s="18">
-        <v>895.297171</v>
+        <v>7574.117694</v>
       </c>
       <c r="F283" s="3"/>
     </row>
     <row r="284" spans="1:6">
       <c r="A284" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B284" s="17" t="s">
-        <v>566</v>
+        <v>557</v>
       </c>
       <c r="C284" s="17" t="s">
-        <v>567</v>
+        <v>558</v>
       </c>
       <c r="D284" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E284" s="18">
-        <v>1590.441922</v>
+        <v>1370.010642</v>
       </c>
       <c r="F284" s="3"/>
     </row>
     <row r="285" spans="1:6">
       <c r="A285" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B285" s="17" t="s">
-        <v>568</v>
+        <v>559</v>
       </c>
       <c r="C285" s="17" t="s">
-        <v>569</v>
+        <v>560</v>
       </c>
       <c r="D285" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E285" s="18">
-        <v>1193.986167</v>
+        <v>4648.460388</v>
       </c>
       <c r="F285" s="3"/>
     </row>
     <row r="286" spans="1:6">
       <c r="A286" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B286" s="17" t="s">
-        <v>570</v>
+        <v>561</v>
       </c>
       <c r="C286" s="17" t="s">
-        <v>571</v>
+        <v>562</v>
       </c>
       <c r="D286" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E286" s="18">
-        <v>2497.286348</v>
+        <v>1201.17426</v>
       </c>
       <c r="F286" s="3"/>
     </row>
     <row r="287" spans="1:6">
       <c r="A287" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B287" s="17" t="s">
-        <v>572</v>
+        <v>563</v>
       </c>
       <c r="C287" s="17" t="s">
-        <v>573</v>
+        <v>564</v>
       </c>
       <c r="D287" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E287" s="18">
-        <v>1113.925199</v>
+        <v>1258.293036</v>
       </c>
       <c r="F287" s="3"/>
     </row>
     <row r="288" spans="1:6">
       <c r="A288" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B288" s="17" t="s">
-        <v>574</v>
+        <v>565</v>
       </c>
       <c r="C288" s="17" t="s">
-        <v>575</v>
+        <v>566</v>
       </c>
       <c r="D288" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E288" s="18">
-        <v>1686.669047</v>
+        <v>978.57903</v>
       </c>
       <c r="F288" s="3"/>
     </row>
     <row r="289" spans="1:6">
       <c r="A289" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B289" s="17" t="s">
-        <v>576</v>
+        <v>567</v>
       </c>
       <c r="C289" s="17" t="s">
-        <v>577</v>
+        <v>568</v>
       </c>
       <c r="D289" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E289" s="18">
-        <v>1468.041019</v>
+        <v>1034.857824</v>
       </c>
       <c r="F289" s="3"/>
     </row>
     <row r="290" spans="1:6">
       <c r="A290" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B290" s="17" t="s">
-        <v>578</v>
+        <v>569</v>
       </c>
       <c r="C290" s="17" t="s">
-        <v>579</v>
+        <v>570</v>
       </c>
       <c r="D290" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E290" s="18">
-        <v>187.835348</v>
+        <v>4610.661198</v>
       </c>
       <c r="F290" s="3"/>
     </row>
     <row r="291" spans="1:6">
       <c r="A291" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B291" s="17" t="s">
-        <v>580</v>
+        <v>571</v>
       </c>
       <c r="C291" s="17" t="s">
-        <v>581</v>
+        <v>572</v>
       </c>
       <c r="D291" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E291" s="18">
-        <v>117.012184</v>
+        <v>4899.615006</v>
       </c>
       <c r="F291" s="3"/>
     </row>
     <row r="292" spans="1:6">
       <c r="A292" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B292" s="17" t="s">
-        <v>582</v>
+        <v>573</v>
       </c>
       <c r="C292" s="17" t="s">
-        <v>583</v>
+        <v>574</v>
       </c>
       <c r="D292" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E292" s="18">
-        <v>177.827727</v>
+        <v>5210.408346</v>
       </c>
       <c r="F292" s="3"/>
     </row>
     <row r="293" spans="1:6">
       <c r="A293" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B293" s="17" t="s">
-        <v>584</v>
+        <v>575</v>
       </c>
       <c r="C293" s="17" t="s">
-        <v>585</v>
+        <v>576</v>
       </c>
       <c r="D293" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E293" s="18">
-        <v>139.336877</v>
+        <v>6188.987376</v>
       </c>
       <c r="F293" s="3"/>
     </row>
     <row r="294" spans="1:6">
       <c r="A294" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B294" s="17" t="s">
-        <v>586</v>
+        <v>577</v>
       </c>
       <c r="C294" s="17" t="s">
-        <v>587</v>
+        <v>578</v>
       </c>
       <c r="D294" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E294" s="18">
-        <v>332.5609440000001</v>
+        <v>6509.020517999999</v>
       </c>
       <c r="F294" s="3"/>
     </row>
     <row r="295" spans="1:6">
       <c r="A295" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B295" s="17" t="s">
-        <v>588</v>
+        <v>579</v>
       </c>
       <c r="C295" s="17" t="s">
-        <v>589</v>
+        <v>580</v>
       </c>
       <c r="D295" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E295" s="18">
-        <v>138.56706</v>
+        <v>6836.613498</v>
       </c>
       <c r="F295" s="3"/>
     </row>
     <row r="296" spans="1:6">
       <c r="A296" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B296" s="17" t="s">
-        <v>590</v>
+        <v>581</v>
       </c>
       <c r="C296" s="17" t="s">
-        <v>591</v>
+        <v>582</v>
       </c>
       <c r="D296" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E296" s="18">
-        <v>220.937479</v>
+        <v>7186.046009999999</v>
       </c>
       <c r="F296" s="3"/>
     </row>
     <row r="297" spans="1:6">
       <c r="A297" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B297" s="17" t="s">
-        <v>592</v>
+        <v>583</v>
       </c>
       <c r="C297" s="17" t="s">
-        <v>593</v>
+        <v>584</v>
       </c>
       <c r="D297" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E297" s="18">
-        <v>200.922237</v>
+        <v>7884.071051999999</v>
       </c>
       <c r="F297" s="3"/>
     </row>
     <row r="298" spans="1:6">
       <c r="A298" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B298" s="17" t="s">
-        <v>594</v>
+        <v>585</v>
       </c>
       <c r="C298" s="17" t="s">
-        <v>595</v>
+        <v>586</v>
       </c>
       <c r="D298" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E298" s="18">
-        <v>278.673754</v>
+        <v>4435.10496</v>
       </c>
       <c r="F298" s="3"/>
     </row>
     <row r="299" spans="1:6">
       <c r="A299" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B299" s="17" t="s">
-        <v>596</v>
+        <v>587</v>
       </c>
       <c r="C299" s="17" t="s">
-        <v>597</v>
+        <v>588</v>
       </c>
       <c r="D299" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E299" s="18">
-        <v>141.646328</v>
+        <v>4629.980783999999</v>
       </c>
       <c r="F299" s="3"/>
     </row>
     <row r="300" spans="1:6">
       <c r="A300" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B300" s="17" t="s">
-        <v>598</v>
+        <v>589</v>
       </c>
       <c r="C300" s="17" t="s">
-        <v>599</v>
+        <v>590</v>
       </c>
       <c r="D300" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E300" s="18">
-        <v>260.198146</v>
+        <v>4959.253728</v>
       </c>
       <c r="F300" s="3"/>
     </row>
     <row r="301" spans="1:6">
       <c r="A301" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B301" s="17" t="s">
-        <v>600</v>
+        <v>591</v>
       </c>
       <c r="C301" s="17" t="s">
-        <v>601</v>
+        <v>592</v>
       </c>
       <c r="D301" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E301" s="18">
-        <v>185.525897</v>
+        <v>6188.987376</v>
       </c>
       <c r="F301" s="3"/>
     </row>
     <row r="302" spans="1:6">
       <c r="A302" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B302" s="17" t="s">
-        <v>602</v>
+        <v>593</v>
       </c>
       <c r="C302" s="17" t="s">
-        <v>603</v>
+        <v>594</v>
       </c>
       <c r="D302" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E302" s="18">
-        <v>360.274356</v>
+        <v>939.099876</v>
       </c>
       <c r="F302" s="3"/>
     </row>
     <row r="303" spans="1:6">
       <c r="A303" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B303" s="17" t="s">
-        <v>604</v>
+        <v>595</v>
       </c>
       <c r="C303" s="17" t="s">
-        <v>605</v>
+        <v>596</v>
       </c>
       <c r="D303" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E303" s="18">
-        <v>163.201204</v>
+        <v>892.0608839999999</v>
       </c>
       <c r="F303" s="3"/>
     </row>
     <row r="304" spans="1:6">
       <c r="A304" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B304" s="17" t="s">
-        <v>606</v>
+        <v>597</v>
       </c>
       <c r="C304" s="17" t="s">
-        <v>607</v>
+        <v>598</v>
       </c>
       <c r="D304" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E304" s="18">
-        <v>361.0441730000001</v>
+        <v>939.099876</v>
       </c>
       <c r="F304" s="3"/>
     </row>
     <row r="305" spans="1:6">
       <c r="A305" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B305" s="17" t="s">
-        <v>608</v>
+        <v>599</v>
       </c>
       <c r="C305" s="17" t="s">
-        <v>609</v>
+        <v>600</v>
       </c>
       <c r="D305" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E305" s="18">
-        <v>230.175283</v>
+        <v>1810.16121</v>
       </c>
       <c r="F305" s="3"/>
     </row>
     <row r="306" spans="1:6">
       <c r="A306" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B306" s="17" t="s">
-        <v>610</v>
+        <v>601</v>
       </c>
       <c r="C306" s="17" t="s">
-        <v>611</v>
+        <v>602</v>
       </c>
       <c r="D306" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E306" s="18">
-        <v>798.3002289999999</v>
+        <v>2944.13691</v>
       </c>
       <c r="F306" s="3"/>
     </row>
     <row r="307" spans="1:6">
       <c r="A307" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B307" s="17" t="s">
-        <v>612</v>
+        <v>603</v>
       </c>
       <c r="C307" s="17" t="s">
-        <v>613</v>
+        <v>604</v>
       </c>
       <c r="D307" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E307" s="18">
-        <v>267.896316</v>
+        <v>5880.713982</v>
       </c>
       <c r="F307" s="3"/>
     </row>
     <row r="308" spans="1:6">
       <c r="A308" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B308" s="17" t="s">
-        <v>614</v>
+        <v>605</v>
       </c>
       <c r="C308" s="17" t="s">
-        <v>615</v>
+        <v>606</v>
       </c>
       <c r="D308" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E308" s="18">
-        <v>571.204214</v>
+        <v>3604.362762</v>
       </c>
       <c r="F308" s="3"/>
     </row>
     <row r="309" spans="1:6">
       <c r="A309" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B309" s="17" t="s">
-        <v>616</v>
+        <v>607</v>
       </c>
       <c r="C309" s="17" t="s">
-        <v>617</v>
+        <v>608</v>
       </c>
       <c r="D309" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E309" s="18">
-        <v>473.4374550000001</v>
+        <v>3836.197794</v>
       </c>
       <c r="F309" s="3"/>
     </row>
     <row r="310" spans="1:6">
       <c r="A310" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B310" s="17" t="s">
-        <v>618</v>
+        <v>609</v>
       </c>
       <c r="C310" s="17" t="s">
-        <v>619</v>
+        <v>610</v>
       </c>
       <c r="D310" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E310" s="18">
-        <v>812.9267520000001</v>
+        <v>4057.953042</v>
       </c>
       <c r="F310" s="3"/>
     </row>
     <row r="311" spans="1:6">
       <c r="A311" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B311" s="17" t="s">
-        <v>620</v>
+        <v>611</v>
       </c>
       <c r="C311" s="17" t="s">
-        <v>621</v>
+        <v>612</v>
       </c>
       <c r="D311" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E311" s="18">
-        <v>420.320082</v>
+        <v>4533.382853999999</v>
       </c>
       <c r="F311" s="3"/>
     </row>
     <row r="312" spans="1:6">
       <c r="A312" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B312" s="17" t="s">
-        <v>622</v>
+        <v>613</v>
       </c>
       <c r="C312" s="17" t="s">
-        <v>623</v>
+        <v>614</v>
       </c>
       <c r="D312" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E312" s="18">
-        <v>959.1919820000002</v>
+        <v>4645.10046</v>
       </c>
       <c r="F312" s="3"/>
     </row>
     <row r="313" spans="1:6">
       <c r="A313" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B313" s="17" t="s">
-        <v>624</v>
+        <v>615</v>
       </c>
       <c r="C313" s="17" t="s">
-        <v>625</v>
+        <v>616</v>
       </c>
       <c r="D313" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E313" s="18">
-        <v>640.487744</v>
+        <v>4852.576014</v>
       </c>
       <c r="F313" s="3"/>
     </row>
     <row r="314" spans="1:6">
       <c r="A314" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B314" s="17" t="s">
-        <v>626</v>
+        <v>617</v>
       </c>
       <c r="C314" s="17" t="s">
-        <v>627</v>
+        <v>618</v>
       </c>
       <c r="D314" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E314" s="18">
-        <v>1883.742199</v>
+        <v>5191.08876</v>
       </c>
       <c r="F314" s="3"/>
     </row>
     <row r="315" spans="1:6">
       <c r="A315" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B315" s="17" t="s">
-        <v>628</v>
+        <v>619</v>
       </c>
       <c r="C315" s="17" t="s">
-        <v>629</v>
+        <v>620</v>
       </c>
       <c r="D315" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E315" s="18">
-        <v>866.813942</v>
+        <v>5637.119202</v>
       </c>
       <c r="F315" s="3"/>
     </row>
     <row r="316" spans="1:6">
       <c r="A316" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B316" s="17" t="s">
-        <v>630</v>
+        <v>621</v>
       </c>
       <c r="C316" s="17" t="s">
-        <v>631</v>
+        <v>622</v>
       </c>
       <c r="D316" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E316" s="18">
-        <v>1288.673658</v>
+        <v>3371.687748</v>
       </c>
       <c r="F316" s="3"/>
     </row>
     <row r="317" spans="1:6">
       <c r="A317" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B317" s="17" t="s">
-        <v>632</v>
+        <v>623</v>
       </c>
       <c r="C317" s="17" t="s">
-        <v>633</v>
+        <v>624</v>
       </c>
       <c r="D317" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E317" s="18">
-        <v>1143.178245</v>
+        <v>3553.963842</v>
       </c>
       <c r="F317" s="3"/>
     </row>
     <row r="318" spans="1:6">
       <c r="A318" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B318" s="17" t="s">
-        <v>634</v>
+        <v>625</v>
       </c>
       <c r="C318" s="17" t="s">
-        <v>635</v>
+        <v>626</v>
       </c>
       <c r="D318" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E318" s="18">
-        <v>2428.002818</v>
+        <v>3628.72224</v>
       </c>
       <c r="F318" s="3"/>
     </row>
     <row r="319" spans="1:6">
       <c r="A319" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B319" s="17" t="s">
-        <v>636</v>
+        <v>627</v>
       </c>
       <c r="C319" s="17" t="s">
-        <v>637</v>
+        <v>628</v>
       </c>
       <c r="D319" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E319" s="18">
-        <v>1024.626427</v>
+        <v>3949.595364</v>
       </c>
       <c r="F319" s="3"/>
     </row>
     <row r="320" spans="1:6">
       <c r="A320" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B320" s="17" t="s">
-        <v>638</v>
+        <v>629</v>
       </c>
       <c r="C320" s="17" t="s">
-        <v>639</v>
+        <v>630</v>
       </c>
       <c r="D320" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E320" s="18">
-        <v>1602.758994</v>
+        <v>2653.503138</v>
       </c>
       <c r="F320" s="3"/>
     </row>
     <row r="321" spans="1:6">
       <c r="A321" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B321" s="17" t="s">
-        <v>640</v>
+        <v>631</v>
       </c>
       <c r="C321" s="17" t="s">
-        <v>641</v>
+        <v>632</v>
       </c>
       <c r="D321" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E321" s="18">
-        <v>1414.153829</v>
+        <v>1723.643064</v>
       </c>
       <c r="F321" s="3"/>
     </row>
     <row r="322" spans="1:6">
       <c r="A322" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B322" s="17" t="s">
-        <v>642</v>
+        <v>633</v>
       </c>
       <c r="C322" s="17" t="s">
-        <v>643</v>
+        <v>634</v>
       </c>
       <c r="D322" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E322" s="18">
-        <v>242.492355</v>
+        <v>2169.673506</v>
       </c>
       <c r="F322" s="3"/>
     </row>
     <row r="323" spans="1:6">
       <c r="A323" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B323" s="17" t="s">
-        <v>644</v>
+        <v>635</v>
       </c>
       <c r="C323" s="17" t="s">
-        <v>645</v>
+        <v>636</v>
       </c>
       <c r="D323" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E323" s="18">
-        <v>300.998447</v>
+        <v>2169.673506</v>
       </c>
       <c r="F323" s="3"/>
     </row>
     <row r="324" spans="1:6">
       <c r="A324" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B324" s="17" t="s">
-        <v>646</v>
+        <v>637</v>
       </c>
       <c r="C324" s="17" t="s">
-        <v>647</v>
+        <v>638</v>
       </c>
       <c r="D324" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E324" s="18">
-        <v>296.379545</v>
+        <v>3428.806524</v>
       </c>
       <c r="F324" s="3"/>
     </row>
     <row r="325" spans="1:6">
       <c r="A325" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B325" s="17" t="s">
-        <v>648</v>
+        <v>639</v>
       </c>
       <c r="C325" s="17" t="s">
-        <v>649</v>
+        <v>640</v>
       </c>
       <c r="D325" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E325" s="18">
-        <v>439.565507</v>
+        <v>126.837282</v>
       </c>
       <c r="F325" s="3"/>
     </row>
     <row r="326" spans="1:6">
       <c r="A326" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B326" s="17" t="s">
-        <v>650</v>
+        <v>641</v>
       </c>
       <c r="C326" s="17" t="s">
-        <v>651</v>
+        <v>642</v>
       </c>
       <c r="D326" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E326" s="18">
-        <v>270.975584</v>
+        <v>1058.37732</v>
       </c>
       <c r="F326" s="3"/>
     </row>
     <row r="327" spans="1:6">
       <c r="A327" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B327" s="17" t="s">
-        <v>652</v>
+        <v>643</v>
       </c>
       <c r="C327" s="17" t="s">
-        <v>653</v>
+        <v>644</v>
       </c>
       <c r="D327" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E327" s="18">
-        <v>344.8780160000001</v>
+        <v>1065.937158</v>
       </c>
       <c r="F327" s="3"/>
     </row>
     <row r="328" spans="1:6">
       <c r="A328" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B328" s="17" t="s">
-        <v>654</v>
+        <v>645</v>
       </c>
       <c r="C328" s="17" t="s">
-        <v>655</v>
+        <v>646</v>
       </c>
       <c r="D328" s="17" t="s">
-        <v>232</v>
+        <v>20</v>
       </c>
       <c r="E328" s="18">
-        <v>338.71948</v>
+        <v>1171.77489</v>
       </c>
       <c r="F328" s="3"/>
     </row>
     <row r="329" spans="1:6">
       <c r="A329" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B329" s="17" t="s">
-        <v>656</v>
+        <v>647</v>
       </c>
       <c r="C329" s="17" t="s">
-        <v>657</v>
+        <v>648</v>
       </c>
       <c r="D329" s="17" t="s">
-        <v>232</v>
+        <v>649</v>
       </c>
       <c r="E329" s="18">
-        <v>331.02131</v>
+        <v>30598.864296</v>
       </c>
       <c r="F329" s="3"/>
     </row>
     <row r="330" spans="1:6">
       <c r="A330" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B330" s="17" t="s">
-        <v>658</v>
+        <v>650</v>
       </c>
       <c r="C330" s="17" t="s">
-        <v>659</v>
+        <v>651</v>
       </c>
       <c r="D330" s="17" t="s">
-        <v>232</v>
+        <v>649</v>
       </c>
       <c r="E330" s="18">
-        <v>501.920684</v>
+        <v>34694.616528</v>
       </c>
       <c r="F330" s="3"/>
     </row>
     <row r="331" spans="1:6">
       <c r="A331" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B331" s="17" t="s">
-        <v>660</v>
+        <v>652</v>
       </c>
       <c r="C331" s="17" t="s">
-        <v>661</v>
+        <v>653</v>
       </c>
       <c r="D331" s="17" t="s">
-        <v>232</v>
+        <v>649</v>
       </c>
       <c r="E331" s="18">
-        <v>481.135625</v>
+        <v>6808.894092</v>
       </c>
       <c r="F331" s="3"/>
     </row>
     <row r="332" spans="1:6">
       <c r="A332" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B332" s="17" t="s">
-        <v>662</v>
+        <v>654</v>
       </c>
       <c r="C332" s="17" t="s">
-        <v>663</v>
+        <v>655</v>
       </c>
       <c r="D332" s="17" t="s">
-        <v>232</v>
+        <v>649</v>
       </c>
       <c r="E332" s="18">
-        <v>473.4374550000001</v>
+        <v>1411.16976</v>
       </c>
       <c r="F332" s="3"/>
     </row>
     <row r="333" spans="1:6">
       <c r="A333" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B333" s="17" t="s">
-        <v>664</v>
+        <v>656</v>
       </c>
       <c r="C333" s="17" t="s">
-        <v>665</v>
+        <v>657</v>
       </c>
       <c r="D333" s="17" t="s">
-        <v>232</v>
+        <v>649</v>
       </c>
       <c r="E333" s="18">
-        <v>776.745353</v>
+        <v>277960.963566</v>
       </c>
       <c r="F333" s="3"/>
     </row>
     <row r="334" spans="1:6">
       <c r="A334" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B334" s="17" t="s">
-        <v>666</v>
+        <v>658</v>
       </c>
       <c r="C334" s="17" t="s">
-        <v>667</v>
+        <v>659</v>
       </c>
       <c r="D334" s="17" t="s">
-        <v>232</v>
+        <v>649</v>
       </c>
       <c r="E334" s="18">
-        <v>752.111209</v>
+        <v>176266.862772</v>
       </c>
       <c r="F334" s="3"/>
     </row>
     <row r="335" spans="1:6">
       <c r="A335" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B335" s="17" t="s">
-        <v>668</v>
+        <v>660</v>
       </c>
       <c r="C335" s="17" t="s">
-        <v>669</v>
+        <v>661</v>
       </c>
       <c r="D335" s="17" t="s">
-        <v>232</v>
+        <v>649</v>
       </c>
       <c r="E335" s="18">
-        <v>598.1478089999999</v>
+        <v>3796.71864</v>
       </c>
       <c r="F335" s="3"/>
     </row>
     <row r="336" spans="1:6">
       <c r="A336" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B336" s="17" t="s">
-        <v>670</v>
+        <v>662</v>
       </c>
       <c r="C336" s="17" t="s">
-        <v>671</v>
+        <v>663</v>
       </c>
       <c r="D336" s="17" t="s">
-        <v>232</v>
+        <v>649</v>
       </c>
       <c r="E336" s="18">
-        <v>285.602107</v>
+        <v>5966.392146</v>
       </c>
       <c r="F336" s="3"/>
     </row>
     <row r="337" spans="1:6">
       <c r="A337" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B337" s="17" t="s">
-        <v>672</v>
+        <v>664</v>
       </c>
       <c r="C337" s="17" t="s">
-        <v>673</v>
+        <v>665</v>
       </c>
       <c r="D337" s="17" t="s">
-        <v>232</v>
+        <v>649</v>
       </c>
       <c r="E337" s="18">
-        <v>393.3764870000001</v>
+        <v>13701.786384</v>
       </c>
       <c r="F337" s="3"/>
     </row>
     <row r="338" spans="1:6">
       <c r="A338" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B338" s="17" t="s">
-        <v>674</v>
+        <v>666</v>
       </c>
       <c r="C338" s="17" t="s">
-        <v>675</v>
+        <v>667</v>
       </c>
       <c r="D338" s="17" t="s">
-        <v>232</v>
+        <v>649</v>
       </c>
       <c r="E338" s="18">
-        <v>378.749964</v>
+        <v>294424.610766</v>
       </c>
       <c r="F338" s="3"/>
     </row>
     <row r="339" spans="1:6">
       <c r="A339" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B339" s="17" t="s">
-        <v>676</v>
+        <v>668</v>
       </c>
       <c r="C339" s="17" t="s">
-        <v>250</v>
+        <v>669</v>
       </c>
       <c r="D339" s="17" t="s">
-        <v>232</v>
+        <v>649</v>
       </c>
       <c r="E339" s="18">
-        <v>358.734722</v>
+        <v>400959.527826</v>
       </c>
       <c r="F339" s="3"/>
     </row>
     <row r="340" spans="1:6">
       <c r="A340" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B340" s="17" t="s">
-        <v>677</v>
+        <v>670</v>
       </c>
       <c r="C340" s="17" t="s">
-        <v>678</v>
+        <v>671</v>
       </c>
       <c r="D340" s="17" t="s">
-        <v>232</v>
+        <v>649</v>
       </c>
       <c r="E340" s="18">
-        <v>149.344498</v>
+        <v>21520.33884</v>
       </c>
       <c r="F340" s="3"/>
     </row>
     <row r="341" spans="1:6">
       <c r="A341" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B341" s="17" t="s">
-        <v>679</v>
+        <v>672</v>
       </c>
       <c r="C341" s="17" t="s">
-        <v>680</v>
+        <v>673</v>
       </c>
       <c r="D341" s="17" t="s">
-        <v>232</v>
+        <v>649</v>
       </c>
       <c r="E341" s="18">
-        <v>193.224067</v>
+        <v>13790.824476</v>
       </c>
       <c r="F341" s="3"/>
     </row>
     <row r="342" spans="1:6">
       <c r="A342" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B342" s="17" t="s">
-        <v>681</v>
+        <v>674</v>
       </c>
       <c r="C342" s="17" t="s">
-        <v>682</v>
+        <v>675</v>
       </c>
       <c r="D342" s="17" t="s">
-        <v>232</v>
+        <v>649</v>
       </c>
       <c r="E342" s="18">
-        <v>146.26523</v>
+        <v>3991.594464</v>
       </c>
       <c r="F342" s="3"/>
     </row>
     <row r="343" spans="1:6">
       <c r="A343" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B343" s="17" t="s">
-        <v>683</v>
+        <v>676</v>
       </c>
       <c r="C343" s="17" t="s">
-        <v>684</v>
+        <v>677</v>
       </c>
       <c r="D343" s="17" t="s">
-        <v>232</v>
+        <v>649</v>
       </c>
       <c r="E343" s="18">
-        <v>254.03961</v>
+        <v>19677.418332</v>
       </c>
       <c r="F343" s="3"/>
     </row>
     <row r="344" spans="1:6">
       <c r="A344" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B344" s="17" t="s">
-        <v>685</v>
+        <v>678</v>
       </c>
       <c r="C344" s="17" t="s">
-        <v>686</v>
+        <v>679</v>
       </c>
       <c r="D344" s="17" t="s">
-        <v>232</v>
+        <v>649</v>
       </c>
       <c r="E344" s="18">
-        <v>363.353624</v>
+        <v>6643.417638</v>
       </c>
       <c r="F344" s="3"/>
     </row>
     <row r="345" spans="1:6">
       <c r="A345" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B345" s="17" t="s">
-        <v>687</v>
+        <v>680</v>
       </c>
       <c r="C345" s="17" t="s">
-        <v>248</v>
+        <v>681</v>
       </c>
       <c r="D345" s="17" t="s">
-        <v>232</v>
+        <v>649</v>
       </c>
       <c r="E345" s="18">
-        <v>569.66458</v>
+        <v>2209.992642</v>
       </c>
       <c r="F345" s="3"/>
     </row>
     <row r="346" spans="1:6">
       <c r="A346" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B346" s="17" t="s">
-        <v>688</v>
+        <v>682</v>
       </c>
       <c r="C346" s="17" t="s">
-        <v>689</v>
+        <v>683</v>
       </c>
       <c r="D346" s="17" t="s">
-        <v>232</v>
+        <v>649</v>
       </c>
       <c r="E346" s="18">
-        <v>159.352119</v>
+        <v>36396.42006</v>
       </c>
       <c r="F346" s="3"/>
     </row>
     <row r="347" spans="1:6">
       <c r="A347" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B347" s="17" t="s">
-        <v>690</v>
+        <v>684</v>
       </c>
       <c r="C347" s="17" t="s">
-        <v>691</v>
+        <v>685</v>
       </c>
       <c r="D347" s="17" t="s">
-        <v>232</v>
+        <v>649</v>
       </c>
       <c r="E347" s="18">
-        <v>232.484734</v>
+        <v>46274.60838</v>
       </c>
       <c r="F347" s="3"/>
     </row>
     <row r="348" spans="1:6">
       <c r="A348" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B348" s="17" t="s">
-        <v>692</v>
+        <v>686</v>
       </c>
       <c r="C348" s="17" t="s">
-        <v>693</v>
+        <v>687</v>
       </c>
       <c r="D348" s="17" t="s">
-        <v>232</v>
+        <v>649</v>
       </c>
       <c r="E348" s="18">
-        <v>304.847532</v>
+        <v>17413.666842</v>
       </c>
       <c r="F348" s="3"/>
     </row>
     <row r="349" spans="1:6">
       <c r="A349" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B349" s="17" t="s">
-        <v>694</v>
+        <v>688</v>
       </c>
       <c r="C349" s="17" t="s">
-        <v>695</v>
+        <v>689</v>
       </c>
       <c r="D349" s="17" t="s">
-        <v>232</v>
+        <v>649</v>
       </c>
       <c r="E349" s="18">
-        <v>706.692006</v>
+        <v>11835.34638</v>
       </c>
       <c r="F349" s="3"/>
     </row>
     <row r="350" spans="1:6">
       <c r="A350" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B350" s="17" t="s">
-        <v>696</v>
+        <v>690</v>
       </c>
       <c r="C350" s="17" t="s">
-        <v>697</v>
+        <v>691</v>
       </c>
       <c r="D350" s="17" t="s">
-        <v>698</v>
+        <v>649</v>
       </c>
       <c r="E350" s="18">
-        <v>4996.112330000001</v>
+        <v>23427.937962</v>
       </c>
       <c r="F350" s="3"/>
     </row>
     <row r="351" spans="1:6">
       <c r="A351" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B351" s="17" t="s">
-        <v>699</v>
+        <v>692</v>
       </c>
       <c r="C351" s="17" t="s">
-        <v>700</v>
+        <v>693</v>
       </c>
       <c r="D351" s="17" t="s">
-        <v>698</v>
+        <v>649</v>
       </c>
       <c r="E351" s="18">
-        <v>4651.234314</v>
+        <v>11408.635524</v>
       </c>
       <c r="F351" s="3"/>
     </row>
     <row r="352" spans="1:6">
       <c r="A352" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B352" s="17" t="s">
-        <v>701</v>
+        <v>694</v>
       </c>
       <c r="C352" s="17" t="s">
-        <v>702</v>
+        <v>695</v>
       </c>
       <c r="D352" s="17" t="s">
-        <v>698</v>
+        <v>649</v>
       </c>
       <c r="E352" s="18">
-        <v>4845.228198</v>
+        <v>5606.879849999999</v>
       </c>
       <c r="F352" s="3"/>
     </row>
     <row r="353" spans="1:6">
       <c r="A353" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B353" s="17" t="s">
-        <v>703</v>
+        <v>696</v>
       </c>
       <c r="C353" s="17" t="s">
-        <v>704</v>
+        <v>697</v>
       </c>
       <c r="D353" s="17" t="s">
-        <v>698</v>
+        <v>649</v>
       </c>
       <c r="E353" s="18">
-        <v>17263.146225</v>
+        <v>48598.838574</v>
       </c>
       <c r="F353" s="3"/>
     </row>
     <row r="354" spans="1:6">
       <c r="A354" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B354" s="17" t="s">
-        <v>705</v>
+        <v>698</v>
       </c>
       <c r="C354" s="17" t="s">
-        <v>706</v>
+        <v>699</v>
       </c>
       <c r="D354" s="17" t="s">
-        <v>698</v>
+        <v>649</v>
       </c>
       <c r="E354" s="18">
-        <v>17578.771195</v>
+        <v>6682.056809999999</v>
       </c>
       <c r="F354" s="3"/>
     </row>
     <row r="355" spans="1:6">
       <c r="A355" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B355" s="17" t="s">
-        <v>707</v>
+        <v>700</v>
       </c>
       <c r="C355" s="17" t="s">
-        <v>708</v>
+        <v>701</v>
       </c>
       <c r="D355" s="17" t="s">
-        <v>698</v>
+        <v>649</v>
       </c>
       <c r="E355" s="18">
-        <v>5024.595559</v>
+        <v>160519.720218</v>
       </c>
       <c r="F355" s="3"/>
     </row>
     <row r="356" spans="1:6">
       <c r="A356" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B356" s="17" t="s">
-        <v>709</v>
+        <v>702</v>
       </c>
       <c r="C356" s="17" t="s">
-        <v>710</v>
+        <v>703</v>
       </c>
       <c r="D356" s="17" t="s">
-        <v>698</v>
+        <v>649</v>
       </c>
       <c r="E356" s="18">
-        <v>11468.733666</v>
+        <v>124937.242716</v>
       </c>
       <c r="F356" s="3"/>
     </row>
     <row r="357" spans="1:6">
       <c r="A357" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B357" s="17" t="s">
-        <v>711</v>
+        <v>704</v>
       </c>
       <c r="C357" s="17" t="s">
-        <v>712</v>
+        <v>705</v>
       </c>
       <c r="D357" s="17" t="s">
-        <v>698</v>
+        <v>649</v>
       </c>
       <c r="E357" s="18">
-        <v>15789.716487</v>
+        <v>16019.296722</v>
       </c>
       <c r="F357" s="3"/>
     </row>
     <row r="358" spans="1:6">
       <c r="A358" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B358" s="17" t="s">
-        <v>713</v>
+        <v>706</v>
       </c>
       <c r="C358" s="17" t="s">
-        <v>714</v>
+        <v>707</v>
       </c>
       <c r="D358" s="17" t="s">
-        <v>698</v>
+        <v>649</v>
       </c>
       <c r="E358" s="18">
-        <v>14698.885798</v>
+        <v>15147.395406</v>
       </c>
       <c r="F358" s="3"/>
     </row>
     <row r="359" spans="1:6">
       <c r="A359" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B359" s="17" t="s">
-        <v>715</v>
+        <v>708</v>
       </c>
       <c r="C359" s="17" t="s">
-        <v>716</v>
+        <v>709</v>
       </c>
       <c r="D359" s="17" t="s">
-        <v>698</v>
+        <v>649</v>
       </c>
       <c r="E359" s="18">
-        <v>11170.814487</v>
+        <v>9337.239911999999</v>
       </c>
       <c r="F359" s="3"/>
     </row>
     <row r="360" spans="1:6">
       <c r="A360" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B360" s="17" t="s">
-        <v>717</v>
+        <v>710</v>
       </c>
       <c r="C360" s="17" t="s">
-        <v>718</v>
+        <v>711</v>
       </c>
       <c r="D360" s="17" t="s">
-        <v>698</v>
+        <v>649</v>
       </c>
       <c r="E360" s="18">
-        <v>9681.218592000001</v>
+        <v>1645.524738</v>
       </c>
       <c r="F360" s="3"/>
     </row>
     <row r="361" spans="1:6">
       <c r="A361" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B361" s="17" t="s">
-        <v>719</v>
+        <v>712</v>
       </c>
       <c r="C361" s="17" t="s">
-        <v>720</v>
+        <v>713</v>
       </c>
       <c r="D361" s="17" t="s">
-        <v>698</v>
+        <v>649</v>
       </c>
       <c r="E361" s="18">
-        <v>2126.234554</v>
+        <v>25663.970046</v>
       </c>
       <c r="F361" s="3"/>
     </row>
     <row r="362" spans="1:6">
       <c r="A362" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B362" s="17" t="s">
-        <v>721</v>
+        <v>714</v>
       </c>
       <c r="C362" s="17" t="s">
-        <v>722</v>
+        <v>715</v>
       </c>
       <c r="D362" s="17" t="s">
-        <v>698</v>
+        <v>649</v>
       </c>
       <c r="E362" s="18">
-        <v>1153.185866</v>
+        <v>2420.828124</v>
       </c>
       <c r="F362" s="3"/>
     </row>
     <row r="363" spans="1:6">
       <c r="A363" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B363" s="17" t="s">
-        <v>723</v>
+        <v>716</v>
       </c>
       <c r="C363" s="17" t="s">
-        <v>722</v>
+        <v>717</v>
       </c>
       <c r="D363" s="17" t="s">
-        <v>698</v>
+        <v>649</v>
       </c>
       <c r="E363" s="18">
-        <v>1153.185866</v>
+        <v>6.719856</v>
       </c>
       <c r="F363" s="3"/>
     </row>
     <row r="364" spans="1:6">
       <c r="A364" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B364" s="17" t="s">
-        <v>724</v>
+        <v>718</v>
       </c>
       <c r="C364" s="17" t="s">
-        <v>725</v>
+        <v>719</v>
       </c>
       <c r="D364" s="17" t="s">
-        <v>698</v>
+        <v>649</v>
       </c>
       <c r="E364" s="18">
-        <v>2990.739045</v>
+        <v>21113.787552</v>
       </c>
       <c r="F364" s="3"/>
     </row>
     <row r="365" spans="1:6">
       <c r="A365" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B365" s="17" t="s">
-        <v>726</v>
+        <v>720</v>
       </c>
       <c r="C365" s="17" t="s">
-        <v>727</v>
+        <v>721</v>
       </c>
       <c r="D365" s="17" t="s">
-        <v>698</v>
+        <v>649</v>
       </c>
       <c r="E365" s="18">
-        <v>3427.995101</v>
+        <v>21113.787552</v>
       </c>
       <c r="F365" s="3"/>
     </row>
     <row r="366" spans="1:6">
       <c r="A366" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B366" s="17" t="s">
-        <v>728</v>
+        <v>722</v>
       </c>
       <c r="C366" s="17" t="s">
-        <v>729</v>
+        <v>723</v>
       </c>
       <c r="D366" s="17" t="s">
-        <v>698</v>
+        <v>649</v>
       </c>
       <c r="E366" s="18">
-        <v>3208.597256</v>
+        <v>21113.787552</v>
       </c>
       <c r="F366" s="3"/>
     </row>
     <row r="367" spans="1:6">
       <c r="A367" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B367" s="17" t="s">
-        <v>730</v>
+        <v>724</v>
       </c>
       <c r="C367" s="17" t="s">
-        <v>731</v>
+        <v>725</v>
       </c>
       <c r="D367" s="17" t="s">
-        <v>698</v>
+        <v>649</v>
       </c>
       <c r="E367" s="18">
-        <v>337.949663</v>
+        <v>21112.94757</v>
       </c>
       <c r="F367" s="3"/>
     </row>
     <row r="368" spans="1:6">
       <c r="A368" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B368" s="17" t="s">
-        <v>732</v>
+        <v>726</v>
       </c>
       <c r="C368" s="17" t="s">
-        <v>733</v>
+        <v>727</v>
       </c>
       <c r="D368" s="17" t="s">
-        <v>698</v>
+        <v>649</v>
       </c>
       <c r="E368" s="18">
-        <v>959.961799</v>
+        <v>50148.605364</v>
       </c>
       <c r="F368" s="3"/>
     </row>
     <row r="369" spans="1:6">
       <c r="A369" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B369" s="17" t="s">
-        <v>734</v>
+        <v>728</v>
       </c>
       <c r="C369" s="17" t="s">
-        <v>735</v>
+        <v>729</v>
       </c>
       <c r="D369" s="17" t="s">
-        <v>698</v>
+        <v>649</v>
       </c>
       <c r="E369" s="18">
-        <v>5540.372949000001</v>
+        <v>60996.13291199999</v>
       </c>
       <c r="F369" s="3"/>
     </row>
     <row r="370" spans="1:6">
       <c r="A370" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B370" s="17" t="s">
-        <v>736</v>
+        <v>730</v>
       </c>
       <c r="C370" s="17" t="s">
-        <v>737</v>
+        <v>731</v>
       </c>
       <c r="D370" s="17" t="s">
-        <v>698</v>
+        <v>649</v>
       </c>
       <c r="E370" s="18">
-        <v>4615.822732000001</v>
+        <v>10550.17392</v>
       </c>
       <c r="F370" s="3"/>
     </row>
     <row r="371" spans="1:6">
       <c r="A371" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B371" s="17" t="s">
-        <v>738</v>
+        <v>732</v>
       </c>
       <c r="C371" s="17" t="s">
-        <v>739</v>
+        <v>733</v>
       </c>
       <c r="D371" s="17" t="s">
-        <v>698</v>
+        <v>649</v>
       </c>
       <c r="E371" s="18">
-        <v>5272.476633</v>
+        <v>98495.44933799999</v>
       </c>
       <c r="F371" s="3"/>
     </row>
     <row r="372" spans="1:6">
       <c r="A372" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B372" s="17" t="s">
-        <v>740</v>
+        <v>734</v>
       </c>
       <c r="C372" s="17" t="s">
-        <v>741</v>
+        <v>735</v>
       </c>
       <c r="D372" s="17" t="s">
-        <v>698</v>
+        <v>649</v>
       </c>
       <c r="E372" s="18">
-        <v>4781.333387000001</v>
+        <v>23552.255298</v>
       </c>
       <c r="F372" s="3"/>
     </row>
     <row r="373" spans="1:6">
       <c r="A373" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B373" s="17" t="s">
-        <v>742</v>
+        <v>736</v>
       </c>
       <c r="C373" s="17" t="s">
-        <v>743</v>
+        <v>737</v>
       </c>
       <c r="D373" s="17" t="s">
-        <v>698</v>
+        <v>649</v>
       </c>
       <c r="E373" s="18">
-        <v>4615.822732000001</v>
+        <v>51467.377104</v>
       </c>
       <c r="F373" s="3"/>
     </row>
     <row r="374" spans="1:6">
       <c r="A374" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B374" s="17" t="s">
-        <v>744</v>
+        <v>738</v>
       </c>
       <c r="C374" s="17" t="s">
-        <v>745</v>
+        <v>739</v>
       </c>
       <c r="D374" s="17" t="s">
-        <v>698</v>
+        <v>649</v>
       </c>
       <c r="E374" s="18">
-        <v>8023.802591000001</v>
+        <v>155405.909802</v>
       </c>
       <c r="F374" s="3"/>
     </row>
     <row r="375" spans="1:6">
       <c r="A375" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B375" s="17" t="s">
-        <v>746</v>
+        <v>740</v>
       </c>
       <c r="C375" s="17" t="s">
-        <v>747</v>
+        <v>741</v>
       </c>
       <c r="D375" s="17" t="s">
-        <v>698</v>
+        <v>649</v>
       </c>
       <c r="E375" s="18">
-        <v>4936.066604000001</v>
+        <v>1422.929508</v>
       </c>
       <c r="F375" s="3"/>
     </row>
     <row r="376" spans="1:6">
       <c r="A376" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B376" s="17" t="s">
-        <v>748</v>
+        <v>742</v>
       </c>
       <c r="C376" s="17" t="s">
-        <v>749</v>
+        <v>743</v>
       </c>
       <c r="D376" s="17" t="s">
-        <v>698</v>
+        <v>649</v>
       </c>
       <c r="E376" s="18">
-        <v>7039.976465000001</v>
+        <v>64908.769068</v>
       </c>
       <c r="F376" s="3"/>
     </row>
     <row r="377" spans="1:6">
       <c r="A377" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B377" s="17" t="s">
-        <v>750</v>
+        <v>744</v>
       </c>
       <c r="C377" s="17" t="s">
-        <v>751</v>
+        <v>745</v>
       </c>
       <c r="D377" s="17" t="s">
-        <v>698</v>
+        <v>649</v>
       </c>
       <c r="E377" s="18">
-        <v>1100.83831</v>
+        <v>30424.988022</v>
       </c>
       <c r="F377" s="3"/>
     </row>
     <row r="378" spans="1:6">
       <c r="A378" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B378" s="17" t="s">
-        <v>752</v>
+        <v>746</v>
       </c>
       <c r="C378" s="17" t="s">
-        <v>753</v>
+        <v>663</v>
       </c>
       <c r="D378" s="17" t="s">
-        <v>698</v>
+        <v>649</v>
       </c>
       <c r="E378" s="18">
-        <v>7615.799581000001</v>
+        <v>5791.67589</v>
       </c>
       <c r="F378" s="3"/>
     </row>
     <row r="379" spans="1:6">
       <c r="A379" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B379" s="17" t="s">
-        <v>754</v>
+        <v>747</v>
       </c>
       <c r="C379" s="17" t="s">
-        <v>755</v>
+        <v>748</v>
       </c>
       <c r="D379" s="17" t="s">
-        <v>698</v>
+        <v>649</v>
       </c>
       <c r="E379" s="18">
-        <v>5677.400375</v>
+        <v>6610.65834</v>
       </c>
       <c r="F379" s="3"/>
     </row>
     <row r="380" spans="1:6">
       <c r="A380" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B380" s="17" t="s">
-        <v>756</v>
+        <v>749</v>
       </c>
       <c r="C380" s="17" t="s">
-        <v>757</v>
+        <v>750</v>
       </c>
       <c r="D380" s="17" t="s">
-        <v>698</v>
+        <v>649</v>
       </c>
       <c r="E380" s="18">
-        <v>4936.066604000001</v>
+        <v>747828.414762</v>
       </c>
       <c r="F380" s="3"/>
     </row>
     <row r="381" spans="1:6">
       <c r="A381" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B381" s="17" t="s">
-        <v>758</v>
+        <v>751</v>
       </c>
       <c r="C381" s="17" t="s">
-        <v>759</v>
+        <v>752</v>
       </c>
       <c r="D381" s="17" t="s">
-        <v>698</v>
+        <v>649</v>
       </c>
       <c r="E381" s="18">
-        <v>5322.514738</v>
+        <v>10267.099986</v>
       </c>
       <c r="F381" s="3"/>
     </row>
     <row r="382" spans="1:6">
       <c r="A382" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B382" s="17" t="s">
-        <v>760</v>
+        <v>753</v>
       </c>
       <c r="C382" s="17" t="s">
-        <v>761</v>
+        <v>754</v>
       </c>
       <c r="D382" s="17" t="s">
-        <v>698</v>
+        <v>649</v>
       </c>
       <c r="E382" s="18">
-        <v>5200.883652</v>
+        <v>1209.57408</v>
       </c>
       <c r="F382" s="3"/>
     </row>
     <row r="383" spans="1:6">
       <c r="A383" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B383" s="17" t="s">
-        <v>762</v>
+        <v>755</v>
       </c>
       <c r="C383" s="17" t="s">
-        <v>763</v>
+        <v>756</v>
       </c>
       <c r="D383" s="17" t="s">
-        <v>698</v>
+        <v>649</v>
       </c>
       <c r="E383" s="18">
-        <v>6976.081654000001</v>
+        <v>34058.750154</v>
       </c>
       <c r="F383" s="3"/>
     </row>
     <row r="384" spans="1:6">
       <c r="A384" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B384" s="17" t="s">
-        <v>764</v>
+        <v>757</v>
       </c>
       <c r="C384" s="17" t="s">
-        <v>765</v>
+        <v>758</v>
       </c>
       <c r="D384" s="17" t="s">
-        <v>698</v>
+        <v>649</v>
       </c>
       <c r="E384" s="18">
-        <v>6604.260043000001</v>
+        <v>122683.57101</v>
       </c>
       <c r="F384" s="3"/>
     </row>
     <row r="385" spans="1:6">
       <c r="A385" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B385" s="17" t="s">
-        <v>766</v>
+        <v>759</v>
       </c>
       <c r="C385" s="17" t="s">
-        <v>767</v>
+        <v>760</v>
       </c>
       <c r="D385" s="17" t="s">
-        <v>698</v>
+        <v>649</v>
       </c>
       <c r="E385" s="18">
-        <v>6550.372853000001</v>
+        <v>119946.909654</v>
       </c>
       <c r="F385" s="3"/>
     </row>
     <row r="386" spans="1:6">
       <c r="A386" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B386" s="17" t="s">
-        <v>768</v>
+        <v>761</v>
       </c>
       <c r="C386" s="17" t="s">
-        <v>769</v>
+        <v>762</v>
       </c>
       <c r="D386" s="17" t="s">
-        <v>698</v>
+        <v>649</v>
       </c>
       <c r="E386" s="18">
-        <v>8982.994573</v>
+        <v>11774.867676</v>
       </c>
       <c r="F386" s="3"/>
     </row>
     <row r="387" spans="1:6">
       <c r="A387" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B387" s="17" t="s">
-        <v>770</v>
+        <v>763</v>
       </c>
       <c r="C387" s="17" t="s">
-        <v>771</v>
+        <v>764</v>
       </c>
       <c r="D387" s="17" t="s">
-        <v>698</v>
+        <v>649</v>
       </c>
       <c r="E387" s="18">
-        <v>8982.994573</v>
+        <v>25719.408858</v>
       </c>
       <c r="F387" s="3"/>
     </row>
     <row r="388" spans="1:6">
       <c r="A388" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B388" s="17" t="s">
-        <v>772</v>
+        <v>765</v>
       </c>
       <c r="C388" s="17" t="s">
-        <v>773</v>
+        <v>766</v>
       </c>
       <c r="D388" s="17" t="s">
-        <v>698</v>
+        <v>649</v>
       </c>
       <c r="E388" s="18">
-        <v>303.307898</v>
+        <v>205748.551008</v>
       </c>
       <c r="F388" s="3"/>
     </row>
     <row r="389" spans="1:6">
       <c r="A389" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B389" s="17" t="s">
-        <v>774</v>
+        <v>767</v>
       </c>
       <c r="C389" s="17" t="s">
-        <v>775</v>
+        <v>768</v>
       </c>
       <c r="D389" s="17" t="s">
-        <v>698</v>
+        <v>649</v>
       </c>
       <c r="E389" s="18">
-        <v>487.294161</v>
+        <v>659.38587</v>
       </c>
       <c r="F389" s="3"/>
     </row>
     <row r="390" spans="1:6">
       <c r="A390" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B390" s="17" t="s">
-        <v>776</v>
+        <v>769</v>
       </c>
       <c r="C390" s="17" t="s">
-        <v>777</v>
+        <v>770</v>
       </c>
       <c r="D390" s="17" t="s">
-        <v>698</v>
+        <v>649</v>
       </c>
       <c r="E390" s="18">
-        <v>826.0136410000001</v>
+        <v>7147.406838</v>
       </c>
       <c r="F390" s="3"/>
     </row>
     <row r="391" spans="1:6">
       <c r="A391" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B391" s="17" t="s">
-        <v>778</v>
+        <v>771</v>
       </c>
       <c r="C391" s="17" t="s">
-        <v>779</v>
+        <v>772</v>
       </c>
       <c r="D391" s="17" t="s">
-        <v>698</v>
+        <v>649</v>
       </c>
       <c r="E391" s="18">
-        <v>12373.268641</v>
+        <v>6576.219078</v>
       </c>
       <c r="F391" s="3"/>
     </row>
     <row r="392" spans="1:6">
       <c r="A392" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B392" s="17" t="s">
-        <v>780</v>
+        <v>773</v>
       </c>
       <c r="C392" s="17" t="s">
-        <v>781</v>
+        <v>774</v>
       </c>
       <c r="D392" s="17" t="s">
-        <v>698</v>
+        <v>649</v>
       </c>
       <c r="E392" s="18">
-        <v>3986.882243</v>
+        <v>452.7502979999999</v>
       </c>
       <c r="F392" s="3"/>
     </row>
     <row r="393" spans="1:6">
       <c r="A393" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B393" s="17" t="s">
-        <v>782</v>
+        <v>775</v>
       </c>
       <c r="C393" s="17" t="s">
-        <v>783</v>
+        <v>776</v>
       </c>
       <c r="D393" s="17" t="s">
-        <v>698</v>
+        <v>649</v>
       </c>
       <c r="E393" s="18">
-        <v>4329.450808000001</v>
+        <v>12145.299738</v>
       </c>
       <c r="F393" s="3"/>
     </row>
     <row r="394" spans="1:6">
       <c r="A394" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B394" s="17" t="s">
-        <v>784</v>
+        <v>777</v>
       </c>
       <c r="C394" s="17" t="s">
-        <v>785</v>
+        <v>778</v>
       </c>
       <c r="D394" s="17" t="s">
-        <v>698</v>
+        <v>649</v>
       </c>
       <c r="E394" s="18">
-        <v>4681.257177</v>
+        <v>21093.627984</v>
       </c>
       <c r="F394" s="3"/>
     </row>
     <row r="395" spans="1:6">
       <c r="A395" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B395" s="17" t="s">
-        <v>786</v>
+        <v>779</v>
       </c>
       <c r="C395" s="17" t="s">
-        <v>787</v>
+        <v>780</v>
       </c>
       <c r="D395" s="17" t="s">
-        <v>698</v>
+        <v>649</v>
       </c>
       <c r="E395" s="18">
-        <v>4158.551434000001</v>
+        <v>463.670064</v>
       </c>
       <c r="F395" s="3"/>
     </row>
     <row r="396" spans="1:6">
       <c r="A396" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B396" s="17" t="s">
-        <v>788</v>
+        <v>781</v>
       </c>
       <c r="C396" s="17" t="s">
-        <v>789</v>
+        <v>782</v>
       </c>
       <c r="D396" s="17" t="s">
-        <v>698</v>
+        <v>649</v>
       </c>
       <c r="E396" s="18">
-        <v>3292.507309000001</v>
+        <v>7507.759115999999</v>
       </c>
       <c r="F396" s="3"/>
     </row>
     <row r="397" spans="1:6">
       <c r="A397" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B397" s="17" t="s">
-        <v>790</v>
+        <v>783</v>
       </c>
       <c r="C397" s="17" t="s">
-        <v>791</v>
+        <v>784</v>
       </c>
       <c r="D397" s="17" t="s">
-        <v>698</v>
+        <v>785</v>
       </c>
       <c r="E397" s="18">
-        <v>3879.87768</v>
+        <v>57283.412472</v>
       </c>
       <c r="F397" s="3"/>
     </row>
     <row r="398" spans="1:6">
       <c r="A398" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B398" s="17" t="s">
-        <v>792</v>
+        <v>786</v>
       </c>
       <c r="C398" s="17" t="s">
-        <v>793</v>
+        <v>787</v>
       </c>
       <c r="D398" s="17" t="s">
-        <v>698</v>
-[...2 lines deleted...]
-        <v>3986.882243</v>
+        <v>788</v>
+      </c>
+      <c r="E398" s="18" t="s">
+        <v>789</v>
       </c>
       <c r="F398" s="3"/>
     </row>
     <row r="399" spans="1:6">
       <c r="A399" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B399" s="17" t="s">
-        <v>794</v>
+        <v>790</v>
       </c>
       <c r="C399" s="17" t="s">
-        <v>795</v>
+        <v>791</v>
       </c>
       <c r="D399" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E399" s="18">
-        <v>4681.257177</v>
+        <v>2363.709348</v>
       </c>
       <c r="F399" s="3"/>
     </row>
     <row r="400" spans="1:6">
       <c r="A400" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B400" s="17" t="s">
-        <v>796</v>
+        <v>793</v>
       </c>
       <c r="C400" s="17" t="s">
-        <v>797</v>
+        <v>794</v>
       </c>
       <c r="D400" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E400" s="18">
-        <v>14139.228839</v>
+        <v>2228.472246</v>
       </c>
       <c r="F400" s="3"/>
     </row>
     <row r="401" spans="1:6">
       <c r="A401" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B401" s="17" t="s">
-        <v>798</v>
+        <v>795</v>
       </c>
       <c r="C401" s="17" t="s">
-        <v>799</v>
+        <v>796</v>
       </c>
       <c r="D401" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E401" s="18">
-        <v>2494.20708</v>
+        <v>674.5055459999999</v>
       </c>
       <c r="F401" s="3"/>
     </row>
     <row r="402" spans="1:6">
       <c r="A402" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B402" s="17" t="s">
-        <v>800</v>
+        <v>797</v>
       </c>
       <c r="C402" s="17" t="s">
-        <v>801</v>
+        <v>798</v>
       </c>
       <c r="D402" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E402" s="18">
-        <v>1363.345907</v>
+        <v>851.741748</v>
       </c>
       <c r="F402" s="3"/>
     </row>
     <row r="403" spans="1:6">
       <c r="A403" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B403" s="17" t="s">
-        <v>802</v>
+        <v>799</v>
       </c>
       <c r="C403" s="17" t="s">
-        <v>803</v>
+        <v>800</v>
       </c>
       <c r="D403" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E403" s="18">
-        <v>10918.314511</v>
+        <v>939.099876</v>
       </c>
       <c r="F403" s="3"/>
     </row>
     <row r="404" spans="1:6">
       <c r="A404" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B404" s="17" t="s">
-        <v>804</v>
+        <v>801</v>
       </c>
       <c r="C404" s="17" t="s">
-        <v>805</v>
+        <v>802</v>
       </c>
       <c r="D404" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E404" s="18">
-        <v>3220.144511</v>
+        <v>1705.16346</v>
       </c>
       <c r="F404" s="3"/>
     </row>
     <row r="405" spans="1:6">
       <c r="A405" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B405" s="17" t="s">
-        <v>806</v>
+        <v>803</v>
       </c>
       <c r="C405" s="17" t="s">
-        <v>807</v>
+        <v>804</v>
       </c>
       <c r="D405" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E405" s="18">
-        <v>3220.144511</v>
+        <v>113.39757</v>
       </c>
       <c r="F405" s="3"/>
     </row>
     <row r="406" spans="1:6">
       <c r="A406" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B406" s="17" t="s">
-        <v>808</v>
+        <v>805</v>
       </c>
       <c r="C406" s="17" t="s">
-        <v>809</v>
+        <v>806</v>
       </c>
       <c r="D406" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E406" s="18">
-        <v>83.14023600000002</v>
+        <v>1011.338328</v>
       </c>
       <c r="F406" s="3"/>
     </row>
     <row r="407" spans="1:6">
       <c r="A407" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B407" s="17" t="s">
-        <v>810</v>
+        <v>807</v>
       </c>
       <c r="C407" s="17" t="s">
-        <v>811</v>
+        <v>808</v>
       </c>
       <c r="D407" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E407" s="18">
-        <v>13127.689301</v>
+        <v>1322.97165</v>
       </c>
       <c r="F407" s="3"/>
     </row>
     <row r="408" spans="1:6">
       <c r="A408" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B408" s="17" t="s">
-        <v>812</v>
+        <v>809</v>
       </c>
       <c r="C408" s="17" t="s">
-        <v>813</v>
+        <v>810</v>
       </c>
       <c r="D408" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E408" s="18">
-        <v>11221.622409</v>
+        <v>1711.883316</v>
       </c>
       <c r="F408" s="3"/>
     </row>
     <row r="409" spans="1:6">
       <c r="A409" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B409" s="17" t="s">
-        <v>814</v>
+        <v>811</v>
       </c>
       <c r="C409" s="17" t="s">
-        <v>815</v>
+        <v>812</v>
       </c>
       <c r="D409" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E409" s="18">
-        <v>310.236251</v>
+        <v>3273.409854</v>
       </c>
       <c r="F409" s="3"/>
     </row>
     <row r="410" spans="1:6">
       <c r="A410" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B410" s="17" t="s">
-        <v>816</v>
+        <v>813</v>
       </c>
       <c r="C410" s="17" t="s">
-        <v>817</v>
+        <v>814</v>
       </c>
       <c r="D410" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E410" s="18">
-        <v>6744.366737</v>
+        <v>939.099876</v>
       </c>
       <c r="F410" s="3"/>
     </row>
     <row r="411" spans="1:6">
       <c r="A411" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B411" s="17" t="s">
-        <v>818</v>
+        <v>815</v>
       </c>
       <c r="C411" s="17" t="s">
-        <v>819</v>
+        <v>816</v>
       </c>
       <c r="D411" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E411" s="18">
-        <v>3107.751229</v>
+        <v>1181.014692</v>
       </c>
       <c r="F411" s="3"/>
     </row>
     <row r="412" spans="1:6">
       <c r="A412" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B412" s="17" t="s">
-        <v>820</v>
+        <v>817</v>
       </c>
       <c r="C412" s="17" t="s">
-        <v>821</v>
+        <v>818</v>
       </c>
       <c r="D412" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E412" s="18">
-        <v>3303.284747</v>
+        <v>1434.689256</v>
       </c>
       <c r="F412" s="3"/>
     </row>
     <row r="413" spans="1:6">
       <c r="A413" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B413" s="17" t="s">
-        <v>822</v>
+        <v>819</v>
       </c>
       <c r="C413" s="17" t="s">
-        <v>823</v>
+        <v>820</v>
       </c>
       <c r="D413" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E413" s="18">
-        <v>3533.46003</v>
+        <v>2266.271436</v>
       </c>
       <c r="F413" s="3"/>
     </row>
     <row r="414" spans="1:6">
       <c r="A414" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B414" s="17" t="s">
-        <v>824</v>
+        <v>821</v>
       </c>
       <c r="C414" s="17" t="s">
-        <v>825</v>
+        <v>822</v>
       </c>
       <c r="D414" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E414" s="18">
-        <v>3902.202373</v>
+        <v>274.674114</v>
       </c>
       <c r="F414" s="3"/>
     </row>
     <row r="415" spans="1:6">
       <c r="A415" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B415" s="17" t="s">
-        <v>826</v>
+        <v>823</v>
       </c>
       <c r="C415" s="17" t="s">
-        <v>827</v>
+        <v>824</v>
       </c>
       <c r="D415" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E415" s="18">
-        <v>789.0624250000001</v>
+        <v>301.553538</v>
       </c>
       <c r="F415" s="3"/>
     </row>
     <row r="416" spans="1:6">
       <c r="A416" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B416" s="17" t="s">
-        <v>828</v>
+        <v>825</v>
       </c>
       <c r="C416" s="17" t="s">
-        <v>829</v>
+        <v>826</v>
       </c>
       <c r="D416" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E416" s="18">
-        <v>12838.238109</v>
+        <v>16454.407398</v>
       </c>
       <c r="F416" s="3"/>
     </row>
     <row r="417" spans="1:6">
       <c r="A417" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B417" s="17" t="s">
-        <v>830</v>
+        <v>827</v>
       </c>
       <c r="C417" s="17" t="s">
-        <v>831</v>
+        <v>828</v>
       </c>
       <c r="D417" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E417" s="18">
-        <v>10918.314511</v>
+        <v>712.304736</v>
       </c>
       <c r="F417" s="3"/>
     </row>
     <row r="418" spans="1:6">
       <c r="A418" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B418" s="17" t="s">
-        <v>832</v>
+        <v>829</v>
       </c>
       <c r="C418" s="17" t="s">
-        <v>833</v>
+        <v>830</v>
       </c>
       <c r="D418" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E418" s="18">
-        <v>12230.852496</v>
+        <v>712.304736</v>
       </c>
       <c r="F418" s="3"/>
     </row>
     <row r="419" spans="1:6">
       <c r="A419" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B419" s="17" t="s">
-        <v>834</v>
+        <v>831</v>
       </c>
       <c r="C419" s="17" t="s">
-        <v>835</v>
+        <v>832</v>
       </c>
       <c r="D419" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E419" s="18">
-        <v>4882.949231000001</v>
+        <v>672.8255819999999</v>
       </c>
       <c r="F419" s="3"/>
     </row>
     <row r="420" spans="1:6">
       <c r="A420" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B420" s="17" t="s">
-        <v>836</v>
+        <v>833</v>
       </c>
       <c r="C420" s="17" t="s">
-        <v>837</v>
+        <v>834</v>
       </c>
       <c r="D420" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E420" s="18">
-        <v>4641.226693000001</v>
+        <v>367.072134</v>
       </c>
       <c r="F420" s="3"/>
     </row>
     <row r="421" spans="1:6">
       <c r="A421" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B421" s="17" t="s">
-        <v>838</v>
+        <v>835</v>
       </c>
       <c r="C421" s="17" t="s">
-        <v>839</v>
+        <v>836</v>
       </c>
       <c r="D421" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E421" s="18">
-        <v>8325.570855</v>
+        <v>367.072134</v>
       </c>
       <c r="F421" s="3"/>
     </row>
     <row r="422" spans="1:6">
       <c r="A422" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B422" s="17" t="s">
-        <v>840</v>
+        <v>837</v>
       </c>
       <c r="C422" s="17" t="s">
-        <v>841</v>
+        <v>838</v>
       </c>
       <c r="D422" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E422" s="18">
-        <v>7807.484014000001</v>
+        <v>22178.044746</v>
       </c>
       <c r="F422" s="3"/>
     </row>
     <row r="423" spans="1:6">
       <c r="A423" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B423" s="17" t="s">
-        <v>842</v>
+        <v>839</v>
       </c>
       <c r="C423" s="17" t="s">
-        <v>843</v>
+        <v>840</v>
       </c>
       <c r="D423" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E423" s="18">
-        <v>8325.570855</v>
+        <v>30722.34165</v>
       </c>
       <c r="F423" s="3"/>
     </row>
     <row r="424" spans="1:6">
       <c r="A424" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B424" s="17" t="s">
-        <v>844</v>
+        <v>841</v>
       </c>
       <c r="C424" s="17" t="s">
-        <v>845</v>
+        <v>842</v>
       </c>
       <c r="D424" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E424" s="18">
-        <v>1713.612642</v>
+        <v>17035.674942</v>
       </c>
       <c r="F424" s="3"/>
     </row>
     <row r="425" spans="1:6">
       <c r="A425" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B425" s="17" t="s">
-        <v>846</v>
+        <v>843</v>
       </c>
       <c r="C425" s="17" t="s">
-        <v>847</v>
+        <v>844</v>
       </c>
       <c r="D425" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E425" s="18">
-        <v>1713.612642</v>
+        <v>10209.141228</v>
       </c>
       <c r="F425" s="3"/>
     </row>
     <row r="426" spans="1:6">
       <c r="A426" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B426" s="17" t="s">
-        <v>848</v>
+        <v>845</v>
       </c>
       <c r="C426" s="17" t="s">
-        <v>849</v>
+        <v>846</v>
       </c>
       <c r="D426" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E426" s="18">
-        <v>1713.612642</v>
+        <v>20135.208522</v>
       </c>
       <c r="F426" s="3"/>
     </row>
     <row r="427" spans="1:6">
       <c r="A427" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B427" s="17" t="s">
-        <v>850</v>
+        <v>847</v>
       </c>
       <c r="C427" s="17" t="s">
-        <v>851</v>
+        <v>848</v>
       </c>
       <c r="D427" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E427" s="18">
-        <v>5662.773852</v>
+        <v>282.233952</v>
       </c>
       <c r="F427" s="3"/>
     </row>
     <row r="428" spans="1:6">
       <c r="A428" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B428" s="17" t="s">
-        <v>852</v>
+        <v>849</v>
       </c>
       <c r="C428" s="17" t="s">
-        <v>853</v>
+        <v>850</v>
       </c>
       <c r="D428" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E428" s="18">
-        <v>3638.924959</v>
+        <v>28763.503626</v>
       </c>
       <c r="F428" s="3"/>
     </row>
     <row r="429" spans="1:6">
       <c r="A429" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B429" s="17" t="s">
-        <v>854</v>
+        <v>851</v>
       </c>
       <c r="C429" s="17" t="s">
-        <v>855</v>
+        <v>852</v>
       </c>
       <c r="D429" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E429" s="18">
-        <v>5662.773852</v>
+        <v>2551.865316</v>
       </c>
       <c r="F429" s="3"/>
     </row>
     <row r="430" spans="1:6">
       <c r="A430" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B430" s="17" t="s">
-        <v>856</v>
+        <v>853</v>
       </c>
       <c r="C430" s="17" t="s">
-        <v>857</v>
+        <v>854</v>
       </c>
       <c r="D430" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E430" s="18">
-        <v>12373.268641</v>
+        <v>2551.865316</v>
       </c>
       <c r="F430" s="3"/>
     </row>
     <row r="431" spans="1:6">
       <c r="A431" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B431" s="17" t="s">
-        <v>858</v>
+        <v>855</v>
       </c>
       <c r="C431" s="17" t="s">
-        <v>859</v>
+        <v>856</v>
       </c>
       <c r="D431" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E431" s="18">
-        <v>11406.378489</v>
+        <v>776.98335</v>
       </c>
       <c r="F431" s="3"/>
     </row>
     <row r="432" spans="1:6">
       <c r="A432" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B432" s="17" t="s">
-        <v>860</v>
+        <v>857</v>
       </c>
       <c r="C432" s="17" t="s">
-        <v>861</v>
+        <v>858</v>
       </c>
       <c r="D432" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E432" s="18">
-        <v>12373.268641</v>
+        <v>929.8600739999999</v>
       </c>
       <c r="F432" s="3"/>
     </row>
     <row r="433" spans="1:6">
       <c r="A433" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B433" s="17" t="s">
-        <v>862</v>
+        <v>859</v>
       </c>
       <c r="C433" s="17" t="s">
-        <v>863</v>
+        <v>860</v>
       </c>
       <c r="D433" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E433" s="18">
-        <v>2636.623225</v>
+        <v>1013.018292</v>
       </c>
       <c r="F433" s="3"/>
     </row>
     <row r="434" spans="1:6">
       <c r="A434" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B434" s="17" t="s">
-        <v>864</v>
+        <v>861</v>
       </c>
       <c r="C434" s="17" t="s">
-        <v>865</v>
+        <v>862</v>
       </c>
       <c r="D434" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E434" s="18">
-        <v>3638.924959</v>
+        <v>1394.37012</v>
       </c>
       <c r="F434" s="3"/>
     </row>
     <row r="435" spans="1:6">
       <c r="A435" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B435" s="17" t="s">
-        <v>866</v>
+        <v>863</v>
       </c>
       <c r="C435" s="17" t="s">
-        <v>867</v>
+        <v>864</v>
       </c>
       <c r="D435" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E435" s="18">
-        <v>2397.210138</v>
+        <v>1288.532388</v>
       </c>
       <c r="F435" s="3"/>
     </row>
     <row r="436" spans="1:6">
       <c r="A436" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B436" s="17" t="s">
-        <v>868</v>
+        <v>865</v>
       </c>
       <c r="C436" s="17" t="s">
-        <v>869</v>
+        <v>866</v>
       </c>
       <c r="D436" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E436" s="18">
-        <v>2126.234554</v>
+        <v>2346.909708</v>
       </c>
       <c r="F436" s="3"/>
     </row>
     <row r="437" spans="1:6">
       <c r="A437" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B437" s="17" t="s">
-        <v>870</v>
+        <v>867</v>
       </c>
       <c r="C437" s="17" t="s">
-        <v>871</v>
+        <v>868</v>
       </c>
       <c r="D437" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E437" s="18">
-        <v>1970.73152</v>
+        <v>2346.909708</v>
       </c>
       <c r="F437" s="3"/>
     </row>
     <row r="438" spans="1:6">
       <c r="A438" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B438" s="17" t="s">
-        <v>872</v>
+        <v>869</v>
       </c>
       <c r="C438" s="17" t="s">
-        <v>873</v>
+        <v>870</v>
       </c>
       <c r="D438" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E438" s="18">
-        <v>2653.559199</v>
+        <v>23922.68736</v>
       </c>
       <c r="F438" s="3"/>
     </row>
     <row r="439" spans="1:6">
       <c r="A439" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B439" s="17" t="s">
-        <v>874</v>
+        <v>871</v>
       </c>
       <c r="C439" s="17" t="s">
-        <v>875</v>
+        <v>872</v>
       </c>
       <c r="D439" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E439" s="18">
-        <v>852.1874190000001</v>
+        <v>1279.292586</v>
       </c>
       <c r="F439" s="3"/>
     </row>
     <row r="440" spans="1:6">
       <c r="A440" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B440" s="17" t="s">
-        <v>876</v>
+        <v>873</v>
       </c>
       <c r="C440" s="17" t="s">
-        <v>827</v>
+        <v>874</v>
       </c>
       <c r="D440" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E440" s="18">
-        <v>789.0624250000001</v>
+        <v>9393.518705999999</v>
       </c>
       <c r="F440" s="3"/>
     </row>
     <row r="441" spans="1:6">
       <c r="A441" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B441" s="17" t="s">
-        <v>877</v>
+        <v>875</v>
       </c>
       <c r="C441" s="17" t="s">
-        <v>878</v>
+        <v>876</v>
       </c>
       <c r="D441" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E441" s="18">
-        <v>701.303287</v>
+        <v>11717.7489</v>
       </c>
       <c r="F441" s="3"/>
     </row>
     <row r="442" spans="1:6">
       <c r="A442" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B442" s="17" t="s">
-        <v>879</v>
+        <v>877</v>
       </c>
       <c r="C442" s="17" t="s">
-        <v>880</v>
+        <v>878</v>
       </c>
       <c r="D442" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E442" s="18">
-        <v>1210.922141</v>
+        <v>209.155518</v>
       </c>
       <c r="F442" s="3"/>
     </row>
     <row r="443" spans="1:6">
       <c r="A443" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B443" s="17" t="s">
-        <v>881</v>
+        <v>879</v>
       </c>
       <c r="C443" s="17" t="s">
-        <v>882</v>
+        <v>880</v>
       </c>
       <c r="D443" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E443" s="18">
-        <v>1811.379401</v>
+        <v>183.116076</v>
       </c>
       <c r="F443" s="3"/>
     </row>
     <row r="444" spans="1:6">
       <c r="A444" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B444" s="17" t="s">
-        <v>883</v>
+        <v>881</v>
       </c>
       <c r="C444" s="17" t="s">
-        <v>880</v>
+        <v>882</v>
       </c>
       <c r="D444" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E444" s="18">
-        <v>1153.185866</v>
+        <v>26711.4276</v>
       </c>
       <c r="F444" s="3"/>
     </row>
     <row r="445" spans="1:6">
       <c r="A445" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B445" s="17" t="s">
+        <v>883</v>
+      </c>
+      <c r="C445" s="17" t="s">
         <v>884</v>
       </c>
-      <c r="C445" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D445" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E445" s="18">
-        <v>3062.332026</v>
+        <v>136.917066</v>
       </c>
       <c r="F445" s="3"/>
     </row>
     <row r="446" spans="1:6">
       <c r="A446" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B446" s="17" t="s">
+        <v>885</v>
+      </c>
+      <c r="C446" s="17" t="s">
         <v>886</v>
       </c>
-      <c r="C446" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D446" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E446" s="18">
-        <v>2990.739045</v>
+        <v>3428.806524</v>
       </c>
       <c r="F446" s="3"/>
     </row>
     <row r="447" spans="1:6">
       <c r="A447" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B447" s="17" t="s">
+        <v>887</v>
+      </c>
+      <c r="C447" s="17" t="s">
         <v>888</v>
       </c>
-      <c r="C447" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D447" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E447" s="18">
-        <v>3062.332026</v>
+        <v>3420.406704</v>
       </c>
       <c r="F447" s="3"/>
     </row>
     <row r="448" spans="1:6">
       <c r="A448" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B448" s="17" t="s">
+        <v>889</v>
+      </c>
+      <c r="C448" s="17" t="s">
         <v>890</v>
       </c>
-      <c r="C448" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D448" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E448" s="18">
-        <v>9468.749100000001</v>
+        <v>1235.613522</v>
       </c>
       <c r="F448" s="3"/>
     </row>
     <row r="449" spans="1:6">
       <c r="A449" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B449" s="17" t="s">
+        <v>891</v>
+      </c>
+      <c r="C449" s="17" t="s">
         <v>892</v>
       </c>
-      <c r="C449" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D449" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E449" s="18">
-        <v>13621.911815</v>
+        <v>99.95785799999999</v>
       </c>
       <c r="F449" s="3"/>
     </row>
     <row r="450" spans="1:6">
       <c r="A450" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B450" s="17" t="s">
+        <v>893</v>
+      </c>
+      <c r="C450" s="17" t="s">
         <v>894</v>
       </c>
-      <c r="C450" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D450" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E450" s="18">
-        <v>38654.821021</v>
+        <v>166.316436</v>
       </c>
       <c r="F450" s="3"/>
     </row>
     <row r="451" spans="1:6">
       <c r="A451" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B451" s="17" t="s">
+        <v>895</v>
+      </c>
+      <c r="C451" s="17" t="s">
         <v>896</v>
       </c>
-      <c r="C451" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D451" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E451" s="18">
-        <v>28844.273173</v>
+        <v>1667.36427</v>
       </c>
       <c r="F451" s="3"/>
     </row>
     <row r="452" spans="1:6">
       <c r="A452" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B452" s="17" t="s">
+        <v>897</v>
+      </c>
+      <c r="C452" s="17" t="s">
         <v>898</v>
       </c>
-      <c r="C452" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D452" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E452" s="18">
-        <v>1153.185866</v>
+        <v>285.59388</v>
       </c>
       <c r="F452" s="3"/>
     </row>
     <row r="453" spans="1:6">
       <c r="A453" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B453" s="17" t="s">
+        <v>899</v>
+      </c>
+      <c r="C453" s="17" t="s">
         <v>900</v>
       </c>
-      <c r="C453" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D453" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E453" s="18">
-        <v>959.961799</v>
+        <v>230.155068</v>
       </c>
       <c r="F453" s="3"/>
     </row>
     <row r="454" spans="1:6">
       <c r="A454" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B454" s="17" t="s">
+        <v>901</v>
+      </c>
+      <c r="C454" s="17" t="s">
         <v>902</v>
       </c>
-      <c r="C454" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D454" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E454" s="18">
-        <v>969.96942</v>
+        <v>6954.210978</v>
       </c>
       <c r="F454" s="3"/>
     </row>
     <row r="455" spans="1:6">
       <c r="A455" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B455" s="17" t="s">
+        <v>903</v>
+      </c>
+      <c r="C455" s="17" t="s">
         <v>904</v>
       </c>
-      <c r="C455" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D455" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E455" s="18">
-        <v>2700.518036</v>
+        <v>53944.484022</v>
       </c>
       <c r="F455" s="3"/>
     </row>
     <row r="456" spans="1:6">
       <c r="A456" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B456" s="17" t="s">
+        <v>905</v>
+      </c>
+      <c r="C456" s="17" t="s">
         <v>906</v>
       </c>
-      <c r="C456" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D456" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E456" s="18">
-        <v>822.9343730000001</v>
+        <v>1559.006592</v>
       </c>
       <c r="F456" s="3"/>
     </row>
     <row r="457" spans="1:6">
       <c r="A457" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B457" s="17" t="s">
+        <v>907</v>
+      </c>
+      <c r="C457" s="17" t="s">
         <v>908</v>
       </c>
-      <c r="C457" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D457" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E457" s="18">
-        <v>12627.308251</v>
+        <v>1782.441804</v>
       </c>
       <c r="F457" s="3"/>
     </row>
     <row r="458" spans="1:6">
       <c r="A458" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B458" s="17" t="s">
+        <v>909</v>
+      </c>
+      <c r="C458" s="17" t="s">
         <v>910</v>
       </c>
-      <c r="C458" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D458" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E458" s="18">
-        <v>21303.915658</v>
+        <v>1782.441804</v>
       </c>
       <c r="F458" s="3"/>
     </row>
     <row r="459" spans="1:6">
       <c r="A459" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B459" s="17" t="s">
+        <v>911</v>
+      </c>
+      <c r="C459" s="17" t="s">
         <v>912</v>
       </c>
-      <c r="C459" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D459" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E459" s="18">
-        <v>60119.628432</v>
+        <v>320.033142</v>
       </c>
       <c r="F459" s="3"/>
     </row>
     <row r="460" spans="1:6">
       <c r="A460" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B460" s="17" t="s">
+        <v>913</v>
+      </c>
+      <c r="C460" s="17" t="s">
         <v>914</v>
       </c>
-      <c r="C460" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D460" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E460" s="18">
-        <v>41864.957911</v>
+        <v>2352.789582</v>
       </c>
       <c r="F460" s="3"/>
     </row>
     <row r="461" spans="1:6">
       <c r="A461" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B461" s="17" t="s">
+        <v>915</v>
+      </c>
+      <c r="C461" s="17" t="s">
         <v>916</v>
       </c>
-      <c r="C461" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D461" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E461" s="18">
-        <v>439.565507</v>
+        <v>2352.789582</v>
       </c>
       <c r="F461" s="3"/>
     </row>
     <row r="462" spans="1:6">
       <c r="A462" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B462" s="17" t="s">
+        <v>917</v>
+      </c>
+      <c r="C462" s="17" t="s">
         <v>918</v>
       </c>
-      <c r="C462" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D462" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E462" s="18">
-        <v>12338.626876</v>
+        <v>2352.789582</v>
       </c>
       <c r="F462" s="3"/>
     </row>
     <row r="463" spans="1:6">
       <c r="A463" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B463" s="17" t="s">
+        <v>919</v>
+      </c>
+      <c r="C463" s="17" t="s">
         <v>920</v>
       </c>
-      <c r="C463" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D463" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E463" s="18">
-        <v>26658.76271</v>
+        <v>2352.789582</v>
       </c>
       <c r="F463" s="3"/>
     </row>
     <row r="464" spans="1:6">
       <c r="A464" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B464" s="17" t="s">
+        <v>921</v>
+      </c>
+      <c r="C464" s="17" t="s">
         <v>922</v>
       </c>
-      <c r="C464" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D464" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E464" s="18">
-        <v>339.489297</v>
+        <v>2352.789582</v>
       </c>
       <c r="F464" s="3"/>
     </row>
     <row r="465" spans="1:6">
       <c r="A465" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B465" s="17" t="s">
+        <v>923</v>
+      </c>
+      <c r="C465" s="17" t="s">
         <v>924</v>
       </c>
-      <c r="C465" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D465" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E465" s="18">
-        <v>1965.342801</v>
+        <v>2352.789582</v>
       </c>
       <c r="F465" s="3"/>
     </row>
     <row r="466" spans="1:6">
       <c r="A466" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B466" s="17" t="s">
+        <v>925</v>
+      </c>
+      <c r="C466" s="17" t="s">
         <v>926</v>
       </c>
-      <c r="C466" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D466" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E466" s="18">
-        <v>1553.490706</v>
+        <v>1696.76364</v>
       </c>
       <c r="F466" s="3"/>
     </row>
     <row r="467" spans="1:6">
       <c r="A467" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B467" s="17" t="s">
+        <v>927</v>
+      </c>
+      <c r="C467" s="17" t="s">
         <v>928</v>
       </c>
-      <c r="C467" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D467" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E467" s="18">
-        <v>267.126499</v>
+        <v>2120.114568</v>
       </c>
       <c r="F467" s="3"/>
     </row>
     <row r="468" spans="1:6">
       <c r="A468" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B468" s="17" t="s">
+        <v>929</v>
+      </c>
+      <c r="C468" s="17" t="s">
         <v>930</v>
       </c>
-      <c r="C468" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D468" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E468" s="18">
-        <v>993.06393</v>
+        <v>1790.001642</v>
       </c>
       <c r="F468" s="3"/>
     </row>
     <row r="469" spans="1:6">
       <c r="A469" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B469" s="17" t="s">
+        <v>931</v>
+      </c>
+      <c r="C469" s="17" t="s">
         <v>932</v>
       </c>
-      <c r="C469" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D469" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E469" s="18">
-        <v>1442.637058</v>
+        <v>1860.56013</v>
       </c>
       <c r="F469" s="3"/>
     </row>
     <row r="470" spans="1:6">
       <c r="A470" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B470" s="17" t="s">
+        <v>933</v>
+      </c>
+      <c r="C470" s="17" t="s">
         <v>934</v>
       </c>
-      <c r="C470" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D470" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E470" s="18">
-        <v>1494.214797</v>
+        <v>1790.001642</v>
       </c>
       <c r="F470" s="3"/>
     </row>
     <row r="471" spans="1:6">
       <c r="A471" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B471" s="17" t="s">
+        <v>935</v>
+      </c>
+      <c r="C471" s="17" t="s">
         <v>936</v>
       </c>
-      <c r="C471" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D471" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E471" s="18">
-        <v>843.7194320000001</v>
+        <v>1862.240094</v>
       </c>
       <c r="F471" s="3"/>
     </row>
     <row r="472" spans="1:6">
       <c r="A472" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B472" s="17" t="s">
+        <v>937</v>
+      </c>
+      <c r="C472" s="17" t="s">
         <v>938</v>
       </c>
-      <c r="C472" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D472" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E472" s="18">
-        <v>2159.336685</v>
+        <v>1700.123568</v>
       </c>
       <c r="F472" s="3"/>
     </row>
     <row r="473" spans="1:6">
       <c r="A473" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B473" s="17" t="s">
+        <v>939</v>
+      </c>
+      <c r="C473" s="17" t="s">
         <v>940</v>
       </c>
-      <c r="C473" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D473" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E473" s="18">
-        <v>2263.26198</v>
+        <v>1860.56013</v>
       </c>
       <c r="F473" s="3"/>
     </row>
     <row r="474" spans="1:6">
       <c r="A474" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B474" s="17" t="s">
+        <v>941</v>
+      </c>
+      <c r="C474" s="17" t="s">
         <v>942</v>
       </c>
-      <c r="C474" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D474" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E474" s="18">
-        <v>2468.033302</v>
+        <v>498.949308</v>
       </c>
       <c r="F474" s="3"/>
     </row>
     <row r="475" spans="1:6">
       <c r="A475" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B475" s="17" t="s">
+        <v>943</v>
+      </c>
+      <c r="C475" s="17" t="s">
         <v>944</v>
       </c>
-      <c r="C475" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D475" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E475" s="18">
-        <v>2575.037865</v>
+        <v>255.354528</v>
       </c>
       <c r="F475" s="3"/>
     </row>
     <row r="476" spans="1:6">
       <c r="A476" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B476" s="17" t="s">
+        <v>945</v>
+      </c>
+      <c r="C476" s="17" t="s">
         <v>946</v>
       </c>
-      <c r="C476" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D476" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E476" s="18">
-        <v>2533.467747</v>
+        <v>29933.598552</v>
       </c>
       <c r="F476" s="3"/>
     </row>
     <row r="477" spans="1:6">
       <c r="A477" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B477" s="17" t="s">
+        <v>947</v>
+      </c>
+      <c r="C477" s="17" t="s">
         <v>948</v>
       </c>
-      <c r="C477" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D477" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E477" s="18">
-        <v>2637.393042</v>
+        <v>36860.930106</v>
       </c>
       <c r="F477" s="3"/>
     </row>
     <row r="478" spans="1:6">
       <c r="A478" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B478" s="17" t="s">
+        <v>949</v>
+      </c>
+      <c r="C478" s="17" t="s">
         <v>950</v>
       </c>
-      <c r="C478" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D478" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E478" s="18">
-        <v>2741.318337</v>
+        <v>725.744448</v>
       </c>
       <c r="F478" s="3"/>
     </row>
     <row r="479" spans="1:6">
       <c r="A479" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B479" s="17" t="s">
+        <v>951</v>
+      </c>
+      <c r="C479" s="17" t="s">
         <v>952</v>
       </c>
-      <c r="C479" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D479" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E479" s="18">
-        <v>2949.168927</v>
+        <v>1007.138418</v>
       </c>
       <c r="F479" s="3"/>
     </row>
     <row r="480" spans="1:6">
       <c r="A480" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B480" s="17" t="s">
+        <v>953</v>
+      </c>
+      <c r="C480" s="17" t="s">
         <v>954</v>
       </c>
-      <c r="C480" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D480" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E480" s="18">
-        <v>2347.172033</v>
+        <v>1201.17426</v>
       </c>
       <c r="F480" s="3"/>
     </row>
     <row r="481" spans="1:6">
       <c r="A481" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B481" s="17" t="s">
+        <v>955</v>
+      </c>
+      <c r="C481" s="17" t="s">
         <v>956</v>
       </c>
-      <c r="C481" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D481" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E481" s="18">
-        <v>2451.867145</v>
+        <v>1946.238294</v>
       </c>
       <c r="F481" s="3"/>
     </row>
     <row r="482" spans="1:6">
       <c r="A482" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B482" s="17" t="s">
+        <v>957</v>
+      </c>
+      <c r="C482" s="17" t="s">
         <v>958</v>
       </c>
-      <c r="C482" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D482" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E482" s="18">
-        <v>2555.022623</v>
+        <v>2381.34897</v>
       </c>
       <c r="F482" s="3"/>
     </row>
     <row r="483" spans="1:6">
       <c r="A483" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B483" s="17" t="s">
+        <v>959</v>
+      </c>
+      <c r="C483" s="17" t="s">
         <v>960</v>
       </c>
-      <c r="C483" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D483" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E483" s="18">
-        <v>2762.873213</v>
+        <v>2381.34897</v>
       </c>
       <c r="F483" s="3"/>
     </row>
     <row r="484" spans="1:6">
       <c r="A484" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B484" s="17" t="s">
+        <v>961</v>
+      </c>
+      <c r="C484" s="17" t="s">
         <v>962</v>
       </c>
-      <c r="C484" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D484" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E484" s="18">
-        <v>675.129509</v>
+        <v>1634.604972</v>
       </c>
       <c r="F484" s="3"/>
     </row>
     <row r="485" spans="1:6">
       <c r="A485" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B485" s="17" t="s">
+        <v>963</v>
+      </c>
+      <c r="C485" s="17" t="s">
         <v>964</v>
       </c>
-      <c r="C485" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D485" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E485" s="18">
-        <v>706.692006</v>
+        <v>527.508696</v>
       </c>
       <c r="F485" s="3"/>
     </row>
     <row r="486" spans="1:6">
       <c r="A486" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B486" s="17" t="s">
+        <v>965</v>
+      </c>
+      <c r="C486" s="17" t="s">
         <v>966</v>
       </c>
-      <c r="C486" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D486" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E486" s="18">
-        <v>590.449639</v>
+        <v>133.557138</v>
       </c>
       <c r="F486" s="3"/>
     </row>
     <row r="487" spans="1:6">
       <c r="A487" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B487" s="17" t="s">
+        <v>967</v>
+      </c>
+      <c r="C487" s="17" t="s">
         <v>968</v>
       </c>
-      <c r="C487" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D487" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E487" s="18">
-        <v>2221.691862</v>
+        <v>1060.897266</v>
       </c>
       <c r="F487" s="3"/>
     </row>
     <row r="488" spans="1:6">
       <c r="A488" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B488" s="17" t="s">
+        <v>969</v>
+      </c>
+      <c r="C488" s="17" t="s">
         <v>970</v>
       </c>
-      <c r="C488" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D488" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E488" s="18">
-        <v>2325.617157</v>
+        <v>750.943908</v>
       </c>
       <c r="F488" s="3"/>
     </row>
     <row r="489" spans="1:6">
       <c r="A489" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B489" s="17" t="s">
+        <v>971</v>
+      </c>
+      <c r="C489" s="17" t="s">
         <v>972</v>
       </c>
-      <c r="C489" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D489" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E489" s="18">
-        <v>2429.542452</v>
+        <v>931.540038</v>
       </c>
       <c r="F489" s="3"/>
     </row>
     <row r="490" spans="1:6">
       <c r="A490" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B490" s="17" t="s">
+        <v>973</v>
+      </c>
+      <c r="C490" s="17" t="s">
         <v>974</v>
       </c>
-      <c r="C490" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D490" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E490" s="18">
-        <v>2637.393042</v>
+        <v>615.706806</v>
       </c>
       <c r="F490" s="3"/>
     </row>
     <row r="491" spans="1:6">
       <c r="A491" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B491" s="17" t="s">
+        <v>975</v>
+      </c>
+      <c r="C491" s="17" t="s">
         <v>976</v>
       </c>
-      <c r="C491" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D491" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E491" s="18">
-        <v>2598.132375</v>
+        <v>780.3432779999999</v>
       </c>
       <c r="F491" s="3"/>
     </row>
     <row r="492" spans="1:6">
       <c r="A492" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B492" s="17" t="s">
+        <v>977</v>
+      </c>
+      <c r="C492" s="17" t="s">
         <v>978</v>
       </c>
-      <c r="C492" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D492" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E492" s="18">
-        <v>2805.982965</v>
+        <v>958.419462</v>
       </c>
       <c r="F492" s="3"/>
     </row>
     <row r="493" spans="1:6">
       <c r="A493" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B493" s="17" t="s">
+        <v>979</v>
+      </c>
+      <c r="C493" s="17" t="s">
         <v>980</v>
       </c>
-      <c r="C493" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D493" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E493" s="18">
-        <v>3012.293921</v>
+        <v>745.9040160000001</v>
       </c>
       <c r="F493" s="3"/>
     </row>
     <row r="494" spans="1:6">
       <c r="A494" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B494" s="17" t="s">
+        <v>981</v>
+      </c>
+      <c r="C494" s="17" t="s">
         <v>982</v>
       </c>
-      <c r="C494" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D494" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E494" s="18">
-        <v>2408.757393</v>
+        <v>3769.839216</v>
       </c>
       <c r="F494" s="3"/>
     </row>
     <row r="495" spans="1:6">
       <c r="A495" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B495" s="17" t="s">
+        <v>983</v>
+      </c>
+      <c r="C495" s="17" t="s">
         <v>984</v>
       </c>
-      <c r="C495" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D495" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E495" s="18">
-        <v>2512.682688</v>
+        <v>21326.302998</v>
       </c>
       <c r="F495" s="3"/>
     </row>
     <row r="496" spans="1:6">
       <c r="A496" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B496" s="17" t="s">
+        <v>985</v>
+      </c>
+      <c r="C496" s="17" t="s">
         <v>986</v>
       </c>
-      <c r="C496" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D496" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E496" s="18">
-        <v>2616.607983</v>
+        <v>38608.092666</v>
       </c>
       <c r="F496" s="3"/>
     </row>
     <row r="497" spans="1:6">
       <c r="A497" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B497" s="17" t="s">
+        <v>987</v>
+      </c>
+      <c r="C497" s="17" t="s">
         <v>988</v>
       </c>
-      <c r="C497" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D497" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E497" s="18">
-        <v>2824.458573</v>
+        <v>5850.474630000001</v>
       </c>
       <c r="F497" s="3"/>
     </row>
     <row r="498" spans="1:6">
       <c r="A498" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B498" s="17" t="s">
+        <v>989</v>
+      </c>
+      <c r="C498" s="17" t="s">
         <v>990</v>
       </c>
-      <c r="C498" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D498" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E498" s="18">
-        <v>601.227077</v>
+        <v>5994.111551999999</v>
       </c>
       <c r="F498" s="3"/>
     </row>
     <row r="499" spans="1:6">
       <c r="A499" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B499" s="17" t="s">
+        <v>991</v>
+      </c>
+      <c r="C499" s="17" t="s">
         <v>992</v>
       </c>
-      <c r="C499" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D499" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E499" s="18">
-        <v>685.9069470000001</v>
+        <v>1191.934458</v>
       </c>
       <c r="F499" s="3"/>
     </row>
     <row r="500" spans="1:6">
       <c r="A500" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B500" s="17" t="s">
+        <v>993</v>
+      </c>
+      <c r="C500" s="17" t="s">
         <v>994</v>
       </c>
-      <c r="C500" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D500" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E500" s="18">
-        <v>3931.455419</v>
+        <v>1235.613522</v>
       </c>
       <c r="F500" s="3"/>
     </row>
     <row r="501" spans="1:6">
       <c r="A501" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B501" s="17" t="s">
+        <v>995</v>
+      </c>
+      <c r="C501" s="17" t="s">
         <v>996</v>
       </c>
-      <c r="C501" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D501" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E501" s="18">
-        <v>4385.647449</v>
+        <v>1923.55878</v>
       </c>
       <c r="F501" s="3"/>
     </row>
     <row r="502" spans="1:6">
       <c r="A502" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B502" s="17" t="s">
+        <v>997</v>
+      </c>
+      <c r="C502" s="17" t="s">
         <v>998</v>
       </c>
-      <c r="C502" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D502" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E502" s="18">
-        <v>5026.135193000001</v>
+        <v>1923.55878</v>
       </c>
       <c r="F502" s="3"/>
     </row>
     <row r="503" spans="1:6">
       <c r="A503" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B503" s="17" t="s">
+        <v>999</v>
+      </c>
+      <c r="C503" s="17" t="s">
         <v>1000</v>
       </c>
-      <c r="C503" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D503" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E503" s="18">
-        <v>306.387166</v>
+        <v>1923.55878</v>
       </c>
       <c r="F503" s="3"/>
     </row>
     <row r="504" spans="1:6">
       <c r="A504" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B504" s="17" t="s">
+        <v>1001</v>
+      </c>
+      <c r="C504" s="17" t="s">
         <v>1002</v>
       </c>
-      <c r="C504" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D504" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E504" s="18">
-        <v>1189.367265</v>
+        <v>19879.853994</v>
       </c>
       <c r="F504" s="3"/>
     </row>
     <row r="505" spans="1:6">
       <c r="A505" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B505" s="17" t="s">
+        <v>1003</v>
+      </c>
+      <c r="C505" s="17" t="s">
         <v>1004</v>
       </c>
-      <c r="C505" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D505" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E505" s="18">
-        <v>1277.89622</v>
+        <v>383.871774</v>
       </c>
       <c r="F505" s="3"/>
     </row>
     <row r="506" spans="1:6">
       <c r="A506" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B506" s="17" t="s">
+        <v>1005</v>
+      </c>
+      <c r="C506" s="17" t="s">
         <v>1006</v>
       </c>
-      <c r="C506" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D506" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E506" s="18">
-        <v>471.128004</v>
+        <v>334.312836</v>
       </c>
       <c r="F506" s="3"/>
     </row>
     <row r="507" spans="1:6">
       <c r="A507" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B507" s="17" t="s">
+        <v>1007</v>
+      </c>
+      <c r="C507" s="17" t="s">
         <v>1008</v>
       </c>
-      <c r="C507" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D507" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E507" s="18">
-        <v>1063.887094</v>
+        <v>455.270244</v>
       </c>
       <c r="F507" s="3"/>
     </row>
     <row r="508" spans="1:6">
       <c r="A508" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B508" s="17" t="s">
+        <v>1009</v>
+      </c>
+      <c r="C508" s="17" t="s">
         <v>1010</v>
       </c>
-      <c r="C508" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D508" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E508" s="18">
-        <v>2126.234554</v>
+        <v>886.18101</v>
       </c>
       <c r="F508" s="3"/>
     </row>
     <row r="509" spans="1:6">
       <c r="A509" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B509" s="17" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C509" s="17" t="s">
         <v>1012</v>
       </c>
-      <c r="C509" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D509" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E509" s="18">
-        <v>760.5791960000001</v>
+        <v>1107.096276</v>
       </c>
       <c r="F509" s="3"/>
     </row>
     <row r="510" spans="1:6">
       <c r="A510" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B510" s="17" t="s">
+        <v>1013</v>
+      </c>
+      <c r="C510" s="17" t="s">
         <v>1014</v>
       </c>
-      <c r="C510" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D510" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E510" s="18">
-        <v>462.660017</v>
+        <v>287.273844</v>
       </c>
       <c r="F510" s="3"/>
     </row>
     <row r="511" spans="1:6">
       <c r="A511" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B511" s="17" t="s">
+        <v>1015</v>
+      </c>
+      <c r="C511" s="17" t="s">
         <v>1016</v>
       </c>
-      <c r="C511" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D511" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E511" s="18">
-        <v>497.301782</v>
+        <v>383.871774</v>
       </c>
       <c r="F511" s="3"/>
     </row>
     <row r="512" spans="1:6">
       <c r="A512" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B512" s="17" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C512" s="17" t="s">
         <v>1018</v>
       </c>
-      <c r="C512" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D512" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E512" s="18">
-        <v>1553.490706</v>
+        <v>464.510046</v>
       </c>
       <c r="F512" s="3"/>
     </row>
     <row r="513" spans="1:6">
       <c r="A513" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B513" s="17" t="s">
         <v>1019</v>
       </c>
       <c r="C513" s="17" t="s">
         <v>1020</v>
       </c>
       <c r="D513" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E513" s="18">
-        <v>796.760595</v>
+        <v>635.026392</v>
       </c>
       <c r="F513" s="3"/>
     </row>
     <row r="514" spans="1:6">
       <c r="A514" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B514" s="17" t="s">
         <v>1021</v>
       </c>
       <c r="C514" s="17" t="s">
         <v>1022</v>
       </c>
       <c r="D514" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E514" s="18">
-        <v>350.266735</v>
+        <v>236.034942</v>
       </c>
       <c r="F514" s="3"/>
     </row>
     <row r="515" spans="1:6">
       <c r="A515" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B515" s="17" t="s">
         <v>1023</v>
       </c>
       <c r="C515" s="17" t="s">
         <v>1024</v>
       </c>
       <c r="D515" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E515" s="18">
-        <v>480.365808</v>
+        <v>9288.520956</v>
       </c>
       <c r="F515" s="3"/>
     </row>
     <row r="516" spans="1:6">
       <c r="A516" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B516" s="17" t="s">
         <v>1025</v>
       </c>
       <c r="C516" s="17" t="s">
         <v>1026</v>
       </c>
       <c r="D516" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E516" s="18">
-        <v>522.705743</v>
+        <v>18518.243172</v>
       </c>
       <c r="F516" s="3"/>
     </row>
     <row r="517" spans="1:6">
       <c r="A517" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B517" s="17" t="s">
         <v>1027</v>
       </c>
       <c r="C517" s="17" t="s">
         <v>1028</v>
       </c>
       <c r="D517" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E517" s="18">
-        <v>1061.577643</v>
+        <v>482.149668</v>
       </c>
       <c r="F517" s="3"/>
     </row>
     <row r="518" spans="1:6">
       <c r="A518" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B518" s="17" t="s">
         <v>1029</v>
       </c>
       <c r="C518" s="17" t="s">
         <v>1030</v>
       </c>
       <c r="D518" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E518" s="18">
-        <v>923.0105830000001</v>
+        <v>468.709956</v>
       </c>
       <c r="F518" s="3"/>
     </row>
     <row r="519" spans="1:6">
       <c r="A519" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B519" s="17" t="s">
         <v>1031</v>
       </c>
       <c r="C519" s="17" t="s">
         <v>1032</v>
       </c>
       <c r="D519" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E519" s="18">
-        <v>461.8902</v>
+        <v>9708.511956</v>
       </c>
       <c r="F519" s="3"/>
     </row>
     <row r="520" spans="1:6">
       <c r="A520" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B520" s="17" t="s">
         <v>1033</v>
       </c>
       <c r="C520" s="17" t="s">
         <v>1034</v>
       </c>
       <c r="D520" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E520" s="18">
-        <v>2308.681183</v>
+        <v>155.39667</v>
       </c>
       <c r="F520" s="3"/>
     </row>
     <row r="521" spans="1:6">
       <c r="A521" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B521" s="17" t="s">
         <v>1035</v>
       </c>
       <c r="C521" s="17" t="s">
         <v>1036</v>
       </c>
       <c r="D521" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E521" s="18">
-        <v>1645.098929</v>
+        <v>32.759298</v>
       </c>
       <c r="F521" s="3"/>
     </row>
     <row r="522" spans="1:6">
       <c r="A522" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B522" s="17" t="s">
         <v>1037</v>
       </c>
       <c r="C522" s="17" t="s">
         <v>1038</v>
       </c>
       <c r="D522" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E522" s="18">
-        <v>25433.983863</v>
+        <v>28.559388</v>
       </c>
       <c r="F522" s="3"/>
     </row>
     <row r="523" spans="1:6">
       <c r="A523" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B523" s="17" t="s">
         <v>1039</v>
       </c>
       <c r="C523" s="17" t="s">
         <v>1040</v>
       </c>
       <c r="D523" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E523" s="18">
-        <v>34774.94334100001</v>
+        <v>32.759298</v>
       </c>
       <c r="F523" s="3"/>
     </row>
     <row r="524" spans="1:6">
       <c r="A524" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B524" s="17" t="s">
         <v>1041</v>
       </c>
       <c r="C524" s="17" t="s">
         <v>1042</v>
       </c>
       <c r="D524" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E524" s="18">
-        <v>3231.691766</v>
+        <v>52.918866</v>
       </c>
       <c r="F524" s="3"/>
     </row>
     <row r="525" spans="1:6">
       <c r="A525" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B525" s="17" t="s">
         <v>1043</v>
       </c>
       <c r="C525" s="17" t="s">
         <v>1044</v>
       </c>
       <c r="D525" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E525" s="18">
-        <v>5280.94462</v>
+        <v>98.27789399999999</v>
       </c>
       <c r="F525" s="3"/>
     </row>
     <row r="526" spans="1:6">
       <c r="A526" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B526" s="17" t="s">
         <v>1045</v>
       </c>
       <c r="C526" s="17" t="s">
         <v>1046</v>
       </c>
       <c r="D526" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E526" s="18">
-        <v>7126.965786</v>
+        <v>111.717606</v>
       </c>
       <c r="F526" s="3"/>
     </row>
     <row r="527" spans="1:6">
       <c r="A527" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B527" s="17" t="s">
         <v>1047</v>
       </c>
       <c r="C527" s="17" t="s">
         <v>1048</v>
       </c>
       <c r="D527" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E527" s="18">
-        <v>7170.075538</v>
+        <v>334.312836</v>
       </c>
       <c r="F527" s="3"/>
     </row>
     <row r="528" spans="1:6">
       <c r="A528" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B528" s="17" t="s">
         <v>1049</v>
       </c>
       <c r="C528" s="17" t="s">
         <v>1050</v>
       </c>
       <c r="D528" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E528" s="18">
-        <v>10235.486832</v>
+        <v>455.270244</v>
       </c>
       <c r="F528" s="3"/>
     </row>
     <row r="529" spans="1:6">
       <c r="A529" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B529" s="17" t="s">
         <v>1051</v>
       </c>
       <c r="C529" s="17" t="s">
         <v>1052</v>
       </c>
       <c r="D529" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E529" s="18">
-        <v>29789.608449</v>
+        <v>886.18101</v>
       </c>
       <c r="F529" s="3"/>
     </row>
     <row r="530" spans="1:6">
       <c r="A530" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B530" s="17" t="s">
         <v>1053</v>
       </c>
       <c r="C530" s="17" t="s">
         <v>1054</v>
       </c>
       <c r="D530" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E530" s="18">
-        <v>4598.116941</v>
+        <v>1107.096276</v>
       </c>
       <c r="F530" s="3"/>
     </row>
     <row r="531" spans="1:6">
       <c r="A531" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B531" s="17" t="s">
         <v>1055</v>
       </c>
       <c r="C531" s="17" t="s">
         <v>1056</v>
       </c>
       <c r="D531" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E531" s="18">
-        <v>4798.269361</v>
+        <v>287.273844</v>
       </c>
       <c r="F531" s="3"/>
     </row>
     <row r="532" spans="1:6">
       <c r="A532" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B532" s="17" t="s">
         <v>1057</v>
       </c>
       <c r="C532" s="17" t="s">
         <v>1058</v>
       </c>
       <c r="D532" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E532" s="18">
-        <v>5026.135193000001</v>
+        <v>383.871774</v>
       </c>
       <c r="F532" s="3"/>
     </row>
     <row r="533" spans="1:6">
       <c r="A533" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B533" s="17" t="s">
         <v>1059</v>
       </c>
       <c r="C533" s="17" t="s">
         <v>1060</v>
       </c>
       <c r="D533" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E533" s="18">
-        <v>4154.702349</v>
+        <v>464.510046</v>
       </c>
       <c r="F533" s="3"/>
     </row>
     <row r="534" spans="1:6">
       <c r="A534" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B534" s="17" t="s">
         <v>1061</v>
       </c>
       <c r="C534" s="17" t="s">
         <v>1062</v>
       </c>
       <c r="D534" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E534" s="18">
-        <v>3486.501193</v>
+        <v>635.026392</v>
       </c>
       <c r="F534" s="3"/>
     </row>
     <row r="535" spans="1:6">
       <c r="A535" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B535" s="17" t="s">
         <v>1063</v>
       </c>
       <c r="C535" s="17" t="s">
         <v>1064</v>
       </c>
       <c r="D535" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E535" s="18">
-        <v>3654.321299</v>
+        <v>236.034942</v>
       </c>
       <c r="F535" s="3"/>
     </row>
     <row r="536" spans="1:6">
       <c r="A536" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B536" s="17" t="s">
         <v>1065</v>
       </c>
       <c r="C536" s="17" t="s">
         <v>1066</v>
       </c>
       <c r="D536" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E536" s="18">
-        <v>3823.681039000001</v>
+        <v>70.558488</v>
       </c>
       <c r="F536" s="3"/>
     </row>
     <row r="537" spans="1:6">
       <c r="A537" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B537" s="17" t="s">
         <v>1067</v>
       </c>
       <c r="C537" s="17" t="s">
         <v>1068</v>
       </c>
       <c r="D537" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E537" s="18">
-        <v>3439.542356</v>
+        <v>70.558488</v>
       </c>
       <c r="F537" s="3"/>
     </row>
     <row r="538" spans="1:6">
       <c r="A538" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B538" s="17" t="s">
         <v>1069</v>
       </c>
       <c r="C538" s="17" t="s">
         <v>1070</v>
       </c>
       <c r="D538" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E538" s="18">
-        <v>3590.426488</v>
+        <v>79.79828999999999</v>
       </c>
       <c r="F538" s="3"/>
     </row>
     <row r="539" spans="1:6">
       <c r="A539" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B539" s="17" t="s">
         <v>1071</v>
       </c>
       <c r="C539" s="17" t="s">
         <v>1072</v>
       </c>
       <c r="D539" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E539" s="18">
-        <v>3959.168831</v>
+        <v>89.03809200000001</v>
       </c>
       <c r="F539" s="3"/>
     </row>
     <row r="540" spans="1:6">
       <c r="A540" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B540" s="17" t="s">
         <v>1073</v>
       </c>
       <c r="C540" s="17" t="s">
         <v>1074</v>
       </c>
       <c r="D540" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E540" s="18">
-        <v>4118.52095</v>
+        <v>115.917516</v>
       </c>
       <c r="F540" s="3"/>
     </row>
     <row r="541" spans="1:6">
       <c r="A541" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B541" s="17" t="s">
         <v>1075</v>
       </c>
       <c r="C541" s="17" t="s">
         <v>1076</v>
       </c>
       <c r="D541" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E541" s="18">
-        <v>3354.862486</v>
+        <v>5721.957384</v>
       </c>
       <c r="F541" s="3"/>
     </row>
     <row r="542" spans="1:6">
       <c r="A542" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B542" s="17" t="s">
         <v>1077</v>
       </c>
       <c r="C542" s="17" t="s">
         <v>1078</v>
       </c>
       <c r="D542" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E542" s="18">
-        <v>3515.754239</v>
+        <v>7380.921834</v>
       </c>
       <c r="F542" s="3"/>
     </row>
     <row r="543" spans="1:6">
       <c r="A543" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B543" s="17" t="s">
         <v>1079</v>
       </c>
       <c r="C543" s="17" t="s">
         <v>1080</v>
       </c>
       <c r="D543" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E543" s="18">
-        <v>3658.170384</v>
+        <v>10701.37068</v>
       </c>
       <c r="F543" s="3"/>
     </row>
     <row r="544" spans="1:6">
       <c r="A544" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B544" s="17" t="s">
         <v>1081</v>
       </c>
       <c r="C544" s="17" t="s">
         <v>1082</v>
       </c>
       <c r="D544" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E544" s="18">
-        <v>3922.987432</v>
+        <v>920.620272</v>
       </c>
       <c r="F544" s="3"/>
     </row>
     <row r="545" spans="1:6">
       <c r="A545" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B545" s="17" t="s">
         <v>1083</v>
       </c>
       <c r="C545" s="17" t="s">
         <v>1084</v>
       </c>
       <c r="D545" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E545" s="18">
-        <v>3292.507309000001</v>
+        <v>1515.327528</v>
       </c>
       <c r="F545" s="3"/>
     </row>
     <row r="546" spans="1:6">
       <c r="A546" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B546" s="17" t="s">
         <v>1085</v>
       </c>
       <c r="C546" s="17" t="s">
         <v>1086</v>
       </c>
       <c r="D546" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E546" s="18">
-        <v>3439.542356</v>
+        <v>1049.9775</v>
       </c>
       <c r="F546" s="3"/>
     </row>
     <row r="547" spans="1:6">
       <c r="A547" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B547" s="17" t="s">
         <v>1087</v>
       </c>
       <c r="C547" s="17" t="s">
         <v>1088</v>
       </c>
       <c r="D547" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E547" s="18">
-        <v>3590.426488</v>
+        <v>1732.882866</v>
       </c>
       <c r="F547" s="3"/>
     </row>
     <row r="548" spans="1:6">
       <c r="A548" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B548" s="17" t="s">
         <v>1089</v>
       </c>
       <c r="C548" s="17" t="s">
         <v>1090</v>
       </c>
       <c r="D548" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E548" s="18">
-        <v>3879.87768</v>
+        <v>4419.985283999999</v>
       </c>
       <c r="F548" s="3"/>
     </row>
     <row r="549" spans="1:6">
       <c r="A549" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B549" s="17" t="s">
         <v>1091</v>
       </c>
       <c r="C549" s="17" t="s">
         <v>1092</v>
       </c>
       <c r="D549" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E549" s="18">
-        <v>5822.895788000001</v>
+        <v>269.634222</v>
       </c>
       <c r="F549" s="3"/>
     </row>
     <row r="550" spans="1:6">
       <c r="A550" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B550" s="17" t="s">
         <v>1093</v>
       </c>
       <c r="C550" s="17" t="s">
         <v>1094</v>
       </c>
       <c r="D550" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E550" s="18">
-        <v>6123.894235</v>
+        <v>425.0308919999999</v>
       </c>
       <c r="F550" s="3"/>
     </row>
     <row r="551" spans="1:6">
       <c r="A551" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B551" s="17" t="s">
         <v>1095</v>
       </c>
       <c r="C551" s="17" t="s">
         <v>1096</v>
       </c>
       <c r="D551" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E551" s="18">
-        <v>6302.491779000001</v>
+        <v>527.508696</v>
       </c>
       <c r="F551" s="3"/>
     </row>
     <row r="552" spans="1:6">
       <c r="A552" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B552" s="17" t="s">
         <v>1097</v>
       </c>
       <c r="C552" s="17" t="s">
         <v>1098</v>
       </c>
       <c r="D552" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E552" s="18">
-        <v>6870.616725000001</v>
+        <v>825.702306</v>
       </c>
       <c r="F552" s="3"/>
     </row>
     <row r="553" spans="1:6">
       <c r="A553" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B553" s="17" t="s">
         <v>1099</v>
       </c>
       <c r="C553" s="17" t="s">
         <v>1100</v>
       </c>
       <c r="D553" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E553" s="18">
-        <v>5805.189997</v>
+        <v>873.58128</v>
       </c>
       <c r="F553" s="3"/>
     </row>
     <row r="554" spans="1:6">
       <c r="A554" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B554" s="17" t="s">
         <v>1101</v>
       </c>
       <c r="C554" s="17" t="s">
         <v>1102</v>
       </c>
       <c r="D554" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E554" s="18">
-        <v>6026.897293000001</v>
+        <v>915.58038</v>
       </c>
       <c r="F554" s="3"/>
     </row>
     <row r="555" spans="1:6">
       <c r="A555" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B555" s="17" t="s">
         <v>1103</v>
       </c>
       <c r="C555" s="17" t="s">
         <v>1104</v>
       </c>
       <c r="D555" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E555" s="18">
-        <v>6599.641141000001</v>
+        <v>962.619372</v>
       </c>
       <c r="F555" s="3"/>
     </row>
     <row r="556" spans="1:6">
       <c r="A556" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B556" s="17" t="s">
         <v>1105</v>
       </c>
       <c r="C556" s="17" t="s">
         <v>1106</v>
       </c>
       <c r="D556" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E556" s="18">
-        <v>7222.423094</v>
+        <v>1097.016492</v>
       </c>
       <c r="F556" s="3"/>
     </row>
     <row r="557" spans="1:6">
       <c r="A557" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B557" s="17" t="s">
         <v>1107</v>
       </c>
       <c r="C557" s="17" t="s">
-        <v>799</v>
+        <v>1108</v>
       </c>
       <c r="D557" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E557" s="18">
-        <v>2494.20708</v>
+        <v>1147.415412</v>
       </c>
       <c r="F557" s="3"/>
     </row>
     <row r="558" spans="1:6">
       <c r="A558" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B558" s="17" t="s">
-        <v>1108</v>
+        <v>1109</v>
       </c>
       <c r="C558" s="17" t="s">
-        <v>1109</v>
+        <v>1110</v>
       </c>
       <c r="D558" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E558" s="18">
-        <v>1277.89622</v>
+        <v>1198.654314</v>
       </c>
       <c r="F558" s="3"/>
     </row>
     <row r="559" spans="1:6">
       <c r="A559" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B559" s="17" t="s">
-        <v>1110</v>
+        <v>1111</v>
       </c>
       <c r="C559" s="17" t="s">
-        <v>1111</v>
+        <v>1112</v>
       </c>
       <c r="D559" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E559" s="18">
-        <v>1277.89622</v>
+        <v>1247.37327</v>
       </c>
       <c r="F559" s="3"/>
     </row>
     <row r="560" spans="1:6">
       <c r="A560" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B560" s="17" t="s">
-        <v>1112</v>
+        <v>1113</v>
       </c>
       <c r="C560" s="17" t="s">
-        <v>1113</v>
+        <v>1114</v>
       </c>
       <c r="D560" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E560" s="18">
-        <v>2494.20708</v>
+        <v>1394.37012</v>
       </c>
       <c r="F560" s="3"/>
     </row>
     <row r="561" spans="1:6">
       <c r="A561" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B561" s="17" t="s">
-        <v>1114</v>
+        <v>1115</v>
       </c>
       <c r="C561" s="17" t="s">
-        <v>1113</v>
+        <v>1116</v>
       </c>
       <c r="D561" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E561" s="18">
-        <v>2476.501289</v>
+        <v>1413.689706</v>
       </c>
       <c r="F561" s="3"/>
     </row>
     <row r="562" spans="1:6">
       <c r="A562" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B562" s="17" t="s">
-        <v>1115</v>
+        <v>1117</v>
       </c>
       <c r="C562" s="17" t="s">
-        <v>1116</v>
+        <v>1118</v>
       </c>
       <c r="D562" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E562" s="18">
-        <v>1189.367265</v>
+        <v>1569.926358</v>
       </c>
       <c r="F562" s="3"/>
     </row>
     <row r="563" spans="1:6">
       <c r="A563" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B563" s="17" t="s">
-        <v>1117</v>
+        <v>1119</v>
       </c>
       <c r="C563" s="17" t="s">
-        <v>1118</v>
+        <v>1120</v>
       </c>
       <c r="D563" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E563" s="18">
-        <v>27571.765672</v>
+        <v>1595.125818</v>
       </c>
       <c r="F563" s="3"/>
     </row>
     <row r="564" spans="1:6">
       <c r="A564" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B564" s="17" t="s">
-        <v>1119</v>
+        <v>1121</v>
       </c>
       <c r="C564" s="17" t="s">
-        <v>1120</v>
+        <v>1122</v>
       </c>
       <c r="D564" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E564" s="18">
-        <v>27571.765672</v>
+        <v>28200.715686</v>
       </c>
       <c r="F564" s="3"/>
     </row>
     <row r="565" spans="1:6">
       <c r="A565" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B565" s="17" t="s">
-        <v>1121</v>
+        <v>1123</v>
       </c>
       <c r="C565" s="17" t="s">
-        <v>1122</v>
+        <v>1124</v>
       </c>
       <c r="D565" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E565" s="18">
-        <v>28030.576604</v>
+        <v>23.519496</v>
       </c>
       <c r="F565" s="3"/>
     </row>
     <row r="566" spans="1:6">
       <c r="A566" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B566" s="17" t="s">
-        <v>1123</v>
+        <v>1125</v>
       </c>
       <c r="C566" s="17" t="s">
-        <v>1124</v>
+        <v>1126</v>
       </c>
       <c r="D566" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E566" s="18">
-        <v>4814.435518</v>
+        <v>23.519496</v>
       </c>
       <c r="F566" s="3"/>
     </row>
     <row r="567" spans="1:6">
       <c r="A567" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B567" s="17" t="s">
-        <v>1125</v>
+        <v>1127</v>
       </c>
       <c r="C567" s="17" t="s">
-        <v>1126</v>
+        <v>1128</v>
       </c>
       <c r="D567" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E567" s="18">
-        <v>4814.435518</v>
+        <v>23.519496</v>
       </c>
       <c r="F567" s="3"/>
     </row>
     <row r="568" spans="1:6">
       <c r="A568" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B568" s="17" t="s">
-        <v>1127</v>
+        <v>1129</v>
       </c>
       <c r="C568" s="17" t="s">
-        <v>1128</v>
+        <v>1130</v>
       </c>
       <c r="D568" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E568" s="18">
-        <v>4544.999568</v>
+        <v>23.519496</v>
       </c>
       <c r="F568" s="3"/>
     </row>
     <row r="569" spans="1:6">
       <c r="A569" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B569" s="17" t="s">
-        <v>1129</v>
+        <v>1131</v>
       </c>
       <c r="C569" s="17" t="s">
-        <v>1130</v>
+        <v>1132</v>
       </c>
       <c r="D569" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E569" s="18">
-        <v>4674.328824</v>
+        <v>23.519496</v>
       </c>
       <c r="F569" s="3"/>
     </row>
     <row r="570" spans="1:6">
       <c r="A570" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B570" s="17" t="s">
-        <v>1131</v>
+        <v>1133</v>
       </c>
       <c r="C570" s="17" t="s">
-        <v>1132</v>
+        <v>1134</v>
       </c>
       <c r="D570" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E570" s="18">
-        <v>4798.269361</v>
+        <v>23.519496</v>
       </c>
       <c r="F570" s="3"/>
     </row>
     <row r="571" spans="1:6">
       <c r="A571" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B571" s="17" t="s">
-        <v>1133</v>
+        <v>1135</v>
       </c>
       <c r="C571" s="17" t="s">
-        <v>1134</v>
+        <v>1136</v>
       </c>
       <c r="D571" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E571" s="18">
-        <v>5026.135193000001</v>
+        <v>23.519496</v>
       </c>
       <c r="F571" s="3"/>
     </row>
     <row r="572" spans="1:6">
       <c r="A572" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B572" s="17" t="s">
-        <v>1135</v>
+        <v>1137</v>
       </c>
       <c r="C572" s="17" t="s">
-        <v>1136</v>
+        <v>1138</v>
       </c>
       <c r="D572" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E572" s="18">
-        <v>4050.777054</v>
+        <v>23.519496</v>
       </c>
       <c r="F572" s="3"/>
     </row>
     <row r="573" spans="1:6">
       <c r="A573" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B573" s="17" t="s">
-        <v>1137</v>
+        <v>1139</v>
       </c>
       <c r="C573" s="17" t="s">
-        <v>1138</v>
+        <v>1140</v>
       </c>
       <c r="D573" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E573" s="18">
-        <v>1100.83831</v>
+        <v>23.519496</v>
       </c>
       <c r="F573" s="3"/>
     </row>
     <row r="574" spans="1:6">
       <c r="A574" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B574" s="17" t="s">
-        <v>1139</v>
+        <v>1141</v>
       </c>
       <c r="C574" s="17" t="s">
-        <v>1140</v>
+        <v>1142</v>
       </c>
       <c r="D574" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E574" s="18">
-        <v>994.603564</v>
+        <v>334.312836</v>
       </c>
       <c r="F574" s="3"/>
     </row>
     <row r="575" spans="1:6">
       <c r="A575" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B575" s="17" t="s">
-        <v>1141</v>
+        <v>1143</v>
       </c>
       <c r="C575" s="17" t="s">
-        <v>1142</v>
+        <v>1144</v>
       </c>
       <c r="D575" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E575" s="18">
-        <v>4510.357803000001</v>
+        <v>455.270244</v>
       </c>
       <c r="F575" s="3"/>
     </row>
     <row r="576" spans="1:6">
       <c r="A576" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B576" s="17" t="s">
-        <v>1143</v>
+        <v>1145</v>
       </c>
       <c r="C576" s="17" t="s">
-        <v>1144</v>
+        <v>1146</v>
       </c>
       <c r="D576" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E576" s="18">
-        <v>4685.876079</v>
+        <v>886.18101</v>
       </c>
       <c r="F576" s="3"/>
     </row>
     <row r="577" spans="1:6">
       <c r="A577" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B577" s="17" t="s">
-        <v>1145</v>
+        <v>1147</v>
       </c>
       <c r="C577" s="17" t="s">
-        <v>1146</v>
+        <v>1148</v>
       </c>
       <c r="D577" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E577" s="18">
-        <v>4936.066604000001</v>
+        <v>1107.096276</v>
       </c>
       <c r="F577" s="3"/>
     </row>
     <row r="578" spans="1:6">
       <c r="A578" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B578" s="17" t="s">
-        <v>1147</v>
+        <v>1149</v>
       </c>
       <c r="C578" s="17" t="s">
-        <v>1148</v>
+        <v>1150</v>
       </c>
       <c r="D578" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E578" s="18">
-        <v>5547.301302000001</v>
+        <v>287.273844</v>
       </c>
       <c r="F578" s="3"/>
     </row>
     <row r="579" spans="1:6">
       <c r="A579" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B579" s="17" t="s">
-        <v>1149</v>
+        <v>1151</v>
       </c>
       <c r="C579" s="17" t="s">
-        <v>1150</v>
+        <v>1152</v>
       </c>
       <c r="D579" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E579" s="18">
-        <v>4172.40814</v>
+        <v>383.871774</v>
       </c>
       <c r="F579" s="3"/>
     </row>
     <row r="580" spans="1:6">
       <c r="A580" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B580" s="17" t="s">
-        <v>1151</v>
+        <v>1153</v>
       </c>
       <c r="C580" s="17" t="s">
-        <v>1152</v>
+        <v>1154</v>
       </c>
       <c r="D580" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E580" s="18">
-        <v>4561.935542</v>
+        <v>464.510046</v>
       </c>
       <c r="F580" s="3"/>
     </row>
     <row r="581" spans="1:6">
       <c r="A581" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B581" s="17" t="s">
-        <v>1153</v>
+        <v>1155</v>
       </c>
       <c r="C581" s="17" t="s">
-        <v>1154</v>
+        <v>1156</v>
       </c>
       <c r="D581" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E581" s="18">
-        <v>4865.24344</v>
+        <v>635.026392</v>
       </c>
       <c r="F581" s="3"/>
     </row>
     <row r="582" spans="1:6">
       <c r="A582" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B582" s="17" t="s">
-        <v>1155</v>
+        <v>1157</v>
       </c>
       <c r="C582" s="17" t="s">
-        <v>1156</v>
+        <v>1158</v>
       </c>
       <c r="D582" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E582" s="18">
-        <v>5768.238781000001</v>
+        <v>236.034942</v>
       </c>
       <c r="F582" s="3"/>
     </row>
     <row r="583" spans="1:6">
       <c r="A583" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B583" s="17" t="s">
-        <v>1157</v>
+        <v>1159</v>
       </c>
       <c r="C583" s="17" t="s">
-        <v>1158</v>
+        <v>1160</v>
       </c>
       <c r="D583" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E583" s="18">
-        <v>4151.623081</v>
+        <v>763.543638</v>
       </c>
       <c r="F583" s="3"/>
     </row>
     <row r="584" spans="1:6">
       <c r="A584" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B584" s="17" t="s">
-        <v>1159</v>
+        <v>1161</v>
       </c>
       <c r="C584" s="17" t="s">
-        <v>1160</v>
+        <v>1162</v>
       </c>
       <c r="D584" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E584" s="18">
-        <v>4563.475176</v>
+        <v>1047.457554</v>
       </c>
       <c r="F584" s="3"/>
     </row>
     <row r="585" spans="1:6">
       <c r="A585" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B585" s="17" t="s">
-        <v>1161</v>
+        <v>1163</v>
       </c>
       <c r="C585" s="17" t="s">
-        <v>1162</v>
+        <v>1164</v>
       </c>
       <c r="D585" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E585" s="18">
-        <v>4973.787637</v>
+        <v>1213.77399</v>
       </c>
       <c r="F585" s="3"/>
     </row>
     <row r="586" spans="1:6">
       <c r="A586" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B586" s="17" t="s">
-        <v>1163</v>
+        <v>1165</v>
       </c>
       <c r="C586" s="17" t="s">
-        <v>1164</v>
+        <v>1166</v>
       </c>
       <c r="D586" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E586" s="18">
-        <v>5806.729631000001</v>
+        <v>1536.327078</v>
       </c>
       <c r="F586" s="3"/>
     </row>
     <row r="587" spans="1:6">
       <c r="A587" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B587" s="17" t="s">
-        <v>1165</v>
+        <v>1167</v>
       </c>
       <c r="C587" s="17" t="s">
-        <v>1166</v>
+        <v>1168</v>
       </c>
       <c r="D587" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E587" s="18">
-        <v>4207.049905</v>
+        <v>704.744898</v>
       </c>
       <c r="F587" s="3"/>
     </row>
     <row r="588" spans="1:6">
       <c r="A588" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B588" s="17" t="s">
-        <v>1167</v>
+        <v>1169</v>
       </c>
       <c r="C588" s="17" t="s">
-        <v>1168</v>
+        <v>1170</v>
       </c>
       <c r="D588" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E588" s="18">
-        <v>4367.941658000001</v>
+        <v>818.142468</v>
       </c>
       <c r="F588" s="3"/>
     </row>
     <row r="589" spans="1:6">
       <c r="A589" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B589" s="17" t="s">
-        <v>1169</v>
+        <v>1171</v>
       </c>
       <c r="C589" s="17" t="s">
-        <v>1170</v>
+        <v>1172</v>
       </c>
       <c r="D589" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E589" s="18">
-        <v>4561.935542</v>
+        <v>948.3396779999999</v>
       </c>
       <c r="F589" s="3"/>
     </row>
     <row r="590" spans="1:6">
       <c r="A590" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B590" s="17" t="s">
-        <v>1171</v>
+        <v>1173</v>
       </c>
       <c r="C590" s="17" t="s">
-        <v>1172</v>
+        <v>1174</v>
       </c>
       <c r="D590" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E590" s="18">
-        <v>4882.949231000001</v>
+        <v>1171.77489</v>
       </c>
       <c r="F590" s="3"/>
     </row>
     <row r="591" spans="1:6">
       <c r="A591" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B591" s="17" t="s">
-        <v>1173</v>
+        <v>1175</v>
       </c>
       <c r="C591" s="17" t="s">
-        <v>1174</v>
+        <v>1176</v>
       </c>
       <c r="D591" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E591" s="18">
-        <v>3337.156695</v>
+        <v>647.626122</v>
       </c>
       <c r="F591" s="3"/>
     </row>
     <row r="592" spans="1:6">
       <c r="A592" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B592" s="17" t="s">
-        <v>1175</v>
+        <v>1177</v>
       </c>
       <c r="C592" s="17" t="s">
-        <v>1176</v>
+        <v>1178</v>
       </c>
       <c r="D592" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E592" s="18">
-        <v>3515.754239</v>
+        <v>514.068984</v>
       </c>
       <c r="F592" s="3"/>
     </row>
     <row r="593" spans="1:6">
       <c r="A593" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B593" s="17" t="s">
-        <v>1177</v>
+        <v>1179</v>
       </c>
       <c r="C593" s="17" t="s">
-        <v>1178</v>
+        <v>1180</v>
       </c>
       <c r="D593" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E593" s="18">
-        <v>3692.812149</v>
+        <v>612.3468779999999</v>
       </c>
       <c r="F593" s="3"/>
     </row>
     <row r="594" spans="1:6">
       <c r="A594" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B594" s="17" t="s">
-        <v>1179</v>
+        <v>1181</v>
       </c>
       <c r="C594" s="17" t="s">
-        <v>1180</v>
+        <v>1182</v>
       </c>
       <c r="D594" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E594" s="18">
-        <v>4047.697786</v>
+        <v>725.744448</v>
       </c>
       <c r="F594" s="3"/>
     </row>
     <row r="595" spans="1:6">
       <c r="A595" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B595" s="17" t="s">
-        <v>1181</v>
+        <v>1183</v>
       </c>
       <c r="C595" s="17" t="s">
-        <v>1182</v>
+        <v>1184</v>
       </c>
       <c r="D595" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E595" s="18">
-        <v>3391.043885</v>
+        <v>851.741748</v>
       </c>
       <c r="F595" s="3"/>
     </row>
     <row r="596" spans="1:6">
       <c r="A596" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B596" s="17" t="s">
-        <v>1183</v>
+        <v>1185</v>
       </c>
       <c r="C596" s="17" t="s">
-        <v>1184</v>
+        <v>1186</v>
       </c>
       <c r="D596" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E596" s="18">
-        <v>3603.513377</v>
+        <v>944.97975</v>
       </c>
       <c r="F596" s="3"/>
     </row>
     <row r="597" spans="1:6">
       <c r="A597" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B597" s="17" t="s">
-        <v>1185</v>
+        <v>1187</v>
       </c>
       <c r="C597" s="17" t="s">
-        <v>1186</v>
+        <v>1188</v>
       </c>
       <c r="D597" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E597" s="18">
-        <v>3817.522503000001</v>
+        <v>1065.937158</v>
       </c>
       <c r="F597" s="3"/>
     </row>
     <row r="598" spans="1:6">
       <c r="A598" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B598" s="17" t="s">
-        <v>1187</v>
+        <v>1189</v>
       </c>
       <c r="C598" s="17" t="s">
-        <v>1188</v>
+        <v>1190</v>
       </c>
       <c r="D598" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E598" s="18">
-        <v>4251.699291</v>
+        <v>334.312836</v>
       </c>
       <c r="F598" s="3"/>
     </row>
     <row r="599" spans="1:6">
       <c r="A599" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B599" s="17" t="s">
-        <v>1189</v>
+        <v>1191</v>
       </c>
       <c r="C599" s="17" t="s">
-        <v>1190</v>
+        <v>1192</v>
       </c>
       <c r="D599" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E599" s="18">
-        <v>3870.639876</v>
+        <v>455.270244</v>
       </c>
       <c r="F599" s="3"/>
     </row>
     <row r="600" spans="1:6">
       <c r="A600" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B600" s="17" t="s">
-        <v>1191</v>
+        <v>1193</v>
       </c>
       <c r="C600" s="17" t="s">
-        <v>1192</v>
+        <v>1194</v>
       </c>
       <c r="D600" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E600" s="18">
-        <v>4030.761812</v>
+        <v>886.18101</v>
       </c>
       <c r="F600" s="3"/>
     </row>
     <row r="601" spans="1:6">
       <c r="A601" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B601" s="17" t="s">
-        <v>1193</v>
+        <v>1195</v>
       </c>
       <c r="C601" s="17" t="s">
-        <v>1194</v>
+        <v>1196</v>
       </c>
       <c r="D601" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E601" s="18">
-        <v>4172.40814</v>
+        <v>1107.096276</v>
       </c>
       <c r="F601" s="3"/>
     </row>
     <row r="602" spans="1:6">
       <c r="A602" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B602" s="17" t="s">
-        <v>1195</v>
+        <v>1197</v>
       </c>
       <c r="C602" s="17" t="s">
-        <v>1196</v>
+        <v>1198</v>
       </c>
       <c r="D602" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E602" s="18">
-        <v>4473.406587</v>
+        <v>287.273844</v>
       </c>
       <c r="F602" s="3"/>
     </row>
     <row r="603" spans="1:6">
       <c r="A603" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B603" s="17" t="s">
-        <v>1197</v>
+        <v>1199</v>
       </c>
       <c r="C603" s="17" t="s">
-        <v>1198</v>
+        <v>1200</v>
       </c>
       <c r="D603" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E603" s="18">
-        <v>3090.045438</v>
+        <v>383.871774</v>
       </c>
       <c r="F603" s="3"/>
     </row>
     <row r="604" spans="1:6">
       <c r="A604" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B604" s="17" t="s">
-        <v>1199</v>
+        <v>1201</v>
       </c>
       <c r="C604" s="17" t="s">
-        <v>1200</v>
+        <v>1202</v>
       </c>
       <c r="D604" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E604" s="18">
-        <v>3265.563714</v>
+        <v>464.510046</v>
       </c>
       <c r="F604" s="3"/>
     </row>
     <row r="605" spans="1:6">
       <c r="A605" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B605" s="17" t="s">
-        <v>1201</v>
+        <v>1203</v>
       </c>
       <c r="C605" s="17" t="s">
-        <v>1202</v>
+        <v>1204</v>
       </c>
       <c r="D605" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E605" s="18">
-        <v>3444.931075</v>
+        <v>635.026392</v>
       </c>
       <c r="F605" s="3"/>
     </row>
     <row r="606" spans="1:6">
       <c r="A606" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B606" s="17" t="s">
-        <v>1203</v>
+        <v>1205</v>
       </c>
       <c r="C606" s="17" t="s">
-        <v>1204</v>
+        <v>1206</v>
       </c>
       <c r="D606" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E606" s="18">
-        <v>3780.571287</v>
+        <v>236.034942</v>
       </c>
       <c r="F606" s="3"/>
     </row>
     <row r="607" spans="1:6">
       <c r="A607" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B607" s="17" t="s">
-        <v>1205</v>
+        <v>1207</v>
       </c>
       <c r="C607" s="17" t="s">
-        <v>1206</v>
+        <v>1208</v>
       </c>
       <c r="D607" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E607" s="18">
-        <v>3124.687203</v>
+        <v>1488.448104</v>
       </c>
       <c r="F607" s="3"/>
     </row>
     <row r="608" spans="1:6">
       <c r="A608" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B608" s="17" t="s">
-        <v>1207</v>
+        <v>1209</v>
       </c>
       <c r="C608" s="17" t="s">
-        <v>1208</v>
+        <v>1210</v>
       </c>
       <c r="D608" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E608" s="18">
-        <v>3337.156695</v>
+        <v>456.950208</v>
       </c>
       <c r="F608" s="3"/>
     </row>
     <row r="609" spans="1:6">
       <c r="A609" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B609" s="17" t="s">
-        <v>1209</v>
+        <v>1211</v>
       </c>
       <c r="C609" s="17" t="s">
-        <v>1210</v>
+        <v>1212</v>
       </c>
       <c r="D609" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E609" s="18">
-        <v>3546.546919</v>
+        <v>506.509146</v>
       </c>
       <c r="F609" s="3"/>
     </row>
     <row r="610" spans="1:6">
       <c r="A610" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B610" s="17" t="s">
-        <v>1211</v>
+        <v>1213</v>
       </c>
       <c r="C610" s="17" t="s">
-        <v>1212</v>
+        <v>1214</v>
       </c>
       <c r="D610" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E610" s="18">
-        <v>3993.810596</v>
+        <v>1126.415862</v>
       </c>
       <c r="F610" s="3"/>
     </row>
     <row r="611" spans="1:6">
       <c r="A611" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B611" s="17" t="s">
-        <v>1213</v>
+        <v>1215</v>
       </c>
       <c r="C611" s="17" t="s">
-        <v>1214</v>
+        <v>1216</v>
       </c>
       <c r="D611" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E611" s="18">
-        <v>5876.013161</v>
+        <v>334.312836</v>
       </c>
       <c r="F611" s="3"/>
     </row>
     <row r="612" spans="1:6">
       <c r="A612" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B612" s="17" t="s">
-        <v>1215</v>
+        <v>1217</v>
       </c>
       <c r="C612" s="17" t="s">
-        <v>1216</v>
+        <v>1218</v>
       </c>
       <c r="D612" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E612" s="18">
-        <v>6143.13966</v>
+        <v>455.270244</v>
       </c>
       <c r="F612" s="3"/>
     </row>
     <row r="613" spans="1:6">
       <c r="A613" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B613" s="17" t="s">
-        <v>1217</v>
+        <v>1219</v>
       </c>
       <c r="C613" s="17" t="s">
-        <v>1218</v>
+        <v>1220</v>
       </c>
       <c r="D613" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E613" s="18">
-        <v>6621.196017000001</v>
+        <v>886.18101</v>
       </c>
       <c r="F613" s="3"/>
     </row>
     <row r="614" spans="1:6">
       <c r="A614" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B614" s="17" t="s">
-        <v>1219</v>
+        <v>1221</v>
       </c>
       <c r="C614" s="17" t="s">
-        <v>1220</v>
+        <v>1222</v>
       </c>
       <c r="D614" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E614" s="18">
-        <v>7153.909381000001</v>
+        <v>1107.096276</v>
       </c>
       <c r="F614" s="3"/>
     </row>
     <row r="615" spans="1:6">
       <c r="A615" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B615" s="17" t="s">
-        <v>1221</v>
+        <v>1223</v>
       </c>
       <c r="C615" s="17" t="s">
-        <v>1222</v>
+        <v>1224</v>
       </c>
       <c r="D615" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E615" s="18">
-        <v>5698.185434</v>
+        <v>287.273844</v>
       </c>
       <c r="F615" s="3"/>
     </row>
     <row r="616" spans="1:6">
       <c r="A616" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B616" s="17" t="s">
-        <v>1223</v>
+        <v>1225</v>
       </c>
       <c r="C616" s="17" t="s">
-        <v>1224</v>
+        <v>1226</v>
       </c>
       <c r="D616" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E616" s="18">
-        <v>5822.895788000001</v>
+        <v>383.871774</v>
       </c>
       <c r="F616" s="3"/>
     </row>
     <row r="617" spans="1:6">
       <c r="A617" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B617" s="17" t="s">
-        <v>1225</v>
+        <v>1227</v>
       </c>
       <c r="C617" s="17" t="s">
-        <v>1226</v>
+        <v>1228</v>
       </c>
       <c r="D617" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E617" s="18">
-        <v>5982.247907</v>
+        <v>464.510046</v>
       </c>
       <c r="F617" s="3"/>
     </row>
     <row r="618" spans="1:6">
       <c r="A618" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B618" s="17" t="s">
-        <v>1227</v>
+        <v>1229</v>
       </c>
       <c r="C618" s="17" t="s">
-        <v>1228</v>
+        <v>1230</v>
       </c>
       <c r="D618" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E618" s="18">
-        <v>6265.540563</v>
+        <v>635.026392</v>
       </c>
       <c r="F618" s="3"/>
     </row>
     <row r="619" spans="1:6">
       <c r="A619" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B619" s="17" t="s">
-        <v>1229</v>
+        <v>1231</v>
       </c>
       <c r="C619" s="17" t="s">
-        <v>1230</v>
+        <v>1232</v>
       </c>
       <c r="D619" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E619" s="18">
-        <v>5893.718952</v>
+        <v>236.034942</v>
       </c>
       <c r="F619" s="3"/>
     </row>
     <row r="620" spans="1:6">
       <c r="A620" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B620" s="17" t="s">
-        <v>1231</v>
+        <v>1233</v>
       </c>
       <c r="C620" s="17" t="s">
-        <v>1232</v>
+        <v>1234</v>
       </c>
       <c r="D620" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E620" s="18">
-        <v>6160.075634</v>
+        <v>334.312836</v>
       </c>
       <c r="F620" s="3"/>
     </row>
     <row r="621" spans="1:6">
       <c r="A621" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B621" s="17" t="s">
-        <v>1233</v>
+        <v>1235</v>
       </c>
       <c r="C621" s="17" t="s">
-        <v>1234</v>
+        <v>1236</v>
       </c>
       <c r="D621" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E621" s="18">
-        <v>6941.439889</v>
+        <v>455.270244</v>
       </c>
       <c r="F621" s="3"/>
     </row>
     <row r="622" spans="1:6">
       <c r="A622" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B622" s="17" t="s">
-        <v>1235</v>
+        <v>1237</v>
       </c>
       <c r="C622" s="17" t="s">
-        <v>1236</v>
+        <v>1238</v>
       </c>
       <c r="D622" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E622" s="18">
-        <v>1255.571527</v>
+        <v>886.18101</v>
       </c>
       <c r="F622" s="3"/>
     </row>
     <row r="623" spans="1:6">
       <c r="A623" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B623" s="17" t="s">
-        <v>1237</v>
+        <v>1239</v>
       </c>
       <c r="C623" s="17" t="s">
-        <v>1238</v>
+        <v>1240</v>
       </c>
       <c r="D623" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E623" s="18">
-        <v>4260.167278000001</v>
+        <v>1107.096276</v>
       </c>
       <c r="F623" s="3"/>
     </row>
     <row r="624" spans="1:6">
       <c r="A624" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B624" s="17" t="s">
-        <v>1239</v>
+        <v>1241</v>
       </c>
       <c r="C624" s="17" t="s">
-        <v>1240</v>
+        <v>1242</v>
       </c>
       <c r="D624" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E624" s="18">
-        <v>1100.83831</v>
+        <v>287.273844</v>
       </c>
       <c r="F624" s="3"/>
     </row>
     <row r="625" spans="1:6">
       <c r="A625" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B625" s="17" t="s">
-        <v>1241</v>
+        <v>1243</v>
       </c>
       <c r="C625" s="17" t="s">
-        <v>1242</v>
+        <v>1244</v>
       </c>
       <c r="D625" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E625" s="18">
-        <v>1153.185866</v>
+        <v>383.871774</v>
       </c>
       <c r="F625" s="3"/>
     </row>
     <row r="626" spans="1:6">
       <c r="A626" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B626" s="17" t="s">
-        <v>1243</v>
+        <v>1245</v>
       </c>
       <c r="C626" s="17" t="s">
-        <v>1244</v>
+        <v>1246</v>
       </c>
       <c r="D626" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E626" s="18">
-        <v>896.836805</v>
+        <v>464.510046</v>
       </c>
       <c r="F626" s="3"/>
     </row>
     <row r="627" spans="1:6">
       <c r="A627" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B627" s="17" t="s">
-        <v>1245</v>
+        <v>1247</v>
       </c>
       <c r="C627" s="17" t="s">
-        <v>1246</v>
+        <v>1248</v>
       </c>
       <c r="D627" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E627" s="18">
-        <v>948.4145440000001</v>
+        <v>635.026392</v>
       </c>
       <c r="F627" s="3"/>
     </row>
     <row r="628" spans="1:6">
       <c r="A628" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B628" s="17" t="s">
-        <v>1247</v>
+        <v>1249</v>
       </c>
       <c r="C628" s="17" t="s">
-        <v>1248</v>
+        <v>1250</v>
       </c>
       <c r="D628" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E628" s="18">
-        <v>4225.525513000001</v>
+        <v>236.034942</v>
       </c>
       <c r="F628" s="3"/>
     </row>
     <row r="629" spans="1:6">
       <c r="A629" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B629" s="17" t="s">
-        <v>1249</v>
+        <v>1251</v>
       </c>
       <c r="C629" s="17" t="s">
-        <v>1250</v>
+        <v>1252</v>
       </c>
       <c r="D629" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E629" s="18">
-        <v>4490.342561</v>
+        <v>1065.937158</v>
       </c>
       <c r="F629" s="3"/>
     </row>
     <row r="630" spans="1:6">
       <c r="A630" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B630" s="17" t="s">
-        <v>1251</v>
+        <v>1253</v>
       </c>
       <c r="C630" s="17" t="s">
-        <v>1252</v>
+        <v>1254</v>
       </c>
       <c r="D630" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E630" s="18">
-        <v>4775.174851000001</v>
+        <v>1297.77219</v>
       </c>
       <c r="F630" s="3"/>
     </row>
     <row r="631" spans="1:6">
       <c r="A631" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B631" s="17" t="s">
-        <v>1253</v>
+        <v>1255</v>
       </c>
       <c r="C631" s="17" t="s">
-        <v>1254</v>
+        <v>1256</v>
       </c>
       <c r="D631" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E631" s="18">
-        <v>5672.011656000001</v>
+        <v>1548.086826</v>
       </c>
       <c r="F631" s="3"/>
     </row>
     <row r="632" spans="1:6">
       <c r="A632" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B632" s="17" t="s">
-        <v>1255</v>
+        <v>1257</v>
       </c>
       <c r="C632" s="17" t="s">
-        <v>1256</v>
+        <v>1258</v>
       </c>
       <c r="D632" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E632" s="18">
-        <v>5965.311933</v>
+        <v>1742.96265</v>
       </c>
       <c r="F632" s="3"/>
     </row>
     <row r="633" spans="1:6">
       <c r="A633" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B633" s="17" t="s">
-        <v>1257</v>
+        <v>1259</v>
       </c>
       <c r="C633" s="17" t="s">
-        <v>1258</v>
+        <v>1260</v>
       </c>
       <c r="D633" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E633" s="18">
-        <v>6265.540563</v>
+        <v>2014.276836</v>
       </c>
       <c r="F633" s="3"/>
     </row>
     <row r="634" spans="1:6">
       <c r="A634" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B634" s="17" t="s">
-        <v>1259</v>
+        <v>1261</v>
       </c>
       <c r="C634" s="17" t="s">
-        <v>1260</v>
+        <v>1262</v>
       </c>
       <c r="D634" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E634" s="18">
-        <v>6585.784435</v>
+        <v>2328.430104</v>
       </c>
       <c r="F634" s="3"/>
     </row>
     <row r="635" spans="1:6">
       <c r="A635" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B635" s="17" t="s">
-        <v>1261</v>
+        <v>1263</v>
       </c>
       <c r="C635" s="17" t="s">
-        <v>1262</v>
+        <v>1264</v>
       </c>
       <c r="D635" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E635" s="18">
-        <v>7225.502362</v>
+        <v>514.908966</v>
       </c>
       <c r="F635" s="3"/>
     </row>
     <row r="636" spans="1:6">
       <c r="A636" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B636" s="17" t="s">
-        <v>1263</v>
+        <v>1265</v>
       </c>
       <c r="C636" s="17" t="s">
-        <v>1264</v>
+        <v>1266</v>
       </c>
       <c r="D636" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E636" s="18">
-        <v>4064.63376</v>
+        <v>334.312836</v>
       </c>
       <c r="F636" s="3"/>
     </row>
     <row r="637" spans="1:6">
       <c r="A637" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B637" s="17" t="s">
-        <v>1265</v>
+        <v>1267</v>
       </c>
       <c r="C637" s="17" t="s">
-        <v>1266</v>
+        <v>1268</v>
       </c>
       <c r="D637" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E637" s="18">
-        <v>4243.231304</v>
+        <v>455.270244</v>
       </c>
       <c r="F637" s="3"/>
     </row>
     <row r="638" spans="1:6">
       <c r="A638" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B638" s="17" t="s">
-        <v>1267</v>
+        <v>1269</v>
       </c>
       <c r="C638" s="17" t="s">
-        <v>1268</v>
+        <v>1270</v>
       </c>
       <c r="D638" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E638" s="18">
-        <v>4544.999568</v>
+        <v>635.026392</v>
       </c>
       <c r="F638" s="3"/>
     </row>
     <row r="639" spans="1:6">
       <c r="A639" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B639" s="17" t="s">
-        <v>1269</v>
+        <v>1271</v>
       </c>
       <c r="C639" s="17" t="s">
-        <v>1270</v>
+        <v>1272</v>
       </c>
       <c r="D639" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E639" s="18">
-        <v>5672.011656000001</v>
+        <v>972.699156</v>
       </c>
       <c r="F639" s="3"/>
     </row>
     <row r="640" spans="1:6">
       <c r="A640" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B640" s="17" t="s">
-        <v>1271</v>
+        <v>1273</v>
       </c>
       <c r="C640" s="17" t="s">
-        <v>1272</v>
+        <v>1274</v>
       </c>
       <c r="D640" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E640" s="18">
-        <v>860.655406</v>
+        <v>287.273844</v>
       </c>
       <c r="F640" s="3"/>
     </row>
     <row r="641" spans="1:6">
       <c r="A641" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B641" s="17" t="s">
-        <v>1273</v>
+        <v>1275</v>
       </c>
       <c r="C641" s="17" t="s">
-        <v>1274</v>
+        <v>1276</v>
       </c>
       <c r="D641" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E641" s="18">
-        <v>817.545654</v>
+        <v>383.871774</v>
       </c>
       <c r="F641" s="3"/>
     </row>
     <row r="642" spans="1:6">
       <c r="A642" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B642" s="17" t="s">
-        <v>1275</v>
+        <v>1277</v>
       </c>
       <c r="C642" s="17" t="s">
-        <v>1276</v>
+        <v>1278</v>
       </c>
       <c r="D642" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E642" s="18">
-        <v>860.655406</v>
+        <v>464.510046</v>
       </c>
       <c r="F642" s="3"/>
     </row>
     <row r="643" spans="1:6">
       <c r="A643" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B643" s="17" t="s">
-        <v>1277</v>
+        <v>1279</v>
       </c>
       <c r="C643" s="17" t="s">
-        <v>1278</v>
+        <v>1280</v>
       </c>
       <c r="D643" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E643" s="18">
-        <v>1658.955635</v>
+        <v>886.18101</v>
       </c>
       <c r="F643" s="3"/>
     </row>
     <row r="644" spans="1:6">
       <c r="A644" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B644" s="17" t="s">
-        <v>1279</v>
+        <v>1281</v>
       </c>
       <c r="C644" s="17" t="s">
-        <v>1280</v>
+        <v>1282</v>
       </c>
       <c r="D644" s="17" t="s">
-        <v>698</v>
+        <v>792</v>
       </c>
       <c r="E644" s="18">
-        <v>2698.208585</v>
+        <v>236.034942</v>
       </c>
       <c r="F644" s="3"/>
     </row>
     <row r="645" spans="1:6">
       <c r="A645" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B645" s="17" t="s">
-        <v>1281</v>
+        <v>1283</v>
       </c>
       <c r="C645" s="17" t="s">
-        <v>1282</v>
+        <v>1284</v>
       </c>
       <c r="D645" s="17" t="s">
-        <v>698</v>
+        <v>1285</v>
       </c>
       <c r="E645" s="18">
-        <v>5389.488817</v>
+        <v>7201.165686</v>
       </c>
       <c r="F645" s="3"/>
     </row>
     <row r="646" spans="1:6">
       <c r="A646" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B646" s="17" t="s">
-        <v>1283</v>
+        <v>1286</v>
       </c>
       <c r="C646" s="17" t="s">
-        <v>1284</v>
+        <v>1287</v>
       </c>
       <c r="D646" s="17" t="s">
-        <v>698</v>
+        <v>1285</v>
       </c>
       <c r="E646" s="18">
-        <v>3303.284747</v>
+        <v>3787.478838</v>
       </c>
       <c r="F646" s="3"/>
     </row>
     <row r="647" spans="1:6">
       <c r="A647" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B647" s="17" t="s">
+        <v>1288</v>
+      </c>
+      <c r="C647" s="17" t="s">
+        <v>1289</v>
+      </c>
+      <c r="D647" s="17" t="s">
         <v>1285</v>
       </c>
-      <c r="C647" s="17" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E647" s="18">
-        <v>3515.754239</v>
+        <v>3913.476138</v>
       </c>
       <c r="F647" s="3"/>
     </row>
     <row r="648" spans="1:6">
       <c r="A648" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B648" s="17" t="s">
-        <v>1287</v>
+        <v>1290</v>
       </c>
       <c r="C648" s="17" t="s">
-        <v>1288</v>
+        <v>1291</v>
       </c>
       <c r="D648" s="17" t="s">
-        <v>698</v>
+        <v>1285</v>
       </c>
       <c r="E648" s="18">
-        <v>3718.985927</v>
+        <v>3864.757182</v>
       </c>
       <c r="F648" s="3"/>
     </row>
     <row r="649" spans="1:6">
       <c r="A649" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B649" s="17" t="s">
-        <v>1289</v>
+        <v>1292</v>
       </c>
       <c r="C649" s="17" t="s">
-        <v>1290</v>
+        <v>1293</v>
       </c>
       <c r="D649" s="17" t="s">
-        <v>698</v>
+        <v>1285</v>
       </c>
       <c r="E649" s="18">
-        <v>4154.702349</v>
+        <v>1171.77489</v>
       </c>
       <c r="F649" s="3"/>
     </row>
     <row r="650" spans="1:6">
       <c r="A650" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B650" s="17" t="s">
-        <v>1291</v>
+        <v>1294</v>
       </c>
       <c r="C650" s="17" t="s">
-        <v>1292</v>
+        <v>1295</v>
       </c>
       <c r="D650" s="17" t="s">
-        <v>698</v>
+        <v>1285</v>
       </c>
       <c r="E650" s="18">
-        <v>4257.08801</v>
+        <v>1481.728248</v>
       </c>
       <c r="F650" s="3"/>
     </row>
     <row r="651" spans="1:6">
       <c r="A651" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B651" s="17" t="s">
-        <v>1293</v>
+        <v>1296</v>
       </c>
       <c r="C651" s="17" t="s">
-        <v>1294</v>
+        <v>1297</v>
       </c>
       <c r="D651" s="17" t="s">
-        <v>698</v>
+        <v>1285</v>
       </c>
       <c r="E651" s="18">
-        <v>4447.232809</v>
+        <v>1307.851974</v>
       </c>
       <c r="F651" s="3"/>
     </row>
     <row r="652" spans="1:6">
       <c r="A652" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B652" s="17" t="s">
-        <v>1295</v>
+        <v>1298</v>
       </c>
       <c r="C652" s="17" t="s">
-        <v>1296</v>
+        <v>1299</v>
       </c>
       <c r="D652" s="17" t="s">
-        <v>698</v>
+        <v>1285</v>
       </c>
       <c r="E652" s="18">
-        <v>4757.46906</v>
+        <v>443.510496</v>
       </c>
       <c r="F652" s="3"/>
     </row>
     <row r="653" spans="1:6">
       <c r="A653" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B653" s="17" t="s">
-        <v>1297</v>
+        <v>1300</v>
       </c>
       <c r="C653" s="17" t="s">
-        <v>1298</v>
+        <v>1301</v>
       </c>
       <c r="D653" s="17" t="s">
-        <v>698</v>
+        <v>1285</v>
       </c>
       <c r="E653" s="18">
-        <v>5166.241887</v>
+        <v>1045.77759</v>
       </c>
       <c r="F653" s="3"/>
     </row>
     <row r="654" spans="1:6">
       <c r="A654" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B654" s="17" t="s">
-        <v>1299</v>
+        <v>1302</v>
       </c>
       <c r="C654" s="17" t="s">
-        <v>1300</v>
+        <v>1303</v>
       </c>
       <c r="D654" s="17" t="s">
-        <v>698</v>
+        <v>1285</v>
       </c>
       <c r="E654" s="18">
-        <v>3090.045438</v>
+        <v>982.7789399999999</v>
       </c>
       <c r="F654" s="3"/>
     </row>
     <row r="655" spans="1:6">
       <c r="A655" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B655" s="17" t="s">
-        <v>1301</v>
+        <v>1304</v>
       </c>
       <c r="C655" s="17" t="s">
-        <v>1302</v>
+        <v>1305</v>
       </c>
       <c r="D655" s="17" t="s">
-        <v>698</v>
+        <v>1285</v>
       </c>
       <c r="E655" s="18">
-        <v>3257.095727</v>
+        <v>3796.71864</v>
       </c>
       <c r="F655" s="3"/>
     </row>
     <row r="656" spans="1:6">
       <c r="A656" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B656" s="17" t="s">
-        <v>1303</v>
+        <v>1306</v>
       </c>
       <c r="C656" s="17" t="s">
-        <v>1304</v>
+        <v>1307</v>
       </c>
       <c r="D656" s="17" t="s">
-        <v>698</v>
+        <v>1285</v>
       </c>
       <c r="E656" s="18">
-        <v>3325.60944</v>
+        <v>8220.903834000001</v>
       </c>
       <c r="F656" s="3"/>
     </row>
     <row r="657" spans="1:6">
       <c r="A657" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B657" s="17" t="s">
-        <v>1305</v>
+        <v>1308</v>
       </c>
       <c r="C657" s="17" t="s">
-        <v>1306</v>
+        <v>1309</v>
       </c>
       <c r="D657" s="17" t="s">
-        <v>698</v>
+        <v>1285</v>
       </c>
       <c r="E657" s="18">
-        <v>3619.679534</v>
+        <v>2488.866666</v>
       </c>
       <c r="F657" s="3"/>
     </row>
     <row r="658" spans="1:6">
       <c r="A658" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B658" s="17" t="s">
-        <v>1307</v>
+        <v>1310</v>
       </c>
       <c r="C658" s="17" t="s">
-        <v>1308</v>
+        <v>1311</v>
       </c>
       <c r="D658" s="17" t="s">
-        <v>698</v>
+        <v>1285</v>
       </c>
       <c r="E658" s="18">
-        <v>2431.851903</v>
+        <v>3350.688198</v>
       </c>
       <c r="F658" s="3"/>
     </row>
     <row r="659" spans="1:6">
       <c r="A659" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B659" s="17" t="s">
-        <v>1309</v>
+        <v>1312</v>
       </c>
       <c r="C659" s="17" t="s">
-        <v>1310</v>
+        <v>1313</v>
       </c>
       <c r="D659" s="17" t="s">
-        <v>698</v>
+        <v>1285</v>
       </c>
       <c r="E659" s="18">
-        <v>1579.664484</v>
+        <v>6476.261219999999</v>
       </c>
       <c r="F659" s="3"/>
     </row>
     <row r="660" spans="1:6">
       <c r="A660" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B660" s="17" t="s">
-        <v>1311</v>
+        <v>1314</v>
       </c>
       <c r="C660" s="17" t="s">
-        <v>1312</v>
+        <v>1315</v>
       </c>
       <c r="D660" s="17" t="s">
-        <v>698</v>
+        <v>1285</v>
       </c>
       <c r="E660" s="18">
-        <v>1988.437311</v>
+        <v>1129.77579</v>
       </c>
       <c r="F660" s="3"/>
     </row>
     <row r="661" spans="1:6">
       <c r="A661" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B661" s="17" t="s">
-        <v>1313</v>
+        <v>1316</v>
       </c>
       <c r="C661" s="17" t="s">
-        <v>1314</v>
+        <v>1317</v>
       </c>
       <c r="D661" s="17" t="s">
-        <v>698</v>
+        <v>1285</v>
       </c>
       <c r="E661" s="18">
-        <v>1988.437311</v>
+        <v>941.619822</v>
       </c>
       <c r="F661" s="3"/>
-    </row>
-[...6064 lines deleted...]
-      <c r="F998" s="3"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
-  <autoFilter ref="A11:E998"/>
+  <autoFilter ref="A11:E661"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Прайс-лист за 04.02.2026</vt:lpstr>
+      <vt:lpstr>Прайс-лист за 21.03.2026</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft Corporation</Company>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Unknown Creator</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Untitled Spreadsheet</dc:title>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>