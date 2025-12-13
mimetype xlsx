--- v0 (2025-10-30)
+++ v1 (2025-12-13)
@@ -6,96 +6,96 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="-1" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
-    <sheet name="Прайс-лист за 30.10.2025" sheetId="1" r:id="rId4"/>
+    <sheet name="Прайс-лист за 13.12.2025" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист за 30.10.2025'!$A$11:$E$71</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист за 13.12.2025'!$A$11:$E$71</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="117">
   <si>
     <t>ПРАЙС-ЛИСТ</t>
   </si>
   <si>
     <t>ЕДИНЫЙ НОМЕР</t>
   </si>
   <si>
     <t>8-800-555-7057</t>
   </si>
   <si>
     <t>МОСКВА</t>
   </si>
   <si>
     <t>8-495-646-7057</t>
   </si>
   <si>
     <t>Компания "ТопСети"</t>
   </si>
   <si>
     <t>САНКТ-ПЕТЕРБУРГ</t>
   </si>
   <si>
     <t>8-812-645-7058</t>
   </si>
   <si>
     <t>www.topseti.ru</t>
   </si>
   <si>
     <t>sales@topseti.ru</t>
   </si>
   <si>
     <t>Цены действительны на:</t>
   </si>
   <si>
-    <t>30.10.2025</t>
+    <t>13.12.2025</t>
   </si>
   <si>
     <t>Производитель</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Название</t>
   </si>
   <si>
     <t>Группа</t>
   </si>
   <si>
     <t>Цена, руб.</t>
   </si>
   <si>
     <t>Ademco</t>
   </si>
   <si>
     <t>940 WH</t>
   </si>
   <si>
     <t>940 WH, Извещатель охранный точечный магнитоконтактный</t>
   </si>
@@ -573,51 +573,51 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="7" numFmtId="0" fillId="2" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="49" fillId="2" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="2" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/feeda3214de55932039cb3bac85333672.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/840877c70f47d7595dfb815e1e53620e2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>600075</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>76200</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2447925" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1111,51 +1111,51 @@
       <c r="C14" s="17" t="s">
         <v>24</v>
       </c>
       <c r="D14" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E14" s="18">
         <v>6.55</v>
       </c>
       <c r="F14" s="3"/>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B15" s="17" t="s">
         <v>25</v>
       </c>
       <c r="C15" s="17" t="s">
         <v>26</v>
       </c>
       <c r="D15" s="17" t="s">
         <v>27</v>
       </c>
       <c r="E15" s="18">
-        <v>2141.756925</v>
+        <v>2148.71272</v>
       </c>
       <c r="F15" s="3"/>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B16" s="17">
         <v>264</v>
       </c>
       <c r="C16" s="17" t="s">
         <v>28</v>
       </c>
       <c r="D16" s="17" t="s">
         <v>29</v>
       </c>
       <c r="E16" s="18">
         <v>20.88</v>
       </c>
       <c r="F16" s="3"/>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="17" t="s">
         <v>17</v>
       </c>
@@ -1165,1043 +1165,1043 @@
       <c r="C17" s="17" t="s">
         <v>31</v>
       </c>
       <c r="D17" s="17" t="s">
         <v>29</v>
       </c>
       <c r="E17" s="18">
         <v>23.18</v>
       </c>
       <c r="F17" s="3"/>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B18" s="17">
         <v>702</v>
       </c>
       <c r="C18" s="17" t="s">
         <v>32</v>
       </c>
       <c r="D18" s="17" t="s">
         <v>33</v>
       </c>
       <c r="E18" s="18">
-        <v>2328.51495</v>
+        <v>2336.07728</v>
       </c>
       <c r="F18" s="3"/>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B19" s="17">
         <v>719</v>
       </c>
       <c r="C19" s="17" t="s">
         <v>34</v>
       </c>
       <c r="D19" s="17" t="s">
         <v>33</v>
       </c>
       <c r="E19" s="18">
-        <v>1545.720675</v>
+        <v>1550.74072</v>
       </c>
       <c r="F19" s="3"/>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B20" s="17">
         <v>747</v>
       </c>
       <c r="C20" s="17" t="s">
         <v>35</v>
       </c>
       <c r="D20" s="17" t="s">
         <v>33</v>
       </c>
       <c r="E20" s="18">
-        <v>1282.67001</v>
+        <v>1286.835744</v>
       </c>
       <c r="F20" s="3"/>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B21" s="17" t="s">
         <v>36</v>
       </c>
       <c r="C21" s="17" t="s">
         <v>37</v>
       </c>
       <c r="D21" s="17" t="s">
         <v>38</v>
       </c>
       <c r="E21" s="18">
-        <v>3636.61584</v>
+        <v>3648.426496</v>
       </c>
       <c r="F21" s="3"/>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B22" s="17" t="s">
         <v>39</v>
       </c>
       <c r="C22" s="17" t="s">
         <v>40</v>
       </c>
       <c r="D22" s="17" t="s">
         <v>41</v>
       </c>
       <c r="E22" s="18">
-        <v>8300.00346</v>
+        <v>8326.959424000001</v>
       </c>
       <c r="F22" s="3"/>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B23" s="17">
         <v>6277</v>
       </c>
       <c r="C23" s="17" t="s">
         <v>42</v>
       </c>
       <c r="D23" s="17" t="s">
         <v>41</v>
       </c>
       <c r="E23" s="18">
-        <v>326.627865</v>
+        <v>327.688656</v>
       </c>
       <c r="F23" s="3"/>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B24" s="17" t="s">
         <v>43</v>
       </c>
       <c r="C24" s="17" t="s">
         <v>44</v>
       </c>
       <c r="D24" s="17" t="s">
         <v>41</v>
       </c>
       <c r="E24" s="18">
-        <v>1834.20222</v>
+        <v>1840.159168</v>
       </c>
       <c r="F24" s="3"/>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B25" s="17" t="s">
         <v>45</v>
       </c>
       <c r="C25" s="17" t="s">
         <v>46</v>
       </c>
       <c r="D25" s="17" t="s">
         <v>41</v>
       </c>
       <c r="E25" s="18">
         <v>875</v>
       </c>
       <c r="F25" s="3"/>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B26" s="17" t="s">
         <v>47</v>
       </c>
       <c r="C26" s="17" t="s">
         <v>48</v>
       </c>
       <c r="D26" s="17" t="s">
         <v>49</v>
       </c>
       <c r="E26" s="18">
-        <v>3757.41252</v>
+        <v>3769.615488</v>
       </c>
       <c r="F26" s="3"/>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B27" s="17">
         <v>5827</v>
       </c>
       <c r="C27" s="17" t="s">
         <v>50</v>
       </c>
       <c r="D27" s="17" t="s">
         <v>49</v>
       </c>
       <c r="E27" s="18">
-        <v>5466.049770000001</v>
+        <v>5483.801888000001</v>
       </c>
       <c r="F27" s="3"/>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B28" s="17" t="s">
         <v>51</v>
       </c>
       <c r="C28" s="17" t="s">
         <v>52</v>
       </c>
       <c r="D28" s="17" t="s">
         <v>49</v>
       </c>
       <c r="E28" s="18">
-        <v>3884.566920000001</v>
+        <v>3897.182848</v>
       </c>
       <c r="F28" s="3"/>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B29" s="17" t="s">
         <v>53</v>
       </c>
       <c r="C29" s="17" t="s">
         <v>54</v>
       </c>
       <c r="D29" s="17" t="s">
         <v>49</v>
       </c>
       <c r="E29" s="18">
         <v>2088.46</v>
       </c>
       <c r="F29" s="3"/>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B30" s="17">
         <v>61281</v>
       </c>
       <c r="C30" s="17" t="s">
         <v>55</v>
       </c>
       <c r="D30" s="17" t="s">
         <v>49</v>
       </c>
       <c r="E30" s="18">
-        <v>3884.566920000001</v>
+        <v>3897.182848</v>
       </c>
       <c r="F30" s="3"/>
     </row>
     <row r="31" spans="1:6">
       <c r="A31" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B31" s="17" t="s">
         <v>56</v>
       </c>
       <c r="C31" s="17" t="s">
         <v>57</v>
       </c>
       <c r="D31" s="17" t="s">
         <v>49</v>
       </c>
       <c r="E31" s="18">
-        <v>8737.09671</v>
+        <v>8765.472224000001</v>
       </c>
       <c r="F31" s="3"/>
     </row>
     <row r="32" spans="1:6">
       <c r="A32" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B32" s="17" t="s">
         <v>58</v>
       </c>
       <c r="C32" s="17" t="s">
         <v>59</v>
       </c>
       <c r="D32" s="17" t="s">
         <v>60</v>
       </c>
       <c r="E32" s="18">
-        <v>5825.26095</v>
+        <v>5844.17968</v>
       </c>
       <c r="F32" s="3"/>
     </row>
     <row r="33" spans="1:6">
       <c r="A33" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B33" s="17" t="s">
         <v>61</v>
       </c>
       <c r="C33" s="17" t="s">
         <v>62</v>
       </c>
       <c r="D33" s="17" t="s">
         <v>60</v>
       </c>
       <c r="E33" s="18">
-        <v>5280.881175</v>
+        <v>5298.03192</v>
       </c>
       <c r="F33" s="3"/>
     </row>
     <row r="34" spans="1:6">
       <c r="A34" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B34" s="17">
         <v>42291</v>
       </c>
       <c r="C34" s="17" t="s">
         <v>63</v>
       </c>
       <c r="D34" s="17" t="s">
         <v>60</v>
       </c>
       <c r="E34" s="18">
-        <v>6794.81325</v>
+        <v>6816.880800000001</v>
       </c>
       <c r="F34" s="3"/>
     </row>
     <row r="35" spans="1:6">
       <c r="A35" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B35" s="17" t="s">
         <v>64</v>
       </c>
       <c r="C35" s="17" t="s">
         <v>65</v>
       </c>
       <c r="D35" s="17" t="s">
         <v>60</v>
       </c>
       <c r="E35" s="18">
-        <v>5814.13494</v>
+        <v>5833.017536</v>
       </c>
       <c r="F35" s="3"/>
     </row>
     <row r="36" spans="1:6">
       <c r="A36" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B36" s="17" t="s">
         <v>66</v>
       </c>
       <c r="C36" s="17" t="s">
         <v>67</v>
       </c>
       <c r="D36" s="17" t="s">
         <v>60</v>
       </c>
       <c r="E36" s="18">
-        <v>18197.38407</v>
+        <v>18256.483808</v>
       </c>
       <c r="F36" s="3"/>
     </row>
     <row r="37" spans="1:6">
       <c r="A37" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B37" s="17">
         <v>702</v>
       </c>
       <c r="C37" s="17" t="s">
         <v>32</v>
       </c>
       <c r="D37" s="17" t="s">
         <v>68</v>
       </c>
       <c r="E37" s="18">
-        <v>2398.44987</v>
+        <v>2406.239328</v>
       </c>
       <c r="F37" s="3"/>
     </row>
     <row r="38" spans="1:6">
       <c r="A38" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B38" s="17" t="s">
         <v>36</v>
       </c>
       <c r="C38" s="17" t="s">
         <v>37</v>
       </c>
       <c r="D38" s="17" t="s">
         <v>68</v>
       </c>
       <c r="E38" s="18">
-        <v>3746.28651</v>
+        <v>3758.453344</v>
       </c>
       <c r="F38" s="3"/>
     </row>
     <row r="39" spans="1:6">
       <c r="A39" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B39" s="17">
         <v>719</v>
       </c>
       <c r="C39" s="17" t="s">
         <v>34</v>
       </c>
       <c r="D39" s="17" t="s">
         <v>68</v>
       </c>
       <c r="E39" s="18">
-        <v>1592.60886</v>
+        <v>1597.781184</v>
       </c>
       <c r="F39" s="3"/>
     </row>
     <row r="40" spans="1:6">
       <c r="A40" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B40" s="17">
         <v>747</v>
       </c>
       <c r="C40" s="17" t="s">
         <v>35</v>
       </c>
       <c r="D40" s="17" t="s">
         <v>68</v>
       </c>
       <c r="E40" s="18">
-        <v>1321.611045</v>
+        <v>1325.903248</v>
       </c>
       <c r="F40" s="3"/>
     </row>
     <row r="41" spans="1:6">
       <c r="A41" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B41" s="17" t="s">
         <v>69</v>
       </c>
       <c r="C41" s="17" t="s">
         <v>70</v>
       </c>
       <c r="D41" s="17" t="s">
         <v>71</v>
       </c>
       <c r="E41" s="18">
-        <v>12554.90757</v>
+        <v>12595.682208</v>
       </c>
       <c r="F41" s="3"/>
     </row>
     <row r="42" spans="1:6">
       <c r="A42" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B42" s="17" t="s">
         <v>72</v>
       </c>
       <c r="C42" s="17" t="s">
         <v>73</v>
       </c>
       <c r="D42" s="17" t="s">
         <v>71</v>
       </c>
       <c r="E42" s="18">
-        <v>8372.322525</v>
+        <v>8399.513360000001</v>
       </c>
       <c r="F42" s="3"/>
     </row>
     <row r="43" spans="1:6">
       <c r="A43" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B43" s="17" t="s">
         <v>74</v>
       </c>
       <c r="C43" s="17" t="s">
         <v>75</v>
       </c>
       <c r="D43" s="17" t="s">
         <v>71</v>
       </c>
       <c r="E43" s="18">
-        <v>9847.313565</v>
+        <v>9879.294736</v>
       </c>
       <c r="F43" s="3"/>
     </row>
     <row r="44" spans="1:6">
       <c r="A44" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B44" s="17" t="s">
         <v>76</v>
       </c>
       <c r="C44" s="17" t="s">
         <v>77</v>
       </c>
       <c r="D44" s="17" t="s">
         <v>71</v>
       </c>
       <c r="E44" s="18">
-        <v>6213.081870000001</v>
+        <v>6233.260128000001</v>
       </c>
       <c r="F44" s="3"/>
     </row>
     <row r="45" spans="1:6">
       <c r="A45" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B45" s="17" t="s">
         <v>78</v>
       </c>
       <c r="C45" s="17" t="s">
         <v>79</v>
       </c>
       <c r="D45" s="17" t="s">
         <v>71</v>
       </c>
       <c r="E45" s="18">
-        <v>29356.7721</v>
+        <v>29452.11424</v>
       </c>
       <c r="F45" s="3"/>
     </row>
     <row r="46" spans="1:6">
       <c r="A46" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B46" s="17" t="s">
         <v>80</v>
       </c>
       <c r="C46" s="17" t="s">
         <v>81</v>
       </c>
       <c r="D46" s="17" t="s">
         <v>71</v>
       </c>
       <c r="E46" s="18">
-        <v>38830.56961500001</v>
+        <v>38956.679856</v>
       </c>
       <c r="F46" s="3"/>
     </row>
     <row r="47" spans="1:6">
       <c r="A47" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B47" s="17" t="s">
         <v>82</v>
       </c>
       <c r="C47" s="17" t="s">
         <v>83</v>
       </c>
       <c r="D47" s="17" t="s">
         <v>71</v>
       </c>
       <c r="E47" s="18">
-        <v>9708.238440000001</v>
+        <v>9739.767936</v>
       </c>
       <c r="F47" s="3"/>
     </row>
     <row r="48" spans="1:6">
       <c r="A48" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B48" s="17" t="s">
         <v>84</v>
       </c>
       <c r="C48" s="17" t="s">
         <v>85</v>
       </c>
       <c r="D48" s="17" t="s">
         <v>71</v>
       </c>
       <c r="E48" s="18">
-        <v>28082.04924</v>
+        <v>28173.251456</v>
       </c>
       <c r="F48" s="3"/>
     </row>
     <row r="49" spans="1:6">
       <c r="A49" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B49" s="17" t="s">
         <v>86</v>
       </c>
       <c r="C49" s="17" t="s">
         <v>87</v>
       </c>
       <c r="D49" s="17" t="s">
         <v>71</v>
       </c>
       <c r="E49" s="18">
-        <v>21357.17091</v>
+        <v>21426.532704</v>
       </c>
       <c r="F49" s="3"/>
     </row>
     <row r="50" spans="1:6">
       <c r="A50" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B50" s="17" t="s">
         <v>88</v>
       </c>
       <c r="C50" s="17" t="s">
         <v>89</v>
       </c>
       <c r="D50" s="17" t="s">
         <v>71</v>
       </c>
       <c r="E50" s="18">
-        <v>20386.823895</v>
+        <v>20453.034288</v>
       </c>
       <c r="F50" s="3"/>
     </row>
     <row r="51" spans="1:6">
       <c r="A51" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B51" s="17" t="s">
         <v>90</v>
       </c>
       <c r="C51" s="17" t="s">
         <v>91</v>
       </c>
       <c r="D51" s="17" t="s">
         <v>71</v>
       </c>
       <c r="E51" s="18">
-        <v>24020.260875</v>
+        <v>24098.2716</v>
       </c>
       <c r="F51" s="3"/>
     </row>
     <row r="52" spans="1:6">
       <c r="A52" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B52" s="17">
         <v>264</v>
       </c>
       <c r="C52" s="17" t="s">
         <v>28</v>
       </c>
       <c r="D52" s="17" t="s">
         <v>92</v>
       </c>
       <c r="E52" s="18">
-        <v>1708.63725</v>
+        <v>1714.1864</v>
       </c>
       <c r="F52" s="3"/>
     </row>
     <row r="53" spans="1:6">
       <c r="A53" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B53" s="17" t="s">
         <v>30</v>
       </c>
       <c r="C53" s="17" t="s">
         <v>31</v>
       </c>
       <c r="D53" s="17" t="s">
         <v>92</v>
       </c>
       <c r="E53" s="18">
-        <v>1897.77942</v>
+        <v>1903.942848</v>
       </c>
       <c r="F53" s="3"/>
     </row>
     <row r="54" spans="1:6">
       <c r="A54" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B54" s="17" t="s">
         <v>18</v>
       </c>
       <c r="C54" s="17" t="s">
         <v>19</v>
       </c>
       <c r="D54" s="17" t="s">
         <v>92</v>
       </c>
       <c r="E54" s="18">
-        <v>504.644025</v>
+        <v>506.28296</v>
       </c>
       <c r="F54" s="3"/>
     </row>
     <row r="55" spans="1:6">
       <c r="A55" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B55" s="17" t="s">
         <v>21</v>
       </c>
       <c r="C55" s="17" t="s">
         <v>22</v>
       </c>
       <c r="D55" s="17" t="s">
         <v>92</v>
       </c>
       <c r="E55" s="18">
-        <v>320.2701450000001</v>
+        <v>321.310288</v>
       </c>
       <c r="F55" s="3"/>
     </row>
     <row r="56" spans="1:6">
       <c r="A56" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B56" s="17" t="s">
         <v>23</v>
       </c>
       <c r="C56" s="17" t="s">
         <v>24</v>
       </c>
       <c r="D56" s="17" t="s">
         <v>92</v>
       </c>
       <c r="E56" s="18">
-        <v>536.432625</v>
+        <v>538.1748</v>
       </c>
       <c r="F56" s="3"/>
     </row>
     <row r="57" spans="1:6">
       <c r="A57" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B57" s="17">
         <v>958</v>
       </c>
       <c r="C57" s="17" t="s">
         <v>93</v>
       </c>
       <c r="D57" s="17" t="s">
         <v>92</v>
       </c>
       <c r="E57" s="18">
-        <v>1553.667825</v>
+        <v>1558.71368</v>
       </c>
       <c r="F57" s="3"/>
     </row>
     <row r="58" spans="1:6">
       <c r="A58" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B58" s="17" t="s">
         <v>94</v>
       </c>
       <c r="C58" s="17" t="s">
         <v>95</v>
       </c>
       <c r="D58" s="17" t="s">
         <v>96</v>
       </c>
       <c r="E58" s="18">
-        <v>1203.19851</v>
+        <v>1207.106144</v>
       </c>
       <c r="F58" s="3"/>
     </row>
     <row r="59" spans="1:6">
       <c r="A59" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B59" s="17" t="s">
         <v>97</v>
       </c>
       <c r="C59" s="17" t="s">
         <v>98</v>
       </c>
       <c r="D59" s="17" t="s">
         <v>96</v>
       </c>
       <c r="E59" s="18">
-        <v>8851.535670000001</v>
+        <v>8880.282848000001</v>
       </c>
       <c r="F59" s="3"/>
     </row>
     <row r="60" spans="1:6">
       <c r="A60" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B60" s="17" t="s">
         <v>99</v>
       </c>
       <c r="C60" s="17" t="s">
         <v>100</v>
       </c>
       <c r="D60" s="17" t="s">
         <v>96</v>
       </c>
       <c r="E60" s="18">
-        <v>3884.566920000001</v>
+        <v>3897.182848</v>
       </c>
       <c r="F60" s="3"/>
     </row>
     <row r="61" spans="1:6">
       <c r="A61" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B61" s="17" t="s">
         <v>101</v>
       </c>
       <c r="C61" s="17" t="s">
         <v>102</v>
       </c>
       <c r="D61" s="17" t="s">
         <v>96</v>
       </c>
       <c r="E61" s="18">
-        <v>9125.712345</v>
+        <v>9155.349968</v>
       </c>
       <c r="F61" s="3"/>
     </row>
     <row r="62" spans="1:6">
       <c r="A62" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B62" s="17" t="s">
         <v>103</v>
       </c>
       <c r="C62" s="17" t="s">
         <v>104</v>
       </c>
       <c r="D62" s="17" t="s">
         <v>96</v>
       </c>
       <c r="E62" s="18">
-        <v>8737.09671</v>
+        <v>8765.472224000001</v>
       </c>
       <c r="F62" s="3"/>
     </row>
     <row r="63" spans="1:6">
       <c r="A63" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B63" s="17">
         <v>5809</v>
       </c>
       <c r="C63" s="17" t="s">
         <v>105</v>
       </c>
       <c r="D63" s="17" t="s">
         <v>96</v>
       </c>
       <c r="E63" s="18">
-        <v>4854.11922</v>
+        <v>4869.883968</v>
       </c>
       <c r="F63" s="3"/>
     </row>
     <row r="64" spans="1:6">
       <c r="A64" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B64" s="17">
         <v>5814</v>
       </c>
       <c r="C64" s="17" t="s">
         <v>106</v>
       </c>
       <c r="D64" s="17" t="s">
         <v>96</v>
       </c>
       <c r="E64" s="18">
-        <v>2911.83576</v>
+        <v>2921.292544</v>
       </c>
       <c r="F64" s="3"/>
     </row>
     <row r="65" spans="1:6">
       <c r="A65" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B65" s="17">
         <v>5816</v>
       </c>
       <c r="C65" s="17" t="s">
         <v>107</v>
       </c>
       <c r="D65" s="17" t="s">
         <v>96</v>
       </c>
       <c r="E65" s="18">
-        <v>2911.83576</v>
+        <v>2921.292544</v>
       </c>
       <c r="F65" s="3"/>
     </row>
     <row r="66" spans="1:6">
       <c r="A66" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B66" s="17">
         <v>5817</v>
       </c>
       <c r="C66" s="17" t="s">
         <v>108</v>
       </c>
       <c r="D66" s="17" t="s">
         <v>96</v>
       </c>
       <c r="E66" s="18">
         <v>5037</v>
       </c>
       <c r="F66" s="3"/>
     </row>
     <row r="67" spans="1:6">
       <c r="A67" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B67" s="17">
         <v>5821</v>
       </c>
       <c r="C67" s="17" t="s">
         <v>109</v>
       </c>
       <c r="D67" s="17" t="s">
         <v>96</v>
       </c>
       <c r="E67" s="18">
-        <v>3884.566920000001</v>
+        <v>3897.182848</v>
       </c>
       <c r="F67" s="3"/>
     </row>
     <row r="68" spans="1:6">
       <c r="A68" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B68" s="17">
         <v>5853</v>
       </c>
       <c r="C68" s="17" t="s">
         <v>110</v>
       </c>
       <c r="D68" s="17" t="s">
         <v>96</v>
       </c>
       <c r="E68" s="18">
-        <v>7766.749695000001</v>
+        <v>7791.973808000001</v>
       </c>
       <c r="F68" s="3"/>
     </row>
     <row r="69" spans="1:6">
       <c r="A69" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B69" s="17" t="s">
         <v>111</v>
       </c>
       <c r="C69" s="17" t="s">
         <v>112</v>
       </c>
       <c r="D69" s="17" t="s">
         <v>96</v>
       </c>
       <c r="E69" s="18">
-        <v>9708.238440000001</v>
+        <v>9739.767936</v>
       </c>
       <c r="F69" s="3"/>
     </row>
     <row r="70" spans="1:6">
       <c r="A70" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B70" s="17" t="s">
         <v>113</v>
       </c>
       <c r="C70" s="17" t="s">
         <v>114</v>
       </c>
       <c r="D70" s="17" t="s">
         <v>96</v>
       </c>
       <c r="E70" s="18">
-        <v>5825.26095</v>
+        <v>5844.17968</v>
       </c>
       <c r="F70" s="3"/>
     </row>
     <row r="71" spans="1:6">
       <c r="A71" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B71" s="17" t="s">
         <v>115</v>
       </c>
       <c r="C71" s="17" t="s">
         <v>116</v>
       </c>
       <c r="D71" s="17" t="s">
         <v>96</v>
       </c>
       <c r="E71" s="18">
-        <v>7766.749695000001</v>
+        <v>7791.973808000001</v>
       </c>
       <c r="F71" s="3"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <autoFilter ref="A11:E71"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Прайс-лист за 30.10.2025</vt:lpstr>
+      <vt:lpstr>Прайс-лист за 13.12.2025</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft Corporation</Company>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Unknown Creator</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Untitled Spreadsheet</dc:title>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>