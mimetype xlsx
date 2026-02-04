--- v1 (2025-12-13)
+++ v2 (2026-02-04)
@@ -6,96 +6,96 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="-1" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
-    <sheet name="Прайс-лист за 13.12.2025" sheetId="1" r:id="rId4"/>
+    <sheet name="Прайс-лист за 04.02.2026" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист за 13.12.2025'!$A$11:$E$71</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист за 04.02.2026'!$A$11:$E$71</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="117">
   <si>
     <t>ПРАЙС-ЛИСТ</t>
   </si>
   <si>
     <t>ЕДИНЫЙ НОМЕР</t>
   </si>
   <si>
     <t>8-800-555-7057</t>
   </si>
   <si>
     <t>МОСКВА</t>
   </si>
   <si>
     <t>8-495-646-7057</t>
   </si>
   <si>
     <t>Компания "ТопСети"</t>
   </si>
   <si>
     <t>САНКТ-ПЕТЕРБУРГ</t>
   </si>
   <si>
     <t>8-812-645-7058</t>
   </si>
   <si>
     <t>www.topseti.ru</t>
   </si>
   <si>
     <t>sales@topseti.ru</t>
   </si>
   <si>
     <t>Цены действительны на:</t>
   </si>
   <si>
-    <t>13.12.2025</t>
+    <t>04.02.2026</t>
   </si>
   <si>
     <t>Производитель</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Название</t>
   </si>
   <si>
     <t>Группа</t>
   </si>
   <si>
     <t>Цена, руб.</t>
   </si>
   <si>
     <t>Ademco</t>
   </si>
   <si>
     <t>940 WH</t>
   </si>
   <si>
     <t>940 WH, Извещатель охранный точечный магнитоконтактный</t>
   </si>
@@ -573,51 +573,51 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="7" numFmtId="0" fillId="2" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="49" fillId="2" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="2" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/840877c70f47d7595dfb815e1e53620e2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aab7da5260505d3cd3ed18d308b46ad52.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>600075</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>76200</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2447925" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1111,51 +1111,51 @@
       <c r="C14" s="17" t="s">
         <v>24</v>
       </c>
       <c r="D14" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E14" s="18">
         <v>6.55</v>
       </c>
       <c r="F14" s="3"/>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B15" s="17" t="s">
         <v>25</v>
       </c>
       <c r="C15" s="17" t="s">
         <v>26</v>
       </c>
       <c r="D15" s="17" t="s">
         <v>27</v>
       </c>
       <c r="E15" s="18">
-        <v>2148.71272</v>
+        <v>2074.656815</v>
       </c>
       <c r="F15" s="3"/>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B16" s="17">
         <v>264</v>
       </c>
       <c r="C16" s="17" t="s">
         <v>28</v>
       </c>
       <c r="D16" s="17" t="s">
         <v>29</v>
       </c>
       <c r="E16" s="18">
         <v>20.88</v>
       </c>
       <c r="F16" s="3"/>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="17" t="s">
         <v>17</v>
       </c>
@@ -1165,1043 +1165,1043 @@
       <c r="C17" s="17" t="s">
         <v>31</v>
       </c>
       <c r="D17" s="17" t="s">
         <v>29</v>
       </c>
       <c r="E17" s="18">
         <v>23.18</v>
       </c>
       <c r="F17" s="3"/>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B18" s="17">
         <v>702</v>
       </c>
       <c r="C18" s="17" t="s">
         <v>32</v>
       </c>
       <c r="D18" s="17" t="s">
         <v>33</v>
       </c>
       <c r="E18" s="18">
-        <v>2336.07728</v>
+        <v>2255.56381</v>
       </c>
       <c r="F18" s="3"/>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B19" s="17">
         <v>719</v>
       </c>
       <c r="C19" s="17" t="s">
         <v>34</v>
       </c>
       <c r="D19" s="17" t="s">
         <v>33</v>
       </c>
       <c r="E19" s="18">
-        <v>1550.74072</v>
+        <v>1497.294065</v>
       </c>
       <c r="F19" s="3"/>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B20" s="17">
         <v>747</v>
       </c>
       <c r="C20" s="17" t="s">
         <v>35</v>
       </c>
       <c r="D20" s="17" t="s">
         <v>33</v>
       </c>
       <c r="E20" s="18">
-        <v>1286.835744</v>
+        <v>1242.484638</v>
       </c>
       <c r="F20" s="3"/>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B21" s="17" t="s">
         <v>36</v>
       </c>
       <c r="C21" s="17" t="s">
         <v>37</v>
       </c>
       <c r="D21" s="17" t="s">
         <v>38</v>
       </c>
       <c r="E21" s="18">
-        <v>3648.426496</v>
+        <v>3522.682592</v>
       </c>
       <c r="F21" s="3"/>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B22" s="17" t="s">
         <v>39</v>
       </c>
       <c r="C22" s="17" t="s">
         <v>40</v>
       </c>
       <c r="D22" s="17" t="s">
         <v>41</v>
       </c>
       <c r="E22" s="18">
-        <v>8326.959424000001</v>
+        <v>8039.968748</v>
       </c>
       <c r="F22" s="3"/>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B23" s="17">
         <v>6277</v>
       </c>
       <c r="C23" s="17" t="s">
         <v>42</v>
       </c>
       <c r="D23" s="17" t="s">
         <v>41</v>
       </c>
       <c r="E23" s="18">
-        <v>327.688656</v>
+        <v>316.3947870000001</v>
       </c>
       <c r="F23" s="3"/>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B24" s="17" t="s">
         <v>43</v>
       </c>
       <c r="C24" s="17" t="s">
         <v>44</v>
       </c>
       <c r="D24" s="17" t="s">
         <v>41</v>
       </c>
       <c r="E24" s="18">
-        <v>1840.159168</v>
+        <v>1776.737636</v>
       </c>
       <c r="F24" s="3"/>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B25" s="17" t="s">
         <v>45</v>
       </c>
       <c r="C25" s="17" t="s">
         <v>46</v>
       </c>
       <c r="D25" s="17" t="s">
         <v>41</v>
       </c>
       <c r="E25" s="18">
         <v>875</v>
       </c>
       <c r="F25" s="3"/>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B26" s="17" t="s">
         <v>47</v>
       </c>
       <c r="C26" s="17" t="s">
         <v>48</v>
       </c>
       <c r="D26" s="17" t="s">
         <v>49</v>
       </c>
       <c r="E26" s="18">
-        <v>3769.615488</v>
+        <v>3639.694776</v>
       </c>
       <c r="F26" s="3"/>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B27" s="17">
         <v>5827</v>
       </c>
       <c r="C27" s="17" t="s">
         <v>50</v>
       </c>
       <c r="D27" s="17" t="s">
         <v>49</v>
       </c>
       <c r="E27" s="18">
-        <v>5483.801888000001</v>
+        <v>5294.801326000001</v>
       </c>
       <c r="F27" s="3"/>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B28" s="17" t="s">
         <v>51</v>
       </c>
       <c r="C28" s="17" t="s">
         <v>52</v>
       </c>
       <c r="D28" s="17" t="s">
         <v>49</v>
       </c>
       <c r="E28" s="18">
-        <v>3897.182848</v>
+        <v>3762.865496</v>
       </c>
       <c r="F28" s="3"/>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B29" s="17" t="s">
         <v>53</v>
       </c>
       <c r="C29" s="17" t="s">
         <v>54</v>
       </c>
       <c r="D29" s="17" t="s">
         <v>49</v>
       </c>
       <c r="E29" s="18">
         <v>2088.46</v>
       </c>
       <c r="F29" s="3"/>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B30" s="17">
         <v>61281</v>
       </c>
       <c r="C30" s="17" t="s">
         <v>55</v>
       </c>
       <c r="D30" s="17" t="s">
         <v>49</v>
       </c>
       <c r="E30" s="18">
-        <v>3897.182848</v>
+        <v>3762.865496</v>
       </c>
       <c r="F30" s="3"/>
     </row>
     <row r="31" spans="1:6">
       <c r="A31" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B31" s="17" t="s">
         <v>56</v>
       </c>
       <c r="C31" s="17" t="s">
         <v>57</v>
       </c>
       <c r="D31" s="17" t="s">
         <v>49</v>
       </c>
       <c r="E31" s="18">
-        <v>8765.472224000001</v>
+        <v>8463.368098000001</v>
       </c>
       <c r="F31" s="3"/>
     </row>
     <row r="32" spans="1:6">
       <c r="A32" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B32" s="17" t="s">
         <v>58</v>
       </c>
       <c r="C32" s="17" t="s">
         <v>59</v>
       </c>
       <c r="D32" s="17" t="s">
         <v>60</v>
       </c>
       <c r="E32" s="18">
-        <v>5844.17968</v>
+        <v>5642.75861</v>
       </c>
       <c r="F32" s="3"/>
     </row>
     <row r="33" spans="1:6">
       <c r="A33" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B33" s="17" t="s">
         <v>61</v>
       </c>
       <c r="C33" s="17" t="s">
         <v>62</v>
       </c>
       <c r="D33" s="17" t="s">
         <v>60</v>
       </c>
       <c r="E33" s="18">
-        <v>5298.03192</v>
+        <v>5115.433965</v>
       </c>
       <c r="F33" s="3"/>
     </row>
     <row r="34" spans="1:6">
       <c r="A34" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B34" s="17">
         <v>42291</v>
       </c>
       <c r="C34" s="17" t="s">
         <v>63</v>
       </c>
       <c r="D34" s="17" t="s">
         <v>60</v>
       </c>
       <c r="E34" s="18">
-        <v>6816.880800000001</v>
+        <v>6581.935350000001</v>
       </c>
       <c r="F34" s="3"/>
     </row>
     <row r="35" spans="1:6">
       <c r="A35" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B35" s="17" t="s">
         <v>64</v>
       </c>
       <c r="C35" s="17" t="s">
         <v>65</v>
       </c>
       <c r="D35" s="17" t="s">
         <v>60</v>
       </c>
       <c r="E35" s="18">
-        <v>5833.017536</v>
+        <v>5631.981172</v>
       </c>
       <c r="F35" s="3"/>
     </row>
     <row r="36" spans="1:6">
       <c r="A36" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B36" s="17" t="s">
         <v>66</v>
       </c>
       <c r="C36" s="17" t="s">
         <v>67</v>
       </c>
       <c r="D36" s="17" t="s">
         <v>60</v>
       </c>
       <c r="E36" s="18">
-        <v>18256.483808</v>
+        <v>17627.269666</v>
       </c>
       <c r="F36" s="3"/>
     </row>
     <row r="37" spans="1:6">
       <c r="A37" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B37" s="17">
         <v>702</v>
       </c>
       <c r="C37" s="17" t="s">
         <v>32</v>
       </c>
       <c r="D37" s="17" t="s">
         <v>68</v>
       </c>
       <c r="E37" s="18">
-        <v>2406.239328</v>
+        <v>2323.307706</v>
       </c>
       <c r="F37" s="3"/>
     </row>
     <row r="38" spans="1:6">
       <c r="A38" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B38" s="17" t="s">
         <v>36</v>
       </c>
       <c r="C38" s="17" t="s">
         <v>37</v>
       </c>
       <c r="D38" s="17" t="s">
         <v>68</v>
       </c>
       <c r="E38" s="18">
-        <v>3758.453344</v>
+        <v>3628.917338</v>
       </c>
       <c r="F38" s="3"/>
     </row>
     <row r="39" spans="1:6">
       <c r="A39" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B39" s="17">
         <v>719</v>
       </c>
       <c r="C39" s="17" t="s">
         <v>34</v>
       </c>
       <c r="D39" s="17" t="s">
         <v>68</v>
       </c>
       <c r="E39" s="18">
-        <v>1597.781184</v>
+        <v>1542.713268</v>
       </c>
       <c r="F39" s="3"/>
     </row>
     <row r="40" spans="1:6">
       <c r="A40" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B40" s="17">
         <v>747</v>
       </c>
       <c r="C40" s="17" t="s">
         <v>35</v>
       </c>
       <c r="D40" s="17" t="s">
         <v>68</v>
       </c>
       <c r="E40" s="18">
-        <v>1325.903248</v>
+        <v>1280.205671</v>
       </c>
       <c r="F40" s="3"/>
     </row>
     <row r="41" spans="1:6">
       <c r="A41" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B41" s="17" t="s">
         <v>69</v>
       </c>
       <c r="C41" s="17" t="s">
         <v>70</v>
       </c>
       <c r="D41" s="17" t="s">
         <v>71</v>
       </c>
       <c r="E41" s="18">
-        <v>12595.682208</v>
+        <v>12161.568966</v>
       </c>
       <c r="F41" s="3"/>
     </row>
     <row r="42" spans="1:6">
       <c r="A42" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B42" s="17" t="s">
         <v>72</v>
       </c>
       <c r="C42" s="17" t="s">
         <v>73</v>
       </c>
       <c r="D42" s="17" t="s">
         <v>71</v>
       </c>
       <c r="E42" s="18">
-        <v>8399.513360000001</v>
+        <v>8110.022095</v>
       </c>
       <c r="F42" s="3"/>
     </row>
     <row r="43" spans="1:6">
       <c r="A43" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B43" s="17" t="s">
         <v>74</v>
       </c>
       <c r="C43" s="17" t="s">
         <v>75</v>
       </c>
       <c r="D43" s="17" t="s">
         <v>71</v>
       </c>
       <c r="E43" s="18">
-        <v>9879.294736</v>
+        <v>9538.802447</v>
       </c>
       <c r="F43" s="3"/>
     </row>
     <row r="44" spans="1:6">
       <c r="A44" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B44" s="17" t="s">
         <v>76</v>
       </c>
       <c r="C44" s="17" t="s">
         <v>77</v>
       </c>
       <c r="D44" s="17" t="s">
         <v>71</v>
       </c>
       <c r="E44" s="18">
-        <v>6233.260128000001</v>
+        <v>6018.429306000001</v>
       </c>
       <c r="F44" s="3"/>
     </row>
     <row r="45" spans="1:6">
       <c r="A45" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B45" s="17" t="s">
         <v>78</v>
       </c>
       <c r="C45" s="17" t="s">
         <v>79</v>
       </c>
       <c r="D45" s="17" t="s">
         <v>71</v>
       </c>
       <c r="E45" s="18">
-        <v>29452.11424</v>
+        <v>28437.03998</v>
       </c>
       <c r="F45" s="3"/>
     </row>
     <row r="46" spans="1:6">
       <c r="A46" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B46" s="17" t="s">
         <v>80</v>
       </c>
       <c r="C46" s="17" t="s">
         <v>81</v>
       </c>
       <c r="D46" s="17" t="s">
         <v>71</v>
       </c>
       <c r="E46" s="18">
-        <v>38956.679856</v>
+        <v>37614.028437</v>
       </c>
       <c r="F46" s="3"/>
     </row>
     <row r="47" spans="1:6">
       <c r="A47" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B47" s="17" t="s">
         <v>82</v>
       </c>
       <c r="C47" s="17" t="s">
         <v>83</v>
       </c>
       <c r="D47" s="17" t="s">
         <v>71</v>
       </c>
       <c r="E47" s="18">
-        <v>9739.767936</v>
+        <v>9404.084472</v>
       </c>
       <c r="F47" s="3"/>
     </row>
     <row r="48" spans="1:6">
       <c r="A48" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B48" s="17" t="s">
         <v>84</v>
       </c>
       <c r="C48" s="17" t="s">
         <v>85</v>
       </c>
       <c r="D48" s="17" t="s">
         <v>71</v>
       </c>
       <c r="E48" s="18">
-        <v>28173.251456</v>
+        <v>27202.253512</v>
       </c>
       <c r="F48" s="3"/>
     </row>
     <row r="49" spans="1:6">
       <c r="A49" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B49" s="17" t="s">
         <v>86</v>
       </c>
       <c r="C49" s="17" t="s">
         <v>87</v>
       </c>
       <c r="D49" s="17" t="s">
         <v>71</v>
       </c>
       <c r="E49" s="18">
-        <v>21426.532704</v>
+        <v>20688.062058</v>
       </c>
       <c r="F49" s="3"/>
     </row>
     <row r="50" spans="1:6">
       <c r="A50" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B50" s="17" t="s">
         <v>88</v>
       </c>
       <c r="C50" s="17" t="s">
         <v>89</v>
       </c>
       <c r="D50" s="17" t="s">
         <v>71</v>
       </c>
       <c r="E50" s="18">
-        <v>20453.034288</v>
+        <v>19748.115501</v>
       </c>
       <c r="F50" s="3"/>
     </row>
     <row r="51" spans="1:6">
       <c r="A51" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B51" s="17" t="s">
         <v>90</v>
       </c>
       <c r="C51" s="17" t="s">
         <v>91</v>
       </c>
       <c r="D51" s="17" t="s">
         <v>71</v>
       </c>
       <c r="E51" s="18">
-        <v>24098.2716</v>
+        <v>23267.718825</v>
       </c>
       <c r="F51" s="3"/>
     </row>
     <row r="52" spans="1:6">
       <c r="A52" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B52" s="17">
         <v>264</v>
       </c>
       <c r="C52" s="17" t="s">
         <v>28</v>
       </c>
       <c r="D52" s="17" t="s">
         <v>92</v>
       </c>
       <c r="E52" s="18">
-        <v>1714.1864</v>
+        <v>1655.10655</v>
       </c>
       <c r="F52" s="3"/>
     </row>
     <row r="53" spans="1:6">
       <c r="A53" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B53" s="17" t="s">
         <v>30</v>
       </c>
       <c r="C53" s="17" t="s">
         <v>31</v>
       </c>
       <c r="D53" s="17" t="s">
         <v>92</v>
       </c>
       <c r="E53" s="18">
-        <v>1903.942848</v>
+        <v>1838.322996</v>
       </c>
       <c r="F53" s="3"/>
     </row>
     <row r="54" spans="1:6">
       <c r="A54" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B54" s="17" t="s">
         <v>18</v>
       </c>
       <c r="C54" s="17" t="s">
         <v>19</v>
       </c>
       <c r="D54" s="17" t="s">
         <v>92</v>
       </c>
       <c r="E54" s="18">
-        <v>506.28296</v>
+        <v>488.833795</v>
       </c>
       <c r="F54" s="3"/>
     </row>
     <row r="55" spans="1:6">
       <c r="A55" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B55" s="17" t="s">
         <v>21</v>
       </c>
       <c r="C55" s="17" t="s">
         <v>22</v>
       </c>
       <c r="D55" s="17" t="s">
         <v>92</v>
       </c>
       <c r="E55" s="18">
-        <v>321.310288</v>
+        <v>310.236251</v>
       </c>
       <c r="F55" s="3"/>
     </row>
     <row r="56" spans="1:6">
       <c r="A56" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B56" s="17" t="s">
         <v>23</v>
       </c>
       <c r="C56" s="17" t="s">
         <v>24</v>
       </c>
       <c r="D56" s="17" t="s">
         <v>92</v>
       </c>
       <c r="E56" s="18">
-        <v>538.1748</v>
+        <v>519.626475</v>
       </c>
       <c r="F56" s="3"/>
     </row>
     <row r="57" spans="1:6">
       <c r="A57" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B57" s="17">
         <v>958</v>
       </c>
       <c r="C57" s="17" t="s">
         <v>93</v>
       </c>
       <c r="D57" s="17" t="s">
         <v>92</v>
       </c>
       <c r="E57" s="18">
-        <v>1558.71368</v>
+        <v>1504.992235</v>
       </c>
       <c r="F57" s="3"/>
     </row>
     <row r="58" spans="1:6">
       <c r="A58" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B58" s="17" t="s">
         <v>94</v>
       </c>
       <c r="C58" s="17" t="s">
         <v>95</v>
       </c>
       <c r="D58" s="17" t="s">
         <v>96</v>
       </c>
       <c r="E58" s="18">
-        <v>1207.106144</v>
+        <v>1165.502938</v>
       </c>
       <c r="F58" s="3"/>
     </row>
     <row r="59" spans="1:6">
       <c r="A59" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B59" s="17" t="s">
         <v>97</v>
       </c>
       <c r="C59" s="17" t="s">
         <v>98</v>
       </c>
       <c r="D59" s="17" t="s">
         <v>96</v>
       </c>
       <c r="E59" s="18">
-        <v>8880.282848000001</v>
+        <v>8574.221745999999</v>
       </c>
       <c r="F59" s="3"/>
     </row>
     <row r="60" spans="1:6">
       <c r="A60" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B60" s="17" t="s">
         <v>99</v>
       </c>
       <c r="C60" s="17" t="s">
         <v>100</v>
       </c>
       <c r="D60" s="17" t="s">
         <v>96</v>
       </c>
       <c r="E60" s="18">
-        <v>3897.182848</v>
+        <v>3762.865496</v>
       </c>
       <c r="F60" s="3"/>
     </row>
     <row r="61" spans="1:6">
       <c r="A61" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B61" s="17" t="s">
         <v>101</v>
       </c>
       <c r="C61" s="17" t="s">
         <v>102</v>
       </c>
       <c r="D61" s="17" t="s">
         <v>96</v>
       </c>
       <c r="E61" s="18">
-        <v>9155.349968</v>
+        <v>8839.808611</v>
       </c>
       <c r="F61" s="3"/>
     </row>
     <row r="62" spans="1:6">
       <c r="A62" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B62" s="17" t="s">
         <v>103</v>
       </c>
       <c r="C62" s="17" t="s">
         <v>104</v>
       </c>
       <c r="D62" s="17" t="s">
         <v>96</v>
       </c>
       <c r="E62" s="18">
-        <v>8765.472224000001</v>
+        <v>8463.368098000001</v>
       </c>
       <c r="F62" s="3"/>
     </row>
     <row r="63" spans="1:6">
       <c r="A63" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B63" s="17">
         <v>5809</v>
       </c>
       <c r="C63" s="17" t="s">
         <v>105</v>
       </c>
       <c r="D63" s="17" t="s">
         <v>96</v>
       </c>
       <c r="E63" s="18">
-        <v>4869.883968</v>
+        <v>4702.042236</v>
       </c>
       <c r="F63" s="3"/>
     </row>
     <row r="64" spans="1:6">
       <c r="A64" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B64" s="17">
         <v>5814</v>
       </c>
       <c r="C64" s="17" t="s">
         <v>106</v>
       </c>
       <c r="D64" s="17" t="s">
         <v>96</v>
       </c>
       <c r="E64" s="18">
-        <v>2921.292544</v>
+        <v>2820.609488</v>
       </c>
       <c r="F64" s="3"/>
     </row>
     <row r="65" spans="1:6">
       <c r="A65" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B65" s="17">
         <v>5816</v>
       </c>
       <c r="C65" s="17" t="s">
         <v>107</v>
       </c>
       <c r="D65" s="17" t="s">
         <v>96</v>
       </c>
       <c r="E65" s="18">
-        <v>2921.292544</v>
+        <v>2820.609488</v>
       </c>
       <c r="F65" s="3"/>
     </row>
     <row r="66" spans="1:6">
       <c r="A66" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B66" s="17">
         <v>5817</v>
       </c>
       <c r="C66" s="17" t="s">
         <v>108</v>
       </c>
       <c r="D66" s="17" t="s">
         <v>96</v>
       </c>
       <c r="E66" s="18">
         <v>5037</v>
       </c>
       <c r="F66" s="3"/>
     </row>
     <row r="67" spans="1:6">
       <c r="A67" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B67" s="17">
         <v>5821</v>
       </c>
       <c r="C67" s="17" t="s">
         <v>109</v>
       </c>
       <c r="D67" s="17" t="s">
         <v>96</v>
       </c>
       <c r="E67" s="18">
-        <v>3897.182848</v>
+        <v>3762.865496</v>
       </c>
       <c r="F67" s="3"/>
     </row>
     <row r="68" spans="1:6">
       <c r="A68" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B68" s="17">
         <v>5853</v>
       </c>
       <c r="C68" s="17" t="s">
         <v>110</v>
       </c>
       <c r="D68" s="17" t="s">
         <v>96</v>
       </c>
       <c r="E68" s="18">
-        <v>7791.973808000001</v>
+        <v>7523.421541000001</v>
       </c>
       <c r="F68" s="3"/>
     </row>
     <row r="69" spans="1:6">
       <c r="A69" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B69" s="17" t="s">
         <v>111</v>
       </c>
       <c r="C69" s="17" t="s">
         <v>112</v>
       </c>
       <c r="D69" s="17" t="s">
         <v>96</v>
       </c>
       <c r="E69" s="18">
-        <v>9739.767936</v>
+        <v>9404.084472</v>
       </c>
       <c r="F69" s="3"/>
     </row>
     <row r="70" spans="1:6">
       <c r="A70" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B70" s="17" t="s">
         <v>113</v>
       </c>
       <c r="C70" s="17" t="s">
         <v>114</v>
       </c>
       <c r="D70" s="17" t="s">
         <v>96</v>
       </c>
       <c r="E70" s="18">
-        <v>5844.17968</v>
+        <v>5642.75861</v>
       </c>
       <c r="F70" s="3"/>
     </row>
     <row r="71" spans="1:6">
       <c r="A71" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B71" s="17" t="s">
         <v>115</v>
       </c>
       <c r="C71" s="17" t="s">
         <v>116</v>
       </c>
       <c r="D71" s="17" t="s">
         <v>96</v>
       </c>
       <c r="E71" s="18">
-        <v>7791.973808000001</v>
+        <v>7523.421541000001</v>
       </c>
       <c r="F71" s="3"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <autoFilter ref="A11:E71"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Прайс-лист за 13.12.2025</vt:lpstr>
+      <vt:lpstr>Прайс-лист за 04.02.2026</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft Corporation</Company>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Unknown Creator</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Untitled Spreadsheet</dc:title>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>