--- v2 (2026-02-04)
+++ v3 (2026-03-21)
@@ -6,116 +6,140 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="-1" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
-    <sheet name="Прайс-лист за 04.02.2026" sheetId="1" r:id="rId4"/>
+    <sheet name="Прайс-лист за 21.03.2026" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист за 04.02.2026'!$A$11:$E$71</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист за 21.03.2026'!$A$11:$E$71</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="117">
   <si>
     <t>ПРАЙС-ЛИСТ</t>
   </si>
   <si>
     <t>ЕДИНЫЙ НОМЕР</t>
   </si>
   <si>
     <t>8-800-555-7057</t>
   </si>
   <si>
     <t>МОСКВА</t>
   </si>
   <si>
     <t>8-495-646-7057</t>
   </si>
   <si>
     <t>Компания "ТопСети"</t>
   </si>
   <si>
     <t>САНКТ-ПЕТЕРБУРГ</t>
   </si>
   <si>
     <t>8-812-645-7058</t>
   </si>
   <si>
     <t>www.topseti.ru</t>
   </si>
   <si>
     <t>sales@topseti.ru</t>
   </si>
   <si>
     <t>Цены действительны на:</t>
   </si>
   <si>
-    <t>04.02.2026</t>
+    <t>21.03.2026</t>
   </si>
   <si>
     <t>Производитель</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Название</t>
   </si>
   <si>
     <t>Группа</t>
   </si>
   <si>
     <t>Цена, руб.</t>
   </si>
   <si>
     <t>Ademco</t>
   </si>
   <si>
+    <t>4100 SM</t>
+  </si>
+  <si>
+    <t>4100 SM, Модуль последовательного интерфейса</t>
+  </si>
+  <si>
+    <t>Дополнительное оборудование</t>
+  </si>
+  <si>
+    <t>6277, Замок для Vista-10LSE и Vista-BOX</t>
+  </si>
+  <si>
+    <t>Vista-BOX</t>
+  </si>
+  <si>
+    <t>Vista-BOX, Корпус для плат Vista-10LSE-LCT или Vista-50PLR-LCT</t>
+  </si>
+  <si>
+    <t>Виста-501: Брошюра-руководство</t>
+  </si>
+  <si>
+    <t>Виста-501: Брошюра-руководство, Учебное пособие</t>
+  </si>
+  <si>
     <t>940 WH</t>
   </si>
   <si>
     <t>940 WH, Извещатель охранный точечный магнитоконтактный</t>
   </si>
   <si>
     <t>Извещатели магнитоконтактные</t>
   </si>
   <si>
     <t>943 WG-WH</t>
   </si>
   <si>
     <t>943 WG-WH, Извещатель охранный точечный магнитоконтактный</t>
   </si>
   <si>
     <t>947 WH</t>
   </si>
   <si>
     <t>947 WH, Извещатель охранный точечный магнитоконтактный</t>
   </si>
   <si>
     <t>FG-1608</t>
   </si>
   <si>
     <t>FG-1608 Ademco, Извещатель разбития стекла + магнито-контактный датчик в одном корпусе</t>
@@ -135,72 +159,51 @@
   <si>
     <t>269R, Извещатель охранный точечный электроконтактный ручной</t>
   </si>
   <si>
     <t>702, Оповещатель звуковой (сирена двухтональная)</t>
   </si>
   <si>
     <t>Оповещатели звуковые</t>
   </si>
   <si>
     <t>719, Оповещатель звуковой</t>
   </si>
   <si>
     <t>747, Оповещатель звуковой</t>
   </si>
   <si>
     <t>710 RD</t>
   </si>
   <si>
     <t>710 RD, Оповещатель световой</t>
   </si>
   <si>
     <t>Оповещатели световые</t>
   </si>
   <si>
-    <t>4100 SM</t>
-[...20 lines deleted...]
-    <t>Виста-501: Брошюра-руководство, Учебное пособие</t>
+    <t>Оповещатели</t>
   </si>
   <si>
     <t>5800 ТМ</t>
   </si>
   <si>
     <t>5800 ТМ, Модуль передающий</t>
   </si>
   <si>
     <t>Клавиатуры и пульты управления</t>
   </si>
   <si>
     <t>5827, Пульт управления радиоканальный</t>
   </si>
   <si>
     <t>5834-2</t>
   </si>
   <si>
     <t>5834-2, Пульт управления радиоканальный 2-х кнопочный</t>
   </si>
   <si>
     <t>5834-4</t>
   </si>
   <si>
     <t>5834-4, Пульт управления радиоканальный 4-х кнопочный</t>
   </si>
@@ -222,60 +225,132 @@
   <si>
     <t>Модули расширения</t>
   </si>
   <si>
     <t>4209U</t>
   </si>
   <si>
     <t>4209U, Модуль расширения на 4 зоны</t>
   </si>
   <si>
     <t>42291, Модуль расширения на 8 зон и 2 реле</t>
   </si>
   <si>
     <t>4297 (42971)</t>
   </si>
   <si>
     <t>4297 (42971), Усилитель двухпроводной линии токовый</t>
   </si>
   <si>
     <t>Модуль связи GSM VISTA</t>
   </si>
   <si>
     <t>Модуль связи GSM VISTA, Конвертор протоколов</t>
   </si>
   <si>
-    <t>Оповещатели</t>
+    <t>Проводные извещатели и технологические датчики</t>
+  </si>
+  <si>
+    <t>958, Извещатель охранный точечный магнитоконтактный</t>
+  </si>
+  <si>
+    <t>470PB</t>
+  </si>
+  <si>
+    <t>470PB, Датчик протечки воды выноснной</t>
+  </si>
+  <si>
+    <t>Радиоканальные устройства</t>
+  </si>
+  <si>
+    <t>5800PIR (Ademco)</t>
+  </si>
+  <si>
+    <t>5800PIR (Ademco), Извещатель охранный оптико-электронный радиоканальный</t>
+  </si>
+  <si>
+    <t>5802WXT</t>
+  </si>
+  <si>
+    <t>5802WXT, Извещатель тревожный радиоканальный</t>
+  </si>
+  <si>
+    <t>5806 W3</t>
+  </si>
+  <si>
+    <t>5806 W3, Извещатель пожарный оптико-электронный радиоканальный</t>
+  </si>
+  <si>
+    <t>5808W3</t>
+  </si>
+  <si>
+    <t>5808W3, Извещатель пожарный комбинированный дымо-тепловой радиоканальный</t>
+  </si>
+  <si>
+    <t>5809, Извещатель пожарный тепловой максимально-дифференциальный радиоканальный</t>
+  </si>
+  <si>
+    <t>5814, Извещатель магнитоконтактный беспроводный</t>
+  </si>
+  <si>
+    <t>5816, Извещатель двухзонный магнитоконтактный беспроводный</t>
+  </si>
+  <si>
+    <t>5817, Извещатель охранный трехзонный беспроводной</t>
+  </si>
+  <si>
+    <t>5821, Детектор протечки воды радиоканальный</t>
+  </si>
+  <si>
+    <t>5853, Извещатель охранный поверхностный звуковой радиоканальный</t>
+  </si>
+  <si>
+    <t>5881ENH</t>
+  </si>
+  <si>
+    <t>5881ENH, Расширитель шлейфов радиоканальный</t>
+  </si>
+  <si>
+    <t>5881ENL</t>
+  </si>
+  <si>
+    <t>5881ENL, Расширитель шлейфов радиоканальный</t>
+  </si>
+  <si>
+    <t>5881ENM</t>
+  </si>
+  <si>
+    <t>5881ENM, Расширитель шлейфов радиоканальный</t>
   </si>
   <si>
     <t>Vista-101 (ВИСТА 101)</t>
   </si>
   <si>
     <t>Vista-101 (ВИСТА 101), Панель контрольная охранно-пожарная</t>
   </si>
   <si>
-    <t>Приборы приемно-контрольные</t>
+    <t>Приборы приемно-контрольные охранно-пожарные</t>
   </si>
   <si>
     <t>Vista-10LSE</t>
   </si>
   <si>
     <t>Vista-10LSE, Панель контрольная охранно-пожарная</t>
   </si>
   <si>
     <t>VISTA-10LSE-BOX</t>
   </si>
   <si>
     <t>VISTA-10LSE-BOX, Панель контрольная охранно-пожарная</t>
   </si>
   <si>
     <t>Vista-10LSE-LCT</t>
   </si>
   <si>
     <t>Vista-10LSE-LCT, Панель контрольная охранно-пожарная</t>
   </si>
   <si>
     <t>Vista-128BP (Vista-128BPE)</t>
   </si>
   <si>
     <t>Vista-128BP (Vista-128BPE), Панель контрольная охранно-пожарная</t>
   </si>
@@ -292,125 +367,50 @@
     <t>Vista-48C, Панель контрольная охранно-пожарная</t>
   </si>
   <si>
     <t>Vista-501 (ВИСТА 501)</t>
   </si>
   <si>
     <t>Vista-501 (ВИСТА 501), Панель контрольная охранно-пожарная</t>
   </si>
   <si>
     <t>Vista-50PLR</t>
   </si>
   <si>
     <t>Vista-50PLR, Панель контрольная охранно-пожарная</t>
   </si>
   <si>
     <t>Vista-50PLR-LCT</t>
   </si>
   <si>
     <t>Vista-50PLR-LCT, Панель контрольная охранно-пожарная</t>
   </si>
   <si>
     <t>VISTA-5PLR-BOX</t>
   </si>
   <si>
     <t>VISTA-5PLR-BOX, Панель контрольная охранно-пожарная</t>
-  </si>
-[...73 lines deleted...]
-    <t>5881ENM, Расширитель шлейфов радиоканальный</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00&quot;р.&quot;"/>
   </numFmts>
   <fonts count="8">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -573,51 +573,51 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="7" numFmtId="0" fillId="2" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="49" fillId="2" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="2" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aab7da5260505d3cd3ed18d308b46ad52.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f29409cb0adacc711a4c792249184f2f2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>600075</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>76200</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2447925" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1057,1151 +1057,1151 @@
       <c r="C11" s="15" t="s">
         <v>14</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>15</v>
       </c>
       <c r="E11" s="15" t="s">
         <v>16</v>
       </c>
       <c r="F11" s="16"/>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B12" s="17" t="s">
         <v>18</v>
       </c>
       <c r="C12" s="17" t="s">
         <v>19</v>
       </c>
       <c r="D12" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E12" s="18">
-        <v>6.16</v>
+        <v>8772.772008</v>
       </c>
       <c r="F12" s="3"/>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" s="17" t="s">
         <v>17</v>
       </c>
-      <c r="B13" s="17" t="s">
+      <c r="B13" s="17">
+        <v>6277</v>
+      </c>
+      <c r="C13" s="17" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c r="D13" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E13" s="18">
-        <v>3.91</v>
+        <v>345.232602</v>
       </c>
       <c r="F13" s="3"/>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B14" s="17" t="s">
+        <v>22</v>
+      </c>
+      <c r="C14" s="17" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
       <c r="D14" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E14" s="18">
-        <v>6.55</v>
+        <v>1938.678456</v>
       </c>
       <c r="F14" s="3"/>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B15" s="17" t="s">
+        <v>24</v>
+      </c>
+      <c r="C15" s="17" t="s">
         <v>25</v>
       </c>
-      <c r="C15" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D15" s="17" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="E15" s="18">
-        <v>2074.656815</v>
+        <v>875</v>
       </c>
       <c r="F15" s="3"/>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="17" t="s">
         <v>17</v>
       </c>
-      <c r="B16" s="17">
-        <v>264</v>
+      <c r="B16" s="17" t="s">
+        <v>26</v>
       </c>
       <c r="C16" s="17" t="s">
+        <v>27</v>
+      </c>
+      <c r="D16" s="17" t="s">
         <v>28</v>
       </c>
-      <c r="D16" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E16" s="18">
-        <v>20.88</v>
+        <v>6.16</v>
       </c>
       <c r="F16" s="3"/>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B17" s="17" t="s">
+        <v>29</v>
+      </c>
+      <c r="C17" s="17" t="s">
         <v>30</v>
       </c>
-      <c r="C17" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D17" s="17" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="E17" s="18">
-        <v>23.18</v>
+        <v>3.91</v>
       </c>
       <c r="F17" s="3"/>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="17" t="s">
         <v>17</v>
       </c>
-      <c r="B18" s="17">
-        <v>702</v>
+      <c r="B18" s="17" t="s">
+        <v>31</v>
       </c>
       <c r="C18" s="17" t="s">
         <v>32</v>
       </c>
       <c r="D18" s="17" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="E18" s="18">
-        <v>2255.56381</v>
+        <v>6.55</v>
       </c>
       <c r="F18" s="3"/>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" s="17" t="s">
         <v>17</v>
       </c>
-      <c r="B19" s="17">
-        <v>719</v>
+      <c r="B19" s="17" t="s">
+        <v>33</v>
       </c>
       <c r="C19" s="17" t="s">
         <v>34</v>
       </c>
       <c r="D19" s="17" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="E19" s="18">
-        <v>1497.294065</v>
+        <v>2263.75149</v>
       </c>
       <c r="F19" s="3"/>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B20" s="17">
-        <v>747</v>
+        <v>264</v>
       </c>
       <c r="C20" s="17" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="D20" s="17" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="E20" s="18">
-        <v>1242.484638</v>
+        <v>20.88</v>
       </c>
       <c r="F20" s="3"/>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B21" s="17" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C21" s="17" t="s">
+        <v>39</v>
+      </c>
+      <c r="D21" s="17" t="s">
         <v>37</v>
       </c>
-      <c r="D21" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E21" s="18">
-        <v>3522.682592</v>
+        <v>23.18</v>
       </c>
       <c r="F21" s="3"/>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="17" t="s">
         <v>17</v>
       </c>
-      <c r="B22" s="17" t="s">
-        <v>39</v>
+      <c r="B22" s="17">
+        <v>702</v>
       </c>
       <c r="C22" s="17" t="s">
         <v>40</v>
       </c>
       <c r="D22" s="17" t="s">
         <v>41</v>
       </c>
       <c r="E22" s="18">
-        <v>8039.968748</v>
+        <v>2461.14726</v>
       </c>
       <c r="F22" s="3"/>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B23" s="17">
-        <v>6277</v>
+        <v>719</v>
       </c>
       <c r="C23" s="17" t="s">
         <v>42</v>
       </c>
       <c r="D23" s="17" t="s">
         <v>41</v>
       </c>
       <c r="E23" s="18">
-        <v>316.3947870000001</v>
+        <v>1633.76499</v>
       </c>
       <c r="F23" s="3"/>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="17" t="s">
         <v>17</v>
       </c>
-      <c r="B24" s="17" t="s">
+      <c r="B24" s="17">
+        <v>747</v>
+      </c>
+      <c r="C24" s="17" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
       <c r="D24" s="17" t="s">
         <v>41</v>
       </c>
       <c r="E24" s="18">
-        <v>1776.737636</v>
+        <v>1355.730948</v>
       </c>
       <c r="F24" s="3"/>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B25" s="17" t="s">
+        <v>44</v>
+      </c>
+      <c r="C25" s="17" t="s">
         <v>45</v>
       </c>
-      <c r="C25" s="17" t="s">
+      <c r="D25" s="17" t="s">
         <v>46</v>
       </c>
-      <c r="D25" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E25" s="18">
-        <v>875</v>
+        <v>3843.757632</v>
       </c>
       <c r="F25" s="3"/>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" s="17" t="s">
         <v>17</v>
       </c>
-      <c r="B26" s="17" t="s">
+      <c r="B26" s="17">
+        <v>702</v>
+      </c>
+      <c r="C26" s="17" t="s">
+        <v>40</v>
+      </c>
+      <c r="D26" s="17" t="s">
         <v>47</v>
       </c>
-      <c r="C26" s="17" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E26" s="18">
-        <v>3639.694776</v>
+        <v>2535.065676</v>
       </c>
       <c r="F26" s="3"/>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" s="17" t="s">
         <v>17</v>
       </c>
-      <c r="B27" s="17">
-        <v>5827</v>
+      <c r="B27" s="17" t="s">
+        <v>44</v>
       </c>
       <c r="C27" s="17" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="D27" s="17" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="E27" s="18">
-        <v>5294.801326000001</v>
+        <v>3959.675148</v>
       </c>
       <c r="F27" s="3"/>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" s="17" t="s">
         <v>17</v>
       </c>
-      <c r="B28" s="17" t="s">
-        <v>51</v>
+      <c r="B28" s="17">
+        <v>719</v>
       </c>
       <c r="C28" s="17" t="s">
-        <v>52</v>
+        <v>42</v>
       </c>
       <c r="D28" s="17" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="E28" s="18">
-        <v>3762.865496</v>
+        <v>1683.323928</v>
       </c>
       <c r="F28" s="3"/>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" s="17" t="s">
         <v>17</v>
       </c>
-      <c r="B29" s="17" t="s">
-        <v>53</v>
+      <c r="B29" s="17">
+        <v>747</v>
       </c>
       <c r="C29" s="17" t="s">
-        <v>54</v>
+        <v>43</v>
       </c>
       <c r="D29" s="17" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="E29" s="18">
-        <v>2088.46</v>
+        <v>1396.890066</v>
       </c>
       <c r="F29" s="3"/>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" s="17" t="s">
         <v>17</v>
       </c>
-      <c r="B30" s="17">
-        <v>61281</v>
+      <c r="B30" s="17" t="s">
+        <v>48</v>
       </c>
       <c r="C30" s="17" t="s">
-        <v>55</v>
+        <v>49</v>
       </c>
       <c r="D30" s="17" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="E30" s="18">
-        <v>3762.865496</v>
+        <v>3971.434896</v>
       </c>
       <c r="F30" s="3"/>
     </row>
     <row r="31" spans="1:6">
       <c r="A31" s="17" t="s">
         <v>17</v>
       </c>
-      <c r="B31" s="17" t="s">
-        <v>56</v>
+      <c r="B31" s="17">
+        <v>5827</v>
       </c>
       <c r="C31" s="17" t="s">
-        <v>57</v>
+        <v>51</v>
       </c>
       <c r="D31" s="17" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="E31" s="18">
-        <v>8463.368098000001</v>
+        <v>5777.396196</v>
       </c>
       <c r="F31" s="3"/>
     </row>
     <row r="32" spans="1:6">
       <c r="A32" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B32" s="17" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="C32" s="17" t="s">
-        <v>59</v>
+        <v>53</v>
       </c>
       <c r="D32" s="17" t="s">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="E32" s="18">
-        <v>5642.75861</v>
+        <v>4105.832016</v>
       </c>
       <c r="F32" s="3"/>
     </row>
     <row r="33" spans="1:6">
       <c r="A33" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B33" s="17" t="s">
-        <v>61</v>
+        <v>54</v>
       </c>
       <c r="C33" s="17" t="s">
-        <v>62</v>
+        <v>55</v>
       </c>
       <c r="D33" s="17" t="s">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="E33" s="18">
-        <v>5115.433965</v>
+        <v>2088.46</v>
       </c>
       <c r="F33" s="3"/>
     </row>
     <row r="34" spans="1:6">
       <c r="A34" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B34" s="17">
-        <v>42291</v>
+        <v>61281</v>
       </c>
       <c r="C34" s="17" t="s">
-        <v>63</v>
+        <v>56</v>
       </c>
       <c r="D34" s="17" t="s">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="E34" s="18">
-        <v>6581.935350000001</v>
+        <v>4105.832016</v>
       </c>
       <c r="F34" s="3"/>
     </row>
     <row r="35" spans="1:6">
       <c r="A35" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B35" s="17" t="s">
-        <v>64</v>
+        <v>57</v>
       </c>
       <c r="C35" s="17" t="s">
-        <v>65</v>
+        <v>58</v>
       </c>
       <c r="D35" s="17" t="s">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="E35" s="18">
-        <v>5631.981172</v>
+        <v>9234.762107999999</v>
       </c>
       <c r="F35" s="3"/>
     </row>
     <row r="36" spans="1:6">
       <c r="A36" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B36" s="17" t="s">
-        <v>66</v>
+        <v>59</v>
       </c>
       <c r="C36" s="17" t="s">
-        <v>67</v>
+        <v>60</v>
       </c>
       <c r="D36" s="17" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="E36" s="18">
-        <v>17627.269666</v>
+        <v>6157.06806</v>
       </c>
       <c r="F36" s="3"/>
     </row>
     <row r="37" spans="1:6">
       <c r="A37" s="17" t="s">
         <v>17</v>
       </c>
-      <c r="B37" s="17">
-        <v>702</v>
+      <c r="B37" s="17" t="s">
+        <v>62</v>
       </c>
       <c r="C37" s="17" t="s">
-        <v>32</v>
+        <v>63</v>
       </c>
       <c r="D37" s="17" t="s">
-        <v>68</v>
+        <v>61</v>
       </c>
       <c r="E37" s="18">
-        <v>2323.307706</v>
+        <v>5581.68039</v>
       </c>
       <c r="F37" s="3"/>
     </row>
     <row r="38" spans="1:6">
       <c r="A38" s="17" t="s">
         <v>17</v>
       </c>
-      <c r="B38" s="17" t="s">
-        <v>36</v>
+      <c r="B38" s="17">
+        <v>42291</v>
       </c>
       <c r="C38" s="17" t="s">
-        <v>37</v>
+        <v>64</v>
       </c>
       <c r="D38" s="17" t="s">
-        <v>68</v>
+        <v>61</v>
       </c>
       <c r="E38" s="18">
-        <v>3628.917338</v>
+        <v>7181.8461</v>
       </c>
       <c r="F38" s="3"/>
     </row>
     <row r="39" spans="1:6">
       <c r="A39" s="17" t="s">
         <v>17</v>
       </c>
-      <c r="B39" s="17">
-        <v>719</v>
+      <c r="B39" s="17" t="s">
+        <v>65</v>
       </c>
       <c r="C39" s="17" t="s">
-        <v>34</v>
+        <v>66</v>
       </c>
       <c r="D39" s="17" t="s">
-        <v>68</v>
+        <v>61</v>
       </c>
       <c r="E39" s="18">
-        <v>1542.713268</v>
+        <v>6145.308311999999</v>
       </c>
       <c r="F39" s="3"/>
     </row>
     <row r="40" spans="1:6">
       <c r="A40" s="17" t="s">
         <v>17</v>
       </c>
-      <c r="B40" s="17">
-        <v>747</v>
+      <c r="B40" s="17" t="s">
+        <v>67</v>
       </c>
       <c r="C40" s="17" t="s">
-        <v>35</v>
+        <v>68</v>
       </c>
       <c r="D40" s="17" t="s">
-        <v>68</v>
+        <v>61</v>
       </c>
       <c r="E40" s="18">
-        <v>1280.205671</v>
+        <v>19233.907836</v>
       </c>
       <c r="F40" s="3"/>
     </row>
     <row r="41" spans="1:6">
       <c r="A41" s="17" t="s">
         <v>17</v>
       </c>
-      <c r="B41" s="17" t="s">
+      <c r="B41" s="17">
+        <v>264</v>
+      </c>
+      <c r="C41" s="17" t="s">
+        <v>36</v>
+      </c>
+      <c r="D41" s="17" t="s">
         <v>69</v>
       </c>
-      <c r="C41" s="17" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E41" s="18">
-        <v>12161.568966</v>
+        <v>1805.9613</v>
       </c>
       <c r="F41" s="3"/>
     </row>
     <row r="42" spans="1:6">
       <c r="A42" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B42" s="17" t="s">
-        <v>72</v>
+        <v>38</v>
       </c>
       <c r="C42" s="17" t="s">
-        <v>73</v>
+        <v>39</v>
       </c>
       <c r="D42" s="17" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="E42" s="18">
-        <v>8110.022095</v>
+        <v>2005.877016</v>
       </c>
       <c r="F42" s="3"/>
     </row>
     <row r="43" spans="1:6">
       <c r="A43" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B43" s="17" t="s">
-        <v>74</v>
+        <v>26</v>
       </c>
       <c r="C43" s="17" t="s">
-        <v>75</v>
+        <v>27</v>
       </c>
       <c r="D43" s="17" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="E43" s="18">
-        <v>9538.802447</v>
+        <v>533.38857</v>
       </c>
       <c r="F43" s="3"/>
     </row>
     <row r="44" spans="1:6">
       <c r="A44" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B44" s="17" t="s">
-        <v>76</v>
+        <v>29</v>
       </c>
       <c r="C44" s="17" t="s">
-        <v>77</v>
+        <v>30</v>
       </c>
       <c r="D44" s="17" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="E44" s="18">
-        <v>6018.429306000001</v>
+        <v>338.512746</v>
       </c>
       <c r="F44" s="3"/>
     </row>
     <row r="45" spans="1:6">
       <c r="A45" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B45" s="17" t="s">
-        <v>78</v>
+        <v>31</v>
       </c>
       <c r="C45" s="17" t="s">
-        <v>79</v>
+        <v>32</v>
       </c>
       <c r="D45" s="17" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="E45" s="18">
-        <v>28437.03998</v>
+        <v>566.98785</v>
       </c>
       <c r="F45" s="3"/>
     </row>
     <row r="46" spans="1:6">
       <c r="A46" s="17" t="s">
         <v>17</v>
       </c>
-      <c r="B46" s="17" t="s">
-        <v>80</v>
+      <c r="B46" s="17">
+        <v>958</v>
       </c>
       <c r="C46" s="17" t="s">
-        <v>81</v>
+        <v>70</v>
       </c>
       <c r="D46" s="17" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="E46" s="18">
-        <v>37614.028437</v>
+        <v>1642.16481</v>
       </c>
       <c r="F46" s="3"/>
     </row>
     <row r="47" spans="1:6">
       <c r="A47" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B47" s="17" t="s">
-        <v>82</v>
+        <v>71</v>
       </c>
       <c r="C47" s="17" t="s">
-        <v>83</v>
+        <v>72</v>
       </c>
       <c r="D47" s="17" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="E47" s="18">
-        <v>9404.084472</v>
+        <v>1271.732748</v>
       </c>
       <c r="F47" s="3"/>
     </row>
     <row r="48" spans="1:6">
       <c r="A48" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B48" s="17" t="s">
-        <v>84</v>
+        <v>74</v>
       </c>
       <c r="C48" s="17" t="s">
-        <v>85</v>
+        <v>75</v>
       </c>
       <c r="D48" s="17" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="E48" s="18">
-        <v>27202.253512</v>
+        <v>9355.719515999999</v>
       </c>
       <c r="F48" s="3"/>
     </row>
     <row r="49" spans="1:6">
       <c r="A49" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B49" s="17" t="s">
-        <v>86</v>
+        <v>76</v>
       </c>
       <c r="C49" s="17" t="s">
-        <v>87</v>
+        <v>77</v>
       </c>
       <c r="D49" s="17" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="E49" s="18">
-        <v>20688.062058</v>
+        <v>4105.832016</v>
       </c>
       <c r="F49" s="3"/>
     </row>
     <row r="50" spans="1:6">
       <c r="A50" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B50" s="17" t="s">
-        <v>88</v>
+        <v>78</v>
       </c>
       <c r="C50" s="17" t="s">
-        <v>89</v>
+        <v>79</v>
       </c>
       <c r="D50" s="17" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="E50" s="18">
-        <v>19748.115501</v>
+        <v>9645.513305999999</v>
       </c>
       <c r="F50" s="3"/>
     </row>
     <row r="51" spans="1:6">
       <c r="A51" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B51" s="17" t="s">
-        <v>90</v>
+        <v>80</v>
       </c>
       <c r="C51" s="17" t="s">
-        <v>91</v>
+        <v>81</v>
       </c>
       <c r="D51" s="17" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="E51" s="18">
-        <v>23267.718825</v>
+        <v>9234.762107999999</v>
       </c>
       <c r="F51" s="3"/>
     </row>
     <row r="52" spans="1:6">
       <c r="A52" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B52" s="17">
-        <v>264</v>
+        <v>5809</v>
       </c>
       <c r="C52" s="17" t="s">
-        <v>28</v>
+        <v>82</v>
       </c>
       <c r="D52" s="17" t="s">
-        <v>92</v>
+        <v>73</v>
       </c>
       <c r="E52" s="18">
-        <v>1655.10655</v>
+        <v>5130.610056</v>
       </c>
       <c r="F52" s="3"/>
     </row>
     <row r="53" spans="1:6">
       <c r="A53" s="17" t="s">
         <v>17</v>
       </c>
-      <c r="B53" s="17" t="s">
-        <v>30</v>
+      <c r="B53" s="17">
+        <v>5814</v>
       </c>
       <c r="C53" s="17" t="s">
-        <v>31</v>
+        <v>83</v>
       </c>
       <c r="D53" s="17" t="s">
-        <v>92</v>
+        <v>73</v>
       </c>
       <c r="E53" s="18">
-        <v>1838.322996</v>
+        <v>3077.694048</v>
       </c>
       <c r="F53" s="3"/>
     </row>
     <row r="54" spans="1:6">
       <c r="A54" s="17" t="s">
         <v>17</v>
       </c>
-      <c r="B54" s="17" t="s">
-        <v>18</v>
+      <c r="B54" s="17">
+        <v>5816</v>
       </c>
       <c r="C54" s="17" t="s">
-        <v>19</v>
+        <v>84</v>
       </c>
       <c r="D54" s="17" t="s">
-        <v>92</v>
+        <v>73</v>
       </c>
       <c r="E54" s="18">
-        <v>488.833795</v>
+        <v>3077.694048</v>
       </c>
       <c r="F54" s="3"/>
     </row>
     <row r="55" spans="1:6">
       <c r="A55" s="17" t="s">
         <v>17</v>
       </c>
-      <c r="B55" s="17" t="s">
-        <v>21</v>
+      <c r="B55" s="17">
+        <v>5817</v>
       </c>
       <c r="C55" s="17" t="s">
-        <v>22</v>
+        <v>85</v>
       </c>
       <c r="D55" s="17" t="s">
-        <v>92</v>
+        <v>73</v>
       </c>
       <c r="E55" s="18">
-        <v>310.236251</v>
+        <v>5037</v>
       </c>
       <c r="F55" s="3"/>
     </row>
     <row r="56" spans="1:6">
       <c r="A56" s="17" t="s">
         <v>17</v>
       </c>
-      <c r="B56" s="17" t="s">
-        <v>23</v>
+      <c r="B56" s="17">
+        <v>5821</v>
       </c>
       <c r="C56" s="17" t="s">
-        <v>24</v>
+        <v>86</v>
       </c>
       <c r="D56" s="17" t="s">
-        <v>92</v>
+        <v>73</v>
       </c>
       <c r="E56" s="18">
-        <v>519.626475</v>
+        <v>4105.832016</v>
       </c>
       <c r="F56" s="3"/>
     </row>
     <row r="57" spans="1:6">
       <c r="A57" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B57" s="17">
-        <v>958</v>
+        <v>5853</v>
       </c>
       <c r="C57" s="17" t="s">
-        <v>93</v>
+        <v>87</v>
       </c>
       <c r="D57" s="17" t="s">
-        <v>92</v>
+        <v>73</v>
       </c>
       <c r="E57" s="18">
-        <v>1504.992235</v>
+        <v>8209.144086</v>
       </c>
       <c r="F57" s="3"/>
     </row>
     <row r="58" spans="1:6">
       <c r="A58" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B58" s="17" t="s">
-        <v>94</v>
+        <v>88</v>
       </c>
       <c r="C58" s="17" t="s">
-        <v>95</v>
+        <v>89</v>
       </c>
       <c r="D58" s="17" t="s">
-        <v>96</v>
+        <v>73</v>
       </c>
       <c r="E58" s="18">
-        <v>1165.502938</v>
+        <v>10261.220112</v>
       </c>
       <c r="F58" s="3"/>
     </row>
     <row r="59" spans="1:6">
       <c r="A59" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B59" s="17" t="s">
-        <v>97</v>
+        <v>90</v>
       </c>
       <c r="C59" s="17" t="s">
-        <v>98</v>
+        <v>91</v>
       </c>
       <c r="D59" s="17" t="s">
-        <v>96</v>
+        <v>73</v>
       </c>
       <c r="E59" s="18">
-        <v>8574.221745999999</v>
+        <v>6157.06806</v>
       </c>
       <c r="F59" s="3"/>
     </row>
     <row r="60" spans="1:6">
       <c r="A60" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B60" s="17" t="s">
-        <v>99</v>
+        <v>92</v>
       </c>
       <c r="C60" s="17" t="s">
-        <v>100</v>
+        <v>93</v>
       </c>
       <c r="D60" s="17" t="s">
-        <v>96</v>
+        <v>73</v>
       </c>
       <c r="E60" s="18">
-        <v>3762.865496</v>
+        <v>8209.144086</v>
       </c>
       <c r="F60" s="3"/>
     </row>
     <row r="61" spans="1:6">
       <c r="A61" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B61" s="17" t="s">
-        <v>101</v>
+        <v>94</v>
       </c>
       <c r="C61" s="17" t="s">
-        <v>102</v>
+        <v>95</v>
       </c>
       <c r="D61" s="17" t="s">
         <v>96</v>
       </c>
       <c r="E61" s="18">
-        <v>8839.808611</v>
+        <v>13270.035636</v>
       </c>
       <c r="F61" s="3"/>
     </row>
     <row r="62" spans="1:6">
       <c r="A62" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B62" s="17" t="s">
-        <v>103</v>
+        <v>97</v>
       </c>
       <c r="C62" s="17" t="s">
-        <v>104</v>
+        <v>98</v>
       </c>
       <c r="D62" s="17" t="s">
         <v>96</v>
       </c>
       <c r="E62" s="18">
-        <v>8463.368098000001</v>
+        <v>8849.210369999999</v>
       </c>
       <c r="F62" s="3"/>
     </row>
     <row r="63" spans="1:6">
       <c r="A63" s="17" t="s">
         <v>17</v>
       </c>
-      <c r="B63" s="17">
-        <v>5809</v>
+      <c r="B63" s="17" t="s">
+        <v>99</v>
       </c>
       <c r="C63" s="17" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="D63" s="17" t="s">
         <v>96</v>
       </c>
       <c r="E63" s="18">
-        <v>4702.042236</v>
+        <v>10408.216962</v>
       </c>
       <c r="F63" s="3"/>
     </row>
     <row r="64" spans="1:6">
       <c r="A64" s="17" t="s">
         <v>17</v>
       </c>
-      <c r="B64" s="17">
-        <v>5814</v>
+      <c r="B64" s="17" t="s">
+        <v>101</v>
       </c>
       <c r="C64" s="17" t="s">
-        <v>106</v>
+        <v>102</v>
       </c>
       <c r="D64" s="17" t="s">
         <v>96</v>
       </c>
       <c r="E64" s="18">
-        <v>2820.609488</v>
+        <v>6566.979276</v>
       </c>
       <c r="F64" s="3"/>
     </row>
     <row r="65" spans="1:6">
       <c r="A65" s="17" t="s">
         <v>17</v>
       </c>
-      <c r="B65" s="17">
-        <v>5816</v>
+      <c r="B65" s="17" t="s">
+        <v>103</v>
       </c>
       <c r="C65" s="17" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="D65" s="17" t="s">
         <v>96</v>
       </c>
       <c r="E65" s="18">
-        <v>2820.609488</v>
+        <v>31028.93508</v>
       </c>
       <c r="F65" s="3"/>
     </row>
     <row r="66" spans="1:6">
       <c r="A66" s="17" t="s">
         <v>17</v>
       </c>
-      <c r="B66" s="17">
-        <v>5817</v>
+      <c r="B66" s="17" t="s">
+        <v>105</v>
       </c>
       <c r="C66" s="17" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="D66" s="17" t="s">
         <v>96</v>
       </c>
       <c r="E66" s="18">
-        <v>5037</v>
+        <v>41042.360502</v>
       </c>
       <c r="F66" s="3"/>
     </row>
     <row r="67" spans="1:6">
       <c r="A67" s="17" t="s">
         <v>17</v>
       </c>
-      <c r="B67" s="17">
-        <v>5821</v>
+      <c r="B67" s="17" t="s">
+        <v>107</v>
       </c>
       <c r="C67" s="17" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="D67" s="17" t="s">
         <v>96</v>
       </c>
       <c r="E67" s="18">
-        <v>3762.865496</v>
+        <v>10261.220112</v>
       </c>
       <c r="F67" s="3"/>
     </row>
     <row r="68" spans="1:6">
       <c r="A68" s="17" t="s">
         <v>17</v>
       </c>
-      <c r="B68" s="17">
-        <v>5853</v>
+      <c r="B68" s="17" t="s">
+        <v>109</v>
       </c>
       <c r="C68" s="17" t="s">
         <v>110</v>
       </c>
       <c r="D68" s="17" t="s">
         <v>96</v>
       </c>
       <c r="E68" s="18">
-        <v>7523.421541000001</v>
+        <v>29681.603952</v>
       </c>
       <c r="F68" s="3"/>
     </row>
     <row r="69" spans="1:6">
       <c r="A69" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B69" s="17" t="s">
         <v>111</v>
       </c>
       <c r="C69" s="17" t="s">
         <v>112</v>
       </c>
       <c r="D69" s="17" t="s">
         <v>96</v>
       </c>
       <c r="E69" s="18">
-        <v>9404.084472</v>
+        <v>22573.676268</v>
       </c>
       <c r="F69" s="3"/>
     </row>
     <row r="70" spans="1:6">
       <c r="A70" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B70" s="17" t="s">
         <v>113</v>
       </c>
       <c r="C70" s="17" t="s">
         <v>114</v>
       </c>
       <c r="D70" s="17" t="s">
         <v>96</v>
       </c>
       <c r="E70" s="18">
-        <v>5642.75861</v>
+        <v>21548.058246</v>
       </c>
       <c r="F70" s="3"/>
     </row>
     <row r="71" spans="1:6">
       <c r="A71" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B71" s="17" t="s">
         <v>115</v>
       </c>
       <c r="C71" s="17" t="s">
         <v>116</v>
       </c>
       <c r="D71" s="17" t="s">
         <v>96</v>
       </c>
       <c r="E71" s="18">
-        <v>7523.421541000001</v>
+        <v>25388.45595</v>
       </c>
       <c r="F71" s="3"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <autoFilter ref="A11:E71"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Прайс-лист за 04.02.2026</vt:lpstr>
+      <vt:lpstr>Прайс-лист за 21.03.2026</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft Corporation</Company>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Unknown Creator</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Untitled Spreadsheet</dc:title>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>